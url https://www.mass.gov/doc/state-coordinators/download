--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -7,66 +7,66 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B695F8C1-6CC8-3745-AA64-F8AC67EB3415}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9F6E854E-7541-B040-823C-6B815B79F45A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="760" windowWidth="24880" windowHeight="18280" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="760" windowWidth="23560" windowHeight="16300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Report_Communication_Coord_List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Report_Communication_Coord_List!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6299" uniqueCount="3462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6311" uniqueCount="3466">
   <si>
     <t>Agy/Div</t>
   </si>
   <si>
     <t>Agy/Div Name</t>
   </si>
   <si>
     <t>Coordinator Name</t>
   </si>
   <si>
     <t>Coordinator Title</t>
   </si>
   <si>
     <t>Loc  Type</t>
   </si>
   <si>
     <t>Coordinator Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Ext</t>
   </si>
   <si>
@@ -336,60 +336,60 @@
   <si>
     <t>781-409-1389</t>
   </si>
   <si>
     <t>1075 MAIN STREET, SUITE 100</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>WALTHAM</t>
   </si>
   <si>
     <t>02451-0000</t>
   </si>
   <si>
     <t>999/0045</t>
   </si>
   <si>
     <t>999/0046</t>
   </si>
   <si>
     <t xml:space="preserve">MASS. HOUSING FINANCE AGENCY  </t>
   </si>
   <si>
-    <t>JAYME MASK</t>
-[...8 lines deleted...]
-    <t>617-854-1208</t>
+    <t>HANNAH KING</t>
+  </si>
+  <si>
+    <t>HR Operations Manager</t>
+  </si>
+  <si>
+    <t>HKING@MASSHOUSING.COM</t>
+  </si>
+  <si>
+    <t>161-785-4133</t>
   </si>
   <si>
     <t>ONE BEACON STREET</t>
   </si>
   <si>
     <t>02108-9992</t>
   </si>
   <si>
     <t>999/0051</t>
   </si>
   <si>
     <t xml:space="preserve">CENTRAL MASS. REG. PLNG COMM. </t>
   </si>
   <si>
     <t>STEPHANIE TOUPIN</t>
   </si>
   <si>
     <t>HUMAN RESOURCES MANAGER</t>
   </si>
   <si>
     <t>STOUPIN@CMRPC.ORG</t>
   </si>
   <si>
     <t>508-459-3348</t>
   </si>
@@ -1566,63 +1566,60 @@
   <si>
     <t>EGOYETTE@SALEMHA.ORG</t>
   </si>
   <si>
     <t>978-744-4431</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>27 CHARTER STREET</t>
   </si>
   <si>
     <t>SALEM</t>
   </si>
   <si>
     <t>01970-3699</t>
   </si>
   <si>
     <t>999/3528</t>
   </si>
   <si>
     <t xml:space="preserve">SOMERVILLE HOUSING AUTHORITY  </t>
   </si>
   <si>
-    <t>MARGARET HUI</t>
-[...11 lines deleted...]
-    <t>313</t>
+    <t>ARNALDO VELAZQUEZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Director of Finance </t>
+  </si>
+  <si>
+    <t>ARNALDOV@SHA.WEB.ORG</t>
+  </si>
+  <si>
+    <t>617-996-0918</t>
   </si>
   <si>
     <t>30 MEMORIAL ROAD</t>
   </si>
   <si>
     <t>SOMERVILLE</t>
   </si>
   <si>
     <t>02145-1799</t>
   </si>
   <si>
     <t>999/3529</t>
   </si>
   <si>
     <t xml:space="preserve">SPRINGFIELD HOUSING AUTH      </t>
   </si>
   <si>
     <t>FIDAN GOUSSEYNOFF</t>
   </si>
   <si>
     <t xml:space="preserve">EXEC. DEPARTMENT MANAGER                          </t>
   </si>
   <si>
     <t>FGOUSSEYNOFF@SHAMASS.ORG</t>
   </si>
@@ -1728,8553 +1725,8568 @@
   <si>
     <t>COMPTROLLER</t>
   </si>
   <si>
     <t>PLOPEZ@WOBURNHOUSING.ORG</t>
   </si>
   <si>
     <t>781-935-0818</t>
   </si>
   <si>
     <t>59 CAMPBELL STREET</t>
   </si>
   <si>
     <t>WOBURN</t>
   </si>
   <si>
     <t>01801-3699</t>
   </si>
   <si>
     <t>999/3534</t>
   </si>
   <si>
     <t xml:space="preserve">WORCESTER HOUSING AUTH        </t>
   </si>
   <si>
-    <t>BRITTANY MUSCENTE</t>
+    <t>MICHAEL MILLER</t>
+  </si>
+  <si>
+    <t>VP of HR</t>
+  </si>
+  <si>
+    <t>MILLER@WORCESTERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-635-3157</t>
+  </si>
+  <si>
+    <t>630A PLANTATION STREET</t>
+  </si>
+  <si>
+    <t>01605-2679</t>
+  </si>
+  <si>
+    <t>999/3535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMBRIDGE HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>SANDRA ANDREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUMAN RESOURCES MANAGER                           </t>
+  </si>
+  <si>
+    <t>SANDREW@CAMBRIDGE-HOUSING.ORG</t>
+  </si>
+  <si>
+    <t>617-520-6245</t>
+  </si>
+  <si>
+    <t>362 GREEN STREET, 3RD FLOOR</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE</t>
+  </si>
+  <si>
+    <t>02139-3306</t>
+  </si>
+  <si>
+    <t>999/3536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GLOUCESTER HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>SHARON FORTADO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE ASSISTANT                               </t>
+  </si>
+  <si>
+    <t>SFORTADO@GHAMA.COM</t>
+  </si>
+  <si>
+    <t>978-281-4770</t>
+  </si>
+  <si>
+    <t>P.O. BOX 1599</t>
+  </si>
+  <si>
+    <t>259 WASHINGTON ST.</t>
+  </si>
+  <si>
+    <t>GLOUCESTER</t>
+  </si>
+  <si>
+    <t>01930-1599</t>
+  </si>
+  <si>
+    <t>999/3537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOWELL HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>CAROL MARTIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE DEPARTMENT                                </t>
+  </si>
+  <si>
+    <t>CMARTIN@LHMA.ORG</t>
+  </si>
+  <si>
+    <t>978-364-5308</t>
+  </si>
+  <si>
+    <t>P O BOX 60</t>
+  </si>
+  <si>
+    <t>350 MOODY STREET</t>
+  </si>
+  <si>
+    <t>LOWELL</t>
+  </si>
+  <si>
+    <t>01853-0060</t>
+  </si>
+  <si>
+    <t>999/3538</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEDFORD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KELLY YIN</t>
+  </si>
+  <si>
+    <t>KYIN@MEDFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-396-7200</t>
+  </si>
+  <si>
+    <t>121 RIVERSIDE AVE</t>
+  </si>
+  <si>
+    <t>MEDFORD</t>
+  </si>
+  <si>
+    <t>02155-4611</t>
+  </si>
+  <si>
+    <t>999/3540</t>
+  </si>
+  <si>
+    <t>BERKSHIRE COUNTY REG. HSG AUTH</t>
+  </si>
+  <si>
+    <t>ALYSSA CAPITANIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE MANAGER                                    </t>
+  </si>
+  <si>
+    <t>ALYSSAC@BCRHA.COM</t>
+  </si>
+  <si>
+    <t>413-443-7138</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>1 FENN ST. 4TH FLR</t>
+  </si>
+  <si>
+    <t>999/3542</t>
+  </si>
+  <si>
+    <t>DUKES COUNTY REGIONAL HSG AUTH</t>
+  </si>
+  <si>
+    <t>KAY-ANN FRASER</t>
+  </si>
+  <si>
+    <t>Operations coordinator</t>
+  </si>
+  <si>
+    <t>KAY@HOUSINGAUTHORITYMV.ORG</t>
+  </si>
+  <si>
+    <t>508-693-4419</t>
+  </si>
+  <si>
+    <t>P. O. BOX 4538</t>
+  </si>
+  <si>
+    <t>VINEYARD HAVEN</t>
+  </si>
+  <si>
+    <t>02568-4538</t>
+  </si>
+  <si>
+    <t>999/3544</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANKLIN COUNTY REG. HOUSING  </t>
+  </si>
+  <si>
+    <t>NIKKI GARRETT</t>
+  </si>
+  <si>
+    <t>Director of Operations</t>
+  </si>
+  <si>
+    <t>NGARRETT@FCRHRA.ORG</t>
+  </si>
+  <si>
+    <t>413-223-5222</t>
+  </si>
+  <si>
+    <t>AND REDEVELOPMENT AUTHORITY</t>
+  </si>
+  <si>
+    <t>241 MILLERS FALLS ROAD</t>
+  </si>
+  <si>
+    <t>TURNERS FALLS</t>
+  </si>
+  <si>
+    <t>01376-0000</t>
+  </si>
+  <si>
+    <t>999/3553</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABINGTON HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KATIE ESPOSITO</t>
+  </si>
+  <si>
+    <t>KATIEE@BROCKTONHA.COM</t>
+  </si>
+  <si>
+    <t>781-878-3469</t>
+  </si>
+  <si>
+    <t>71 SHAW AVENUE</t>
+  </si>
+  <si>
+    <t>ABINGTON</t>
+  </si>
+  <si>
+    <t>02351-1658</t>
+  </si>
+  <si>
+    <t>999/3554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACTON HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>LIN ZHANG</t>
+  </si>
+  <si>
+    <t>OFFICE@ACTONHOUSING.NET</t>
+  </si>
+  <si>
+    <t>978-263-5339</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>68 WINDSOR AVENUE</t>
+  </si>
+  <si>
+    <t>P.O.BOX 681</t>
+  </si>
+  <si>
+    <t>ACTON</t>
+  </si>
+  <si>
+    <t>01720-0681</t>
+  </si>
+  <si>
+    <t>999/3555</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACUSHNET HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LYNN BERUBE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. DIRECTOR                                    </t>
+  </si>
+  <si>
+    <t>ACUSHNETHA@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>508-998-3603</t>
+  </si>
+  <si>
+    <t>23 MAIN STREET</t>
+  </si>
+  <si>
+    <t>ACUSHNET</t>
+  </si>
+  <si>
+    <t>02743-2129</t>
+  </si>
+  <si>
+    <t>999/3556</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADAMS HOUSING AUTH            </t>
+  </si>
+  <si>
+    <t>WILLIAM  SCHRADE</t>
+  </si>
+  <si>
+    <t>BILLS@AHAUTHORITY.COM</t>
+  </si>
+  <si>
+    <t>413-652-1617</t>
+  </si>
+  <si>
+    <t>4 COLUMBIA STREET</t>
+  </si>
+  <si>
+    <t>ADAMS</t>
+  </si>
+  <si>
+    <t>01220-1317</t>
+  </si>
+  <si>
+    <t>999/3557</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGAWAM HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>GERI BALICKI</t>
+  </si>
+  <si>
+    <t>GE.BALICKI@AGAWAMHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-786-1297</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>66 MEADOWBROOK MANOR</t>
+  </si>
+  <si>
+    <t>AGAWAM</t>
+  </si>
+  <si>
+    <t>01001-3128</t>
+  </si>
+  <si>
+    <t>999/3559</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMESBURY HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>RYAN DUMONT</t>
+  </si>
+  <si>
+    <t>admin</t>
+  </si>
+  <si>
+    <t>RDUMONT@AMESBURYHA.COM</t>
+  </si>
+  <si>
+    <t>978-388-2022</t>
+  </si>
+  <si>
+    <t>180 MAIN STREET</t>
+  </si>
+  <si>
+    <t>AMESBURY</t>
+  </si>
+  <si>
+    <t>01913-3698</t>
+  </si>
+  <si>
+    <t>999/3560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMHERST HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>PAMELA ROGERS</t>
+  </si>
+  <si>
+    <t>Executive Director</t>
+  </si>
+  <si>
+    <t>PROGERS@AMHERSTHOUSINGAUTHORITY.ORG</t>
+  </si>
+  <si>
+    <t>413-256-0206</t>
+  </si>
+  <si>
+    <t>33 KELLOGG AVE SUITE 81</t>
+  </si>
+  <si>
+    <t>ATT: ACCOUNTS RECEIVABLE</t>
+  </si>
+  <si>
+    <t>AMHERST</t>
+  </si>
+  <si>
+    <t>01002-2164</t>
+  </si>
+  <si>
+    <t>999/3561</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDOVER HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>EMILY LAMACHHIA</t>
+  </si>
+  <si>
+    <t>EMILY@ANDOVERHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-475-2365</t>
+  </si>
+  <si>
+    <t>100 MORTON STREET</t>
+  </si>
+  <si>
+    <t>ANDOVER</t>
+  </si>
+  <si>
+    <t>01810-2091</t>
+  </si>
+  <si>
+    <t>999/3562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARLINGTON HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>SANDRA MELANSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASST. TO EXECUTIVE DIRECTOR                       </t>
+  </si>
+  <si>
+    <t>SMELANSON@ARLINGTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-646-3400</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>4 WINSLOW STREET</t>
+  </si>
+  <si>
+    <t>ARLINGTON</t>
+  </si>
+  <si>
+    <t>02474-3062</t>
+  </si>
+  <si>
+    <t>999/3566</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASHLAND HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>SHIRLEY ANN BLISS</t>
+  </si>
+  <si>
+    <t>Administrative Assistant</t>
+  </si>
+  <si>
+    <t>SHIRLEYANNBLISS@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>59 PARK ROAD</t>
+  </si>
+  <si>
+    <t>ASHLAND</t>
+  </si>
+  <si>
+    <t>01721-1506</t>
+  </si>
+  <si>
+    <t>999/3567</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATHOL HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>EVELYN PEREZ</t>
+  </si>
+  <si>
+    <t>EPEREZ@ATHOLORANGEHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-249-4848</t>
+  </si>
+  <si>
+    <t>21 MORTON MEADOWS</t>
+  </si>
+  <si>
+    <t>ATHOL</t>
+  </si>
+  <si>
+    <t>01331-2123</t>
+  </si>
+  <si>
+    <t>999/3568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUBURN HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>LORI BRENNAN</t>
+  </si>
+  <si>
+    <t>LORIB7070@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-832-3852</t>
+  </si>
+  <si>
+    <t>200 OXFORD STREET NORTH</t>
+  </si>
+  <si>
+    <t>01501-1505</t>
+  </si>
+  <si>
+    <t>999/3569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVON HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>Human Resource Director</t>
+  </si>
+  <si>
+    <t>1 FELLOWSHIP CIRCLE</t>
+  </si>
+  <si>
+    <t>AVON</t>
+  </si>
+  <si>
+    <t>02322-1403</t>
+  </si>
+  <si>
+    <t>999/3570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AYER HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>JULIE MANNING</t>
+  </si>
+  <si>
+    <t>Executive Assistant</t>
+  </si>
+  <si>
+    <t>JMANNING@AYERHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-772-2771</t>
+  </si>
+  <si>
+    <t>18 POND STREET</t>
+  </si>
+  <si>
+    <t>AYER</t>
+  </si>
+  <si>
+    <t>01432-1656</t>
+  </si>
+  <si>
+    <t>999/3571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARNSTABLE HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>VICKI ELDREDGE</t>
+  </si>
+  <si>
+    <t>VICKI_ELDREDGE@BHA.BARNSTABLE.MA.US</t>
+  </si>
+  <si>
+    <t>508-771-7222</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>146 SOUTH STREET</t>
+  </si>
+  <si>
+    <t>HYANNIS</t>
+  </si>
+  <si>
+    <t>02601-4093</t>
+  </si>
+  <si>
+    <t>999/3572</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARRE HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>TAMMY BIBEAU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR  </t>
+  </si>
+  <si>
+    <t>TBIBEAU@BARREHA.ORG</t>
+  </si>
+  <si>
+    <t>978-355-6643</t>
+  </si>
+  <si>
+    <t>49 GRANDVIEW TERRACE</t>
+  </si>
+  <si>
+    <t>BARRE</t>
+  </si>
+  <si>
+    <t>01005-8830</t>
+  </si>
+  <si>
+    <t>999/3574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEDFORD HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>BRENDA PEACOCK</t>
+  </si>
+  <si>
+    <t>BPEACOCK@BEDFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-275-2428</t>
+  </si>
+  <si>
+    <t>ATTN: BRENDA PEACOCK</t>
+  </si>
+  <si>
+    <t>1 ASHBY PLACE</t>
+  </si>
+  <si>
+    <t>BEDFORD</t>
+  </si>
+  <si>
+    <t>01730-2299</t>
+  </si>
+  <si>
+    <t>999/3575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELCHERTOWN HOUSING AUTH      </t>
+  </si>
+  <si>
+    <t>7300</t>
+  </si>
+  <si>
+    <t>ATTEN:  ACCOUNTS RECEIVABLE</t>
+  </si>
+  <si>
+    <t>33 KELLOGG AVE, SUITE 81</t>
+  </si>
+  <si>
+    <t>01002-0000</t>
+  </si>
+  <si>
+    <t>999/3576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELLINGHAM HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>EDWARD PELLETIER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR   </t>
+  </si>
+  <si>
+    <t>ED@BELLINGHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-883-4999</t>
+  </si>
+  <si>
+    <t>10 WRENTHAM MANOR</t>
+  </si>
+  <si>
+    <t>BELLINGHAM</t>
+  </si>
+  <si>
+    <t>02019-2620</t>
+  </si>
+  <si>
+    <t>999/3577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELMONT HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>RAYMOND MORALES</t>
+  </si>
+  <si>
+    <t>RMORALES@CAMBRIDGE-HOUSING.ORG</t>
+  </si>
+  <si>
+    <t>617-484-2160</t>
+  </si>
+  <si>
+    <t>59 PEARSON ROAD</t>
+  </si>
+  <si>
+    <t>BELMONT</t>
+  </si>
+  <si>
+    <t>02478-2433</t>
+  </si>
+  <si>
+    <t>999/3581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BILLERICA HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>ERICA MILLER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE DIRECTOR </t>
+  </si>
+  <si>
+    <t>EMILLER@BILLERICAHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-667-2175</t>
+  </si>
+  <si>
+    <t>16 RIVER STREET</t>
+  </si>
+  <si>
+    <t>01821-1865</t>
+  </si>
+  <si>
+    <t>999/3582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLACKSTONE HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>PATRICIA A. DALY</t>
+  </si>
+  <si>
+    <t>BLACKSTONEHA56@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-883-1515</t>
+  </si>
+  <si>
+    <t>15 FOX BROOK MANOR</t>
+  </si>
+  <si>
+    <t>BLACKSTONE</t>
+  </si>
+  <si>
+    <t>01504-1684</t>
+  </si>
+  <si>
+    <t>999/3585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOURNE HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KARA  GALASSO GARCIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Executive Director  </t>
+  </si>
+  <si>
+    <t>KGARCIA@BOURNEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-563-7485</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>871 SHORE ROAD</t>
+  </si>
+  <si>
+    <t>POCASSET</t>
+  </si>
+  <si>
+    <t>02559-2080</t>
+  </si>
+  <si>
+    <t>999/3589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRAINTREE HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>KELLI O'LEARY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMINISTRATIVE MANAGER                            </t>
+  </si>
+  <si>
+    <t>KOLEARY@BRAHO.ORG</t>
+  </si>
+  <si>
+    <t>781-848-1484</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>25 ROOSEVELT STREET</t>
+  </si>
+  <si>
+    <t>BRAINTREE</t>
+  </si>
+  <si>
+    <t>02184-0000</t>
+  </si>
+  <si>
+    <t>999/3590</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BREWSTER HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KIMBERLY CONN</t>
+  </si>
+  <si>
+    <t>DIRECTOR@MASHPEEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-896-9800</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>11 FREDERICK COURT</t>
+  </si>
+  <si>
+    <t>BREWSTER</t>
+  </si>
+  <si>
+    <t>02631-1782</t>
+  </si>
+  <si>
+    <t>999/3591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRIDGEWATER HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>10 HERITAGE CIRCLE</t>
+  </si>
+  <si>
+    <t>BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>02324-0000</t>
+  </si>
+  <si>
+    <t>999/3592</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRIMFIELD HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>JONATHAN  LEONARD</t>
+  </si>
+  <si>
+    <t>MONSONHOUSING@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>413-267-4047</t>
+  </si>
+  <si>
+    <t>20 COLONIAL PARK</t>
+  </si>
+  <si>
+    <t>BRIMFIELD</t>
+  </si>
+  <si>
+    <t>01010-9528</t>
+  </si>
+  <si>
+    <t>999/3594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROOKLINE HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>MARGARITA MONTERO</t>
+  </si>
+  <si>
+    <t>Special Project Mgr/HR Coordinat</t>
+  </si>
+  <si>
+    <t>MMONTERO@BROOKLINEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>857-337-6135</t>
+  </si>
+  <si>
+    <t>90 LONGWOOD AVENUE, SUITE #1</t>
+  </si>
+  <si>
+    <t>BROOKLINE</t>
+  </si>
+  <si>
+    <t>02446-6697</t>
+  </si>
+  <si>
+    <t>999/3596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BURLINGTON HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>PAULA KINNON</t>
+  </si>
+  <si>
+    <t>PKINNON@BURLINGTONHAMA.ORG</t>
+  </si>
+  <si>
+    <t>781-272-7786</t>
+  </si>
+  <si>
+    <t>15 BIRCHCREST STREET</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>01803-2112</t>
+  </si>
+  <si>
+    <t>999/3597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>MARK ROY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR </t>
+  </si>
+  <si>
+    <t>CANTONHOUS@AOL.COM</t>
+  </si>
+  <si>
+    <t>781-828-5144</t>
+  </si>
+  <si>
+    <t>660 WASHINGTON ST.</t>
+  </si>
+  <si>
+    <t>CANTON</t>
+  </si>
+  <si>
+    <t>02021-3018</t>
+  </si>
+  <si>
+    <t>999/3602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHATHAM HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>TRACY CANNON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR                           </t>
+  </si>
+  <si>
+    <t>TRACY@CHATHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-945-0478</t>
+  </si>
+  <si>
+    <t>240 CROWELL ROAD</t>
+  </si>
+  <si>
+    <t>CHATHAM</t>
+  </si>
+  <si>
+    <t>02633-1999</t>
+  </si>
+  <si>
+    <t>999/3603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHELMSFORD HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>JENNIFER LEDOUX</t>
+  </si>
+  <si>
+    <t>Human Resources Generalist</t>
+  </si>
+  <si>
+    <t>JLEDOUX@CHELMSFORDHA.COM</t>
+  </si>
+  <si>
+    <t>978-256-7425</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>10 WILSON STREET</t>
+  </si>
+  <si>
+    <t>CHELMSFORD</t>
+  </si>
+  <si>
+    <t>01824-0000</t>
+  </si>
+  <si>
+    <t>999/3609</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLINTON HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>AWILDA MIRABAL</t>
+  </si>
+  <si>
+    <t>AMIRABAL@CLINTONHA.COM</t>
+  </si>
+  <si>
+    <t>978-365-4150</t>
+  </si>
+  <si>
+    <t>58 FITCH ROAD</t>
+  </si>
+  <si>
+    <t>CLINTON</t>
+  </si>
+  <si>
+    <t>01510-1899</t>
+  </si>
+  <si>
+    <t>999/3610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COHASSET HOUSING AUTH         </t>
+  </si>
+  <si>
+    <t>CONSTANCE DESBIENS</t>
+  </si>
+  <si>
+    <t>CONNIE_DESBIENS@YAHOO.COM</t>
+  </si>
+  <si>
+    <t>774-526-8503</t>
+  </si>
+  <si>
+    <t>60 ELM STREET</t>
+  </si>
+  <si>
+    <t>COHASSET</t>
+  </si>
+  <si>
+    <t>02025-1883</t>
+  </si>
+  <si>
+    <t>999/3612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONCORD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>JENNIFER POLITO</t>
+  </si>
+  <si>
+    <t>JPOLITO@CONCORDHA.ORG</t>
+  </si>
+  <si>
+    <t>978-369-8435</t>
+  </si>
+  <si>
+    <t>34 EVERETT STREET</t>
+  </si>
+  <si>
+    <t>CONCORD</t>
+  </si>
+  <si>
+    <t>01742-0000</t>
+  </si>
+  <si>
+    <t>999/3615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DALTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>SUSAN GREGORY</t>
+  </si>
+  <si>
+    <t>SGREGORY@DALTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-684-1470</t>
+  </si>
+  <si>
+    <t>PINEGROVE MANOR</t>
+  </si>
+  <si>
+    <t>293 HIGH STREET</t>
+  </si>
+  <si>
+    <t>DALTON</t>
+  </si>
+  <si>
+    <t>01226-1106</t>
+  </si>
+  <si>
+    <t>999/3616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANVERS HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>CYNTHIA DUNN</t>
+  </si>
+  <si>
+    <t>CDUNN@DANVERSHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-777-0909</t>
+  </si>
+  <si>
+    <t>14 STONE STREET</t>
+  </si>
+  <si>
+    <t>01923-1899</t>
+  </si>
+  <si>
+    <t>999/3617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DARTMOUTH HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>ROBBIE DESOUZA</t>
+  </si>
+  <si>
+    <t>Director</t>
+  </si>
+  <si>
+    <t>DIRECTOR@DIGHTONHA.ORG</t>
+  </si>
+  <si>
+    <t>508-994-1424</t>
+  </si>
+  <si>
+    <t>2 ANDERSON WAY</t>
+  </si>
+  <si>
+    <t>NORTH DARTMOUTH</t>
+  </si>
+  <si>
+    <t>02747-1222</t>
+  </si>
+  <si>
+    <t>999/3618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEDHAM HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JOANNE DONG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACCOUNTING/PROGRAM REP.                           </t>
+  </si>
+  <si>
+    <t>JDONG@DEDHAMHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-326-3543</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>163 DEDHAM BLVD.</t>
+  </si>
+  <si>
+    <t>DEDHAM</t>
+  </si>
+  <si>
+    <t>02026-2511</t>
+  </si>
+  <si>
+    <t>999/3620</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENNIS HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>KAYE SULLIVAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE ADMINISTRATOR                             </t>
+  </si>
+  <si>
+    <t>KSULLIVAN@DENNISHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-394-3120</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>167 CENTER STREET</t>
+  </si>
+  <si>
+    <t>SOUTH DENNIS</t>
+  </si>
+  <si>
+    <t>02660-3741</t>
+  </si>
+  <si>
+    <t>999/3621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIGHTON HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>508-823-8361</t>
+  </si>
+  <si>
+    <t>300 LINCLOLN AVENUE</t>
+  </si>
+  <si>
+    <t>NORTH DIGHTON</t>
+  </si>
+  <si>
+    <t>02764-1830</t>
+  </si>
+  <si>
+    <t>999/3624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DRACUT HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>KELLEY SZYMANSKI</t>
+  </si>
+  <si>
+    <t>KSZYMANSKI@DRACUTHA.COM</t>
+  </si>
+  <si>
+    <t>978-957-3515</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>971 MAMMOTH ROAD</t>
+  </si>
+  <si>
+    <t>DRACUT</t>
+  </si>
+  <si>
+    <t>01826-0000</t>
+  </si>
+  <si>
+    <t>999/3625</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUDLEY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JEREMIAH BLANKENBAKER</t>
+  </si>
+  <si>
+    <t>DUDLEYHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-949-0522</t>
+  </si>
+  <si>
+    <t>22 JOSHUA PLACE APTS</t>
+  </si>
+  <si>
+    <t>WEST MAIN STREET</t>
+  </si>
+  <si>
+    <t>DUDLEY</t>
+  </si>
+  <si>
+    <t>01571-0000</t>
+  </si>
+  <si>
+    <t>999/3627</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUXBURY HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>JOANNA LETOURNEAU</t>
+  </si>
+  <si>
+    <t>Payroll Coordinator</t>
+  </si>
+  <si>
+    <t>JLETOURNEAU@PLYMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-746-2105</t>
+  </si>
+  <si>
+    <t>59 CHESTNUT STREET</t>
+  </si>
+  <si>
+    <t>DUXBURY</t>
+  </si>
+  <si>
+    <t>02332-4420</t>
+  </si>
+  <si>
+    <t>999/3628</t>
+  </si>
+  <si>
+    <t>EAST BRIDGEWATER HSG AUTHORITY</t>
+  </si>
+  <si>
+    <t>LESLIE LUNDSTROM</t>
+  </si>
+  <si>
+    <t>EB.HA@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>508-378-3838</t>
+  </si>
+  <si>
+    <t>100 PROSPECT STREET</t>
+  </si>
+  <si>
+    <t>EAST BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>02333-1263</t>
+  </si>
+  <si>
+    <t>999/3630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EAST LONGMEADOW HOUSING AUTH  </t>
+  </si>
+  <si>
+    <t>LYNN BOOTH</t>
+  </si>
+  <si>
+    <t>ELONGHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>413-525-7057</t>
+  </si>
+  <si>
+    <t>81 QUARRY HILL</t>
+  </si>
+  <si>
+    <t>EAST LONGMEADOW</t>
+  </si>
+  <si>
+    <t>01028-0000</t>
+  </si>
+  <si>
+    <t>999/3632</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EASTHAMPTON HOUSING AUTH      </t>
+  </si>
+  <si>
+    <t>CHIEF ACCOUNTANT OFFICER</t>
+  </si>
+  <si>
+    <t>112 HOLYOKE STREET</t>
+  </si>
+  <si>
+    <t>EASTHAMPTON</t>
+  </si>
+  <si>
+    <t>01027-2497</t>
+  </si>
+  <si>
+    <t>999/3633</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EASTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KATHLEEN STEIGER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. DIR.                                        </t>
+  </si>
+  <si>
+    <t>HOUSINGAUTHORITY@EASTONHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-238-4747</t>
+  </si>
+  <si>
+    <t>PARKER TERRACE</t>
+  </si>
+  <si>
+    <t>NORTH EASTON</t>
+  </si>
+  <si>
+    <t>02356-1536</t>
+  </si>
+  <si>
+    <t>999/3637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESSEX HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>#1 OFFICE, CHEBACCO TERRACE</t>
+  </si>
+  <si>
+    <t>ESSEX</t>
+  </si>
+  <si>
+    <t>01929-0000</t>
+  </si>
+  <si>
+    <t>999/3638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAIRHAVEN HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KIM  MCARDELL</t>
+  </si>
+  <si>
+    <t>Assistant Executive Director</t>
+  </si>
+  <si>
+    <t>KIM@FAIRHAVENHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-993-1144</t>
+  </si>
+  <si>
+    <t>275 MAIN STREET</t>
+  </si>
+  <si>
+    <t>FAIRHAVEN</t>
+  </si>
+  <si>
+    <t>02719-3370</t>
+  </si>
+  <si>
+    <t>999/3639</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FALMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>BOBBIE JONES RICHARDS</t>
+  </si>
+  <si>
+    <t>BRICHARDS@FALMOUTHHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-548-1977</t>
+  </si>
+  <si>
+    <t>115 SCRANTON AVENUE</t>
+  </si>
+  <si>
+    <t>FALMOUTH</t>
+  </si>
+  <si>
+    <t>02540-3598</t>
+  </si>
+  <si>
+    <t>999/3641</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOXBOROUGH HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>CATHERINE DEL'ETOILE</t>
+  </si>
+  <si>
+    <t>Bookeeper</t>
+  </si>
+  <si>
+    <t>CATHY@FOXBOROHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-543-5960</t>
+  </si>
+  <si>
+    <t>90 N. CARL ANNON COURT</t>
+  </si>
+  <si>
+    <t>FOXBOROUGH</t>
+  </si>
+  <si>
+    <t>02035-1901</t>
+  </si>
+  <si>
+    <t>999/3642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRAMINGHAM HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>PAT CRANDALL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accounts Manager                                </t>
+  </si>
+  <si>
+    <t>PCRANDALL@FRAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-879-7562</t>
+  </si>
+  <si>
+    <t>1 JOHN J. BRADY DRIVE</t>
+  </si>
+  <si>
+    <t>FRAMINGHAM</t>
+  </si>
+  <si>
+    <t>01702-2300</t>
+  </si>
+  <si>
+    <t>999/3643</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANKLIN HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LISA AUDETTE</t>
+  </si>
+  <si>
+    <t>NAYDA@FRANKLINHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-528-2220</t>
+  </si>
+  <si>
+    <t>1000 CENTRAL PARK TERRACE</t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>02038-0000</t>
+  </si>
+  <si>
+    <t>999/3646</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEORGETOWN HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>STEPHANIE  SPENCER</t>
+  </si>
+  <si>
+    <t>SSPENCER@GEORGETOWNHA.COM</t>
+  </si>
+  <si>
+    <t>978-352-6331</t>
+  </si>
+  <si>
+    <t>23 TRESTLE WAY</t>
+  </si>
+  <si>
+    <t>GEORGETOWN</t>
+  </si>
+  <si>
+    <t>01833-1428</t>
+  </si>
+  <si>
+    <t>999/3650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAFTON HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>AMANDA BRADY</t>
+  </si>
+  <si>
+    <t>AMANDA@GRAFTONHA.NET</t>
+  </si>
+  <si>
+    <t>508-839-6089</t>
+  </si>
+  <si>
+    <t>10 MAXWELL DRIVE</t>
+  </si>
+  <si>
+    <t>NORTH GRAFTON</t>
+  </si>
+  <si>
+    <t>01536-1621</t>
+  </si>
+  <si>
+    <t>999/3651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRANBY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>TAMMY  BIBEAU</t>
+  </si>
+  <si>
+    <t>TBIBEAU@GRANBYHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>50 PHINS HILL MANOR</t>
+  </si>
+  <si>
+    <t>GRANBY</t>
+  </si>
+  <si>
+    <t>01033-9701</t>
+  </si>
+  <si>
+    <t>999/3653</t>
+  </si>
+  <si>
+    <t>GREAT BARRINGTON HOUSING AUTH.</t>
+  </si>
+  <si>
+    <t>NANCY MESSINA</t>
+  </si>
+  <si>
+    <t>NMESSINA@GBARRINGTONHA.ORG</t>
+  </si>
+  <si>
+    <t>413-274-1142</t>
+  </si>
+  <si>
+    <t>2 BERNARD GIBBONS DRIVE</t>
+  </si>
+  <si>
+    <t>GREAT BARRINGTON</t>
+  </si>
+  <si>
+    <t>01230-1189</t>
+  </si>
+  <si>
+    <t>999/3654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GREENFIELD HSG AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JODI CLOUGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIRECTOR OF FINANCE                               </t>
+  </si>
+  <si>
+    <t>JODI@GREENFIELDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-774-2932</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>1 ELM TERRACE</t>
+  </si>
+  <si>
+    <t>GREENFIELD</t>
+  </si>
+  <si>
+    <t>01301-2203</t>
+  </si>
+  <si>
+    <t>999/3656</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GROVELAND HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>Deputy Director</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>10 RIVER PINES_RD.</t>
+  </si>
+  <si>
+    <t>GROVELAND</t>
+  </si>
+  <si>
+    <t>01834-0000</t>
+  </si>
+  <si>
+    <t>999/3657</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HADLEY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>42 GOLDEN COURT</t>
+  </si>
+  <si>
+    <t>HADLEY</t>
+  </si>
+  <si>
+    <t>01035-0000</t>
+  </si>
+  <si>
+    <t>999/3659</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAMILTON HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LAURIE  MOLLICA</t>
+  </si>
+  <si>
+    <t>LAURIE@IPSWICHHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-356-2860</t>
+  </si>
+  <si>
+    <t>C/O IHA</t>
+  </si>
+  <si>
+    <t>1 AGAWAM VILLAGE</t>
+  </si>
+  <si>
+    <t>IPSWICH</t>
+  </si>
+  <si>
+    <t>01938-0000</t>
+  </si>
+  <si>
+    <t>999/3660</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAMPDEN HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>LISA DIFRANCO</t>
+  </si>
+  <si>
+    <t>HAMPHOUS@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>413-566-8157</t>
+  </si>
+  <si>
+    <t>26 SPRINGMEADOW LANE</t>
+  </si>
+  <si>
+    <t>HAMPDEN</t>
+  </si>
+  <si>
+    <t>01036-9772</t>
+  </si>
+  <si>
+    <t>999/3663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANSON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>TERRY  CHAMPION</t>
+  </si>
+  <si>
+    <t>ADM. ASSISTANT</t>
+  </si>
+  <si>
+    <t>80 MEETINGHOUSE LANE</t>
+  </si>
+  <si>
+    <t>HANSON</t>
+  </si>
+  <si>
+    <t>02341-0000</t>
+  </si>
+  <si>
+    <t>999/3667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HATFIELD HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>BRENNA DUQUETTE</t>
+  </si>
+  <si>
+    <t>OFFICE@HATFIELDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-247-9202</t>
+  </si>
+  <si>
+    <t>2 SCHOOL STREET</t>
+  </si>
+  <si>
+    <t>HATFIELD</t>
+  </si>
+  <si>
+    <t>01038-0000</t>
+  </si>
+  <si>
+    <t>999/3670</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HINGHAM HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>617-843-4350</t>
+  </si>
+  <si>
+    <t>30 THAXTER STREET</t>
+  </si>
+  <si>
+    <t>HINGHAM</t>
+  </si>
+  <si>
+    <t>02043-0000</t>
+  </si>
+  <si>
+    <t>999/3673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOLDEN HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>SUE BONNEY</t>
+  </si>
+  <si>
+    <t>978-537-5300</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>9 FLAGLER DRIVE</t>
+  </si>
+  <si>
+    <t>HOLDEN</t>
+  </si>
+  <si>
+    <t>01520-2543</t>
+  </si>
+  <si>
+    <t>999/3675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOLLISTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KIMBERLEY GULLEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANAGEMENT AGENT   </t>
+  </si>
+  <si>
+    <t>KGULLEY@FRAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-429-6266</t>
+  </si>
+  <si>
+    <t>COLE COURT</t>
+  </si>
+  <si>
+    <t>492 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>HOLLISTON</t>
+  </si>
+  <si>
+    <t>01746-1904</t>
+  </si>
+  <si>
+    <t>999/3676</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOPEDALE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KATHERINE CONSIGLI</t>
+  </si>
+  <si>
+    <t>HOPEDALEHOUSING@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>508-473-8120</t>
+  </si>
+  <si>
+    <t>116 HOPEDALE STREET</t>
+  </si>
+  <si>
+    <t>HOPEDALE</t>
+  </si>
+  <si>
+    <t>01747-0182</t>
+  </si>
+  <si>
+    <t>999/3677</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOPKINTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>HAYLEY FETROW</t>
+  </si>
+  <si>
+    <t>HFETROW@HOPKINTONHA.COM</t>
+  </si>
+  <si>
+    <t>617-719-4873</t>
+  </si>
+  <si>
+    <t>100 DAVIS ROAD</t>
+  </si>
+  <si>
+    <t>HOPKINTON</t>
+  </si>
+  <si>
+    <t>01748-0000</t>
+  </si>
+  <si>
+    <t>999/3679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUDSON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JACLYN A. BEAULIEU</t>
+  </si>
+  <si>
+    <t>JACLYNP@HUDSONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-562-9268</t>
+  </si>
+  <si>
+    <t>8 BRIGHAM CIRCLE</t>
+  </si>
+  <si>
+    <t>HUDSON</t>
+  </si>
+  <si>
+    <t>01749-2429</t>
+  </si>
+  <si>
+    <t>999/3681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HULL HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>MAUREEN CROWLEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMIN. ASSISTANT                                  </t>
+  </si>
+  <si>
+    <t>MAUREENCROWLEY26@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>781-925-4544</t>
+  </si>
+  <si>
+    <t>6 ATLANTIC HOUSE COURT</t>
+  </si>
+  <si>
+    <t>HULL</t>
+  </si>
+  <si>
+    <t>02045-0000</t>
+  </si>
+  <si>
+    <t>999/3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IPSWICH HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>ONE AGAWAM VILLAGE</t>
+  </si>
+  <si>
+    <t>01938-2595</t>
+  </si>
+  <si>
+    <t>999/3683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGSTON HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>15 HILLCREST ROAD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>02364-1942</t>
+  </si>
+  <si>
+    <t>999/3687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEE HOUSING AUTHORITY         </t>
+  </si>
+  <si>
+    <t>DEBORAH M. PEDERCINI</t>
+  </si>
+  <si>
+    <t>DPEDERCINI@LEEHOUSINGAUTHORITY.ORG</t>
+  </si>
+  <si>
+    <t>413-243-3464</t>
+  </si>
+  <si>
+    <t>155 MARBLE STREET</t>
+  </si>
+  <si>
+    <t>LEE</t>
+  </si>
+  <si>
+    <t>01238-0000</t>
+  </si>
+  <si>
+    <t>999/3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEICESTER HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JEYSA NORTEY</t>
+  </si>
+  <si>
+    <t>JNORTEY@LEICESTERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-892-4620</t>
+  </si>
+  <si>
+    <t>1075 MAIN STREET</t>
+  </si>
+  <si>
+    <t>OFC</t>
+  </si>
+  <si>
+    <t>LEICESTER</t>
+  </si>
+  <si>
+    <t>01524-1331</t>
+  </si>
+  <si>
+    <t>999/3689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LENOX HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>SHANNON CELLA</t>
+  </si>
+  <si>
+    <t>DIRECTOR.LENOXHOUSING@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>413-637-5585</t>
+  </si>
+  <si>
+    <t>6 MAIN STREET, SUITE 1</t>
+  </si>
+  <si>
+    <t>LENOX</t>
+  </si>
+  <si>
+    <t>01240-2352</t>
+  </si>
+  <si>
+    <t>999/3691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEXINGTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KATHY KILROY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASSISTANT_DIRECTOR                                </t>
+  </si>
+  <si>
+    <t>KKILROY@LEXINGTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-861-0900</t>
+  </si>
+  <si>
+    <t>ONE COUNTRYSIDE VILLAGE</t>
+  </si>
+  <si>
+    <t>LEXINGTON</t>
+  </si>
+  <si>
+    <t>02420-3020</t>
+  </si>
+  <si>
+    <t>999/3694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LITTLETON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JOY SCOTINA</t>
+  </si>
+  <si>
+    <t>Interim Executive Director</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WESTFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-692-6011</t>
+  </si>
+  <si>
+    <t>19 SHATTUCK STREET</t>
+  </si>
+  <si>
+    <t>LITTLETON</t>
+  </si>
+  <si>
+    <t>01460-0000</t>
+  </si>
+  <si>
+    <t>999/3696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUDLOW HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>ROBIN CARVIDE</t>
+  </si>
+  <si>
+    <t>ROBIN@LUDLOWHOUSING.COM</t>
+  </si>
+  <si>
+    <t>413-589-7272</t>
+  </si>
+  <si>
+    <t>114 WILSON STREET</t>
+  </si>
+  <si>
+    <t>LUDLOW</t>
+  </si>
+  <si>
+    <t>01056-2320</t>
+  </si>
+  <si>
+    <t>999/3697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUNENBURG HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>999/3698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LYNNFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>DANIEL MACINTYRE</t>
+  </si>
+  <si>
+    <t>LYNFLDHA@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>781-581-5783</t>
+  </si>
+  <si>
+    <t>600 ROSS DRIVE</t>
+  </si>
+  <si>
+    <t>LYNNFIELD</t>
+  </si>
+  <si>
+    <t>01940-0000</t>
+  </si>
+  <si>
+    <t>999/3699</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANCHESTER HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>CHRISTINE MAGUIRE</t>
+  </si>
+  <si>
+    <t>CMAGUIRE@MANCHESTERMAHA.ORG</t>
+  </si>
+  <si>
+    <t>978-526-1850</t>
+  </si>
+  <si>
+    <t>7 OFFICE THE PLAINS</t>
+  </si>
+  <si>
+    <t>MANCHESTER</t>
+  </si>
+  <si>
+    <t>01944-0608</t>
+  </si>
+  <si>
+    <t>999/3700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANSFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>GREGORY HANCOCK</t>
+  </si>
+  <si>
+    <t>Bookkeeper</t>
+  </si>
+  <si>
+    <t>ACCOUNTS@MANSFIELDHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-339-6890</t>
+  </si>
+  <si>
+    <t>22 BICENTENNIAL COURT</t>
+  </si>
+  <si>
+    <t>MANSFIELD</t>
+  </si>
+  <si>
+    <t>02048-1558</t>
+  </si>
+  <si>
+    <t>999/3701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARBLEHEAD HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>Accounting Coordinator</t>
+  </si>
+  <si>
+    <t>26 ROWLAND ST</t>
+  </si>
+  <si>
+    <t>MARBLEHEAD</t>
+  </si>
+  <si>
+    <t>01945-0000</t>
+  </si>
+  <si>
+    <t>999/3703</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARSHFIELD HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>ADMINSTRATIVE ASSISTANT</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>17 TEA ROCK GARDENS</t>
+  </si>
+  <si>
+    <t>MARSHFIELD</t>
+  </si>
+  <si>
+    <t>02050-2525</t>
+  </si>
+  <si>
+    <t>999/3704</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASHPEE HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>508-477-6202</t>
+  </si>
+  <si>
+    <t>766 FALMOUTH ROAD, UNIT A3</t>
+  </si>
+  <si>
+    <t>MASHPEE</t>
+  </si>
+  <si>
+    <t>02649-0000</t>
+  </si>
+  <si>
+    <t>999/3705</t>
+  </si>
+  <si>
+    <t>MATTAPOISETT HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>508-758-4664</t>
+  </si>
+  <si>
+    <t>1 ACUSHNET ROAD, #53</t>
+  </si>
+  <si>
+    <t>MATTAPOISETT</t>
+  </si>
+  <si>
+    <t>02739-0000</t>
+  </si>
+  <si>
+    <t>999/3706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAYNARD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>AMANDA TYLER</t>
+  </si>
+  <si>
+    <t>Program Manager</t>
+  </si>
+  <si>
+    <t>A.TYLER@MAYNARD-HOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-897-8738</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>15 POWDERMILL CIRCLE</t>
+  </si>
+  <si>
+    <t>MAYNARD</t>
+  </si>
+  <si>
+    <t>01754-0000</t>
+  </si>
+  <si>
+    <t>999/3707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEDFIELD HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>30 POUND STREET</t>
+  </si>
+  <si>
+    <t>MEDFIELD</t>
+  </si>
+  <si>
+    <t>02052-2642</t>
+  </si>
+  <si>
+    <t>999/3708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEDWAY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>508-435-6022</t>
+  </si>
+  <si>
+    <t>600 MAHAN CIRCLE</t>
+  </si>
+  <si>
+    <t>MEDWAY</t>
+  </si>
+  <si>
+    <t>02053-2184</t>
+  </si>
+  <si>
+    <t>999/3711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">METHUEN HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>LISA LADD</t>
+  </si>
+  <si>
+    <t>LLADD@METHUENHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-682-8607</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>24 MYSTIC STREET</t>
+  </si>
+  <si>
+    <t>METHUEN</t>
+  </si>
+  <si>
+    <t>01844-2468</t>
+  </si>
+  <si>
+    <t>999/3712</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIDDLEBOROUGH HOUSING AUTH.   </t>
+  </si>
+  <si>
+    <t>SHERRI L. LARSON</t>
+  </si>
+  <si>
+    <t>SHERRI@MIDDLEBOROHA.ORG</t>
+  </si>
+  <si>
+    <t>508-947-3824</t>
+  </si>
+  <si>
+    <t>8 BENTON STREET</t>
+  </si>
+  <si>
+    <t>MIDDLEBORO</t>
+  </si>
+  <si>
+    <t>02346-0000</t>
+  </si>
+  <si>
+    <t>999/3714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIDDLETON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR    </t>
+  </si>
+  <si>
+    <t>978-774-4333</t>
+  </si>
+  <si>
+    <t>ORCHARD CIRCLE</t>
+  </si>
+  <si>
+    <t>MIDDLETON</t>
+  </si>
+  <si>
+    <t>01949-2361</t>
+  </si>
+  <si>
+    <t>999/3715</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILFORD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>LORIANN BRAZA</t>
+  </si>
+  <si>
+    <t>LBRAZA@MILFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-473-9521</t>
+  </si>
+  <si>
+    <t>45 BIRMINGHAM COURT</t>
+  </si>
+  <si>
+    <t>MILFORD</t>
+  </si>
+  <si>
+    <t>01757-1616</t>
+  </si>
+  <si>
+    <t>999/3716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILLBURY HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>DANIELLE JOHNSON</t>
+  </si>
+  <si>
+    <t>D.JOHNSON@MILLBURYHA.NET</t>
+  </si>
+  <si>
+    <t>508-865-2660</t>
+  </si>
+  <si>
+    <t>89 ELM STREET</t>
+  </si>
+  <si>
+    <t>01527-3104</t>
+  </si>
+  <si>
+    <t>999/3717</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILLIS HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>310 EXCHANGE ST</t>
+  </si>
+  <si>
+    <t>MILLIS</t>
+  </si>
+  <si>
+    <t>02054-1180</t>
+  </si>
+  <si>
+    <t>999/3719</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>EARL FAY</t>
+  </si>
+  <si>
+    <t>MILT.HA@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>617-698-2169</t>
+  </si>
+  <si>
+    <t>65 MILLER AVENUE</t>
+  </si>
+  <si>
+    <t>MILTON</t>
+  </si>
+  <si>
+    <t>02186-4756</t>
+  </si>
+  <si>
+    <t>999/3721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONSON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>31 STATE STREET</t>
+  </si>
+  <si>
+    <t>SUITE 50</t>
+  </si>
+  <si>
+    <t>MONSON</t>
+  </si>
+  <si>
+    <t>01057-9211</t>
+  </si>
+  <si>
+    <t>999/3722</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTAGUE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>BELLAMINE DICKERMAN</t>
+  </si>
+  <si>
+    <t>MONTAGUEHA@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>413-863-8445</t>
+  </si>
+  <si>
+    <t>41 SUNRISE TERRACE</t>
+  </si>
+  <si>
+    <t>999/3726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAHANT HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KELLEY COLLINS</t>
+  </si>
+  <si>
+    <t>NAHANTHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>781-581-9623</t>
+  </si>
+  <si>
+    <t>194 NAHANT ROAD</t>
+  </si>
+  <si>
+    <t>NAHANT</t>
+  </si>
+  <si>
+    <t>01908-1256</t>
+  </si>
+  <si>
+    <t>999/3727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NANTUCKET HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>Finance ADM/AST Exec Director</t>
+  </si>
+  <si>
+    <t>3 MANTA DRIVE</t>
+  </si>
+  <si>
+    <t>NANTUCKET</t>
+  </si>
+  <si>
+    <t>02554-0000</t>
+  </si>
+  <si>
+    <t>999/3728</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATICK HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>SUE HUR</t>
+  </si>
+  <si>
+    <t>Finance &amp; Operations Manager</t>
+  </si>
+  <si>
+    <t>SHUR@NATICKHA.ORG</t>
+  </si>
+  <si>
+    <t>508-653-2971</t>
+  </si>
+  <si>
+    <t>4 COTTAGE STREET</t>
+  </si>
+  <si>
+    <t>NATICK</t>
+  </si>
+  <si>
+    <t>01760-5864</t>
+  </si>
+  <si>
+    <t>999/3729</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEEDHAM HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>SALIM PILLAI</t>
+  </si>
+  <si>
+    <t>FINANCIAL/ HUMAN RESOURCE SPECIALIST</t>
+  </si>
+  <si>
+    <t>SPILLAI@NEEDHAMHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-444-3011</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>21 HIGHLAND CIRCLE, SUITE 10</t>
+  </si>
+  <si>
+    <t>NEEDHAM</t>
+  </si>
+  <si>
+    <t>02494-3155</t>
+  </si>
+  <si>
+    <t>999/3735</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORFOLK HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>33 ROCKWOOD ROAD</t>
+  </si>
+  <si>
+    <t>NORFOLK</t>
+  </si>
+  <si>
+    <t>02056-0293</t>
+  </si>
+  <si>
+    <t>999/3736</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH ANDOVER HOUSING AUTH.   </t>
+  </si>
+  <si>
+    <t>MARCIA KUPIEC</t>
+  </si>
+  <si>
+    <t>MKUPIEC@NORTHANDOVERHA.COM</t>
+  </si>
+  <si>
+    <t>978-682-3932</t>
+  </si>
+  <si>
+    <t>ONE MORKESKI MEADOWS</t>
+  </si>
+  <si>
+    <t>NORTH ANDOVER</t>
+  </si>
+  <si>
+    <t>01845-3998</t>
+  </si>
+  <si>
+    <t>999/3737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH ATTLEBORO HOUSING AUTH  </t>
+  </si>
+  <si>
+    <t>PAULA MAYVILLE</t>
+  </si>
+  <si>
+    <t>FINANCE@NORTHATTLEBOROHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-695-5142</t>
+  </si>
+  <si>
+    <t>20 SOUTH WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>NORTH ATTLEBORO</t>
+  </si>
+  <si>
+    <t>02760-0000</t>
+  </si>
+  <si>
+    <t>999/3738</t>
+  </si>
+  <si>
+    <t>NORTHBOROUGH HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>RON BONNEY</t>
+  </si>
+  <si>
+    <t>RON@NORTHBOROUGHHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-393-2408</t>
+  </si>
+  <si>
+    <t>26 VILLAGE DRIVE</t>
+  </si>
+  <si>
+    <t>NORTHBOROUGH</t>
+  </si>
+  <si>
+    <t>01532-2623</t>
+  </si>
+  <si>
+    <t>999/3739</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTHBRIDGE HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRETT R. LAMBERT              </t>
+  </si>
+  <si>
+    <t>BRETT@NORTHBRIDGEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-234-7736</t>
+  </si>
+  <si>
+    <t>12 COLONIAL DRIVE</t>
+  </si>
+  <si>
+    <t>WHITINSVILLE</t>
+  </si>
+  <si>
+    <t>01588-0149</t>
+  </si>
+  <si>
+    <t>999/3740</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH BROOKFIELD HOUSING AUTH </t>
+  </si>
+  <si>
+    <t>ASHLIE WOLF</t>
+  </si>
+  <si>
+    <t>AWOLF@SOUTHBRIDGEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-867-2826</t>
+  </si>
+  <si>
+    <t>271 NORTH MAIN STREET</t>
+  </si>
+  <si>
+    <t>NORTH BROOKFIELD</t>
+  </si>
+  <si>
+    <t>01535-0000</t>
+  </si>
+  <si>
+    <t>999/3742</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH READING HSG AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KELCEY SALOIS</t>
+  </si>
+  <si>
+    <t>Office Manager</t>
+  </si>
+  <si>
+    <t>KELCEYS@NORTHREADINGHA.ORG</t>
+  </si>
+  <si>
+    <t>978-644-2982</t>
+  </si>
+  <si>
+    <t>0 PEABODY COURT</t>
+  </si>
+  <si>
+    <t>NORTH READING</t>
+  </si>
+  <si>
+    <t>01864-2435</t>
+  </si>
+  <si>
+    <t>999/3743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LORI  CASTRO </t>
+  </si>
+  <si>
+    <t>LORI@NORTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-285-3929</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>120 WEST MAIN STREET</t>
+  </si>
+  <si>
+    <t>NORTON</t>
+  </si>
+  <si>
+    <t>02766-1228</t>
+  </si>
+  <si>
+    <t>999/3744</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORWELL HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>PAULA HARRINGTON</t>
+  </si>
+  <si>
+    <t>NORWELLHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>781-659-7690</t>
+  </si>
+  <si>
+    <t>399 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>NORWELL</t>
+  </si>
+  <si>
+    <t>02061-2033</t>
+  </si>
+  <si>
+    <t>999/3745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORWOOD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MICHELLE MURRAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINACIAL MANGMENT SPECIALIST                      </t>
+  </si>
+  <si>
+    <t>MMURRAY@NORWOODHA.ORG</t>
+  </si>
+  <si>
+    <t>781-762-8115</t>
+  </si>
+  <si>
+    <t>40 WILLIAM SHYNE CIRCLE</t>
+  </si>
+  <si>
+    <t>NORWOOD</t>
+  </si>
+  <si>
+    <t>02062-2258</t>
+  </si>
+  <si>
+    <t>999/3748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORANGE HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>01331-0000</t>
+  </si>
+  <si>
+    <t>999/3749</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORLEANS HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MELISSA PHILLIPS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASSISTANT DIRECTOR                                </t>
+  </si>
+  <si>
+    <t>MELISSA.ORLEANSHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-255-0064</t>
+  </si>
+  <si>
+    <t>94 HOPKINS LANE</t>
+  </si>
+  <si>
+    <t>ORLEANS</t>
+  </si>
+  <si>
+    <t>02653-3433</t>
+  </si>
+  <si>
+    <t>999/3751</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OXFORD HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>LOCKSANN MATEO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR       </t>
+  </si>
+  <si>
+    <t>LMATEO@OXFORDHA.COM</t>
+  </si>
+  <si>
+    <t>508-987-5055</t>
+  </si>
+  <si>
+    <t>23 WHEELOCK STREET</t>
+  </si>
+  <si>
+    <t>OXFORD</t>
+  </si>
+  <si>
+    <t>01540-2124</t>
+  </si>
+  <si>
+    <t>999/3752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PALMER HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>13 FLETCHER STREET</t>
+  </si>
+  <si>
+    <t>PALMER</t>
+  </si>
+  <si>
+    <t>01069-1107</t>
+  </si>
+  <si>
+    <t>999/3755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEMBROKE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KAREN FORTI-RYAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROGRAM COORDINATOR                               </t>
+  </si>
+  <si>
+    <t>KFRYAN@PEMBROKEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-293-3088</t>
+  </si>
+  <si>
+    <t>KILCOMMONS DRIVE</t>
+  </si>
+  <si>
+    <t>PEMBROKE</t>
+  </si>
+  <si>
+    <t>02359-0000</t>
+  </si>
+  <si>
+    <t>999/3756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEPPERELL HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KRISANNE TRAINQUE</t>
+  </si>
+  <si>
+    <t>DIRECTOR@PEPPERELLHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-433-9882</t>
+  </si>
+  <si>
+    <t>4 FOSTER STREET</t>
+  </si>
+  <si>
+    <t>PEPPERELL</t>
+  </si>
+  <si>
+    <t>01463-1606</t>
+  </si>
+  <si>
+    <t>999/3761</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLAINVILLE HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>140 EAST BACON STREET</t>
+  </si>
+  <si>
+    <t>PLAINVILLE</t>
+  </si>
+  <si>
+    <t>02762-0000</t>
+  </si>
+  <si>
+    <t>999/3762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLYMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>PAYROLL COORDINATOR</t>
+  </si>
+  <si>
+    <t>130 COURT STREET</t>
+  </si>
+  <si>
+    <t>PLYMOUTH</t>
+  </si>
+  <si>
+    <t>999/3765</t>
+  </si>
+  <si>
+    <t>PROVINCETOWN HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>KRISTIN HATCH</t>
+  </si>
+  <si>
+    <t>PHA@PROVINCETOWNHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-487-0434</t>
+  </si>
+  <si>
+    <t>44 HARRY KEMP WAY</t>
+  </si>
+  <si>
+    <t>PROVINCETOWN</t>
+  </si>
+  <si>
+    <t>02657-1629</t>
+  </si>
+  <si>
+    <t>999/3766</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RANDOLPH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MARJORIE KOURAFAS</t>
+  </si>
+  <si>
+    <t>ADMINISTRATIVE MGR.</t>
+  </si>
+  <si>
+    <t>FINANCE@RANDOLPHHA.COM</t>
+  </si>
+  <si>
+    <t>781-961-1400</t>
+  </si>
+  <si>
+    <t>ONE DECELLE DRIVE</t>
+  </si>
+  <si>
+    <t>RANDOLPH</t>
+  </si>
+  <si>
+    <t>02368-5601</t>
+  </si>
+  <si>
+    <t>999/3767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAYNHAM HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KELLY WILSON</t>
+  </si>
+  <si>
+    <t>DIRECTOR@RAYNHAMHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-824-9404</t>
+  </si>
+  <si>
+    <t>75 MILL STREET</t>
+  </si>
+  <si>
+    <t>RAYNHAM</t>
+  </si>
+  <si>
+    <t>02767-0000</t>
+  </si>
+  <si>
+    <t>999/3768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">READING HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>DONNA HEGGARTY</t>
+  </si>
+  <si>
+    <t>DONNA@READINGHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-944-6755</t>
+  </si>
+  <si>
+    <t>22 FRANK D.TANNER DRIVE</t>
+  </si>
+  <si>
+    <t>READING</t>
+  </si>
+  <si>
+    <t>01867-2399</t>
+  </si>
+  <si>
+    <t>999/3772</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCKLAND HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MARGIE CARR</t>
+  </si>
+  <si>
+    <t>DIRECTOR@ROCKLANDHOUSINGAUTHORITY.COM</t>
+  </si>
+  <si>
+    <t>781-878-4156</t>
+  </si>
+  <si>
+    <t>8 STUDLEY COURT</t>
+  </si>
+  <si>
+    <t>ROCKLAND</t>
+  </si>
+  <si>
+    <t>02370-2571</t>
+  </si>
+  <si>
+    <t>999/3773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCKPORT HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MARIE MATHES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INTERIM EXECUTIVE DIRECTOR   </t>
+  </si>
+  <si>
+    <t>DIRECTOR@ROCKPORTHA.COM</t>
+  </si>
+  <si>
+    <t>978-546-3181</t>
+  </si>
+  <si>
+    <t>13 MILLBROOK PARK</t>
+  </si>
+  <si>
+    <t>ROCKPORT</t>
+  </si>
+  <si>
+    <t>01966-1458</t>
+  </si>
+  <si>
+    <t>999/3775</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROWLEY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>978-948-2371</t>
+  </si>
+  <si>
+    <t>PLANTATION DRIVE</t>
+  </si>
+  <si>
+    <t>ROWLEY</t>
+  </si>
+  <si>
+    <t>01969-1719</t>
+  </si>
+  <si>
+    <t>999/3779</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALISBURY HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>23 BEACH ROAD</t>
+  </si>
+  <si>
+    <t>SALISBURY</t>
+  </si>
+  <si>
+    <t>01952-2017</t>
+  </si>
+  <si>
+    <t>999/3781</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANDWICH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>ERIC STEINHILBER</t>
+  </si>
+  <si>
+    <t>DIRECTOR@SANDWICHHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-833-4979</t>
+  </si>
+  <si>
+    <t>20 TOM'S WAY</t>
+  </si>
+  <si>
+    <t>SANDWICH</t>
+  </si>
+  <si>
+    <t>02563-5107</t>
+  </si>
+  <si>
+    <t>999/3782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUGUS HOUSING AUTH.          </t>
+  </si>
+  <si>
+    <t>BRYAN CROAD</t>
+  </si>
+  <si>
+    <t>BCROAD@SAUGUSHA.COM</t>
+  </si>
+  <si>
+    <t>781-233-2116</t>
+  </si>
+  <si>
+    <t>19 TALBOT STREET</t>
+  </si>
+  <si>
+    <t>SAUGUS</t>
+  </si>
+  <si>
+    <t>01906-3465</t>
+  </si>
+  <si>
+    <t>999/3784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCITUATE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LEILA HILL</t>
+  </si>
+  <si>
+    <t>LHILL@SCITUATEHA.ORG</t>
+  </si>
+  <si>
+    <t>781-545-3375</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>791 COUNTRY WAY</t>
+  </si>
+  <si>
+    <t>SCITUATE</t>
+  </si>
+  <si>
+    <t>02066-0000</t>
+  </si>
+  <si>
+    <t>999/3785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEEKONK HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>25 CHAPPELL STREET</t>
+  </si>
+  <si>
+    <t>SUITE 10</t>
+  </si>
+  <si>
+    <t>SEEKONK</t>
+  </si>
+  <si>
+    <t>02771-5632</t>
+  </si>
+  <si>
+    <t>999/3786</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHARON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>18 HIXSON FARM ROAD</t>
+  </si>
+  <si>
+    <t>SHARON</t>
+  </si>
+  <si>
+    <t>02067-1155</t>
+  </si>
+  <si>
+    <t>999/3791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHREWSBURY HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>KELLY BERGERON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASSISTANT EXECUTIVE DIRECTOR                      </t>
+  </si>
+  <si>
+    <t>SHABERGERONK@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-757-0323</t>
+  </si>
+  <si>
+    <t>36 N. QUINSIGAMOND AVENUE</t>
+  </si>
+  <si>
+    <t>SHREWSBURY</t>
+  </si>
+  <si>
+    <t>01545-2455</t>
+  </si>
+  <si>
+    <t>999/3793</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOMERSET HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>508-672-3348</t>
+  </si>
+  <si>
+    <t>75 JOHN F. KENNEDY TERRACE</t>
+  </si>
+  <si>
+    <t>SOMERSET</t>
+  </si>
+  <si>
+    <t>02726-0000</t>
+  </si>
+  <si>
+    <t>999/3794</t>
+  </si>
+  <si>
+    <t>SOUTH HADLEY HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>BRIDGETTE O'LEARY SULLIVAN</t>
+  </si>
+  <si>
+    <t>BSULLIVAN.SHHA@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>413-532-3194</t>
+  </si>
+  <si>
+    <t>69 LATHROP ST</t>
+  </si>
+  <si>
+    <t>SOUTH HADLEY</t>
+  </si>
+  <si>
+    <t>01075-9998</t>
+  </si>
+  <si>
+    <t>999/3796</t>
+  </si>
+  <si>
+    <t>SOUTHBOROUGH HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>WILLIAM SCANLON</t>
+  </si>
+  <si>
+    <t>Manager of Operations</t>
+  </si>
+  <si>
+    <t>WILLIAM@SOUTHBOROUGHHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-481-2166</t>
+  </si>
+  <si>
+    <t>49 BOSTON ROAD</t>
+  </si>
+  <si>
+    <t>SOUTHBOROUGH</t>
+  </si>
+  <si>
+    <t>01772-1651</t>
+  </si>
+  <si>
+    <t>999/3797</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOUTHBRIDGE HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>508-765-5858</t>
+  </si>
+  <si>
+    <t>60 CHARLTON STREET</t>
+  </si>
+  <si>
+    <t>SOUTHBRIDGE</t>
+  </si>
+  <si>
+    <t>01550-1955</t>
+  </si>
+  <si>
+    <t>999/3799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPENCER HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KIMBERLY HURLBRINK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Interim Executive Director                        </t>
+  </si>
+  <si>
+    <t>KIM.HURLBRINK@SPENCERHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-885-3904</t>
+  </si>
+  <si>
+    <t>HOWE VILLAGE</t>
+  </si>
+  <si>
+    <t>13 MCDONALD ST.</t>
+  </si>
+  <si>
+    <t>SPENCER</t>
+  </si>
+  <si>
+    <t>01562-0486</t>
+  </si>
+  <si>
+    <t>999/3800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STERLING HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>999/3801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STOCKBRIDGE HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>ANDREA K. LINDSAY</t>
+  </si>
+  <si>
+    <t>ANDREA@STOCKBRIDGEHA.COM</t>
+  </si>
+  <si>
+    <t>413-298-3222</t>
+  </si>
+  <si>
+    <t>5 PINE STREET</t>
+  </si>
+  <si>
+    <t>P.O.BOX 419</t>
+  </si>
+  <si>
+    <t>STOCKBRIDGE</t>
+  </si>
+  <si>
+    <t>01262-0419</t>
+  </si>
+  <si>
+    <t>999/3802</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STONEHAM HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>THERESA SHANNON</t>
+  </si>
+  <si>
+    <t>BOOKKEEPER/HR</t>
+  </si>
+  <si>
+    <t>T.SHANNON@STONEHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>781-438-0734</t>
+  </si>
+  <si>
+    <t>11 PARKER CHASE ROAD</t>
+  </si>
+  <si>
+    <t>STONEHAM</t>
+  </si>
+  <si>
+    <t>02180-4530</t>
+  </si>
+  <si>
+    <t>999/3803</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STOUGHTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>4 CAPEN ST.</t>
+  </si>
+  <si>
+    <t>STOUGHTON</t>
+  </si>
+  <si>
+    <t>02072-0000</t>
+  </si>
+  <si>
+    <t>999/3806</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUDBURY HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>SHEILA CUSOLITO</t>
+  </si>
+  <si>
+    <t>DIRECTOR@SUDBURYHA.ORG</t>
+  </si>
+  <si>
+    <t>978-443-5112</t>
+  </si>
+  <si>
+    <t>55 HUDSON ROAD</t>
+  </si>
+  <si>
+    <t>SUDBURY</t>
+  </si>
+  <si>
+    <t>01776-2042</t>
+  </si>
+  <si>
+    <t>999/3809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWAMPSCOTT HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>KEVIN JOHNSON</t>
+  </si>
+  <si>
+    <t>SWAMPSCOTT.AUTHORITY@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>781-718-3498</t>
+  </si>
+  <si>
+    <t>6 DUNCAN TERRACE</t>
+  </si>
+  <si>
+    <t>SWAMPSCOTT</t>
+  </si>
+  <si>
+    <t>01907-1812</t>
+  </si>
+  <si>
+    <t>999/3810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWANSEA HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>508-679-5828</t>
+  </si>
+  <si>
+    <t>100 GARDNERS NECK ROAD</t>
+  </si>
+  <si>
+    <t>SWANSEA</t>
+  </si>
+  <si>
+    <t>02777-0000</t>
+  </si>
+  <si>
+    <t>999/3811</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEMPLETON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>CYNTHIA LAFRENIERE</t>
+  </si>
+  <si>
+    <t>FINANCIAL-PROC. COORDINATOR</t>
+  </si>
+  <si>
+    <t>CLAFRENIERE@WINHA.ORG</t>
+  </si>
+  <si>
+    <t>978-297-2280</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>99 BRIDGE STREET</t>
+  </si>
+  <si>
+    <t>BALDWINVILLE</t>
+  </si>
+  <si>
+    <t>01436-9900</t>
+  </si>
+  <si>
+    <t>999/3812</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEWKSBURY HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>SUSAN GIANNETTI</t>
+  </si>
+  <si>
+    <t>SGIANNETTI@TEWKSBURYHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-851-7392</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>SAUNDERS CIRCLE</t>
+  </si>
+  <si>
+    <t>TEWKSBURY</t>
+  </si>
+  <si>
+    <t>01876-2703</t>
+  </si>
+  <si>
+    <t>999/3815</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOPSFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>69 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>TOPSFIELD</t>
+  </si>
+  <si>
+    <t>01983-1746</t>
+  </si>
+  <si>
+    <t>999/3818</t>
+  </si>
+  <si>
+    <t>TYNGSBOROUGH HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>LINDA THIBODEAU</t>
+  </si>
+  <si>
+    <t>DIRECTOR@TYNGSBOROHA.ORG</t>
+  </si>
+  <si>
+    <t>978-649-9941</t>
+  </si>
+  <si>
+    <t>198 MIDDLESSEX ROAD</t>
+  </si>
+  <si>
+    <t>TYNGSBOROUGH</t>
+  </si>
+  <si>
+    <t>01879-1564</t>
+  </si>
+  <si>
+    <t>999/3821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UXBRIDGE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LINDA KELLY</t>
+  </si>
+  <si>
+    <t>LKELLYUXBRIDGEHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-278-3232</t>
+  </si>
+  <si>
+    <t>CALUMET COURT</t>
+  </si>
+  <si>
+    <t>P. O. BOX 391</t>
+  </si>
+  <si>
+    <t>UXBRIDGE</t>
+  </si>
+  <si>
+    <t>01569-0391</t>
+  </si>
+  <si>
+    <t>999/3822</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAKEFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>MARY ROCHE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE MANAGER                                   </t>
+  </si>
+  <si>
+    <t>MROCHE@WAKEFIELDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-245-7328</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>26 CRESENT STREET</t>
+  </si>
+  <si>
+    <t>WAKEFIELD</t>
+  </si>
+  <si>
+    <t>01880-2430</t>
+  </si>
+  <si>
+    <t>999/3824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WALPOLE HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MONIQUE BERGERON</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WALPOLEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-668-7878</t>
+  </si>
+  <si>
+    <t>8 DIAMOND POND TERRACE</t>
+  </si>
+  <si>
+    <t>02081-3484</t>
+  </si>
+  <si>
+    <t>999/3825</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WARE HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>LINDA HANSSEN</t>
+  </si>
+  <si>
+    <t>WAREHOUSING@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>413-967-4477</t>
+  </si>
+  <si>
+    <t>20 VALLEY VIEW</t>
+  </si>
+  <si>
+    <t>WARE</t>
+  </si>
+  <si>
+    <t>01082-1647</t>
+  </si>
+  <si>
+    <t>999/3827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WARREN HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KATELYN BAKER</t>
+  </si>
+  <si>
+    <t>EXECUTIVEDIRECTOR@WARRENMAHOUSING.COM</t>
+  </si>
+  <si>
+    <t>95 WINTHROP TERRACE</t>
+  </si>
+  <si>
+    <t>P. O. BOX 3021</t>
+  </si>
+  <si>
+    <t>WARREN</t>
+  </si>
+  <si>
+    <t>01083-3021</t>
+  </si>
+  <si>
+    <t>999/3830</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WATERTOWN HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>VIVIANA VEIRA</t>
+  </si>
+  <si>
+    <t>VVEIRA@WATERTOWNHA.ORG</t>
+  </si>
+  <si>
+    <t>617-923-3953</t>
+  </si>
+  <si>
+    <t>55 WAVERLEY AVE.</t>
+  </si>
+  <si>
+    <t>WATERTOWN</t>
+  </si>
+  <si>
+    <t>02472-3613</t>
+  </si>
+  <si>
+    <t>999/3831</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAYLAND HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>BETSY ROSZKO</t>
+  </si>
+  <si>
+    <t>BROSZKO@WAYLANDHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-655-6310</t>
+  </si>
+  <si>
+    <t>106 MAIN STREET</t>
+  </si>
+  <si>
+    <t>WAYLAND</t>
+  </si>
+  <si>
+    <t>01778-0000</t>
+  </si>
+  <si>
+    <t>999/3832</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEBSTER HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MARIA  MEDEIROS</t>
+  </si>
+  <si>
+    <t>EXECDIRECTOR@WEBSTERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-943-1634</t>
+  </si>
+  <si>
+    <t>10 GOLDEN HEIGHTS</t>
+  </si>
+  <si>
+    <t>WEBSTER</t>
+  </si>
+  <si>
+    <t>01570-1651</t>
+  </si>
+  <si>
+    <t>999/3833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WELLESLEY HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JENNIFER HEALY</t>
+  </si>
+  <si>
+    <t>JHEALY@WELLESLEYHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>109 BARTON RD.</t>
+  </si>
+  <si>
+    <t>WELLESLEY</t>
+  </si>
+  <si>
+    <t>02481-3517</t>
+  </si>
+  <si>
+    <t>999/3836</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WENHAM HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>PAULA MOUNTAIN</t>
+  </si>
+  <si>
+    <t>WENHAMHOUSING@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>978-468-1532</t>
+  </si>
+  <si>
+    <t>LARCH LANE</t>
+  </si>
+  <si>
+    <t>WENHAM</t>
+  </si>
+  <si>
+    <t>01984-1642</t>
+  </si>
+  <si>
+    <t>999/3837</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTBOROUGH HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>CATHY VAILLANT</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WESTBOROHA.COM</t>
+  </si>
+  <si>
+    <t>508-366-1225</t>
+  </si>
+  <si>
+    <t>2 ROGERS ROAD</t>
+  </si>
+  <si>
+    <t>WESTBOROUGH</t>
+  </si>
+  <si>
+    <t>01581-1451</t>
+  </si>
+  <si>
+    <t>999/3838</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST BOYLSTON HOUSING AUTH.   </t>
+  </si>
+  <si>
+    <t>87 MAPLE STREET</t>
+  </si>
+  <si>
+    <t>WET BOYLSTON</t>
+  </si>
+  <si>
+    <t>01583-0000</t>
+  </si>
+  <si>
+    <t>999/3839</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST BRIDGEWATER_HOUSING AUTH </t>
+  </si>
+  <si>
+    <t>BETTY GIBBONS</t>
+  </si>
+  <si>
+    <t>BGIBBONS@WESTBRIDGEWATERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-588-2781</t>
+  </si>
+  <si>
+    <t>7 ESTHER DRIVE</t>
+  </si>
+  <si>
+    <t>WEST BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>02379-0000</t>
+  </si>
+  <si>
+    <t>999/3840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST BROOKFIELD HSG AUTHORITY </t>
+  </si>
+  <si>
+    <t>FIONA ANDREWES</t>
+  </si>
+  <si>
+    <t>WBHOUSING@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>508-867-5891</t>
+  </si>
+  <si>
+    <t>29 EAST MAIN ST., BUILDING 7</t>
+  </si>
+  <si>
+    <t>WEST BROOKFIELD</t>
+  </si>
+  <si>
+    <t>01585-2936</t>
+  </si>
+  <si>
+    <t>999/3841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTFORD HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>65 TADMUCK ROAD</t>
+  </si>
+  <si>
+    <t>WESTFORD</t>
+  </si>
+  <si>
+    <t>01886-3101</t>
+  </si>
+  <si>
+    <t>999/3844</t>
+  </si>
+  <si>
+    <t>WEST NEWBURY HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIR. OF LEASED PUBLIC HOUSING                     </t>
+  </si>
+  <si>
+    <t>LIONEL BRUNAULT COMM. HOUSING</t>
+  </si>
+  <si>
+    <t>379 MAIN STREET</t>
+  </si>
+  <si>
+    <t>WEST NEWBURY</t>
+  </si>
+  <si>
+    <t>01985-0000</t>
+  </si>
+  <si>
+    <t>999/3846</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTPORT HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>CHRISTINA HARNOIS</t>
+  </si>
+  <si>
+    <t>CHRISTINA@ATTLEBOROHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-725-4576</t>
+  </si>
+  <si>
+    <t>666 STATE ROAD</t>
+  </si>
+  <si>
+    <t>WESTPORT</t>
+  </si>
+  <si>
+    <t>02790-0327</t>
+  </si>
+  <si>
+    <t>999/3847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST SPRINGFIELD HOUSING AUTH </t>
+  </si>
+  <si>
+    <t>MARY OUIMET</t>
+  </si>
+  <si>
+    <t>GIC COORDINATOR</t>
+  </si>
+  <si>
+    <t>MARY@WSHA37.ORG</t>
+  </si>
+  <si>
+    <t>413-788-0988</t>
+  </si>
+  <si>
+    <t>37 OXFORD PLACE</t>
+  </si>
+  <si>
+    <t>WEST SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>01089-2238</t>
+  </si>
+  <si>
+    <t>999/3851</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEYMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LAURA FICOCIELLO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOOKKEEPER/ACCOUNTANT                             </t>
+  </si>
+  <si>
+    <t>LFICO@WEYMOUTHHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-331-2323</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>402 ESSEX  STREET</t>
+  </si>
+  <si>
+    <t>WEYMOUTH</t>
+  </si>
+  <si>
+    <t>02189-0000</t>
+  </si>
+  <si>
+    <t>999/3853</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WHITMAN HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KERRI-ANN VEIGA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOOKKEEPER/ADMIN. ASST.                           </t>
+  </si>
+  <si>
+    <t>KCUMMINGS@WHITMANHA.ORG</t>
+  </si>
+  <si>
+    <t>781-447-6363</t>
+  </si>
+  <si>
+    <t>P.O. BOX 334</t>
+  </si>
+  <si>
+    <t>WHITMAN</t>
+  </si>
+  <si>
+    <t>02382-0334</t>
+  </si>
+  <si>
+    <t>999/3854</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILBRAHAM HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JEANNE TRYON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMIN. ASST.                                      </t>
+  </si>
+  <si>
+    <t>WILBRAHAMHA@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>413-543-1700</t>
+  </si>
+  <si>
+    <t>88 STONY HILL ROAD SUITE 36</t>
+  </si>
+  <si>
+    <t>WILBRAHAM</t>
+  </si>
+  <si>
+    <t>01095-0152</t>
+  </si>
+  <si>
+    <t>999/3856</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILLIAMSTOWN HOUSING AUTH     </t>
+  </si>
+  <si>
+    <t>TAMMY ANDREWS</t>
+  </si>
+  <si>
+    <t>WMSTNHA@OUTLOOK.COM</t>
+  </si>
+  <si>
+    <t>413-458-8282</t>
+  </si>
+  <si>
+    <t>35 ADAMS ROAD</t>
+  </si>
+  <si>
+    <t>WILLIAMSTOWN</t>
+  </si>
+  <si>
+    <t>01267-2137</t>
+  </si>
+  <si>
+    <t>999/3857</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILMINGTON HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>MAGGIE CLEARY</t>
+  </si>
+  <si>
+    <t>MCLEARY@WILMINGTONHA.ORG</t>
+  </si>
+  <si>
+    <t>978-853-7331</t>
+  </si>
+  <si>
+    <t>41 DEMING WAY</t>
+  </si>
+  <si>
+    <t>WILMINGTON</t>
+  </si>
+  <si>
+    <t>01887-3649</t>
+  </si>
+  <si>
+    <t>999/3858</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WINCHENDON HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCIAL COORDINATOR                             </t>
+  </si>
+  <si>
+    <t>108 IPSWICH DRIVE</t>
+  </si>
+  <si>
+    <t>WINCHENDON</t>
+  </si>
+  <si>
+    <t>01475-1217</t>
+  </si>
+  <si>
+    <t>999/3859</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WINCHESTER HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>SUSAN DOHERTY CASHELL</t>
+  </si>
+  <si>
+    <t>SDCASHELL@WINCHESTERHA.ORG</t>
+  </si>
+  <si>
+    <t>781-721-5718</t>
+  </si>
+  <si>
+    <t>13 WESTLEY STREET</t>
+  </si>
+  <si>
+    <t>WINCHESTER</t>
+  </si>
+  <si>
+    <t>01890-2130</t>
+  </si>
+  <si>
+    <t>999/3861</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WINTHROP HOUSING AUTH         </t>
+  </si>
+  <si>
+    <t>ELIZA SARRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TENENT SELECTION COORDINATOR                      </t>
+  </si>
+  <si>
+    <t>LISA.SARRO@WINTHROPHOUSING.NET</t>
+  </si>
+  <si>
+    <t>617-846-7100</t>
+  </si>
+  <si>
+    <t>9 GOLDEN DRIVE</t>
+  </si>
+  <si>
+    <t>WINTHROP</t>
+  </si>
+  <si>
+    <t>02152-0000</t>
+  </si>
+  <si>
+    <t>999/3863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRENTHAM HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MELISSA SAULSBY</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WRENTHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>1 GARDEN LANE</t>
+  </si>
+  <si>
+    <t>WRENTHAM</t>
+  </si>
+  <si>
+    <t>02093-0312</t>
+  </si>
+  <si>
+    <t>999/3864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YARMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>FRANK MELLACE</t>
+  </si>
+  <si>
+    <t>FMELLACE@YARMOUTHHA.ORG</t>
+  </si>
+  <si>
+    <t>508-398-2920</t>
+  </si>
+  <si>
+    <t>LONG POND PLAZA</t>
+  </si>
+  <si>
+    <t>534 WINSLOW GRAY RD.</t>
+  </si>
+  <si>
+    <t>SOUTH YARMOUTH</t>
+  </si>
+  <si>
+    <t>02664-4318</t>
+  </si>
+  <si>
+    <t>999/6502</t>
+  </si>
+  <si>
+    <t>BOSTON REDEVELOPMENT AUTHORITY</t>
+  </si>
+  <si>
+    <t>SHELLY MAZZARELLA</t>
+  </si>
+  <si>
+    <t>Assistant Director Human Resources</t>
+  </si>
+  <si>
+    <t>SHELLEY.MAZZARELLA@BOSTON.GOV</t>
+  </si>
+  <si>
+    <t>617-918-5478</t>
+  </si>
+  <si>
+    <t>43 HAWKINS STREET</t>
+  </si>
+  <si>
+    <t>02114-2907</t>
+  </si>
+  <si>
+    <t>999/6503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROCKTON REDEVELOPMENT AUTH.  </t>
+  </si>
+  <si>
+    <t>STEEVENS PHELIMOND</t>
+  </si>
+  <si>
+    <t>SPHELIMOND@BROCKTONREDEVELOPMENTAUTHORITY.COM</t>
+  </si>
+  <si>
+    <t>50 SCHOOL STREET, 2ND FLOOR</t>
+  </si>
+  <si>
+    <t>999/6533</t>
+  </si>
+  <si>
+    <t>WOBURN REDEVELOPMENT AUTHORITY</t>
+  </si>
+  <si>
+    <t>CASEY  HAGERTY</t>
+  </si>
+  <si>
+    <t>Economic Development Manager</t>
+  </si>
+  <si>
+    <t>CHAGERTY@CITYOFWOBURN.COM</t>
+  </si>
+  <si>
+    <t>781-897-5816</t>
+  </si>
+  <si>
+    <t>10 COMMON ST.</t>
+  </si>
+  <si>
+    <t>P.O.BOX 72</t>
+  </si>
+  <si>
+    <t>01801-0000</t>
+  </si>
+  <si>
+    <t>999/6535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMBRIDGE REDEVELOPMENT AUTH. </t>
+  </si>
+  <si>
+    <t>JESSIAHA ADAMOPOULOS</t>
+  </si>
+  <si>
+    <t>JADAMOPOULOS@CAMBRIDGEREDEVELOPMENT.ORG</t>
+  </si>
+  <si>
+    <t>617-492-6800</t>
+  </si>
+  <si>
+    <t>255 MAIN ST.</t>
+  </si>
+  <si>
+    <t>8TH FLOOR</t>
+  </si>
+  <si>
+    <t>02142-0000</t>
+  </si>
+  <si>
+    <t>ADD/0100</t>
+  </si>
+  <si>
+    <t>MASS DEVELOPMENTAL DIS COUNCIL</t>
+  </si>
+  <si>
+    <t>CATHY JACKSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HR DIRECTOR                                       </t>
+  </si>
+  <si>
+    <t>CATHY.JACKSON@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-770-7676</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108 MYRTLE ST </t>
+  </si>
+  <si>
+    <t>SUITE 202</t>
+  </si>
+  <si>
+    <t>02171-0000</t>
+  </si>
+  <si>
+    <t>AGO/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTORNEY GENERAL'S OFFICE     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LATANYA GRAY </t>
+  </si>
+  <si>
+    <t>LATANYA.GRAY@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-963-2931</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE</t>
+  </si>
+  <si>
+    <t>ROOM 1805</t>
+  </si>
+  <si>
+    <t>AGR/0100</t>
+  </si>
+  <si>
+    <t>DEPT OF AGRICULTURAL RESOURCES</t>
+  </si>
+  <si>
+    <t>ASHLEE SHABANIAN</t>
+  </si>
+  <si>
+    <t>Benefit Coordinator</t>
+  </si>
+  <si>
+    <t>ASHLEE.N.SHABANIAN@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-823-2298</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE STREET, 9TH FL</t>
+  </si>
+  <si>
+    <t>02114-2151</t>
+  </si>
+  <si>
+    <t>ALA/0413</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMINISTRATIVE LAW APPEALS    </t>
+  </si>
+  <si>
+    <t>NIKKI BUTKEVICH</t>
+  </si>
+  <si>
+    <t>NIKKI.BUTKEVICH2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-878-9717</t>
+  </si>
+  <si>
+    <t>14 SUMMER STREET, 4TH FLOOR</t>
+  </si>
+  <si>
+    <t>02148-0000</t>
+  </si>
+  <si>
+    <t>ANF/1000</t>
+  </si>
+  <si>
+    <t>EXEC OFFICE FOR ADMIN.&amp;FINANCE</t>
+  </si>
+  <si>
+    <t>FELICIA HOPKINS</t>
+  </si>
+  <si>
+    <t>Director of HR/Payroll</t>
+  </si>
+  <si>
+    <t>FELICIA.L.HOPKINS@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-878-9736</t>
+  </si>
+  <si>
+    <t>ATTN: HUMAN RESOURCES DIVISION</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE ST SUITE 600</t>
+  </si>
+  <si>
+    <t>02114-0000</t>
+  </si>
+  <si>
+    <t>APC/3930</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MA-APPEALS COURT              </t>
+  </si>
+  <si>
+    <t>ALICIA LOGAN</t>
+  </si>
+  <si>
+    <t>Admin. Coordinator</t>
+  </si>
+  <si>
+    <t>ALICIA.ANACLETO@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-994-4155</t>
+  </si>
+  <si>
+    <t>JOHN ADAMS COURTHOUSE, HR DEPT</t>
+  </si>
+  <si>
+    <t>ONE PEMBERTON SQUARE, 4TH FL.</t>
+  </si>
+  <si>
+    <t>02108-1705</t>
+  </si>
+  <si>
+    <t>ART/1000</t>
+  </si>
+  <si>
+    <t>MASSACHUSETTS CULTURAL COUNCIL</t>
+  </si>
+  <si>
+    <t>ASHLEY CABRERA</t>
+  </si>
+  <si>
+    <t>Special Projects Manager for People Operations</t>
+  </si>
+  <si>
+    <t>ASHLEY.CABRERA2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-858-2715</t>
+  </si>
+  <si>
+    <t>10 ST. JAMES STREET, 3RD FLOOR</t>
+  </si>
+  <si>
+    <t>3RD FLOOR</t>
+  </si>
+  <si>
+    <t>02116-4600</t>
+  </si>
+  <si>
+    <t>ATB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APPELLATE TAX BOARD           </t>
+  </si>
+  <si>
+    <t>STEPHANIE  MILLER</t>
+  </si>
+  <si>
+    <t>COO</t>
+  </si>
+  <si>
+    <t>STEPHANIE.B.MILLER@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-336-0309</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE ST., SUITE 200</t>
+  </si>
+  <si>
+    <t>BBE/4000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOARD OF BAR EXAMINERS        </t>
+  </si>
+  <si>
+    <t>ROBERT MILT</t>
+  </si>
+  <si>
+    <t>Sr Mgr of Operations</t>
+  </si>
+  <si>
+    <t>ROBERT.MILT@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-482-4466</t>
+  </si>
+  <si>
+    <t>JOHN ADAMS COURTHOUSE</t>
+  </si>
+  <si>
+    <t>ONE PEMBERTON SQ 5-140</t>
+  </si>
+  <si>
+    <t>BCC/9099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERKSHIRE COMMUNITY COLLEGE   </t>
+  </si>
+  <si>
+    <t>ANN STEVENS</t>
+  </si>
+  <si>
+    <t>Employee Services Coordinator</t>
+  </si>
+  <si>
+    <t>ASTEVENS@BERKSHIRECC.EDU</t>
+  </si>
+  <si>
+    <t>413-236-1023</t>
+  </si>
+  <si>
+    <t>1350 WEST STREET</t>
+  </si>
+  <si>
+    <t>01201-5786</t>
+  </si>
+  <si>
+    <t>BER/0461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERKSHIRE DIST ATTORNEY       </t>
+  </si>
+  <si>
+    <t>JULIA  SABOURIN</t>
+  </si>
+  <si>
+    <t>Chief Operating Officer</t>
+  </si>
+  <si>
+    <t>JULIA.SABOURIN@MASS.GOV</t>
+  </si>
+  <si>
+    <t>413-884-3000</t>
+  </si>
+  <si>
+    <t>7 NORTH STREET</t>
+  </si>
+  <si>
+    <t>BHC/0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUNKER HILL COMMUNITY COLLEGE </t>
+  </si>
+  <si>
+    <t>OMAGBEMI TAYLOR</t>
+  </si>
+  <si>
+    <t>Associate Director of Benefits</t>
+  </si>
+  <si>
+    <t>GBEMI.TAYLOR@BHCC.EDU</t>
+  </si>
+  <si>
+    <t>617-228-2211</t>
+  </si>
+  <si>
+    <t>C/O BUNKER HILL COMMUNITY COLL</t>
+  </si>
+  <si>
+    <t>250 NEW RUTHERFORD AVENUE</t>
+  </si>
+  <si>
+    <t>02129-2925</t>
+  </si>
+  <si>
+    <t>BLC/1000</t>
+  </si>
+  <si>
+    <t>BOARD OF LIBRARY COMMISSIONERS</t>
+  </si>
+  <si>
+    <t>TERESA DANGELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMINISTRATIVE ASSISTANT                          </t>
+  </si>
+  <si>
+    <t>TERESA.DANGELO@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-725-1860</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>90 CANAL STREET</t>
+  </si>
+  <si>
+    <t>SUITE 500</t>
+  </si>
+  <si>
+    <t>BRC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRISTOL COMMUNITY COLLEGE     </t>
+  </si>
+  <si>
+    <t>ALICIA LEWIS</t>
+  </si>
+  <si>
+    <t>Leaves and Benefits Administrator</t>
+  </si>
+  <si>
+    <t>ALICIA.LEWIS@BRISTOLCC.EDU</t>
+  </si>
+  <si>
+    <t>774-357-2514</t>
+  </si>
+  <si>
+    <t>HUMAN RESOURCES OFFICE</t>
+  </si>
+  <si>
+    <t>777 ELSBREE STREET</t>
+  </si>
+  <si>
+    <t>02720-7395</t>
+  </si>
+  <si>
+    <t>BRI/0760</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRISTOL DISTRICT ATTORNEY     </t>
+  </si>
+  <si>
+    <t>DOROTHY SOUSA</t>
+  </si>
+  <si>
+    <t>HR Administrator</t>
+  </si>
+  <si>
+    <t>DOROTHY.SOUSA2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>508-961-1807</t>
+  </si>
+  <si>
+    <t>218 SOUTH MAIN STREET, SUITE 4</t>
+  </si>
+  <si>
+    <t>02721-0000</t>
+  </si>
+  <si>
+    <t>BSB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUREAU OF STATE BUILDINGS     </t>
+  </si>
+  <si>
+    <t>MARY GUILLERMO</t>
+  </si>
+  <si>
+    <t>MARY.GUILLERMO@MASS.GOV</t>
+  </si>
+  <si>
+    <t>857-276-2007</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PL. 15TH FLOOR</t>
+  </si>
+  <si>
+    <t>C/O CAPITAL ASSET MANAGEMENT</t>
+  </si>
+  <si>
+    <t>BSC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRIDGEWATER STATE UNIVERSITY  </t>
+  </si>
+  <si>
+    <t>MICHELLE ARSENAULT</t>
+  </si>
+  <si>
+    <t>MICHELLE.ARSENAULT@BRIDGEW.EDU</t>
+  </si>
+  <si>
+    <t>508-531-1220</t>
+  </si>
+  <si>
+    <t>BOYDEN HALL, HUMAN RESOURCES</t>
+  </si>
+  <si>
+    <t>131 SUMMER STREET</t>
+  </si>
+  <si>
+    <t>02325-0000</t>
+  </si>
+  <si>
+    <t>BSD/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRISTOL COUNTY SHERIFF'S DEPT </t>
+  </si>
+  <si>
+    <t>CAITLIN DEMELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADS/HUMAN RESOURCES                               </t>
+  </si>
+  <si>
+    <t>CAITLINDEMELO@BCSO-MA.ORG</t>
+  </si>
+  <si>
+    <t>508-995-1311</t>
+  </si>
+  <si>
+    <t>2344</t>
+  </si>
+  <si>
+    <t>400 FAUNCE CORNER ROAD</t>
+  </si>
+  <si>
+    <t>DARTMOUTH</t>
+  </si>
+  <si>
+    <t>02747-0000</t>
+  </si>
+  <si>
+    <t>CAD/0109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMM AGAINST DISCRIMINATION   </t>
+  </si>
+  <si>
+    <t>SHIRANI JIMENEZ</t>
+  </si>
+  <si>
+    <t>Director of Human Resources,DEI</t>
+  </si>
+  <si>
+    <t>SHIRANI.JIMENEZ1@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-994-6029</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, RM.601</t>
+  </si>
+  <si>
+    <t>CCC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPE COD COMMUNITY COLLEGE    </t>
+  </si>
+  <si>
+    <t>ABIGAL OLANDER</t>
+  </si>
+  <si>
+    <t>Payroll &amp; Benefits Services Manager</t>
+  </si>
+  <si>
+    <t>AOLANDER@CAPECOD.EDU</t>
+  </si>
+  <si>
+    <t>774-330-4477</t>
+  </si>
+  <si>
+    <t>2240 IYANNOUGH ROAD</t>
+  </si>
+  <si>
+    <t>WEST BARNSTABLE</t>
+  </si>
+  <si>
+    <t>02668-1599</t>
+  </si>
+  <si>
+    <t>CDA/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMERGENCY MANAGEMENT AGENCY   </t>
+  </si>
+  <si>
+    <t>BRENDA SYNAN</t>
+  </si>
+  <si>
+    <t>BRENDA.SYNAN@MASS.GOV</t>
+  </si>
+  <si>
+    <t>400 WORCESTER ROAD</t>
+  </si>
+  <si>
+    <t>01702-5399</t>
+  </si>
+  <si>
+    <t>CHE/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DCS - CHELSEA SOLDIER'S HOME  </t>
+  </si>
+  <si>
+    <t>SYREETA  WIGGINS</t>
+  </si>
+  <si>
+    <t>Benefits and Leaves Manager</t>
+  </si>
+  <si>
+    <t>SYREETA.WIGGINS3@MASS.GOV</t>
+  </si>
+  <si>
+    <t>857-276-0961</t>
+  </si>
+  <si>
+    <t>600 WASHINGTON STREET, 7TH FL.</t>
+  </si>
+  <si>
+    <t>02111-0000</t>
+  </si>
+  <si>
+    <t>CHS/1000</t>
+  </si>
+  <si>
+    <t>DEPT OF CRIM. JUSTICE INFO SYS</t>
+  </si>
+  <si>
+    <t>KARLA AGUILAR</t>
+  </si>
+  <si>
+    <t>Program Manager VI</t>
+  </si>
+  <si>
+    <t>KARLA.AGUILAR@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-785-4433</t>
+  </si>
+  <si>
+    <t>200 ARLINGTON ST., SUITE 2200</t>
+  </si>
+  <si>
+    <t>02150-0000</t>
+  </si>
+  <si>
+    <t>CJC/5000</t>
+  </si>
+  <si>
+    <t>COMMISSION ON JUDICIAL CONDUCT</t>
+  </si>
+  <si>
+    <t>JACQUELYN SPATARO</t>
+  </si>
+  <si>
+    <t>JSPATARO@CJC.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-725-8050</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>11 BEACON STREET SUITE 525</t>
+  </si>
+  <si>
+    <t>CJT/0200</t>
+  </si>
+  <si>
+    <t>MUNICIPAL POLICE TRAINING CMT.</t>
+  </si>
+  <si>
+    <t>AIESHA  GRENIER</t>
+  </si>
+  <si>
+    <t>AIESHA.GRENIER@MASS.GOV</t>
+  </si>
+  <si>
+    <t>42 THOMAS PATTEN DRIVE</t>
+  </si>
+  <si>
+    <t>02368-0000</t>
+  </si>
+  <si>
+    <t>CME/6100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHIEF MEDICAL EXAMINER        </t>
+  </si>
+  <si>
+    <t>MONICA BYNOE</t>
+  </si>
+  <si>
+    <t>Personal Analyst III</t>
+  </si>
+  <si>
+    <t>MONICA.L.BYNOE@MASS.GOV</t>
+  </si>
+  <si>
+    <t>857-377-2278</t>
+  </si>
+  <si>
+    <t>720 ALBANY ST.</t>
+  </si>
+  <si>
+    <t>02118-2518</t>
+  </si>
+  <si>
+    <t>CNB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANNABIS CONTROL COMMISSION   </t>
+  </si>
+  <si>
+    <t>MARC ROBERT</t>
+  </si>
+  <si>
+    <t>MARC.ROBERT@CCCMASS.COM</t>
+  </si>
+  <si>
+    <t>774-415-0469</t>
+  </si>
+  <si>
+    <t>2 WASHINGTON SQ, 2ND FLOOR</t>
+  </si>
+  <si>
+    <t>UNION SQUARE</t>
+  </si>
+  <si>
+    <t>01604-0000</t>
+  </si>
+  <si>
+    <t>CPC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMMITTEE FOR PUBLIC COUNSEL  </t>
+  </si>
+  <si>
+    <t>JAEMI  PARK</t>
+  </si>
+  <si>
+    <t>HR Generalist</t>
+  </si>
+  <si>
+    <t>JPARK@PUBLICCOUNSEL.NET</t>
+  </si>
+  <si>
+    <t>617-910-5754</t>
+  </si>
+  <si>
+    <t>75 FEDERAL STREET</t>
+  </si>
+  <si>
+    <t>6TH FLOOR</t>
+  </si>
+  <si>
+    <t>CPF/4110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMPAIGN &amp; POLITCAL FINANCE   </t>
+  </si>
+  <si>
+    <t>BRITTANY JOHNSON</t>
+  </si>
+  <si>
+    <t>CFO</t>
+  </si>
+  <si>
+    <t>BRITTANY.JOHNSON@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-979-8308</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE ROOM 411</t>
+  </si>
+  <si>
+    <t>CPI/4210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPE &amp; ISLANDS DIST ATTORNEY  </t>
+  </si>
+  <si>
+    <t>KELLI ANN DILLON</t>
+  </si>
+  <si>
+    <t>KELLI-ANN.MCCABE@MASS.GOV</t>
+  </si>
+  <si>
+    <t>508-362-8113</t>
+  </si>
+  <si>
+    <t>P.O. BOX 455</t>
+  </si>
+  <si>
+    <t>3231 MAIN STREET</t>
+  </si>
+  <si>
+    <t>BARNSTABLE</t>
+  </si>
+  <si>
+    <t>02630-0455</t>
+  </si>
+  <si>
+    <t>CSC/1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CIVIL SERVICE COMMISSION      </t>
+  </si>
+  <si>
+    <t>ASHLEY PIERCE</t>
+  </si>
+  <si>
+    <t>ASHLEY.E.PIERCE@MASS.GOV</t>
+  </si>
+  <si>
+    <t>ONE ASHBURN PLACE ROOM 1017</t>
+  </si>
+  <si>
+    <t>CSW/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMM. ON THE STATUS OF WOMEN  </t>
+  </si>
+  <si>
+    <t>MARJORIE BERNADEAU</t>
+  </si>
+  <si>
+    <t>Administration &amp; Finance Dir</t>
+  </si>
+  <si>
+    <t>MARJORIE.C.BERNADEAU-ALEXANDRE@MASS.GOV</t>
+  </si>
+  <si>
+    <t>351-667-9748</t>
+  </si>
+  <si>
+    <t>DAA/1000</t>
+  </si>
+  <si>
+    <t>MASS.DISTRICT ATTORNEY'S ASSOC</t>
+  </si>
+  <si>
+    <t>DIANE PERRIER</t>
+  </si>
+  <si>
+    <t>Chief Fiscal Officer</t>
+  </si>
+  <si>
+    <t>DIANE.E.PERRIER@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-305-7021</t>
+  </si>
+  <si>
+    <t>1 BULFINCH PLACE</t>
+  </si>
+  <si>
+    <t>02114-2915</t>
+  </si>
+  <si>
+    <t>DAC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DISABLED PERSONS PROTECTION   </t>
+  </si>
+  <si>
+    <t>JULIE GONET</t>
+  </si>
+  <si>
+    <t>HR Manager</t>
+  </si>
+  <si>
+    <t>JULIEANN.GONET@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-727-6465</t>
+  </si>
+  <si>
+    <t>300 GRANITE STREET</t>
+  </si>
+  <si>
+    <t>SUITE 404</t>
+  </si>
+  <si>
+    <t>DCP/3000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIV. OF CAPITAL ASSET MANAGEM </t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE 14TH FLOOR</t>
+  </si>
+  <si>
+    <t>02108-1511</t>
+  </si>
+  <si>
+    <t>DCR/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPT. OF CONSER. &amp; RECREATION </t>
+  </si>
+  <si>
+    <t>JEANNE CASAZZA</t>
+  </si>
+  <si>
+    <t>JEANNE.CASAZZA@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-626-1275</t>
+  </si>
+  <si>
+    <t>URBAN PARKS &amp; RECREATION</t>
+  </si>
+  <si>
+    <t>10 PARK PLAZA</t>
+  </si>
+  <si>
+    <t>02116-0000</t>
+  </si>
+  <si>
+    <t>DCR/1100</t>
+  </si>
+  <si>
+    <t>ADMINISTRATION</t>
+  </si>
+  <si>
+    <t>DCR/1200</t>
+  </si>
+  <si>
+    <t>STATE PARKS &amp; RECREATION</t>
+  </si>
+  <si>
+    <t>DCR/1300</t>
+  </si>
+  <si>
+    <t>WATER SUPPLY AND PROTECTION</t>
+  </si>
+  <si>
+    <t>DCR/1400</t>
+  </si>
+  <si>
+    <t>ENGINEERING AND PLANNING</t>
+  </si>
+  <si>
+    <t>DFS/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPARTMENT OF FIRE SERVICES   </t>
+  </si>
+  <si>
+    <t>MARY TRAVERS</t>
+  </si>
+  <si>
+    <t>MARY.TRAVERS@STATE.MA.US</t>
+  </si>
+  <si>
+    <t>978-567-3100</t>
+  </si>
+  <si>
+    <t>3145</t>
+  </si>
+  <si>
+    <t>1 STATE ROAD</t>
+  </si>
+  <si>
+    <t>STOW</t>
+  </si>
+  <si>
+    <t>01775-0000</t>
+  </si>
+  <si>
+    <t>DMH/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE OF HEALTH HR           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAURA ROBER </t>
+  </si>
+  <si>
+    <t>Lead, Employee Benefits</t>
+  </si>
+  <si>
+    <t>EOHHS-BENEFITSANDLEAVES@MASS.GOV</t>
+  </si>
+  <si>
+    <t>800-510-4122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 BROAD STREET, 4TH FLOOR </t>
+  </si>
+  <si>
+    <t>02109-0000</t>
+  </si>
+  <si>
+    <t>DMH/1100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMH-WESTERN MASS. HOSPITAL    </t>
+  </si>
+  <si>
+    <t>DMH/1200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMH-WRCH                      </t>
+  </si>
+  <si>
+    <t>DMH/1300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMH-TEWKSBURY STATE HOSPITAL  </t>
+  </si>
+  <si>
+    <t>DMH/1500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOHHS BROCKTON AREA OFFICE    </t>
+  </si>
+  <si>
+    <t>DMH/1600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMH-SOLOMON C. FULLER MHC     </t>
+  </si>
+  <si>
+    <t>DMH/2310</t>
+  </si>
+  <si>
+    <t>DMH/2410</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMH-SOLOMON FULLER MHC        </t>
+  </si>
+  <si>
+    <t>DMH/2520</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOHHS BROCKTON MULTI SER. CTR </t>
+  </si>
+  <si>
+    <t>DMH/2550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOHHS CORRIGAN MEN. HEALTH CT </t>
+  </si>
+  <si>
+    <t>DMH/2570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOHHS POCASSET MENT. HTH CTR. </t>
+  </si>
+  <si>
+    <t>DMH/2630</t>
+  </si>
+  <si>
+    <t>DMH/2640</t>
+  </si>
+  <si>
+    <t>DMH/2650</t>
+  </si>
+  <si>
+    <t>DMH - MASS. MENTAL HEALTH CNTR</t>
+  </si>
+  <si>
+    <t>DMH/2660</t>
+  </si>
+  <si>
+    <t>LEMUEL SHATTUCK HOSP-HR OFFICE</t>
+  </si>
+  <si>
+    <t>DMH/4203</t>
+  </si>
+  <si>
+    <t>DMH/4303</t>
+  </si>
+  <si>
+    <t>DMH/4507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOHHS HR                      </t>
+  </si>
+  <si>
+    <t>DMR/1000</t>
+  </si>
+  <si>
+    <t>DCS-DEPT OF DEVELOP. SERVICES-</t>
+  </si>
+  <si>
+    <t>DOREEN BIBILOS</t>
+  </si>
+  <si>
+    <t>DMR/1100</t>
+  </si>
+  <si>
+    <t>EXEC OFF OF HEALTH &amp; HUMAN SER</t>
+  </si>
+  <si>
+    <t>DMR/1300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMR-REGION III                </t>
+  </si>
+  <si>
+    <t>DMR/1500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMR-SOUTHEAST REGION          </t>
+  </si>
+  <si>
+    <t>DMR/1600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DDS - METRO REGION            </t>
+  </si>
+  <si>
+    <t>DMR/2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DCS-DEPT OF DEV. SERVICES-COF </t>
+  </si>
+  <si>
+    <t>DMR/3305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DMR-HOGAN REGIONAL CNTR       </t>
+  </si>
+  <si>
+    <t>DMR/3403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DDS - METRO REGION FERNALD    </t>
+  </si>
+  <si>
+    <t>DMR/3707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRENTHAM DEVELOPMENTAL CTR    </t>
+  </si>
+  <si>
+    <t>DOB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIVISION OF BANKS             </t>
+  </si>
+  <si>
+    <t>CAROLYN BENSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENEFITS/PAYROLL ANALYST  </t>
+  </si>
+  <si>
+    <t>CAROLYN.BENSON@STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-877-7289</t>
+  </si>
+  <si>
+    <t>ONE FEDERAL STREET, SUITE 710</t>
+  </si>
+  <si>
+    <t>DOC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPARTMENT OF CORRECTION      </t>
+  </si>
+  <si>
+    <t>BRENDA HENAULT</t>
+  </si>
+  <si>
+    <t>Personnel Officer I</t>
+  </si>
+  <si>
+    <t>BRENDA.HENAULT@DOC.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>508-850-7886</t>
+  </si>
+  <si>
+    <t>50 MAPLE STREET</t>
+  </si>
+  <si>
+    <t>HUMAN RESOURCES DIVISION</t>
+  </si>
+  <si>
+    <t>01757-0000</t>
+  </si>
+  <si>
+    <t>DOC/9005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS. CORRECTIONAL INDUSTRIES </t>
+  </si>
+  <si>
+    <t>DOC/9009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPT OF CORR-DIV OF EDUCATION </t>
+  </si>
+  <si>
+    <t>DOE/9000</t>
+  </si>
+  <si>
+    <t>DEP OF ELEMENTARY&amp;SECONDARY ED</t>
+  </si>
+  <si>
+    <t>CARLA BONSIGNORE</t>
+  </si>
+  <si>
+    <t>Benefits Coordinator</t>
+  </si>
+  <si>
+    <t>CARLA.BONSIGNORE@MASS.GOV</t>
+  </si>
+  <si>
+    <t>781-338-6103</t>
+  </si>
+  <si>
+    <t>135 SANTILLI HIGHWAY</t>
+  </si>
+  <si>
+    <t>02149-0000</t>
+  </si>
+  <si>
+    <t>DOI/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIVISION OF INSURANCE         </t>
+  </si>
+  <si>
+    <t>HR Analyst</t>
+  </si>
+  <si>
+    <t>CAROLYN.BENSON@MASS.GOV</t>
+  </si>
+  <si>
+    <t>501 BOYLSTON ST. SUITE 5100</t>
+  </si>
+  <si>
+    <t>DOR/0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPARTMENT OF REVENUE         </t>
+  </si>
+  <si>
+    <t>STEFANIE BREWSTER</t>
+  </si>
+  <si>
+    <t>BREWSTERSD@DOR.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>ATTN: HUMAN RESOURCES BUREAU</t>
+  </si>
+  <si>
+    <t>P. O. BOX 9557</t>
+  </si>
+  <si>
+    <t>02114-9557</t>
+  </si>
+  <si>
+    <t>DOR/8700</t>
+  </si>
+  <si>
+    <t>CHILD SUPPORT ENFORCEMENT UNIT</t>
+  </si>
+  <si>
+    <t>DOS/0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIVISION OF STANDARDS         </t>
+  </si>
+  <si>
+    <t>501 BOYSTON ST. SUITE 5100</t>
+  </si>
+  <si>
+    <t>DOT/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS DEPT OF TRANSPORTATION   </t>
+  </si>
+  <si>
+    <t>ANISSA LANE</t>
+  </si>
+  <si>
+    <t>Assistant Manager of HR Service Center</t>
+  </si>
+  <si>
+    <t>ANISSA.LANE@DOT.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-823-8972</t>
+  </si>
+  <si>
+    <t>10 PARK PLAZA ROOM 3170</t>
+  </si>
+  <si>
+    <t>DPH/0294</t>
+  </si>
+  <si>
+    <t>DPH/8200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEMUEL SHATTUCK HOSPITAL - HR </t>
+  </si>
+  <si>
+    <t>DPH/8300</t>
+  </si>
+  <si>
+    <t>PAPPAS REHABILITATION HOSPITAL</t>
+  </si>
+  <si>
+    <t>DPH/8500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DPH - TEWKSBURY HOSP.         </t>
+  </si>
+  <si>
+    <t>DPH/8600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DPH WESTERN MASS. HOSPITAL    </t>
+  </si>
+  <si>
+    <t>DPU/0307</t>
+  </si>
+  <si>
+    <t>DEPARTMENT OF PUBLIC UTILITIES</t>
+  </si>
+  <si>
+    <t>KIMBERLY KENNEDY</t>
+  </si>
+  <si>
+    <t>KIM.KENNEDY@MASS.GOV</t>
+  </si>
+  <si>
+    <t>857-283-1141</t>
+  </si>
+  <si>
+    <t>ONE SOUTH STATION, 5TH FLOOR</t>
+  </si>
+  <si>
+    <t>02110-2212</t>
+  </si>
+  <si>
+    <t>DSS/0993</t>
+  </si>
+  <si>
+    <t>DEPT. OF CHILDREN AND FAMILIES</t>
+  </si>
+  <si>
+    <t>Leads, Employee Benefits</t>
+  </si>
+  <si>
+    <t>DYS/1980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPARTMENT OF YOUTH SERVICES  </t>
+  </si>
+  <si>
+    <t>EAS/0750</t>
+  </si>
+  <si>
+    <t>DIST ATTORNEY-EASTERN DISTRICT</t>
+  </si>
+  <si>
+    <t>MEGHAN CARPENTER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIRECTOR OF HUMAN RESOURCES   </t>
+  </si>
+  <si>
+    <t>MEGHAN.CARPENTER@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>978-745-6610</t>
+  </si>
+  <si>
+    <t>TEN FEDERAL STREET</t>
+  </si>
+  <si>
+    <t>01970-0000</t>
+  </si>
+  <si>
+    <t>EDU/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. OFFICE OF EDUCATION     </t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, ROOM 1403</t>
+  </si>
+  <si>
+    <t>EEC/0900</t>
+  </si>
+  <si>
+    <t>DEPT OF EARLY EDUCATION &amp; CARE</t>
+  </si>
+  <si>
+    <t>50 MILK STREET</t>
+  </si>
+  <si>
+    <t>14TH FLOOR</t>
+  </si>
+  <si>
+    <t>EED/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EX OFFICE OFHOUSING &amp; EC DEV  </t>
+  </si>
+  <si>
+    <t>YANIRA JIMENEZ</t>
+  </si>
+  <si>
+    <t>HR Operations Director</t>
+  </si>
+  <si>
+    <t>YANIRA.JIMENEZ2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-850-2331</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE ROOM 1413</t>
+  </si>
+  <si>
+    <t>EHS/0100</t>
+  </si>
+  <si>
+    <t>EXEC.OFFICE-HEALTH &amp; HUMAN SER</t>
+  </si>
+  <si>
+    <t>EHS/6000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSHEALTH &amp; MEDICAID OPER.   </t>
+  </si>
+  <si>
+    <t>ELD/0364</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DCS - DEPT OF ELDER AFFAIRS   </t>
+  </si>
+  <si>
+    <t>ENE/1000</t>
+  </si>
+  <si>
+    <t>DEPARTMENT OF ENERGY RESOURCES</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE ST., SUITE 1020</t>
+  </si>
+  <si>
+    <t>ENV/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. OFFICE OF ENERGY        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONBOARDING &amp; BENE. SPECIALIST                     </t>
+  </si>
+  <si>
+    <t>AND ENVIRONMENTAL AFFAIRS</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE STREET, 10TH FL</t>
+  </si>
+  <si>
+    <t>02114-2524</t>
+  </si>
+  <si>
+    <t>EOL/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPT OF WORKFORCE DEVELOPMENT </t>
+  </si>
+  <si>
+    <t>STEVEN HENKEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Human Resources Analyst                           </t>
+  </si>
+  <si>
+    <t>STEPHEN.HENKEL@DETMA.ORG</t>
+  </si>
+  <si>
+    <t>617-626-5945</t>
+  </si>
+  <si>
+    <t>19 STANIFORD ST., HURLEY BLDG</t>
+  </si>
+  <si>
+    <t>HR DEPT., 5TH FLOOR</t>
+  </si>
+  <si>
+    <t>02114-2502</t>
+  </si>
+  <si>
+    <t>EPS/1000</t>
+  </si>
+  <si>
+    <t>EXECUTIVE OFFICE PUBLIC SAFETY</t>
+  </si>
+  <si>
+    <t>ANA ALVES</t>
   </si>
   <si>
     <t>Human Resources Manager</t>
   </si>
   <si>
-    <t>MUSCENTE@WORCESTERHA.ORG</t>
-[...5144 lines deleted...]
-    <t>LIEN SENG</t>
+    <t>ANA.P.ALVES@MASS.GOV</t>
+  </si>
+  <si>
+    <t>774-419-2025</t>
+  </si>
+  <si>
+    <t>MCCORMACK BUILDING</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE ROOM 2133</t>
+  </si>
+  <si>
+    <t>EPS/1700</t>
+  </si>
+  <si>
+    <t>Human Resource Manager</t>
+  </si>
+  <si>
+    <t>EQE/0427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEP.OF ENVIRONMENTAL PROT.    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENEFITS COORDINATOR   </t>
+  </si>
+  <si>
+    <t>ETH/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATE ETHICS COMMISSION       </t>
+  </si>
+  <si>
+    <t>BENJAMIN BLOOMENTHAL</t>
+  </si>
+  <si>
+    <t>Chief of Finance and Operations</t>
+  </si>
+  <si>
+    <t>BENJAMIN.BLOOMENTHAL@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-371-9524</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE ROOM 619</t>
+  </si>
+  <si>
+    <t>02108-1518</t>
+  </si>
+  <si>
+    <t>FRC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRAMINGHAM STATE UNIVERSITY   </t>
+  </si>
+  <si>
+    <t>MADELINE MEJIAS</t>
+  </si>
+  <si>
+    <t>HR Benefits and Leave Administrator</t>
+  </si>
+  <si>
+    <t>MMEJIAS@FRAMINGHAM.EDU</t>
+  </si>
+  <si>
+    <t>508-626-4591</t>
+  </si>
+  <si>
+    <t>100 STATE STREET</t>
+  </si>
+  <si>
+    <t>ATT: OFFICE OF HUMAN RESOURCE</t>
+  </si>
+  <si>
+    <t>01701-9101</t>
+  </si>
+  <si>
+    <t>FSC/0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FITCHBURG STATE UNIVERSITY    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOSSY BRACK </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assist Director                                </t>
+  </si>
+  <si>
+    <t>JBRACK@FITCHBURGSTATE.EDU</t>
+  </si>
+  <si>
+    <t>978-665-3172</t>
+  </si>
+  <si>
+    <t>160 PEARL ST</t>
+  </si>
+  <si>
+    <t>HUMAN RESOURCES</t>
+  </si>
+  <si>
+    <t>01420-2697</t>
+  </si>
+  <si>
+    <t>FWE/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPT. OF FISH &amp; GAME          </t>
+  </si>
+  <si>
+    <t>GCC/7505</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GREENFIELD COMMUNITY COLLEGE  </t>
+  </si>
+  <si>
+    <t>CARRIE TASK</t>
+  </si>
+  <si>
+    <t>Dir Payroll/Benefits</t>
+  </si>
+  <si>
+    <t>TASKC@GCC.MASS.EDU</t>
+  </si>
+  <si>
+    <t>413-775-1307</t>
+  </si>
+  <si>
+    <t>1 COLLEGE DR</t>
+  </si>
+  <si>
+    <t>01301-9739</t>
+  </si>
+  <si>
+    <t>GCN/2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOVERNOR'S COUNCIL            </t>
+  </si>
+  <si>
+    <t>MARK FINNERTY</t>
+  </si>
+  <si>
+    <t>Payroll Director</t>
+  </si>
+  <si>
+    <t>MFINNERTY@TRE.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-367-9333</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>TREASURER'S OFFICE</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, ROOM 1207</t>
+  </si>
+  <si>
+    <t>GIC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GROUP INSURANCE COMMISSION    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUTH OLIVEIRA </t>
+  </si>
+  <si>
+    <t>RUTH.A.OLIVEIRA@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-727-2310</t>
+  </si>
+  <si>
+    <t>7020</t>
+  </si>
+  <si>
+    <t>P. O. BOX 556</t>
+  </si>
+  <si>
+    <t>GOV/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC OFFICE OF THE GOVERNOR   </t>
+  </si>
+  <si>
+    <t>STATE HOUSE ROOM 360</t>
+  </si>
+  <si>
+    <t>02133-1002</t>
+  </si>
+  <si>
+    <t>HCC/1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOLYOKE COMMUNITY COLLEGE     </t>
+  </si>
+  <si>
+    <t>MICHELLE ROBAK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STAFF ASSOC.                                      </t>
+  </si>
+  <si>
+    <t>MROBAK@HCC.EDU</t>
+  </si>
+  <si>
+    <t>413-552-2531</t>
+  </si>
+  <si>
+    <t>303 HOMESTEAD AVE</t>
+  </si>
+  <si>
+    <t>01040-1099</t>
+  </si>
+  <si>
+    <t>HCF/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTR HEALTH INFO &amp; ANALYSIS    </t>
+  </si>
+  <si>
+    <t>MARIE ROMELUS</t>
+  </si>
+  <si>
+    <t>People Operations Manager, Payroll and Benefits</t>
+  </si>
+  <si>
+    <t>DOVA.ROMELUS@CHIAMASS.GOV</t>
+  </si>
+  <si>
+    <t>617-701-8251</t>
+  </si>
+  <si>
+    <t>501 BOYLSTON STREET</t>
+  </si>
+  <si>
+    <t>HLY/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DCS - HOLYOKE SOLDIER'S HOME  </t>
+  </si>
+  <si>
+    <t>Benefits Manager</t>
+  </si>
+  <si>
+    <t>617-821-2405</t>
+  </si>
+  <si>
+    <t>HOU/2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSE MEMBERSHIP-LEGISLATURE  </t>
+  </si>
+  <si>
+    <t>Payoll Director</t>
+  </si>
+  <si>
+    <t>MCCORMACK STATE OFFICE BLDG.</t>
+  </si>
+  <si>
+    <t>HOU/2356</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSE CLERK'S OFFICE          </t>
+  </si>
+  <si>
+    <t>JEANNE HILLIOS</t>
+  </si>
+  <si>
+    <t>JEANNE.HILLIOS@MAHOUSE.GOV</t>
+  </si>
+  <si>
+    <t>617-722-2814</t>
+  </si>
+  <si>
+    <t>HOUSE OF REPRESENTATIVES</t>
+  </si>
+  <si>
+    <t>ROOM 195, STATE HOUSE</t>
+  </si>
+  <si>
+    <t>02133-1053</t>
+  </si>
+  <si>
+    <t>HOU/2360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSE COUNSEL OFFICE          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JEANNE HILLIOS                </t>
+  </si>
+  <si>
+    <t>STATE HOUSE</t>
+  </si>
+  <si>
+    <t>ROOM 195, PERSONNEL OFFICE</t>
+  </si>
+  <si>
+    <t>HOU/2500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSE COMMITTEE ON RULES      </t>
+  </si>
+  <si>
+    <t>HOU/2560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSE OF REPRESENTATIVES      </t>
+  </si>
+  <si>
+    <t>ROOM 195, HOUSE PERSONNEL</t>
+  </si>
+  <si>
+    <t>HOU/2990</t>
+  </si>
+  <si>
+    <t>HOUSE WAYS AND MEANS COMMITTEE</t>
+  </si>
+  <si>
+    <t>RM 195, STATE HOUSE</t>
+  </si>
+  <si>
+    <t>HOU/3000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSE SARGEANT AT ARMS        </t>
+  </si>
+  <si>
+    <t>STATE HOUSE ROOM 195</t>
+  </si>
+  <si>
+    <t>HPC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEALTH POLICY COMMISSION      </t>
+  </si>
+  <si>
+    <t>TERESA YAN</t>
+  </si>
+  <si>
+    <t>TERESA.YAN3@MASS.GOV</t>
+  </si>
+  <si>
+    <t>50 MILK ST., 8TH FLOOR</t>
+  </si>
+  <si>
+    <t>HRD/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUMAN RESOURCES DIVISION      </t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE STREET</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SUITE 600</t>
+  </si>
+  <si>
+    <t>HSD/1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF'S DEPT-HAMPSHIRE CTY  </t>
+  </si>
+  <si>
+    <t>JOANNE LEAHY</t>
+  </si>
+  <si>
+    <t>Director of Human Resources</t>
+  </si>
+  <si>
+    <t>JO-ANNE.LEAHY@HSD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>413-582-7702</t>
+  </si>
+  <si>
+    <t>P. O. BOX 7000</t>
+  </si>
+  <si>
+    <t>205 ROCKY HILL ROAD</t>
+  </si>
+  <si>
+    <t>01061-7000</t>
+  </si>
+  <si>
+    <t>HST/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATE RETIREE BENEFIT TRUST   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JANE CHRISTOPHER </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senior HR Generalist                              </t>
+  </si>
+  <si>
+    <t>JANE.CHRISTOPHER@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-973-2341</t>
+  </si>
+  <si>
+    <t>C/O COMPTROLLER'S OFFICE</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PL., 9TH FLOOR</t>
+  </si>
+  <si>
+    <t>IGO/5970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INSPECTOR GENERAL'S OFFICE    </t>
+  </si>
+  <si>
+    <t>SARAH HOOVER</t>
+  </si>
+  <si>
+    <t>Director of HR</t>
+  </si>
+  <si>
+    <t>SARAH.HOOVER@MASS.GOV</t>
+  </si>
+  <si>
+    <t>857-274-6579</t>
+  </si>
+  <si>
+    <t>ROOM 1311</t>
+  </si>
+  <si>
+    <t>ITD/0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOTSS                         </t>
+  </si>
+  <si>
+    <t>NORMA MONTES</t>
+  </si>
+  <si>
+    <t>Payroll and Benefits Mgr</t>
+  </si>
+  <si>
+    <t>NORMA.MONTES@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-619-5468</t>
+  </si>
+  <si>
+    <t>ROOM 804</t>
+  </si>
+  <si>
+    <t>LEG/2880</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEGISLATIVE SERVICE BUREAU    </t>
+  </si>
+  <si>
+    <t>STATE HOUSE, ROOM 195</t>
+  </si>
+  <si>
+    <t>LEG/2910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEGISLATIVE ENGROSSING DIV.   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATHERINE FLEWELLING </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIRECTOR OF HUMAN RESOURCES                       </t>
+  </si>
+  <si>
+    <t>CATHERINE.FLEWELLING@MASENATE.GOV</t>
+  </si>
+  <si>
+    <t>617-722-1212</t>
+  </si>
+  <si>
+    <t>STATE HOUSE ROOM 16</t>
+  </si>
+  <si>
+    <t>02133-0000</t>
+  </si>
+  <si>
+    <t>LEG/3500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERGEANT AT ARMS              </t>
+  </si>
+  <si>
+    <t>LIB/0106</t>
+  </si>
+  <si>
+    <t>STATE HOUSE LIBRARY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHRISTOPHER DUPUIS            </t>
+  </si>
+  <si>
+    <t>CHRISTOPHER.DUPUIS@STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-727-2592</t>
+  </si>
+  <si>
+    <t>STATE HOUSE, ROOM 341</t>
+  </si>
+  <si>
+    <t>02133-1012</t>
+  </si>
+  <si>
+    <t>LOT/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATE LOTTERY COMMISSION      </t>
+  </si>
+  <si>
+    <t>ASHLEY ZENG</t>
+  </si>
+  <si>
+    <t>Director of Payroll</t>
+  </si>
+  <si>
+    <t>AZENG@MASSLOTTERY.COM</t>
+  </si>
+  <si>
+    <t>781-917-6005</t>
+  </si>
+  <si>
+    <t>150 MT. VERNON STREET</t>
+  </si>
+  <si>
+    <t>PAYROLL DEPARTMENT</t>
+  </si>
+  <si>
+    <t>DORCHESTER</t>
+  </si>
+  <si>
+    <t>02125-3573</t>
+  </si>
+  <si>
+    <t>MAS/7508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSASOIT COMMUNITY COLLEGE   </t>
+  </si>
+  <si>
+    <t>JULIANA  RELTESSINGER SANTOS</t>
+  </si>
+  <si>
+    <t>JSANTOS30@MASSASOIT.MASS.EDU</t>
+  </si>
+  <si>
+    <t>508-588-9100</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>900 RANDOLPH STREET</t>
+  </si>
+  <si>
+    <t>02021-0000</t>
+  </si>
+  <si>
+    <t>MBC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSBAY COMMUNITY COLLEGE     </t>
+  </si>
+  <si>
+    <t>JESSICA MCDONALD</t>
+  </si>
+  <si>
+    <t>Recruitment &amp; Benefits Specialist</t>
+  </si>
+  <si>
+    <t>JMCDONALD2@MASSBAY.EDU</t>
+  </si>
+  <si>
+    <t>781-239-3000</t>
+  </si>
+  <si>
+    <t>3179</t>
+  </si>
+  <si>
+    <t>50 OAKLAND STREET</t>
+  </si>
+  <si>
+    <t>PAYROLL OFFICE</t>
+  </si>
+  <si>
+    <t>02481-5399</t>
+  </si>
+  <si>
+    <t>MBT/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS BAY TRNSP AUTHORITY      </t>
+  </si>
+  <si>
+    <t>SUSAN SPARK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASSISTANT MANAGER BENEFITS                        </t>
+  </si>
+  <si>
+    <t>BENEFITS@MBTA.COM</t>
+  </si>
+  <si>
+    <t>617-222-3251</t>
+  </si>
+  <si>
+    <t>10 PARK PLAZA, ROOM 4810</t>
+  </si>
+  <si>
+    <t>MCA/9999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSACHUSETTS COLLEGE OF ART  </t>
+  </si>
+  <si>
+    <t>KATHRYN ORAM</t>
+  </si>
+  <si>
+    <t>Interim Exec Dir, Payroll &amp; Benefits</t>
+  </si>
+  <si>
+    <t>KORAM@MASSART.EDU</t>
+  </si>
+  <si>
+    <t>617-879-7908</t>
+  </si>
+  <si>
+    <t>621 HUNTINGTON AVENUE</t>
+  </si>
+  <si>
+    <t>02115-5882</t>
+  </si>
+  <si>
+    <t>MCB/7000</t>
+  </si>
+  <si>
+    <t>DCS - MASS COMM. FOR THE BLIND</t>
+  </si>
+  <si>
+    <t>MCC/0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIDDLESEX COMMUNITY COLLEGE   </t>
+  </si>
+  <si>
+    <t>LAUREN HUTCHINSON</t>
+  </si>
+  <si>
+    <t>Assistant Director of Payroll Services</t>
+  </si>
+  <si>
+    <t>HUTCHINSONL@MIDDLESEX.EDU</t>
+  </si>
+  <si>
+    <t>781-280-3546</t>
+  </si>
+  <si>
+    <t>591 SPRINGS ROAD</t>
+  </si>
+  <si>
+    <t>01730-1197</t>
+  </si>
+  <si>
+    <t>MCD/0001</t>
+  </si>
+  <si>
+    <t>DCS-MA COMM/DEAF&amp;HARD OF HEAR.</t>
+  </si>
+  <si>
+    <t>MGC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSACHUSETTS GAMING COMM     </t>
+  </si>
+  <si>
+    <t>LISA PEDUTO</t>
+  </si>
+  <si>
+    <t>Payroll Specialist</t>
+  </si>
+  <si>
+    <t>LISA.PEDUTO@MASSGAMING.GOV</t>
+  </si>
+  <si>
+    <t>617-835-3429</t>
+  </si>
+  <si>
+    <t>101 FEDERAL ST.</t>
+  </si>
+  <si>
+    <t>MHL/3000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MENTAL HEALTH LEGAL ADVISORS. </t>
+  </si>
+  <si>
+    <t>GISELA VALDEZ</t>
+  </si>
+  <si>
+    <t>Finance and Operations Officer</t>
+  </si>
+  <si>
+    <t>GVALDEZ@MHLAC.ORG</t>
+  </si>
+  <si>
+    <t>617-338-2345</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>100 HANCOCK STREET SUITE 1002</t>
+  </si>
+  <si>
+    <t>02026-0000</t>
+  </si>
+  <si>
+    <t>MID/0770</t>
+  </si>
+  <si>
+    <t>DIST ATTNY OFFICE-MIDDLE DIST.</t>
+  </si>
+  <si>
+    <t>JOHN PESCHETA</t>
+  </si>
+  <si>
+    <t>HR Director</t>
+  </si>
+  <si>
+    <t>JOHN.PESCHETA@MASS.GOV</t>
+  </si>
+  <si>
+    <t>508-367-7237</t>
+  </si>
+  <si>
+    <t>WORCESTER TRIAL COURT, RM G301</t>
+  </si>
+  <si>
+    <t>225 MAIN ST.</t>
+  </si>
+  <si>
+    <t>MIL/0890</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS. MILITARY DIVISION       </t>
+  </si>
+  <si>
+    <t>BIELKA ADAMES RAMIREZ</t>
+  </si>
+  <si>
+    <t>BIELKA.ADAMES@MASS.GOV</t>
+  </si>
+  <si>
+    <t>339-202-3942</t>
+  </si>
+  <si>
+    <t>ATTN. HR, BLDG. 1505</t>
+  </si>
+  <si>
+    <t>2 RANDOLPH ROAD, HANSCOM AFB</t>
+  </si>
+  <si>
+    <t>01731-3001</t>
+  </si>
+  <si>
+    <t>MMA/0178</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS MARITIME ACADEMY         </t>
+  </si>
+  <si>
+    <t>ANNE RIZZUTO</t>
+  </si>
+  <si>
+    <t>Director of Payroll &amp; Benefits</t>
+  </si>
+  <si>
+    <t>ARIZZUTO@MARITIME.EDU</t>
+  </si>
+  <si>
+    <t>508-830-5095</t>
+  </si>
+  <si>
+    <t>101 ACADEMY DRIVE</t>
+  </si>
+  <si>
+    <t>BUZZARDS BAY</t>
+  </si>
+  <si>
+    <t>02532-3405</t>
+  </si>
+  <si>
+    <t>MMP/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EX OFFICE OF HOUSING &amp; EC DEV </t>
+  </si>
+  <si>
+    <t>MRC/9000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DCS-MASS REHAB COMMISSION     </t>
+  </si>
+  <si>
+    <t>MWC/7509</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOUNT WACHUSETT COMM. COLLEGE </t>
+  </si>
+  <si>
+    <t>DONNA BOUCHARD</t>
+  </si>
+  <si>
+    <t>DBOUCHARD4@MWCC.MASS.EDU</t>
+  </si>
+  <si>
+    <t>978-630-9165</t>
+  </si>
+  <si>
+    <t>9165</t>
+  </si>
+  <si>
+    <t>444 GREEN ST.</t>
+  </si>
+  <si>
+    <t>01440-1000</t>
+  </si>
+  <si>
+    <t>NAC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS. COLL. OF LIBERAL ARTS   </t>
+  </si>
+  <si>
+    <t>NATALIA KUHNER</t>
+  </si>
+  <si>
+    <t>Director of Payroll and Benefits</t>
+  </si>
+  <si>
+    <t>NATALIA.KUHNER@MCLA.EDU</t>
+  </si>
+  <si>
+    <t>413-662-5560</t>
+  </si>
+  <si>
+    <t>375 CHURCH ST.</t>
+  </si>
+  <si>
+    <t>01247-4100</t>
+  </si>
+  <si>
+    <t>NEC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTHERN ESSEX COMM. COLLEGE  </t>
+  </si>
+  <si>
+    <t>JANET RENE</t>
+  </si>
+  <si>
+    <t>JRENE@NECC.MASS.EDU</t>
+  </si>
+  <si>
+    <t>978-556-3953</t>
+  </si>
+  <si>
+    <t>100 ELLIOTT ST.</t>
+  </si>
+  <si>
+    <t>01830-2399</t>
+  </si>
+  <si>
+    <t>NFK/0800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORFOLK COUNTY DIST ATTORNEY  </t>
+  </si>
+  <si>
+    <t>SARA ACKERMAN</t>
+  </si>
+  <si>
+    <t>Human Resources Director</t>
+  </si>
+  <si>
+    <t>SARA.ACKERMAN@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>781-830-4857</t>
+  </si>
+  <si>
+    <t>45 SHAWMUT ROAD</t>
+  </si>
+  <si>
+    <t>NOR/0740</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIDDLESEX DISTRICT ATTORNEY   </t>
+  </si>
+  <si>
+    <t>COLLEEN FLAHERTY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIR. OF HR                                        </t>
+  </si>
+  <si>
+    <t>COLLEEN.FLAHERTY@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>781-897-8393</t>
+  </si>
+  <si>
+    <t>15 COMMONWEALTH AVENUE</t>
+  </si>
+  <si>
+    <t>4TH FLOOR</t>
+  </si>
+  <si>
+    <t>NSC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH SHORE COMM. COLLEGE     </t>
+  </si>
+  <si>
+    <t>JENNIFER CHAVEZ</t>
+  </si>
+  <si>
+    <t>JCHAVEZ@NORTHSHORE.EDU</t>
+  </si>
+  <si>
+    <t>978-762-4106</t>
+  </si>
+  <si>
+    <t>ONE FERNCROFT ROAD</t>
+  </si>
+  <si>
+    <t>P. O. BOX 3340</t>
+  </si>
+  <si>
+    <t>01923-0840</t>
+  </si>
+  <si>
+    <t>NSD/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF DEPT-NANTUCKET COUNTY </t>
+  </si>
+  <si>
+    <t>SUZETTE BROWN</t>
+  </si>
+  <si>
+    <t>SBROWN@ISLANDSHERIFF.COM</t>
+  </si>
+  <si>
+    <t>20 SOUTH WATER ST</t>
+  </si>
+  <si>
+    <t>PO BOX 419</t>
+  </si>
+  <si>
+    <t>NWD/0790</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTHWESTERN DIST ATTORNEY    </t>
+  </si>
+  <si>
+    <t>MICHELLE RICHOTTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE ASSISTANT/GIC COORDINATOR               </t>
+  </si>
+  <si>
+    <t>MICHELLE.L.RICHOTTE@MASS.GOV</t>
+  </si>
+  <si>
+    <t>413-586-9225</t>
+  </si>
+  <si>
+    <t>5803</t>
+  </si>
+  <si>
+    <t>ONE GLEASON PLAZA</t>
+  </si>
+  <si>
+    <t>01060-0000</t>
+  </si>
+  <si>
+    <t>OCA/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE OF THE CHILD ADVOCATE  </t>
+  </si>
+  <si>
+    <t>JEAN CLEMENTS</t>
+  </si>
+  <si>
+    <t>JEAN.CLEMENTS@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-979-8375</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, ROOM 1101</t>
+  </si>
+  <si>
+    <t>OCD/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSING &amp; COMM DEV            </t>
+  </si>
+  <si>
+    <t>JOELLEN BROWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HR GENERALIST                                     </t>
+  </si>
+  <si>
+    <t>JOELLEN.NUNLEY@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-573-1274</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE ST SUITE 300</t>
+  </si>
+  <si>
+    <t>OHA/0604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS OFFICE ON DISABILITY     </t>
+  </si>
+  <si>
+    <t>MICHAEL DUMONT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASST. DIR. FOR ADMIN. &amp; FIN.                      </t>
+  </si>
+  <si>
+    <t>MICHAEL.DUMONT@STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-727-7440</t>
+  </si>
+  <si>
+    <t>27304</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE ROOM 1305</t>
+  </si>
+  <si>
+    <t>ORI/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE OF REFUGEES&amp;IMMIGRANTS </t>
+  </si>
+  <si>
+    <t>OSC/1103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE OF STATE COMPTROLLER   </t>
+  </si>
+  <si>
+    <t>LEANNE  DILEO</t>
+  </si>
+  <si>
+    <t>HR Specialist Payroll &amp; Benefits Coordinator</t>
+  </si>
+  <si>
+    <t>LEANNE.DILEO@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-631-7778</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, 9TH FLOOR</t>
+  </si>
+  <si>
+    <t>OSD/0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OPERATIONAL SERVICES DIVISION </t>
+  </si>
+  <si>
+    <t>Benefit and Payroll Coordinator</t>
+  </si>
+  <si>
+    <t>617-720-3379</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, RM 1017</t>
+  </si>
+  <si>
+    <t>OVA/1000</t>
+  </si>
+  <si>
+    <t>OFFICE OF THE VETERAN ADVOCATE</t>
+  </si>
+  <si>
+    <t>DANIELLE DUPONT</t>
+  </si>
+  <si>
+    <t>FINANCIAL &amp; ADMIN OFFICER</t>
+  </si>
+  <si>
+    <t>DANIELLE.DUPONT3@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-890-9522</t>
+  </si>
+  <si>
+    <t>PAR/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSACHUSETTS PAROLE BOARD    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JULIE PEASE </t>
+  </si>
+  <si>
+    <t>HR Coordinator</t>
+  </si>
+  <si>
+    <t>JULIE.PEASE@MASS.GOV</t>
+  </si>
+  <si>
+    <t>508-650-4536</t>
+  </si>
+  <si>
+    <t>12 MERCER RD.</t>
+  </si>
+  <si>
+    <t>01760-0000</t>
+  </si>
+  <si>
+    <t>PER/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PUBLIC EMP RETIREMENT ADMIN.  </t>
+  </si>
+  <si>
+    <t>CAROLINE CARCIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Deputy Executive Director                   </t>
+  </si>
+  <si>
+    <t>CAROLINE.J.CARCIA@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-666-4446</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>10 CABOT ROAD, SUITE 300</t>
+  </si>
+  <si>
+    <t>02155-0000</t>
+  </si>
+  <si>
+    <t>PLY/0810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLYMOUTH COUNTY DIST ATTORNEY </t>
+  </si>
+  <si>
+    <t>LYNN MAHON</t>
+  </si>
+  <si>
+    <t>LYNN.MAHON@MASS.GOV</t>
+  </si>
+  <si>
+    <t>508-894-2538</t>
+  </si>
+  <si>
+    <t>166 MAIN STREET</t>
+  </si>
+  <si>
+    <t>POL/4000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSACHUSETTS STATE POLICE    </t>
+  </si>
+  <si>
+    <t>MARGARET TURCO</t>
+  </si>
+  <si>
+    <t>Group Insurance Coordinator</t>
+  </si>
+  <si>
+    <t>MAGGIE.TURCO@POL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>508-820-2290</t>
+  </si>
+  <si>
+    <t>STATE POLICE HEADQUARTERS</t>
+  </si>
+  <si>
+    <t>470 WORCESTER ROAD</t>
+  </si>
+  <si>
+    <t>01702-0000</t>
+  </si>
+  <si>
+    <t>PST/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MA PEACE OFFICER STD &amp; TRNG   </t>
+  </si>
+  <si>
+    <t>JEANINE HOPKINS</t>
+  </si>
+  <si>
+    <t>JEANINE.L.HOPKINS2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>781-775-6216</t>
+  </si>
+  <si>
+    <t>84 STATE STREET, SUITE 200</t>
+  </si>
+  <si>
+    <t>QCC/8550</t>
+  </si>
+  <si>
+    <t>QUINSIGAMOND COMMUNITY COLLEGE</t>
+  </si>
+  <si>
+    <t>JESSICA SCHAVRIEN</t>
+  </si>
+  <si>
+    <t>JSCHAVRIEN@QCC.MASS.EDU</t>
+  </si>
+  <si>
+    <t>508-854-2861</t>
+  </si>
+  <si>
+    <t>2861</t>
+  </si>
+  <si>
+    <t>670 WEST BOYLSTON STREET</t>
+  </si>
+  <si>
+    <t>01606-2092</t>
+  </si>
+  <si>
+    <t>RCC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROXBURY COMMUNITY COLLEGE     </t>
+  </si>
+  <si>
+    <t>PAT NOEL</t>
+  </si>
+  <si>
+    <t>PNOEL1@RCC.MASS.EDU</t>
+  </si>
+  <si>
+    <t>857-701-1256</t>
+  </si>
+  <si>
+    <t>1234 COLUMBUS AVENUE</t>
+  </si>
+  <si>
+    <t>ADMINSTRATION BUILDING-RM 313</t>
+  </si>
+  <si>
+    <t>ROXBURY CROSSING</t>
+  </si>
+  <si>
+    <t>02120-3400</t>
+  </si>
+  <si>
+    <t>REG/2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIVISION OF PROFESS LICENSURE </t>
+  </si>
+  <si>
+    <t>RGT/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOARD OF HIGHER EDUCATION     </t>
+  </si>
+  <si>
+    <t>ROOM 1401</t>
+  </si>
+  <si>
+    <t>02108-1696</t>
+  </si>
+  <si>
+    <t>RGT/7000</t>
+  </si>
+  <si>
+    <t>HIGHER EDU.-SCHOLARSHIP OFFICE</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, ROOM 1401</t>
+  </si>
+  <si>
+    <t>SAO/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATE AUDITOR                 </t>
+  </si>
+  <si>
+    <t>MICHELLE TOMASIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAYROLL COORD.                                    </t>
+  </si>
+  <si>
+    <t>MICHELLE.TOMASIA@MASSAUDITOR.GOV</t>
+  </si>
+  <si>
+    <t>857-242-5550</t>
+  </si>
+  <si>
+    <t>1 ASHBURTON PL RM 1819</t>
+  </si>
+  <si>
+    <t>SBA/1000</t>
+  </si>
+  <si>
+    <t>MASS SCHOOL BUILDING AUTHORITY</t>
+  </si>
+  <si>
+    <t>JESSICA SWANSON</t>
+  </si>
+  <si>
+    <t>GIC Coordinator</t>
+  </si>
+  <si>
+    <t>JESSICA.CLAUDE@MASSSCHOOLBUILDINGS.ORG</t>
+  </si>
+  <si>
+    <t>617-720-4466</t>
+  </si>
+  <si>
+    <t>10 POST OFFICE SQUARE</t>
+  </si>
+  <si>
+    <t>SUITE 400</t>
+  </si>
+  <si>
+    <t>02109-4388</t>
+  </si>
+  <si>
+    <t>SCA/0360</t>
+  </si>
+  <si>
+    <t>EXEC.OFFICE OF CONSUMER AFFAIR</t>
+  </si>
+  <si>
+    <t>SCB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS STATE COLLEGE BLDG AUTH  </t>
+  </si>
+  <si>
+    <t>DIRECTOR OF ADMIN &amp; BUDGET</t>
+  </si>
+  <si>
+    <t>SDA/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFFS DEPT. ASSOCIATION    </t>
+  </si>
+  <si>
+    <t>MICHAEL COLWELL</t>
+  </si>
+  <si>
+    <t>MICHAEL.A.COLWELL@MASS.GOV</t>
+  </si>
+  <si>
+    <t>CARE OF MASS. SHERIFFS' ASSN.</t>
+  </si>
+  <si>
+    <t>271 CAMBRIDGE ST.SUITE 202</t>
+  </si>
+  <si>
+    <t>02141-0000</t>
+  </si>
+  <si>
+    <t>SDB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF'S DEPT-BERKSHIRE CTY  </t>
+  </si>
+  <si>
+    <t>AMANDA BARBER</t>
+  </si>
+  <si>
+    <t>AMANDA.BARBER@SDB.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>413-443-7220</t>
+  </si>
+  <si>
+    <t>BERKSHIRE CTY SHERIFF'OFFICE</t>
+  </si>
+  <si>
+    <t>467 CHESHIRE ROAD</t>
+  </si>
+  <si>
+    <t>01201-1820</t>
+  </si>
+  <si>
+    <t>SDC/1000</t>
+  </si>
+  <si>
+    <t>SHERIFF DEPT-BARNSTABLE COUNTY</t>
+  </si>
+  <si>
+    <t>SHELLEY MERWIN</t>
+  </si>
+  <si>
+    <t>SMERWIN@BSHERIFF.NET</t>
+  </si>
+  <si>
+    <t>508-563-4318</t>
+  </si>
+  <si>
+    <t>6000 SHERIFF'S PLACE</t>
+  </si>
+  <si>
+    <t>BOURNE</t>
+  </si>
+  <si>
+    <t>02532-0000</t>
+  </si>
+  <si>
+    <t>SDD/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF DEPT-DUKES COUNTY     </t>
+  </si>
+  <si>
+    <t>HEATHER  ARPIN</t>
+  </si>
+  <si>
+    <t>Employee and Public Relations Assistant</t>
+  </si>
+  <si>
+    <t>HARPIN@DCSOMA.ORG</t>
+  </si>
+  <si>
+    <t>774-563-5027</t>
+  </si>
+  <si>
+    <t>P. O. BOX 252</t>
+  </si>
+  <si>
+    <t>EDGARTOWN</t>
+  </si>
+  <si>
+    <t>02539-0000</t>
+  </si>
+  <si>
+    <t>SDE/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF'S DEPT-ESSEX COUNTY   </t>
+  </si>
+  <si>
+    <t>ERIN FONTAINE</t>
+  </si>
+  <si>
+    <t>Asst. HR Director</t>
+  </si>
+  <si>
+    <t>EFONTAINE@ESSEXSHERIFFMA.ORG</t>
+  </si>
+  <si>
+    <t>978-750-1900</t>
+  </si>
+  <si>
+    <t>3341</t>
+  </si>
+  <si>
+    <t>20 MANNING AVENUE</t>
+  </si>
+  <si>
+    <t>01949-2807</t>
+  </si>
+  <si>
+    <t>SDE/1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF'S DEPT-ESSEX CTY-IBCO </t>
+  </si>
+  <si>
+    <t>SDF/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF'S DEPARTMENT-FRANKLIN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMIE REDEKER </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Human Resources Generalist                        </t>
+  </si>
+  <si>
+    <t>AREDEKER@FCSO-MA.US</t>
+  </si>
+  <si>
+    <t>413-774-4014</t>
+  </si>
+  <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>160 ELM STREET</t>
+  </si>
+  <si>
+    <t>01301-2344</t>
+  </si>
+  <si>
+    <t>SDH/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF'S DEPT-HAMPDEN COUNTY </t>
+  </si>
+  <si>
+    <t>LUZ BURGOS</t>
+  </si>
+  <si>
+    <t>LUZ.BURGOS@SDH.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>627 RANDALL ROAD</t>
+  </si>
+  <si>
+    <t>01056-1079</t>
+  </si>
+  <si>
+    <t>SDM/1000</t>
+  </si>
+  <si>
+    <t>SHERIFF'S DEPT MIDDLESEX-SOUTH</t>
+  </si>
+  <si>
+    <t>NINA TORRISI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GIC BENEFITS COORDINATOR                          </t>
+  </si>
+  <si>
+    <t>NTORRISI@SDM.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>781-960-2847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 GILL STREET </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOBURN </t>
+  </si>
+  <si>
+    <t>SDM/2000</t>
+  </si>
+  <si>
+    <t>SHERIFF'S DEPT MIDDLESEX-NORTH</t>
+  </si>
+  <si>
+    <t>SDN/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF DEPT-NORFOLK COUNTY   </t>
+  </si>
+  <si>
+    <t>SHANNON SMITH</t>
+  </si>
+  <si>
+    <t>SSMITH@NORFOLKSHERIFFMA.ORG</t>
+  </si>
+  <si>
+    <t>781-751-3486</t>
+  </si>
+  <si>
+    <t>200 WEST ST.</t>
+  </si>
+  <si>
+    <t>SDO/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUPPLIER DIVERSITY OFFICE     </t>
+  </si>
+  <si>
+    <t>HR, Payroll and Benefits Administrator</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, ROOM 1410</t>
+  </si>
+  <si>
+    <t>SDP/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF DEPT-PLYMOUTH COUNTY  </t>
+  </si>
+  <si>
+    <t>PATRICIA DURKIN</t>
+  </si>
+  <si>
+    <t>PDURKIN@PCSDMA.ORG</t>
+  </si>
+  <si>
+    <t>508-830-6207</t>
+  </si>
+  <si>
+    <t>24 LONG POND ROAD</t>
+  </si>
+  <si>
+    <t>02360-0000</t>
+  </si>
+  <si>
+    <t>SDS/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUFFOLK COUNTY SHERIFF        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JENNIFER NEFF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAYROLL SUPERVISOR                                </t>
+  </si>
+  <si>
+    <t>JNEFF@SCSDMA.ORG</t>
+  </si>
+  <si>
+    <t>617-635-1000</t>
+  </si>
+  <si>
+    <t>2116</t>
+  </si>
+  <si>
+    <t>20 BRADSTON STREET</t>
+  </si>
+  <si>
+    <t>02118-0000</t>
+  </si>
+  <si>
+    <t>SDW/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHERIFF'S DEPT-WORCESTER CTY  </t>
+  </si>
+  <si>
+    <t>PAMELA NELSON</t>
+  </si>
+  <si>
+    <t>PNELSON@SDW.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>JAIL AND HOUSE OF CORRECTION</t>
+  </si>
+  <si>
+    <t>5 PAUL X. TIVNAN DRIVE</t>
+  </si>
+  <si>
+    <t>WEST BOYLSTON</t>
+  </si>
+  <si>
+    <t>01583-2126</t>
+  </si>
+  <si>
+    <t>SEA/9000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. OFF. OF HOUSING &amp;       </t>
+  </si>
+  <si>
+    <t>SEC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SECRETARY OF STATE            </t>
+  </si>
+  <si>
+    <t>ROSARIA INTERNICOLA</t>
+  </si>
+  <si>
+    <t>Assist HR</t>
+  </si>
+  <si>
+    <t>ROSARIA.SERINO@SEC.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-727-7089</t>
+  </si>
+  <si>
+    <t>ROOM 1710</t>
+  </si>
+  <si>
+    <t>SEC/8101</t>
+  </si>
+  <si>
+    <t>REG. OF DEEDS-BERKSHIRE MIDDLE</t>
+  </si>
+  <si>
+    <t>C/O SECRETARY OF STATE</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, ROOM 1710</t>
+  </si>
+  <si>
+    <t>SEC/8200</t>
+  </si>
+  <si>
+    <t>REGISTRY OF DEEDS-BERKSHIRE NO</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, RM 1710</t>
+  </si>
+  <si>
+    <t>SEC/8201</t>
+  </si>
+  <si>
+    <t>SEC/8800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REGISTRY OF DEEDS-ESSEX NORTH </t>
+  </si>
+  <si>
+    <t>SEC/8900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REGISTRY OF DEEDS-ESSEX SOUTH </t>
+  </si>
+  <si>
+    <t>1 ASHBURTON PLACE ROOM 1710</t>
+  </si>
+  <si>
+    <t>SEC/9000</t>
+  </si>
+  <si>
+    <t>REGISTRY OF DEEDS-FRANKLIN CTY</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE ROOM 1710</t>
+  </si>
+  <si>
+    <t>SEC/9100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REGISTRY OF DEEDS-HAMPDEN CTY </t>
+  </si>
+  <si>
+    <t>SEC/9200</t>
+  </si>
+  <si>
+    <t>REG. OF DEEDS-HAMPSHIRE COUNTY</t>
+  </si>
+  <si>
+    <t>SEC/9300</t>
+  </si>
+  <si>
+    <t>REGISTRY OF DEEDS-MIDDLESEX NO</t>
+  </si>
+  <si>
+    <t>SEC/9400</t>
+  </si>
+  <si>
+    <t>REGISTRY OF DEEDS-MIDDLESEX SO</t>
+  </si>
+  <si>
+    <t>SEC/9800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REGISTRY OF DEEDS-SUFFOLK CTY </t>
+  </si>
+  <si>
+    <t>SEC/9801</t>
+  </si>
+  <si>
+    <t>1 ASHBURTON PLACE, ROOM 1710</t>
+  </si>
+  <si>
+    <t>SEC/9900</t>
+  </si>
+  <si>
+    <t>REGISTRY OF DEEDS-WORCESTER NO</t>
+  </si>
+  <si>
+    <t>SEC/9910</t>
+  </si>
+  <si>
+    <t>REGISTRY OF DEEDS-WORCESTER SO</t>
+  </si>
+  <si>
+    <t>SEN/2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SENATE MEMBERSHIP             </t>
+  </si>
+  <si>
+    <t>02108-1608</t>
+  </si>
+  <si>
+    <t>SEN/2820</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SENATE RULES                  </t>
+  </si>
+  <si>
+    <t>SEN/2840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SENATE WAYS &amp; MEANS COMMITTEE </t>
+  </si>
+  <si>
+    <t>SENATE OFFICE OF HUMAN RES.</t>
+  </si>
+  <si>
+    <t>STATE HOUSE, ROOM 16</t>
+  </si>
+  <si>
+    <t>SEN/2920</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLERK OF THE SENATE           </t>
+  </si>
+  <si>
+    <t>SEN/2940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COUNSEL TO THE SENATE         </t>
+  </si>
+  <si>
+    <t>SEN/2980</t>
+  </si>
+  <si>
+    <t>SENATE POST-AUDIT COMMITTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATHERINE FLEWELLING          </t>
+  </si>
+  <si>
+    <t>STATE HOUSE RM 16</t>
+  </si>
+  <si>
+    <t>SEN/3600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SENATE SERGEANT-AT-ARMS       </t>
+  </si>
+  <si>
+    <t>SJC/2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUPREME JUDICIAL COURT        </t>
+  </si>
+  <si>
+    <t>SALLY MCMAHAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEPUTY FISCAL OFFICER                             </t>
+  </si>
+  <si>
+    <t>SALLY.MCMAHAN@SJC.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-557-1170</t>
+  </si>
+  <si>
+    <t>JOHN ADAMS COURT HOUSE</t>
+  </si>
+  <si>
+    <t>ONE PEMBERTON SQ. SUITE 2500</t>
+  </si>
+  <si>
+    <t>02108-1150</t>
+  </si>
+  <si>
+    <t>SOR/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEX OFFENDER REGISTRY BOARD   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANIEL MULLANE                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACCOUNTANT IV                                     </t>
+  </si>
+  <si>
+    <t>DANIEL.MULLANE@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>978-740-6560</t>
+  </si>
+  <si>
+    <t>P.O. BOX 392</t>
+  </si>
+  <si>
+    <t>NORTH BILLERICA</t>
+  </si>
+  <si>
+    <t>01860-0000</t>
+  </si>
+  <si>
+    <t>SPD/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATUS OF PERSON W/DISABILITY </t>
+  </si>
+  <si>
+    <t>857-366-0600</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE ST</t>
+  </si>
+  <si>
+    <t>SRB/0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATE RECLAMATION BOARD       </t>
+  </si>
+  <si>
+    <t>251 CAUSEWAY STREET, SUITE 500</t>
+  </si>
+  <si>
+    <t>5TH FLOOR</t>
+  </si>
+  <si>
+    <t>SRB/0300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPE COD MOSQUITO CONTROL     </t>
+  </si>
+  <si>
+    <t>259 WILLOW ST.</t>
+  </si>
+  <si>
+    <t>YARMOUTH PORT</t>
+  </si>
+  <si>
+    <t>02675-1758</t>
+  </si>
+  <si>
+    <t>SRB/0900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUFFOLK CTY. MOSQUITO CONTROL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENEFIT COORDINATOR                               </t>
+  </si>
+  <si>
+    <t>11 SUN ST.</t>
+  </si>
+  <si>
+    <t>02453-0000</t>
+  </si>
+  <si>
+    <t>SRB/1000</t>
+  </si>
+  <si>
+    <t>CENTRAL MASS MOSQUITO DISTRICT</t>
+  </si>
+  <si>
+    <t>111 OTIS STREET</t>
+  </si>
+  <si>
+    <t>NORTHBORO</t>
+  </si>
+  <si>
+    <t>01532-2414</t>
+  </si>
+  <si>
+    <t>SRB/1100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERKSHIRE MOSQUITO DISTRICT   </t>
+  </si>
+  <si>
+    <t>19 HARRIS STREET</t>
+  </si>
+  <si>
+    <t>SRB/1200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORFOLK CTY MOSQUITO CONTROL  </t>
+  </si>
+  <si>
+    <t>144 PRODUCTION RD SUITE C</t>
+  </si>
+  <si>
+    <t>02081-0000</t>
+  </si>
+  <si>
+    <t>SRB/1300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRISTOL MOSQUITO DISTRICT     </t>
+  </si>
+  <si>
+    <t>38R FOREST STREET</t>
+  </si>
+  <si>
+    <t>02703-0000</t>
+  </si>
+  <si>
+    <t>SRB/1400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLYMOUTH CTY MOSQUITO CONTROL </t>
+  </si>
+  <si>
+    <t>P. O. BOX 72</t>
+  </si>
+  <si>
+    <t>142R. PEMBROKE STREET</t>
+  </si>
+  <si>
+    <t>02364-0072</t>
+  </si>
+  <si>
+    <t>SRB/1500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTHEAST MASS. MOS. CTR AND  </t>
+  </si>
+  <si>
+    <t>WETLANDS MANAGEMENT DISTRICT</t>
+  </si>
+  <si>
+    <t>118 TENNEY STREET</t>
+  </si>
+  <si>
+    <t>01833-0000</t>
+  </si>
+  <si>
+    <t>SRB/1600</t>
+  </si>
+  <si>
+    <t>E.MIDDLESEX MOSQUITO CONT.PROJ</t>
+  </si>
+  <si>
+    <t>11 SUN STREET</t>
+  </si>
+  <si>
+    <t>02453-4101</t>
+  </si>
+  <si>
+    <t>SRB/2357</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PIONEER VLY MOSQUITO CONTRO   </t>
+  </si>
+  <si>
+    <t>NU NGOC NGUYEN</t>
+  </si>
+  <si>
+    <t>NGOC-NU.NGUYEN@MASS.GOV</t>
+  </si>
+  <si>
+    <t>857-772-0132</t>
+  </si>
+  <si>
+    <t>67 NORTH MAIN STREET</t>
+  </si>
+  <si>
+    <t>SOUTH DEERFIELD</t>
+  </si>
+  <si>
+    <t>01373-0000</t>
+  </si>
+  <si>
+    <t>SSA/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALEM STATE UNIVERSITY        </t>
+  </si>
+  <si>
+    <t>ANDREA CLAUDIO</t>
+  </si>
+  <si>
+    <t>ACLAUDIO@SALEMSTATE.EDU</t>
+  </si>
+  <si>
+    <t>978-542-6030</t>
+  </si>
+  <si>
+    <t>HR &amp; EQUAL OPPORTUNITY</t>
+  </si>
+  <si>
+    <t>352 LAFAYETTE STREET</t>
+  </si>
+  <si>
+    <t>01970-5353</t>
+  </si>
+  <si>
+    <t>STC/7102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPRINGFIELD TECH COMM.COLLEGE </t>
+  </si>
+  <si>
+    <t>STACEY HARTLEY</t>
+  </si>
+  <si>
+    <t>SMHARTLEY@STCC.EDU</t>
+  </si>
+  <si>
+    <t>413-755-4667</t>
+  </si>
+  <si>
+    <t>ONE ARMORY SQUARE SUITE 1</t>
+  </si>
+  <si>
+    <t>01102-9000</t>
+  </si>
+  <si>
+    <t>SUF/0739</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUFFOLK DISTRICT ATTORNEY     </t>
+  </si>
+  <si>
+    <t>CONSTANCE VALENTI</t>
+  </si>
+  <si>
+    <t>Human Resources Director/Benefits of Benefits</t>
+  </si>
+  <si>
+    <t>CONNIE.VALENTI@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-619-4153</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 BULFINCH PLACE </t>
+  </si>
+  <si>
+    <t>02114-2997</t>
+  </si>
+  <si>
+    <t>TAC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELECOMMUNICATIONS AND CABLE  </t>
+  </si>
+  <si>
+    <t>TRB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASS TEACHERS' RET. SYSTEM    </t>
+  </si>
+  <si>
+    <t>ROBERT FABINO</t>
+  </si>
+  <si>
+    <t>ROB.FABINO@TRB.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-679-6860</t>
+  </si>
+  <si>
+    <t>500 RUTHERFORD AVENUE</t>
+  </si>
+  <si>
+    <t>HOOD PARK, SUITE 210</t>
+  </si>
+  <si>
+    <t>CHARLESTOWN</t>
+  </si>
+  <si>
+    <t>02129-0000</t>
+  </si>
+  <si>
+    <t>TRC/0010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRIAL COURT JUSTICES          </t>
+  </si>
+  <si>
+    <t>DENINE DOUCETTE</t>
+  </si>
+  <si>
+    <t>Supervisor,Payroll</t>
+  </si>
+  <si>
+    <t>DENINE.DOUCETTE@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0251</t>
+  </si>
+  <si>
+    <t>ADMIN OFFICE OF THE TRIAL CT</t>
+  </si>
+  <si>
+    <t>2 CENTER PLAZA, 9TH FLOOR</t>
+  </si>
+  <si>
+    <t>TRC/0030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMIN OFFICE OF THE TRIAL CT  </t>
+  </si>
+  <si>
+    <t>MARILENA LOGRASSO</t>
+  </si>
+  <si>
+    <t>Payroll Coor</t>
+  </si>
+  <si>
+    <t>MARILENA.LOGRASSO@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0387</t>
+  </si>
+  <si>
+    <t>2 CENTER PLAZA</t>
+  </si>
+  <si>
+    <t>9TH FLOOR</t>
+  </si>
+  <si>
+    <t>02108-1907</t>
+  </si>
+  <si>
+    <t>TRC/0033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRIAL COURT-DOR CHILD SUPPORT </t>
+  </si>
+  <si>
+    <t>KATHERINE COOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAYROLL COORD. II                                 </t>
+  </si>
+  <si>
+    <t>KATHERINE.COOK@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0385</t>
+  </si>
+  <si>
+    <t>TRIAL COURT - PAYROLL</t>
+  </si>
+  <si>
+    <t>TRC/0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAW LIBRARIES                 </t>
+  </si>
+  <si>
+    <t>TRC/0228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRC/COURT FACILITIES BUREAU   </t>
+  </si>
+  <si>
+    <t>XIAO WEI LUO</t>
+  </si>
+  <si>
+    <t>XIAOWEI.LUO@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0382</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2 CENTER PLAZA, 9TH FL.</t>
+  </si>
+  <si>
+    <t>02108-1706</t>
+  </si>
+  <si>
+    <t>TRC/0240</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUDICIAL TRAINING INSTITUTE   </t>
+  </si>
+  <si>
+    <t>000</t>
+  </si>
+  <si>
+    <t>TRC/0311</t>
+  </si>
+  <si>
+    <t>OFFICE OF COMMUNITY CORRECTION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MELISSA REPICI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FISCAL SUPERVISOR                                 </t>
+  </si>
+  <si>
+    <t>MELISSA.REPICI@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-908-9126</t>
+  </si>
+  <si>
+    <t>JOHN W. MCCORMACK BUILDING</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE, RM 405</t>
+  </si>
+  <si>
+    <t>TRC/0320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMIN.OFF.OF THE TRIAL COURT  </t>
+  </si>
+  <si>
+    <t>LYNN ROACH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Payroll Coordinator                               </t>
+  </si>
+  <si>
+    <t>LYNN.ROACH@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0252</t>
+  </si>
+  <si>
+    <t>2 CENTER PLAZA, 9TH FL</t>
+  </si>
+  <si>
+    <t>02108-1908</t>
+  </si>
+  <si>
+    <t>TRC/0370</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COURT INTERPRETERS            </t>
+  </si>
+  <si>
+    <t>02155-1907</t>
+  </si>
+  <si>
+    <t>TRC/1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUPERIOR COURT ADM OFFICE     </t>
+  </si>
+  <si>
+    <t>2 CENTER PLAZA - 9TH FL</t>
+  </si>
+  <si>
+    <t>TRC/2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMIN. OFFICE OF THE DIST CT. </t>
+  </si>
+  <si>
+    <t>TRC/3001</t>
+  </si>
+  <si>
+    <t>PROBATE&amp;FAMILY COURT-ADMIN OFF</t>
+  </si>
+  <si>
+    <t>MAUREEN LYONS</t>
+  </si>
+  <si>
+    <t>MAUREEN.LYONS@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0370</t>
+  </si>
+  <si>
+    <t>TRC/4001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAND COURT DEPARTMENT         </t>
+  </si>
+  <si>
+    <t>ANDREA ANDERSON</t>
+  </si>
+  <si>
+    <t>Deputy Asst CFO for Payroll Admin</t>
+  </si>
+  <si>
+    <t>ANDREA.ANDERSON@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0253</t>
+  </si>
+  <si>
+    <t>TRC/5001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOSTON MUNICIPAL COURT DEPT   </t>
+  </si>
+  <si>
+    <t>AYAN GEDI</t>
+  </si>
+  <si>
+    <t>AYAN.GEDI@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-878-0290</t>
+  </si>
+  <si>
+    <t>EDWARD W. BROOKE COURTHOUSE</t>
+  </si>
+  <si>
+    <t>24 NEW CHARDON STREET 6TH FL</t>
+  </si>
+  <si>
+    <t>02114-4703</t>
+  </si>
+  <si>
+    <t>TRC/6001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOUSING CT DEPT ADMIN. OFFICE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRIAL COURT  </t>
+  </si>
+  <si>
+    <t>02108-4703</t>
+  </si>
+  <si>
+    <t>TRC/7001</t>
+  </si>
+  <si>
+    <t>JUVENILE CT DEPT-ADMIN. OFFICE</t>
+  </si>
+  <si>
+    <t>TWO CENTER PLAZA, 9TH FLOOR</t>
+  </si>
+  <si>
+    <t>TRC/9100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMMISSIONER OF PROBATION     </t>
+  </si>
+  <si>
+    <t>KRISTYN  WEDDLETON</t>
+  </si>
+  <si>
+    <t>MSP Payroll Supervisor</t>
+  </si>
+  <si>
+    <t>KRISTYN.WEDDLETON@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-557-0261</t>
+  </si>
+  <si>
+    <t>1 ASHBURTON PLACE, ROOM 405</t>
+  </si>
+  <si>
+    <t>02108-1612</t>
+  </si>
+  <si>
+    <t>TRC/9210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE OF JURY COMMISSIONER   </t>
+  </si>
+  <si>
+    <t>TRE/1400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE OF THE STATE TREASURER </t>
+  </si>
+  <si>
+    <t>JENNIFER  KANE</t>
+  </si>
+  <si>
+    <t>Payroll and Benefits Administrator</t>
+  </si>
+  <si>
+    <t>JKANE@TRE.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>12TH FLOOR</t>
+  </si>
+  <si>
+    <t>UMS/0145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIV OF MASS MEDICAL SCHOOL   </t>
+  </si>
+  <si>
+    <t>KAREN WILSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senior Manager, Benefits                          </t>
+  </si>
+  <si>
+    <t>KAREN.WILSON@UMASSMED.EDU</t>
+  </si>
+  <si>
+    <t>508-856-2098</t>
+  </si>
+  <si>
+    <t>55 LAKE AVE NORTH S3-138</t>
+  </si>
+  <si>
+    <t>BENEFITS DEPARTMENT</t>
+  </si>
+  <si>
+    <t>01655-1111</t>
+  </si>
+  <si>
+    <t>UMS/0147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIV. OF MASS. - AMHERST      </t>
+  </si>
+  <si>
+    <t>TENZIN SELDON</t>
+  </si>
+  <si>
+    <t>Insurance Specialist</t>
+  </si>
+  <si>
+    <t>TSELDON@UMASS.EDU</t>
+  </si>
+  <si>
+    <t>413-545-6115</t>
+  </si>
+  <si>
+    <t>H/R DEPT. 168 WHITMORE BLDG.</t>
+  </si>
+  <si>
+    <t>181 PRESIDENTS DRIVE</t>
+  </si>
+  <si>
+    <t>01003-9313</t>
+  </si>
+  <si>
+    <t>UMS/0149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UMASS PRESIDENT'S OFFICE      </t>
+  </si>
+  <si>
+    <t>MARY KATE TEMPLE</t>
+  </si>
+  <si>
+    <t>SENIOR BENEFITS GENERALIST</t>
+  </si>
+  <si>
+    <t>KTEMPLE@UMASSP.EDU</t>
+  </si>
+  <si>
+    <t>774-528-0369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 WASHINGTON ST, SUITE 3000  </t>
+  </si>
+  <si>
+    <t>01581-0000</t>
+  </si>
+  <si>
+    <t>UMS/0182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIV. OF MASS. - BOSTON       </t>
+  </si>
+  <si>
+    <t>STEPHANIE DERONETTE</t>
   </si>
   <si>
     <t xml:space="preserve">Benefits Manager </t>
-  </si>
-[...3346 lines deleted...]
-    <t>STEPHANIE DERONETTE</t>
   </si>
   <si>
     <t>STEPHANIE.DERONETTE@UMB.EDU</t>
   </si>
   <si>
     <t>617-287-5135</t>
   </si>
   <si>
     <t>28751</t>
   </si>
   <si>
     <t>100 MORRISSEY BLVD.</t>
   </si>
   <si>
     <t>02125-3393</t>
   </si>
   <si>
     <t>UMS/0208</t>
   </si>
   <si>
     <t>UNIVERSITY OF MASS - DARTMOUTH</t>
   </si>
   <si>
     <t>SANDRA ESCALEIRA</t>
   </si>
@@ -10425,102 +10437,93 @@
   <si>
     <t>P.O. BOX 1630</t>
   </si>
   <si>
     <t>01086-1630</t>
   </si>
   <si>
     <t>GIC Coordinators - State</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Tahoma"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF4682B4"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
-    <font>
-[...11 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF4682B4"/>
+        <bgColor rgb="FF4682B4"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCAE4F9"/>
         <bgColor rgb="FFCAE4F9"/>
-      </patternFill>
-[...10 lines deleted...]
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
@@ -10531,90 +10534,87 @@
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="004682B4"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00CAE4F9"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -10683,51 +10683,51 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>785164</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="GIC MAGIC Logo&#10;&#10;">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -11003,22431 +11003,22476 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q519"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E2" sqref="E2:L2"/>
+      <pane ySplit="4" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.33203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="13.1640625" customWidth="1"/>
     <col min="4" max="4" width="0.33203125" customWidth="1"/>
     <col min="5" max="5" width="7.33203125" customWidth="1"/>
     <col min="6" max="6" width="19.6640625" customWidth="1"/>
     <col min="7" max="7" width="17.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="34" customWidth="1"/>
     <col min="10" max="10" width="13.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.1640625" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="12.5" customWidth="1"/>
     <col min="14" max="14" width="15.5" customWidth="1"/>
     <col min="15" max="15" width="17.1640625" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="13.6640625" customWidth="1"/>
     <col min="18" max="18" width="9.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="5"/>
-      <c r="C1" s="5"/>
+      <c r="B1" s="7"/>
+      <c r="C1" s="7"/>
     </row>
     <row r="2" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="5"/>
-[...10 lines deleted...]
-      <c r="L2" s="5"/>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="E2" s="13" t="s">
+        <v>3465</v>
+      </c>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+      <c r="J2" s="7"/>
+      <c r="K2" s="7"/>
+      <c r="L2" s="7"/>
     </row>
     <row r="3" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="5"/>
-      <c r="C3" s="5"/>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
     </row>
     <row r="4" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:17" ht="2" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:17" ht="30" x14ac:dyDescent="0.2">
-      <c r="A6" s="11" t="s">
+      <c r="A6" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="12"/>
-      <c r="C6" s="11" t="s">
+      <c r="B6" s="9"/>
+      <c r="C6" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="8"/>
-[...1 lines deleted...]
-      <c r="F6" s="13" t="s">
+      <c r="D6" s="10"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="G6" s="13" t="s">
+      <c r="G6" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="H6" s="14" t="s">
+      <c r="H6" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="I6" s="13" t="s">
+      <c r="I6" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="J6" s="13" t="s">
+      <c r="J6" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="14" t="s">
+      <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="L6" s="11" t="s">
+      <c r="L6" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="M6" s="7"/>
-      <c r="N6" s="13" t="s">
+      <c r="M6" s="9"/>
+      <c r="N6" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="O6" s="13" t="s">
+      <c r="O6" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="P6" s="14" t="s">
+      <c r="P6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="Q6" s="13" t="s">
+      <c r="Q6" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A7" s="9" t="s">
+      <c r="A7" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="7"/>
-      <c r="C7" s="9" t="s">
+      <c r="B7" s="9"/>
+      <c r="C7" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="8"/>
-[...1 lines deleted...]
-      <c r="F7" s="1" t="s">
+      <c r="D7" s="10"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="G7" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="H7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="1" t="s">
+      <c r="H7" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="J7" s="1" t="s">
+      <c r="J7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="K7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L7" s="9" t="s">
+      <c r="K7" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L7" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="M7" s="7"/>
-[...1 lines deleted...]
-      <c r="O7" s="1" t="s">
+      <c r="M7" s="9"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="P7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="1" t="s">
+      <c r="P7" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q7" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A8" s="10" t="s">
+      <c r="A8" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="7"/>
-      <c r="C8" s="10" t="s">
+      <c r="B8" s="9"/>
+      <c r="C8" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="D8" s="8"/>
-[...1 lines deleted...]
-      <c r="F8" s="3" t="s">
+      <c r="D8" s="10"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G8" s="3" t="s">
+      <c r="G8" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="H8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="3" t="s">
+      <c r="H8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="J8" s="3" t="s">
+      <c r="J8" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="K8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L8" s="10" t="s">
+      <c r="K8" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L8" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="M8" s="7"/>
-      <c r="N8" s="3" t="s">
+      <c r="M8" s="9"/>
+      <c r="N8" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="O8" s="3" t="s">
+      <c r="O8" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="P8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q8" s="3" t="s">
+      <c r="P8" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q8" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A9" s="9" t="s">
+      <c r="A9" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="7"/>
-      <c r="C9" s="9" t="s">
+      <c r="B9" s="9"/>
+      <c r="C9" s="11" t="s">
         <v>35</v>
       </c>
-      <c r="D9" s="8"/>
-[...1 lines deleted...]
-      <c r="F9" s="1" t="s">
+      <c r="D9" s="10"/>
+      <c r="E9" s="9"/>
+      <c r="F9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="H9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="1" t="s">
+      <c r="H9" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="J9" s="1" t="s">
+      <c r="J9" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="K9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L9" s="9" t="s">
+      <c r="K9" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L9" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="M9" s="7"/>
-[...1 lines deleted...]
-      <c r="O9" s="1" t="s">
+      <c r="M9" s="9"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="P9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q9" s="1" t="s">
+      <c r="P9" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q9" s="3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A10" s="10" t="s">
+      <c r="A10" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="B10" s="7"/>
-      <c r="C10" s="10" t="s">
+      <c r="B10" s="9"/>
+      <c r="C10" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="D10" s="8"/>
-[...1 lines deleted...]
-      <c r="F10" s="3" t="s">
+      <c r="D10" s="10"/>
+      <c r="E10" s="9"/>
+      <c r="F10" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="G10" s="3" t="s">
+      <c r="G10" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="H10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="3" t="s">
+      <c r="H10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="J10" s="3" t="s">
+      <c r="J10" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="K10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L10" s="10" t="s">
+      <c r="K10" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L10" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="M10" s="7"/>
-      <c r="N10" s="3" t="s">
+      <c r="M10" s="9"/>
+      <c r="N10" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="O10" s="3" t="s">
+      <c r="O10" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="P10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q10" s="3" t="s">
+      <c r="P10" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q10" s="5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A11" s="9" t="s">
+      <c r="A11" s="11" t="s">
         <v>53</v>
       </c>
-      <c r="B11" s="7"/>
-      <c r="C11" s="9" t="s">
+      <c r="B11" s="9"/>
+      <c r="C11" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" s="8"/>
-[...1 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="D11" s="10"/>
+      <c r="E11" s="9"/>
+      <c r="F11" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="G11" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="H11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="1" t="s">
+      <c r="H11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="J11" s="1" t="s">
+      <c r="J11" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="K11" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L11" s="9" t="s">
+      <c r="L11" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="M11" s="7"/>
-      <c r="N11" s="1" t="s">
+      <c r="M11" s="9"/>
+      <c r="N11" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="O11" s="1" t="s">
+      <c r="O11" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="P11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q11" s="1" t="s">
+      <c r="P11" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q11" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A12" s="10" t="s">
+      <c r="A12" s="12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" s="7"/>
-      <c r="C12" s="10" t="s">
+      <c r="B12" s="9"/>
+      <c r="C12" s="12" t="s">
         <v>65</v>
       </c>
-      <c r="D12" s="8"/>
-[...1 lines deleted...]
-      <c r="F12" s="3" t="s">
+      <c r="D12" s="10"/>
+      <c r="E12" s="9"/>
+      <c r="F12" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="G12" s="3" t="s">
+      <c r="G12" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="H12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="3" t="s">
+      <c r="H12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="J12" s="3" t="s">
+      <c r="J12" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="K12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L12" s="10" t="s">
+      <c r="K12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L12" s="12" t="s">
         <v>70</v>
       </c>
-      <c r="M12" s="7"/>
-      <c r="N12" s="3" t="s">
+      <c r="M12" s="9"/>
+      <c r="N12" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="O12" s="3" t="s">
+      <c r="O12" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="P12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q12" s="3" t="s">
+      <c r="P12" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q12" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A13" s="9" t="s">
+      <c r="A13" s="11" t="s">
         <v>74</v>
       </c>
-      <c r="B13" s="7"/>
-      <c r="C13" s="9" t="s">
+      <c r="B13" s="9"/>
+      <c r="C13" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="D13" s="8"/>
-[...1 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="D13" s="10"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="G13" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="H13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="1" t="s">
+      <c r="H13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="J13" s="1" t="s">
+      <c r="J13" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="K13" s="2" t="s">
+      <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="L13" s="9" t="s">
+      <c r="L13" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="M13" s="7"/>
-[...1 lines deleted...]
-      <c r="O13" s="1" t="s">
+      <c r="M13" s="9"/>
+      <c r="N13" s="3"/>
+      <c r="O13" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="P13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q13" s="1" t="s">
+      <c r="P13" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q13" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A14" s="10" t="s">
+      <c r="A14" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="B14" s="7"/>
-      <c r="C14" s="10" t="s">
+      <c r="B14" s="9"/>
+      <c r="C14" s="12" t="s">
         <v>84</v>
       </c>
-      <c r="D14" s="8"/>
-[...1 lines deleted...]
-      <c r="F14" s="3" t="s">
+      <c r="D14" s="10"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="G14" s="3" t="s">
+      <c r="G14" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="H14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="3" t="s">
+      <c r="H14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="J14" s="3" t="s">
+      <c r="J14" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="K14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L14" s="10" t="s">
+      <c r="K14" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L14" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="M14" s="7"/>
-[...1 lines deleted...]
-      <c r="O14" s="3" t="s">
+      <c r="M14" s="9"/>
+      <c r="N14" s="5"/>
+      <c r="O14" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="P14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q14" s="3" t="s">
+      <c r="P14" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q14" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A15" s="9" t="s">
+      <c r="A15" s="11" t="s">
         <v>91</v>
       </c>
-      <c r="B15" s="7"/>
-      <c r="C15" s="9" t="s">
+      <c r="B15" s="9"/>
+      <c r="C15" s="11" t="s">
         <v>92</v>
       </c>
-      <c r="D15" s="8"/>
-[...1 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="D15" s="10"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="G15" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="H15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="1" t="s">
+      <c r="H15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="J15" s="1" t="s">
+      <c r="J15" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="K15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L15" s="9" t="s">
+      <c r="K15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L15" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="M15" s="7"/>
-      <c r="N15" s="1" t="s">
+      <c r="M15" s="9"/>
+      <c r="N15" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="O15" s="1" t="s">
+      <c r="O15" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="P15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q15" s="1" t="s">
+      <c r="P15" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q15" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A16" s="10" t="s">
+      <c r="A16" s="12" t="s">
         <v>101</v>
       </c>
-      <c r="B16" s="7"/>
-      <c r="C16" s="10" t="s">
+      <c r="B16" s="9"/>
+      <c r="C16" s="12" t="s">
         <v>75</v>
       </c>
-      <c r="D16" s="8"/>
-[...1 lines deleted...]
-      <c r="F16" s="3" t="s">
+      <c r="D16" s="10"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="G16" s="3" t="s">
+      <c r="G16" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="H16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="3" t="s">
+      <c r="H16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I16" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="J16" s="3" t="s">
+      <c r="J16" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="K16" s="4" t="s">
+      <c r="K16" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="L16" s="10" t="s">
+      <c r="L16" s="12" t="s">
         <v>81</v>
       </c>
-      <c r="M16" s="7"/>
-[...1 lines deleted...]
-      <c r="O16" s="3" t="s">
+      <c r="M16" s="9"/>
+      <c r="N16" s="5"/>
+      <c r="O16" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="P16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q16" s="3" t="s">
+      <c r="P16" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q16" s="5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A17" s="9" t="s">
+      <c r="A17" s="11" t="s">
         <v>102</v>
       </c>
-      <c r="B17" s="7"/>
-      <c r="C17" s="9" t="s">
+      <c r="B17" s="9"/>
+      <c r="C17" s="11" t="s">
         <v>103</v>
       </c>
-      <c r="D17" s="8"/>
-[...1 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="D17" s="10"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="G17" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="H17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I17" s="1" t="s">
+      <c r="H17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="J17" s="1" t="s">
+      <c r="J17" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="K17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L17" s="9" t="s">
+      <c r="K17" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L17" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="M17" s="7"/>
-[...1 lines deleted...]
-      <c r="O17" s="1" t="s">
+      <c r="M17" s="9"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="P17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q17" s="1" t="s">
+      <c r="P17" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q17" s="3" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A18" s="10" t="s">
+      <c r="A18" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="B18" s="7"/>
-      <c r="C18" s="10" t="s">
+      <c r="B18" s="9"/>
+      <c r="C18" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="D18" s="8"/>
-[...1 lines deleted...]
-      <c r="F18" s="3" t="s">
+      <c r="D18" s="10"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="G18" s="3" t="s">
+      <c r="G18" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="H18" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="3" t="s">
+      <c r="H18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="J18" s="3" t="s">
+      <c r="J18" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="K18" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L18" s="10" t="s">
+      <c r="K18" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L18" s="12" t="s">
         <v>116</v>
       </c>
-      <c r="M18" s="7"/>
-      <c r="N18" s="3" t="s">
+      <c r="M18" s="9"/>
+      <c r="N18" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="O18" s="3" t="s">
+      <c r="O18" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="P18" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q18" s="3" t="s">
+      <c r="P18" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q18" s="5" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A19" s="9" t="s">
+      <c r="A19" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="B19" s="7"/>
-      <c r="C19" s="9" t="s">
+      <c r="B19" s="9"/>
+      <c r="C19" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="D19" s="8"/>
-[...1 lines deleted...]
-      <c r="F19" s="1" t="s">
+      <c r="D19" s="10"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="G19" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="H19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="1" t="s">
+      <c r="H19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="J19" s="1" t="s">
+      <c r="J19" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="K19" s="2" t="s">
+      <c r="K19" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="L19" s="9" t="s">
+      <c r="L19" s="11" t="s">
         <v>127</v>
       </c>
-      <c r="M19" s="7"/>
-[...1 lines deleted...]
-      <c r="O19" s="1" t="s">
+      <c r="M19" s="9"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="P19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q19" s="1" t="s">
+      <c r="P19" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q19" s="3" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A20" s="10" t="s">
+      <c r="A20" s="12" t="s">
         <v>129</v>
       </c>
-      <c r="B20" s="7"/>
-      <c r="C20" s="10" t="s">
+      <c r="B20" s="9"/>
+      <c r="C20" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="D20" s="8"/>
-[...1 lines deleted...]
-      <c r="F20" s="3" t="s">
+      <c r="D20" s="10"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G20" s="3" t="s">
+      <c r="G20" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="H20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="3" t="s">
+      <c r="H20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="J20" s="3" t="s">
+      <c r="J20" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="K20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L20" s="10" t="s">
+      <c r="K20" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L20" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="M20" s="7"/>
-[...1 lines deleted...]
-      <c r="O20" s="3" t="s">
+      <c r="M20" s="9"/>
+      <c r="N20" s="5"/>
+      <c r="O20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="P20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q20" s="3" t="s">
+      <c r="P20" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q20" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A21" s="9" t="s">
+      <c r="A21" s="11" t="s">
         <v>132</v>
       </c>
-      <c r="B21" s="7"/>
-      <c r="C21" s="9" t="s">
+      <c r="B21" s="9"/>
+      <c r="C21" s="11" t="s">
         <v>133</v>
       </c>
-      <c r="D21" s="8"/>
-[...1 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="D21" s="10"/>
+      <c r="E21" s="9"/>
+      <c r="F21" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="G21" s="1" t="s">
+      <c r="G21" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="H21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="1" t="s">
+      <c r="H21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="J21" s="1" t="s">
+      <c r="J21" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="K21" s="2" t="s">
+      <c r="K21" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="L21" s="9" t="s">
+      <c r="L21" s="11" t="s">
         <v>139</v>
       </c>
-      <c r="M21" s="7"/>
-      <c r="N21" s="1" t="s">
+      <c r="M21" s="9"/>
+      <c r="N21" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="O21" s="1" t="s">
+      <c r="O21" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="P21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q21" s="1" t="s">
+      <c r="P21" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q21" s="3" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A22" s="10" t="s">
+      <c r="A22" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="B22" s="7"/>
-      <c r="C22" s="10" t="s">
+      <c r="B22" s="9"/>
+      <c r="C22" s="12" t="s">
         <v>144</v>
       </c>
-      <c r="D22" s="8"/>
-[...1 lines deleted...]
-      <c r="F22" s="3" t="s">
+      <c r="D22" s="10"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="G22" s="3" t="s">
+      <c r="G22" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="H22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="3" t="s">
+      <c r="H22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="J22" s="3" t="s">
+      <c r="J22" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="K22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L22" s="10" t="s">
+      <c r="K22" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L22" s="12" t="s">
         <v>149</v>
       </c>
-      <c r="M22" s="7"/>
-[...1 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="M22" s="9"/>
+      <c r="N22" s="5"/>
+      <c r="O22" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="P22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q22" s="3" t="s">
+      <c r="P22" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q22" s="5" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A23" s="9" t="s">
+      <c r="A23" s="11" t="s">
         <v>152</v>
       </c>
-      <c r="B23" s="7"/>
-      <c r="C23" s="9" t="s">
+      <c r="B23" s="9"/>
+      <c r="C23" s="11" t="s">
         <v>153</v>
       </c>
-      <c r="D23" s="8"/>
-[...1 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="D23" s="10"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="G23" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="H23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="1" t="s">
+      <c r="H23" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="J23" s="1" t="s">
+      <c r="J23" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="K23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L23" s="9" t="s">
+      <c r="K23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L23" s="11" t="s">
         <v>158</v>
       </c>
-      <c r="M23" s="7"/>
-[...1 lines deleted...]
-      <c r="O23" s="1" t="s">
+      <c r="M23" s="9"/>
+      <c r="N23" s="3"/>
+      <c r="O23" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="P23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q23" s="1" t="s">
+      <c r="P23" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q23" s="3" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A24" s="10" t="s">
+      <c r="A24" s="12" t="s">
         <v>161</v>
       </c>
-      <c r="B24" s="7"/>
-      <c r="C24" s="10" t="s">
+      <c r="B24" s="9"/>
+      <c r="C24" s="12" t="s">
         <v>162</v>
       </c>
-      <c r="D24" s="8"/>
-[...1 lines deleted...]
-      <c r="F24" s="3" t="s">
+      <c r="D24" s="10"/>
+      <c r="E24" s="9"/>
+      <c r="F24" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="G24" s="3" t="s">
+      <c r="G24" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="H24" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I24" s="3" t="s">
+      <c r="H24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="J24" s="3" t="s">
+      <c r="J24" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="K24" s="4" t="s">
+      <c r="K24" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="L24" s="10" t="s">
+      <c r="L24" s="12" t="s">
         <v>168</v>
       </c>
-      <c r="M24" s="7"/>
-[...1 lines deleted...]
-      <c r="O24" s="3" t="s">
+      <c r="M24" s="9"/>
+      <c r="N24" s="5"/>
+      <c r="O24" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="P24" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q24" s="3" t="s">
+      <c r="P24" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q24" s="5" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A25" s="9" t="s">
+      <c r="A25" s="11" t="s">
         <v>171</v>
       </c>
-      <c r="B25" s="7"/>
-      <c r="C25" s="9" t="s">
+      <c r="B25" s="9"/>
+      <c r="C25" s="11" t="s">
         <v>172</v>
       </c>
-      <c r="D25" s="8"/>
-[...1 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="D25" s="10"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="G25" s="1" t="s">
+      <c r="G25" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="H25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="1" t="s">
+      <c r="H25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="J25" s="1" t="s">
+      <c r="J25" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="K25" s="2" t="s">
+      <c r="K25" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L25" s="9" t="s">
+      <c r="L25" s="11" t="s">
         <v>178</v>
       </c>
-      <c r="M25" s="7"/>
-[...1 lines deleted...]
-      <c r="O25" s="1" t="s">
+      <c r="M25" s="9"/>
+      <c r="N25" s="3"/>
+      <c r="O25" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="P25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q25" s="1" t="s">
+      <c r="P25" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q25" s="3" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A26" s="10" t="s">
+      <c r="A26" s="12" t="s">
         <v>181</v>
       </c>
-      <c r="B26" s="7"/>
-      <c r="C26" s="10" t="s">
+      <c r="B26" s="9"/>
+      <c r="C26" s="12" t="s">
         <v>182</v>
       </c>
-      <c r="D26" s="8"/>
-[...1 lines deleted...]
-      <c r="F26" s="3" t="s">
+      <c r="D26" s="10"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="G26" s="3" t="s">
+      <c r="G26" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="H26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I26" s="3" t="s">
+      <c r="H26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="J26" s="3" t="s">
+      <c r="J26" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="K26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L26" s="10" t="s">
+      <c r="K26" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L26" s="12" t="s">
         <v>187</v>
       </c>
-      <c r="M26" s="7"/>
-[...1 lines deleted...]
-      <c r="O26" s="3" t="s">
+      <c r="M26" s="9"/>
+      <c r="N26" s="5"/>
+      <c r="O26" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="P26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q26" s="3" t="s">
+      <c r="P26" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q26" s="5" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A27" s="9" t="s">
+      <c r="A27" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="B27" s="7"/>
-      <c r="C27" s="9" t="s">
+      <c r="B27" s="9"/>
+      <c r="C27" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="D27" s="8"/>
-[...1 lines deleted...]
-      <c r="F27" s="1" t="s">
+      <c r="D27" s="10"/>
+      <c r="E27" s="9"/>
+      <c r="F27" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="G27" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="H27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I27" s="1" t="s">
+      <c r="H27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="J27" s="1" t="s">
+      <c r="J27" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="K27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L27" s="9" t="s">
+      <c r="K27" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L27" s="11" t="s">
         <v>195</v>
       </c>
-      <c r="M27" s="7"/>
-[...1 lines deleted...]
-      <c r="O27" s="1" t="s">
+      <c r="M27" s="9"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="P27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q27" s="1" t="s">
+      <c r="P27" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q27" s="3" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A28" s="10" t="s">
+      <c r="A28" s="12" t="s">
         <v>198</v>
       </c>
-      <c r="B28" s="7"/>
-      <c r="C28" s="10" t="s">
+      <c r="B28" s="9"/>
+      <c r="C28" s="12" t="s">
         <v>199</v>
       </c>
-      <c r="D28" s="8"/>
-[...1 lines deleted...]
-      <c r="F28" s="3" t="s">
+      <c r="D28" s="10"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="G28" s="3" t="s">
+      <c r="G28" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="H28" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I28" s="3" t="s">
+      <c r="H28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="J28" s="3" t="s">
+      <c r="J28" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="K28" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L28" s="10" t="s">
+      <c r="K28" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L28" s="12" t="s">
         <v>204</v>
       </c>
-      <c r="M28" s="7"/>
-      <c r="N28" s="3" t="s">
+      <c r="M28" s="9"/>
+      <c r="N28" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="O28" s="3" t="s">
+      <c r="O28" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="P28" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q28" s="3" t="s">
+      <c r="P28" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q28" s="5" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A29" s="9" t="s">
+      <c r="A29" s="11" t="s">
         <v>207</v>
       </c>
-      <c r="B29" s="7"/>
-      <c r="C29" s="9" t="s">
+      <c r="B29" s="9"/>
+      <c r="C29" s="11" t="s">
         <v>208</v>
       </c>
-      <c r="D29" s="8"/>
-[...1 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="D29" s="10"/>
+      <c r="E29" s="9"/>
+      <c r="F29" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="G29" s="1" t="s">
+      <c r="G29" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="H29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I29" s="1" t="s">
+      <c r="H29" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="J29" s="1" t="s">
+      <c r="J29" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="K29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="9" t="s">
+      <c r="K29" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L29" s="11" t="s">
         <v>213</v>
       </c>
-      <c r="M29" s="7"/>
-[...1 lines deleted...]
-      <c r="O29" s="1" t="s">
+      <c r="M29" s="9"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="P29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q29" s="1" t="s">
+      <c r="P29" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q29" s="3" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A30" s="10" t="s">
+      <c r="A30" s="12" t="s">
         <v>215</v>
       </c>
-      <c r="B30" s="7"/>
-      <c r="C30" s="10" t="s">
+      <c r="B30" s="9"/>
+      <c r="C30" s="12" t="s">
         <v>216</v>
       </c>
-      <c r="D30" s="8"/>
-[...1 lines deleted...]
-      <c r="F30" s="3" t="s">
+      <c r="D30" s="10"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="G30" s="3" t="s">
+      <c r="G30" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="H30" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I30" s="3" t="s">
+      <c r="H30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="J30" s="3" t="s">
+      <c r="J30" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="K30" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L30" s="10" t="s">
+      <c r="K30" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L30" s="12" t="s">
         <v>221</v>
       </c>
-      <c r="M30" s="7"/>
-      <c r="N30" s="3" t="s">
+      <c r="M30" s="9"/>
+      <c r="N30" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="O30" s="3" t="s">
+      <c r="O30" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="P30" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q30" s="3" t="s">
+      <c r="P30" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q30" s="5" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A31" s="9" t="s">
+      <c r="A31" s="11" t="s">
         <v>223</v>
       </c>
-      <c r="B31" s="7"/>
-      <c r="C31" s="9" t="s">
+      <c r="B31" s="9"/>
+      <c r="C31" s="11" t="s">
         <v>224</v>
       </c>
-      <c r="D31" s="8"/>
-[...1 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="D31" s="10"/>
+      <c r="E31" s="9"/>
+      <c r="F31" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="G31" s="1" t="s">
+      <c r="G31" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="H31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I31" s="1" t="s">
+      <c r="H31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="J31" s="1" t="s">
+      <c r="J31" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="K31" s="2" t="s">
+      <c r="K31" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L31" s="9" t="s">
+      <c r="L31" s="11" t="s">
         <v>229</v>
       </c>
-      <c r="M31" s="7"/>
-      <c r="N31" s="1" t="s">
+      <c r="M31" s="9"/>
+      <c r="N31" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="O31" s="1" t="s">
+      <c r="O31" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="P31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q31" s="1" t="s">
+      <c r="P31" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q31" s="3" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="32" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A32" s="10" t="s">
+      <c r="A32" s="12" t="s">
         <v>233</v>
       </c>
-      <c r="B32" s="7"/>
-      <c r="C32" s="10" t="s">
+      <c r="B32" s="9"/>
+      <c r="C32" s="12" t="s">
         <v>234</v>
       </c>
-      <c r="D32" s="8"/>
-[...1 lines deleted...]
-      <c r="F32" s="3" t="s">
+      <c r="D32" s="10"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="G32" s="3" t="s">
+      <c r="G32" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="H32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I32" s="3" t="s">
+      <c r="H32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="J32" s="3" t="s">
+      <c r="J32" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="K32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L32" s="10" t="s">
+      <c r="K32" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L32" s="12" t="s">
         <v>239</v>
       </c>
-      <c r="M32" s="7"/>
-      <c r="N32" s="3" t="s">
+      <c r="M32" s="9"/>
+      <c r="N32" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="O32" s="3" t="s">
+      <c r="O32" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="P32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q32" s="3" t="s">
+      <c r="P32" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q32" s="5" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="33" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A33" s="9" t="s">
+      <c r="A33" s="11" t="s">
         <v>243</v>
       </c>
-      <c r="B33" s="7"/>
-      <c r="C33" s="9" t="s">
+      <c r="B33" s="9"/>
+      <c r="C33" s="11" t="s">
         <v>244</v>
       </c>
-      <c r="D33" s="8"/>
-[...1 lines deleted...]
-      <c r="F33" s="1" t="s">
+      <c r="D33" s="10"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="G33" s="1" t="s">
+      <c r="G33" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="H33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I33" s="1" t="s">
+      <c r="H33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="J33" s="1" t="s">
+      <c r="J33" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="K33" s="2" t="s">
+      <c r="K33" s="4" t="s">
         <v>249</v>
       </c>
-      <c r="L33" s="9" t="s">
+      <c r="L33" s="11" t="s">
         <v>250</v>
       </c>
-      <c r="M33" s="7"/>
-      <c r="N33" s="1" t="s">
+      <c r="M33" s="9"/>
+      <c r="N33" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="O33" s="1" t="s">
+      <c r="O33" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="P33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q33" s="1" t="s">
+      <c r="P33" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q33" s="3" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A34" s="10" t="s">
+      <c r="A34" s="12" t="s">
         <v>254</v>
       </c>
-      <c r="B34" s="7"/>
-      <c r="C34" s="10" t="s">
+      <c r="B34" s="9"/>
+      <c r="C34" s="12" t="s">
         <v>255</v>
       </c>
-      <c r="D34" s="8"/>
-[...1 lines deleted...]
-      <c r="F34" s="3" t="s">
+      <c r="D34" s="10"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="G34" s="3" t="s">
+      <c r="G34" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="H34" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I34" s="3" t="s">
+      <c r="H34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="J34" s="3" t="s">
+      <c r="J34" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="K34" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L34" s="10" t="s">
+      <c r="K34" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L34" s="12" t="s">
         <v>260</v>
       </c>
-      <c r="M34" s="7"/>
-[...1 lines deleted...]
-      <c r="O34" s="3" t="s">
+      <c r="M34" s="9"/>
+      <c r="N34" s="5"/>
+      <c r="O34" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="P34" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q34" s="3" t="s">
+      <c r="P34" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q34" s="5" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="35" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A35" s="9" t="s">
+      <c r="A35" s="11" t="s">
         <v>263</v>
       </c>
-      <c r="B35" s="7"/>
-      <c r="C35" s="9" t="s">
+      <c r="B35" s="9"/>
+      <c r="C35" s="11" t="s">
         <v>264</v>
       </c>
-      <c r="D35" s="8"/>
-[...1 lines deleted...]
-      <c r="F35" s="1" t="s">
+      <c r="D35" s="10"/>
+      <c r="E35" s="9"/>
+      <c r="F35" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="G35" s="1" t="s">
+      <c r="G35" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="H35" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I35" s="1" t="s">
+      <c r="H35" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="J35" s="1" t="s">
+      <c r="J35" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="K35" s="2" t="s">
+      <c r="K35" s="4" t="s">
         <v>269</v>
       </c>
-      <c r="L35" s="9" t="s">
+      <c r="L35" s="11" t="s">
         <v>270</v>
       </c>
-      <c r="M35" s="7"/>
-[...1 lines deleted...]
-      <c r="O35" s="1" t="s">
+      <c r="M35" s="9"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="P35" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q35" s="1" t="s">
+      <c r="P35" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q35" s="3" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="36" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A36" s="10" t="s">
+      <c r="A36" s="12" t="s">
         <v>273</v>
       </c>
-      <c r="B36" s="7"/>
-      <c r="C36" s="10" t="s">
+      <c r="B36" s="9"/>
+      <c r="C36" s="12" t="s">
         <v>274</v>
       </c>
-      <c r="D36" s="8"/>
-[...1 lines deleted...]
-      <c r="F36" s="3" t="s">
+      <c r="D36" s="10"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="G36" s="3" t="s">
+      <c r="G36" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="H36" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I36" s="3" t="s">
+      <c r="H36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="J36" s="3" t="s">
+      <c r="J36" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="K36" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L36" s="10" t="s">
+      <c r="K36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L36" s="12" t="s">
         <v>279</v>
       </c>
-      <c r="M36" s="7"/>
-      <c r="N36" s="3" t="s">
+      <c r="M36" s="9"/>
+      <c r="N36" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="O36" s="3" t="s">
+      <c r="O36" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="P36" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q36" s="3" t="s">
+      <c r="P36" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q36" s="5" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A37" s="9" t="s">
+      <c r="A37" s="11" t="s">
         <v>282</v>
       </c>
-      <c r="B37" s="7"/>
-      <c r="C37" s="9" t="s">
+      <c r="B37" s="9"/>
+      <c r="C37" s="11" t="s">
         <v>283</v>
       </c>
-      <c r="D37" s="8"/>
-[...1 lines deleted...]
-      <c r="F37" s="1" t="s">
+      <c r="D37" s="10"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="G37" s="1" t="s">
+      <c r="G37" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="H37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I37" s="1" t="s">
+      <c r="H37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="J37" s="1" t="s">
+      <c r="J37" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="K37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L37" s="9" t="s">
+      <c r="K37" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L37" s="11" t="s">
         <v>288</v>
       </c>
-      <c r="M37" s="7"/>
-      <c r="N37" s="1" t="s">
+      <c r="M37" s="9"/>
+      <c r="N37" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="O37" s="1" t="s">
+      <c r="O37" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="P37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q37" s="1" t="s">
+      <c r="P37" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q37" s="3" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A38" s="10" t="s">
+      <c r="A38" s="12" t="s">
         <v>291</v>
       </c>
-      <c r="B38" s="7"/>
-      <c r="C38" s="10" t="s">
+      <c r="B38" s="9"/>
+      <c r="C38" s="12" t="s">
         <v>292</v>
       </c>
-      <c r="D38" s="8"/>
-[...1 lines deleted...]
-      <c r="F38" s="3" t="s">
+      <c r="D38" s="10"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="G38" s="3" t="s">
+      <c r="G38" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="H38" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I38" s="3" t="s">
+      <c r="H38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="J38" s="3" t="s">
+      <c r="J38" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="K38" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L38" s="10" t="s">
+      <c r="K38" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L38" s="12" t="s">
         <v>297</v>
       </c>
-      <c r="M38" s="7"/>
-[...1 lines deleted...]
-      <c r="O38" s="3" t="s">
+      <c r="M38" s="9"/>
+      <c r="N38" s="5"/>
+      <c r="O38" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="P38" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q38" s="3" t="s">
+      <c r="P38" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q38" s="5" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="39" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A39" s="9" t="s">
+      <c r="A39" s="11" t="s">
         <v>300</v>
       </c>
-      <c r="B39" s="7"/>
-      <c r="C39" s="9" t="s">
+      <c r="B39" s="9"/>
+      <c r="C39" s="11" t="s">
         <v>301</v>
       </c>
-      <c r="D39" s="8"/>
-[...1 lines deleted...]
-      <c r="F39" s="1" t="s">
+      <c r="D39" s="10"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="G39" s="1" t="s">
+      <c r="G39" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="H39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I39" s="1" t="s">
+      <c r="H39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="J39" s="1" t="s">
+      <c r="J39" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="K39" s="2" t="s">
+      <c r="K39" s="4" t="s">
         <v>306</v>
       </c>
-      <c r="L39" s="9" t="s">
+      <c r="L39" s="11" t="s">
         <v>307</v>
       </c>
-      <c r="M39" s="7"/>
-[...1 lines deleted...]
-      <c r="O39" s="1" t="s">
+      <c r="M39" s="9"/>
+      <c r="N39" s="3"/>
+      <c r="O39" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="P39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q39" s="1" t="s">
+      <c r="P39" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q39" s="3" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="40" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A40" s="10" t="s">
+      <c r="A40" s="12" t="s">
         <v>310</v>
       </c>
-      <c r="B40" s="7"/>
-      <c r="C40" s="10" t="s">
+      <c r="B40" s="9"/>
+      <c r="C40" s="12" t="s">
         <v>311</v>
       </c>
-      <c r="D40" s="8"/>
-[...1 lines deleted...]
-      <c r="F40" s="3" t="s">
+      <c r="D40" s="10"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="G40" s="3" t="s">
+      <c r="G40" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="H40" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I40" s="3" t="s">
+      <c r="H40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="J40" s="3" t="s">
+      <c r="J40" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="K40" s="4" t="s">
+      <c r="K40" s="6" t="s">
         <v>316</v>
       </c>
-      <c r="L40" s="10" t="s">
+      <c r="L40" s="12" t="s">
         <v>317</v>
       </c>
-      <c r="M40" s="7"/>
-[...1 lines deleted...]
-      <c r="O40" s="3" t="s">
+      <c r="M40" s="9"/>
+      <c r="N40" s="5"/>
+      <c r="O40" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="P40" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q40" s="3" t="s">
+      <c r="P40" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q40" s="5" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="41" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A41" s="9" t="s">
+      <c r="A41" s="11" t="s">
         <v>320</v>
       </c>
-      <c r="B41" s="7"/>
-      <c r="C41" s="9" t="s">
+      <c r="B41" s="9"/>
+      <c r="C41" s="11" t="s">
         <v>321</v>
       </c>
-      <c r="D41" s="8"/>
-[...1 lines deleted...]
-      <c r="F41" s="1" t="s">
+      <c r="D41" s="10"/>
+      <c r="E41" s="9"/>
+      <c r="F41" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="G41" s="1" t="s">
+      <c r="G41" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="H41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I41" s="1" t="s">
+      <c r="H41" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="J41" s="1" t="s">
+      <c r="J41" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="K41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L41" s="9" t="s">
+      <c r="K41" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L41" s="11" t="s">
         <v>325</v>
       </c>
-      <c r="M41" s="7"/>
-[...1 lines deleted...]
-      <c r="O41" s="1" t="s">
+      <c r="M41" s="9"/>
+      <c r="N41" s="3"/>
+      <c r="O41" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="P41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q41" s="1" t="s">
+      <c r="P41" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q41" s="3" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="42" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A42" s="10" t="s">
+      <c r="A42" s="12" t="s">
         <v>328</v>
       </c>
-      <c r="B42" s="7"/>
-      <c r="C42" s="10" t="s">
+      <c r="B42" s="9"/>
+      <c r="C42" s="12" t="s">
         <v>329</v>
       </c>
-      <c r="D42" s="8"/>
-[...1 lines deleted...]
-      <c r="F42" s="3" t="s">
+      <c r="D42" s="10"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="5" t="s">
         <v>330</v>
       </c>
-      <c r="G42" s="3" t="s">
+      <c r="G42" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="H42" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I42" s="3" t="s">
+      <c r="H42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="J42" s="3" t="s">
+      <c r="J42" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="K42" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L42" s="10" t="s">
+      <c r="K42" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L42" s="12" t="s">
         <v>334</v>
       </c>
-      <c r="M42" s="7"/>
-[...1 lines deleted...]
-      <c r="O42" s="3" t="s">
+      <c r="M42" s="9"/>
+      <c r="N42" s="5"/>
+      <c r="O42" s="5" t="s">
         <v>335</v>
       </c>
-      <c r="P42" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q42" s="3" t="s">
+      <c r="P42" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q42" s="5" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="43" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A43" s="9" t="s">
+      <c r="A43" s="11" t="s">
         <v>337</v>
       </c>
-      <c r="B43" s="7"/>
-      <c r="C43" s="9" t="s">
+      <c r="B43" s="9"/>
+      <c r="C43" s="11" t="s">
         <v>338</v>
       </c>
-      <c r="D43" s="8"/>
-[...1 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="D43" s="10"/>
+      <c r="E43" s="9"/>
+      <c r="F43" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="G43" s="1" t="s">
+      <c r="G43" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="H43" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I43" s="1" t="s">
+      <c r="H43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="J43" s="1" t="s">
+      <c r="J43" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="K43" s="2" t="s">
+      <c r="K43" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L43" s="9" t="s">
+      <c r="L43" s="11" t="s">
         <v>343</v>
       </c>
-      <c r="M43" s="7"/>
-[...1 lines deleted...]
-      <c r="O43" s="1" t="s">
+      <c r="M43" s="9"/>
+      <c r="N43" s="3"/>
+      <c r="O43" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="P43" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q43" s="1" t="s">
+      <c r="P43" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q43" s="3" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="44" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A44" s="10" t="s">
+      <c r="A44" s="12" t="s">
         <v>346</v>
       </c>
-      <c r="B44" s="7"/>
-      <c r="C44" s="10" t="s">
+      <c r="B44" s="9"/>
+      <c r="C44" s="12" t="s">
         <v>347</v>
       </c>
-      <c r="D44" s="8"/>
-[...1 lines deleted...]
-      <c r="F44" s="3" t="s">
+      <c r="D44" s="10"/>
+      <c r="E44" s="9"/>
+      <c r="F44" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="G44" s="3" t="s">
+      <c r="G44" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="H44" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I44" s="3" t="s">
+      <c r="H44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="J44" s="3" t="s">
+      <c r="J44" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="K44" s="4" t="s">
+      <c r="K44" s="6" t="s">
         <v>352</v>
       </c>
-      <c r="L44" s="10" t="s">
+      <c r="L44" s="12" t="s">
         <v>353</v>
       </c>
-      <c r="M44" s="7"/>
-      <c r="N44" s="3" t="s">
+      <c r="M44" s="9"/>
+      <c r="N44" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="O44" s="3" t="s">
+      <c r="O44" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="P44" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q44" s="3" t="s">
+      <c r="P44" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q44" s="5" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="45" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A45" s="9" t="s">
+      <c r="A45" s="11" t="s">
         <v>356</v>
       </c>
-      <c r="B45" s="7"/>
-      <c r="C45" s="9" t="s">
+      <c r="B45" s="9"/>
+      <c r="C45" s="11" t="s">
         <v>357</v>
       </c>
-      <c r="D45" s="8"/>
-[...1 lines deleted...]
-      <c r="F45" s="1" t="s">
+      <c r="D45" s="10"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="G45" s="1" t="s">
+      <c r="G45" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="H45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="1" t="s">
+      <c r="H45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="J45" s="1" t="s">
+      <c r="J45" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="K45" s="2" t="s">
+      <c r="K45" s="4" t="s">
         <v>362</v>
       </c>
-      <c r="L45" s="9" t="s">
+      <c r="L45" s="11" t="s">
         <v>363</v>
       </c>
-      <c r="M45" s="7"/>
-[...1 lines deleted...]
-      <c r="O45" s="1" t="s">
+      <c r="M45" s="9"/>
+      <c r="N45" s="3"/>
+      <c r="O45" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="P45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q45" s="1" t="s">
+      <c r="P45" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q45" s="3" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="46" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A46" s="10" t="s">
+      <c r="A46" s="12" t="s">
         <v>366</v>
       </c>
-      <c r="B46" s="7"/>
-      <c r="C46" s="10" t="s">
+      <c r="B46" s="9"/>
+      <c r="C46" s="12" t="s">
         <v>367</v>
       </c>
-      <c r="D46" s="8"/>
-[...1 lines deleted...]
-      <c r="F46" s="3" t="s">
+      <c r="D46" s="10"/>
+      <c r="E46" s="9"/>
+      <c r="F46" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="G46" s="3" t="s">
+      <c r="G46" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="H46" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I46" s="3" t="s">
+      <c r="H46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="J46" s="3" t="s">
+      <c r="J46" s="5" t="s">
         <v>370</v>
       </c>
-      <c r="K46" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L46" s="10" t="s">
+      <c r="K46" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L46" s="12" t="s">
         <v>371</v>
       </c>
-      <c r="M46" s="7"/>
-[...1 lines deleted...]
-      <c r="O46" s="3" t="s">
+      <c r="M46" s="9"/>
+      <c r="N46" s="5"/>
+      <c r="O46" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="P46" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q46" s="3" t="s">
+      <c r="P46" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q46" s="5" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="47" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A47" s="9" t="s">
+      <c r="A47" s="11" t="s">
         <v>374</v>
       </c>
-      <c r="B47" s="7"/>
-      <c r="C47" s="9" t="s">
+      <c r="B47" s="9"/>
+      <c r="C47" s="11" t="s">
         <v>375</v>
       </c>
-      <c r="D47" s="8"/>
-[...1 lines deleted...]
-      <c r="F47" s="1" t="s">
+      <c r="D47" s="10"/>
+      <c r="E47" s="9"/>
+      <c r="F47" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="G47" s="1" t="s">
+      <c r="G47" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="H47" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I47" s="1" t="s">
+      <c r="H47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="J47" s="1" t="s">
+      <c r="J47" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="K47" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L47" s="9" t="s">
+      <c r="K47" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L47" s="11" t="s">
         <v>380</v>
       </c>
-      <c r="M47" s="7"/>
-[...1 lines deleted...]
-      <c r="O47" s="1" t="s">
+      <c r="M47" s="9"/>
+      <c r="N47" s="3"/>
+      <c r="O47" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="P47" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q47" s="1" t="s">
+      <c r="P47" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q47" s="3" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="48" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A48" s="10" t="s">
+      <c r="A48" s="12" t="s">
         <v>382</v>
       </c>
-      <c r="B48" s="7"/>
-      <c r="C48" s="10" t="s">
+      <c r="B48" s="9"/>
+      <c r="C48" s="12" t="s">
         <v>383</v>
       </c>
-      <c r="D48" s="8"/>
-[...1 lines deleted...]
-      <c r="F48" s="3" t="s">
+      <c r="D48" s="10"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="G48" s="3" t="s">
+      <c r="G48" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="H48" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I48" s="3" t="s">
+      <c r="H48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="J48" s="3" t="s">
+      <c r="J48" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="K48" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L48" s="10" t="s">
+      <c r="K48" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L48" s="12" t="s">
         <v>388</v>
       </c>
-      <c r="M48" s="7"/>
-[...1 lines deleted...]
-      <c r="O48" s="3" t="s">
+      <c r="M48" s="9"/>
+      <c r="N48" s="5"/>
+      <c r="O48" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="P48" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q48" s="3" t="s">
+      <c r="P48" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q48" s="5" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A49" s="9" t="s">
+      <c r="A49" s="11" t="s">
         <v>391</v>
       </c>
-      <c r="B49" s="7"/>
-      <c r="C49" s="9" t="s">
+      <c r="B49" s="9"/>
+      <c r="C49" s="11" t="s">
         <v>392</v>
       </c>
-      <c r="D49" s="8"/>
-[...1 lines deleted...]
-      <c r="F49" s="1" t="s">
+      <c r="D49" s="10"/>
+      <c r="E49" s="9"/>
+      <c r="F49" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="G49" s="1" t="s">
+      <c r="G49" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="H49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I49" s="1" t="s">
+      <c r="H49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="J49" s="1" t="s">
+      <c r="J49" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="K49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L49" s="9" t="s">
+      <c r="K49" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L49" s="11" t="s">
         <v>397</v>
       </c>
-      <c r="M49" s="7"/>
-[...1 lines deleted...]
-      <c r="O49" s="1" t="s">
+      <c r="M49" s="9"/>
+      <c r="N49" s="3"/>
+      <c r="O49" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="P49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q49" s="1" t="s">
+      <c r="P49" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q49" s="3" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="50" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A50" s="10" t="s">
+      <c r="A50" s="12" t="s">
         <v>400</v>
       </c>
-      <c r="B50" s="7"/>
-      <c r="C50" s="10" t="s">
+      <c r="B50" s="9"/>
+      <c r="C50" s="12" t="s">
         <v>401</v>
       </c>
-      <c r="D50" s="8"/>
-[...1 lines deleted...]
-      <c r="F50" s="3" t="s">
+      <c r="D50" s="10"/>
+      <c r="E50" s="9"/>
+      <c r="F50" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="G50" s="3" t="s">
+      <c r="G50" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="H50" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I50" s="3" t="s">
+      <c r="H50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="J50" s="3" t="s">
+      <c r="J50" s="5" t="s">
         <v>405</v>
       </c>
-      <c r="K50" s="4" t="s">
+      <c r="K50" s="6" t="s">
         <v>406</v>
       </c>
-      <c r="L50" s="10" t="s">
+      <c r="L50" s="12" t="s">
         <v>407</v>
       </c>
-      <c r="M50" s="7"/>
-[...1 lines deleted...]
-      <c r="O50" s="3" t="s">
+      <c r="M50" s="9"/>
+      <c r="N50" s="5"/>
+      <c r="O50" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="P50" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q50" s="3" t="s">
+      <c r="P50" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q50" s="5" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="51" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A51" s="9" t="s">
+      <c r="A51" s="11" t="s">
         <v>410</v>
       </c>
-      <c r="B51" s="7"/>
-      <c r="C51" s="9" t="s">
+      <c r="B51" s="9"/>
+      <c r="C51" s="11" t="s">
         <v>411</v>
       </c>
-      <c r="D51" s="8"/>
-[...1 lines deleted...]
-      <c r="F51" s="1" t="s">
+      <c r="D51" s="10"/>
+      <c r="E51" s="9"/>
+      <c r="F51" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="G51" s="1" t="s">
+      <c r="G51" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="H51" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I51" s="1" t="s">
+      <c r="H51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="J51" s="1" t="s">
+      <c r="J51" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="K51" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L51" s="9" t="s">
+      <c r="K51" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L51" s="11" t="s">
         <v>416</v>
       </c>
-      <c r="M51" s="7"/>
-[...1 lines deleted...]
-      <c r="O51" s="1" t="s">
+      <c r="M51" s="9"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="P51" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q51" s="1" t="s">
+      <c r="P51" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q51" s="3" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="52" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A52" s="10" t="s">
+      <c r="A52" s="12" t="s">
         <v>419</v>
       </c>
-      <c r="B52" s="7"/>
-      <c r="C52" s="10" t="s">
+      <c r="B52" s="9"/>
+      <c r="C52" s="12" t="s">
         <v>420</v>
       </c>
-      <c r="D52" s="8"/>
-[...1 lines deleted...]
-      <c r="F52" s="3" t="s">
+      <c r="D52" s="10"/>
+      <c r="E52" s="9"/>
+      <c r="F52" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="G52" s="3" t="s">
+      <c r="G52" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="H52" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I52" s="3" t="s">
+      <c r="H52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="J52" s="3" t="s">
+      <c r="J52" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="K52" s="4" t="s">
+      <c r="K52" s="6" t="s">
         <v>425</v>
       </c>
-      <c r="L52" s="10" t="s">
+      <c r="L52" s="12" t="s">
         <v>426</v>
       </c>
-      <c r="M52" s="7"/>
-      <c r="N52" s="3" t="s">
+      <c r="M52" s="9"/>
+      <c r="N52" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="O52" s="3" t="s">
+      <c r="O52" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="P52" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q52" s="3" t="s">
+      <c r="P52" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q52" s="5" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="53" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A53" s="9" t="s">
+      <c r="A53" s="11" t="s">
         <v>429</v>
       </c>
-      <c r="B53" s="7"/>
-      <c r="C53" s="9" t="s">
+      <c r="B53" s="9"/>
+      <c r="C53" s="11" t="s">
         <v>430</v>
       </c>
-      <c r="D53" s="8"/>
-[...1 lines deleted...]
-      <c r="F53" s="1" t="s">
+      <c r="D53" s="10"/>
+      <c r="E53" s="9"/>
+      <c r="F53" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="G53" s="1" t="s">
+      <c r="G53" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="H53" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I53" s="1" t="s">
+      <c r="H53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="J53" s="1" t="s">
+      <c r="J53" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="K53" s="2" t="s">
+      <c r="K53" s="4" t="s">
         <v>435</v>
       </c>
-      <c r="L53" s="9" t="s">
+      <c r="L53" s="11" t="s">
         <v>436</v>
       </c>
-      <c r="M53" s="7"/>
-[...1 lines deleted...]
-      <c r="O53" s="1" t="s">
+      <c r="M53" s="9"/>
+      <c r="N53" s="3"/>
+      <c r="O53" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="P53" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q53" s="1" t="s">
+      <c r="P53" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q53" s="3" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="54" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A54" s="10" t="s">
+      <c r="A54" s="12" t="s">
         <v>439</v>
       </c>
-      <c r="B54" s="7"/>
-      <c r="C54" s="10" t="s">
+      <c r="B54" s="9"/>
+      <c r="C54" s="12" t="s">
         <v>440</v>
       </c>
-      <c r="D54" s="8"/>
-[...1 lines deleted...]
-      <c r="F54" s="3" t="s">
+      <c r="D54" s="10"/>
+      <c r="E54" s="9"/>
+      <c r="F54" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="G54" s="3" t="s">
+      <c r="G54" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="H54" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="3" t="s">
+      <c r="H54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="J54" s="3" t="s">
+      <c r="J54" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="K54" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L54" s="10" t="s">
+      <c r="K54" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L54" s="12" t="s">
         <v>444</v>
       </c>
-      <c r="M54" s="7"/>
-[...1 lines deleted...]
-      <c r="O54" s="3" t="s">
+      <c r="M54" s="9"/>
+      <c r="N54" s="5"/>
+      <c r="O54" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="P54" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q54" s="3" t="s">
+      <c r="P54" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q54" s="5" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="55" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A55" s="9" t="s">
+      <c r="A55" s="11" t="s">
         <v>447</v>
       </c>
-      <c r="B55" s="7"/>
-      <c r="C55" s="9" t="s">
+      <c r="B55" s="9"/>
+      <c r="C55" s="11" t="s">
         <v>448</v>
       </c>
-      <c r="D55" s="8"/>
-[...1 lines deleted...]
-      <c r="F55" s="1" t="s">
+      <c r="D55" s="10"/>
+      <c r="E55" s="9"/>
+      <c r="F55" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="G55" s="1" t="s">
+      <c r="G55" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="H55" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I55" s="1" t="s">
+      <c r="H55" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="J55" s="1" t="s">
+      <c r="J55" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="K55" s="2" t="s">
+      <c r="K55" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L55" s="9" t="s">
+      <c r="L55" s="11" t="s">
         <v>453</v>
       </c>
-      <c r="M55" s="7"/>
-[...1 lines deleted...]
-      <c r="O55" s="1" t="s">
+      <c r="M55" s="9"/>
+      <c r="N55" s="3"/>
+      <c r="O55" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="P55" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q55" s="1" t="s">
+      <c r="P55" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q55" s="3" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="56" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A56" s="10" t="s">
+      <c r="A56" s="12" t="s">
         <v>456</v>
       </c>
-      <c r="B56" s="7"/>
-      <c r="C56" s="10" t="s">
+      <c r="B56" s="9"/>
+      <c r="C56" s="12" t="s">
         <v>457</v>
       </c>
-      <c r="D56" s="8"/>
-[...1 lines deleted...]
-      <c r="F56" s="3" t="s">
+      <c r="D56" s="10"/>
+      <c r="E56" s="9"/>
+      <c r="F56" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="G56" s="3" t="s">
+      <c r="G56" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="H56" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I56" s="3" t="s">
+      <c r="H56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="J56" s="3" t="s">
+      <c r="J56" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="K56" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L56" s="10" t="s">
+      <c r="K56" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L56" s="12" t="s">
         <v>462</v>
       </c>
-      <c r="M56" s="7"/>
-[...1 lines deleted...]
-      <c r="O56" s="3" t="s">
+      <c r="M56" s="9"/>
+      <c r="N56" s="5"/>
+      <c r="O56" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="P56" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q56" s="3" t="s">
+      <c r="P56" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q56" s="5" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="57" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A57" s="9" t="s">
+      <c r="A57" s="11" t="s">
         <v>465</v>
       </c>
-      <c r="B57" s="7"/>
-      <c r="C57" s="9" t="s">
+      <c r="B57" s="9"/>
+      <c r="C57" s="11" t="s">
         <v>466</v>
       </c>
-      <c r="D57" s="8"/>
-[...1 lines deleted...]
-      <c r="F57" s="1" t="s">
+      <c r="D57" s="10"/>
+      <c r="E57" s="9"/>
+      <c r="F57" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="G57" s="1" t="s">
+      <c r="G57" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="H57" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I57" s="1" t="s">
+      <c r="H57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="J57" s="1" t="s">
+      <c r="J57" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="K57" s="2" t="s">
+      <c r="K57" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="L57" s="9" t="s">
+      <c r="L57" s="11" t="s">
         <v>471</v>
       </c>
-      <c r="M57" s="7"/>
-[...1 lines deleted...]
-      <c r="O57" s="1" t="s">
+      <c r="M57" s="9"/>
+      <c r="N57" s="3"/>
+      <c r="O57" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="P57" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q57" s="1" t="s">
+      <c r="P57" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q57" s="3" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="58" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A58" s="10" t="s">
+      <c r="A58" s="12" t="s">
         <v>474</v>
       </c>
-      <c r="B58" s="7"/>
-      <c r="C58" s="10" t="s">
+      <c r="B58" s="9"/>
+      <c r="C58" s="12" t="s">
         <v>475</v>
       </c>
-      <c r="D58" s="8"/>
-[...1 lines deleted...]
-      <c r="F58" s="3" t="s">
+      <c r="D58" s="10"/>
+      <c r="E58" s="9"/>
+      <c r="F58" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="G58" s="3" t="s">
+      <c r="G58" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="H58" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I58" s="3" t="s">
+      <c r="H58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="5" t="s">
         <v>478</v>
       </c>
-      <c r="J58" s="3" t="s">
+      <c r="J58" s="5" t="s">
         <v>479</v>
       </c>
-      <c r="K58" s="4" t="s">
+      <c r="K58" s="6" t="s">
         <v>480</v>
       </c>
-      <c r="L58" s="10" t="s">
+      <c r="L58" s="12" t="s">
         <v>481</v>
       </c>
-      <c r="M58" s="7"/>
-[...1 lines deleted...]
-      <c r="O58" s="3" t="s">
+      <c r="M58" s="9"/>
+      <c r="N58" s="5"/>
+      <c r="O58" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="P58" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q58" s="3" t="s">
+      <c r="P58" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q58" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="59" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A59" s="9" t="s">
+      <c r="A59" s="11" t="s">
         <v>482</v>
       </c>
-      <c r="B59" s="7"/>
-      <c r="C59" s="9" t="s">
+      <c r="B59" s="9"/>
+      <c r="C59" s="11" t="s">
         <v>483</v>
       </c>
-      <c r="D59" s="8"/>
-[...1 lines deleted...]
-      <c r="F59" s="1" t="s">
+      <c r="D59" s="10"/>
+      <c r="E59" s="9"/>
+      <c r="F59" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="G59" s="1" t="s">
+      <c r="G59" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="H59" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I59" s="1" t="s">
+      <c r="H59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="J59" s="1" t="s">
+      <c r="J59" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="K59" s="2" t="s">
+      <c r="K59" s="4" t="s">
         <v>488</v>
       </c>
-      <c r="L59" s="9" t="s">
+      <c r="L59" s="11" t="s">
         <v>489</v>
       </c>
-      <c r="M59" s="7"/>
-[...1 lines deleted...]
-      <c r="O59" s="1" t="s">
+      <c r="M59" s="9"/>
+      <c r="N59" s="3"/>
+      <c r="O59" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="P59" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q59" s="1" t="s">
+      <c r="P59" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q59" s="3" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="60" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A60" s="10" t="s">
+      <c r="A60" s="12" t="s">
         <v>492</v>
       </c>
-      <c r="B60" s="7"/>
-      <c r="C60" s="10" t="s">
+      <c r="B60" s="9"/>
+      <c r="C60" s="12" t="s">
         <v>493</v>
       </c>
-      <c r="D60" s="8"/>
-[...1 lines deleted...]
-      <c r="F60" s="3" t="s">
+      <c r="D60" s="10"/>
+      <c r="E60" s="9"/>
+      <c r="F60" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="G60" s="3" t="s">
+      <c r="G60" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="H60" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I60" s="3" t="s">
+      <c r="H60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="J60" s="3" t="s">
+      <c r="J60" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="K60" s="4" t="s">
+      <c r="K60" s="6" t="s">
         <v>498</v>
       </c>
-      <c r="L60" s="10" t="s">
+      <c r="L60" s="12" t="s">
         <v>499</v>
       </c>
-      <c r="M60" s="7"/>
-[...1 lines deleted...]
-      <c r="O60" s="3" t="s">
+      <c r="M60" s="9"/>
+      <c r="N60" s="5"/>
+      <c r="O60" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="P60" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q60" s="3" t="s">
+      <c r="P60" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q60" s="5" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="61" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A61" s="9" t="s">
+      <c r="A61" s="11" t="s">
         <v>502</v>
       </c>
-      <c r="B61" s="7"/>
-      <c r="C61" s="9" t="s">
+      <c r="B61" s="9"/>
+      <c r="C61" s="11" t="s">
         <v>503</v>
       </c>
-      <c r="D61" s="8"/>
-[...1 lines deleted...]
-      <c r="F61" s="1" t="s">
+      <c r="D61" s="10"/>
+      <c r="E61" s="9"/>
+      <c r="F61" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="G61" s="1" t="s">
+      <c r="G61" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="H61" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I61" s="1" t="s">
+      <c r="H61" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="J61" s="1" t="s">
+      <c r="J61" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="K61" s="2" t="s">
+      <c r="K61" s="4" t="s">
         <v>508</v>
       </c>
-      <c r="L61" s="9" t="s">
+      <c r="L61" s="11" t="s">
         <v>509</v>
       </c>
-      <c r="M61" s="7"/>
-[...1 lines deleted...]
-      <c r="O61" s="1" t="s">
+      <c r="M61" s="9"/>
+      <c r="N61" s="3"/>
+      <c r="O61" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="P61" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q61" s="1" t="s">
+      <c r="P61" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q61" s="3" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="62" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A62" s="10" t="s">
+      <c r="A62" s="12" t="s">
         <v>512</v>
       </c>
-      <c r="B62" s="7"/>
-      <c r="C62" s="10" t="s">
+      <c r="B62" s="9"/>
+      <c r="C62" s="12" t="s">
         <v>513</v>
       </c>
-      <c r="D62" s="8"/>
-[...1 lines deleted...]
-      <c r="F62" s="3" t="s">
+      <c r="D62" s="10"/>
+      <c r="E62" s="9"/>
+      <c r="F62" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="G62" s="3" t="s">
+      <c r="G62" s="5" t="s">
         <v>515</v>
       </c>
-      <c r="H62" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I62" s="3" t="s">
+      <c r="H62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="5" t="s">
         <v>516</v>
       </c>
-      <c r="J62" s="3" t="s">
+      <c r="J62" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="K62" s="4" t="s">
+      <c r="K62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L62" s="12" t="s">
         <v>518</v>
       </c>
-      <c r="L62" s="10" t="s">
+      <c r="M62" s="9"/>
+      <c r="N62" s="5"/>
+      <c r="O62" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="M62" s="7"/>
-[...1 lines deleted...]
-      <c r="O62" s="3" t="s">
+      <c r="P62" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q62" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="P62" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q62" s="3" t="s">
+    </row>
+    <row r="63" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A63" s="11" t="s">
         <v>521</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A63" s="9" t="s">
+      <c r="B63" s="9"/>
+      <c r="C63" s="11" t="s">
         <v>522</v>
       </c>
-      <c r="B63" s="7"/>
-      <c r="C63" s="9" t="s">
+      <c r="D63" s="10"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="D63" s="8"/>
-[...1 lines deleted...]
-      <c r="F63" s="1" t="s">
+      <c r="G63" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="G63" s="1" t="s">
+      <c r="H63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="H63" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I63" s="1" t="s">
+      <c r="J63" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="J63" s="1" t="s">
+      <c r="K63" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L63" s="11" t="s">
         <v>527</v>
       </c>
-      <c r="K63" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L63" s="9" t="s">
+      <c r="M63" s="9"/>
+      <c r="N63" s="3"/>
+      <c r="O63" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="P63" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q63" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="M63" s="7"/>
-[...1 lines deleted...]
-      <c r="O63" s="1" t="s">
+    </row>
+    <row r="64" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A64" s="12" t="s">
+        <v>529</v>
+      </c>
+      <c r="B64" s="9"/>
+      <c r="C64" s="12" t="s">
+        <v>530</v>
+      </c>
+      <c r="D64" s="10"/>
+      <c r="E64" s="9"/>
+      <c r="F64" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="L64" s="12" t="s">
+        <v>536</v>
+      </c>
+      <c r="M64" s="9"/>
+      <c r="N64" s="5"/>
+      <c r="O64" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="P64" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q64" s="5" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="11" t="s">
+        <v>538</v>
+      </c>
+      <c r="B65" s="9"/>
+      <c r="C65" s="11" t="s">
+        <v>539</v>
+      </c>
+      <c r="D65" s="10"/>
+      <c r="E65" s="9"/>
+      <c r="F65" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="J65" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="K65" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="L65" s="11" t="s">
+        <v>545</v>
+      </c>
+      <c r="M65" s="9"/>
+      <c r="N65" s="3"/>
+      <c r="O65" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="P65" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q65" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A66" s="12" t="s">
+        <v>546</v>
+      </c>
+      <c r="B66" s="9"/>
+      <c r="C66" s="12" t="s">
+        <v>547</v>
+      </c>
+      <c r="D66" s="10"/>
+      <c r="E66" s="9"/>
+      <c r="F66" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L66" s="12" t="s">
+        <v>552</v>
+      </c>
+      <c r="M66" s="9"/>
+      <c r="N66" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="O66" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="P66" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q66" s="5" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="11" t="s">
+        <v>556</v>
+      </c>
+      <c r="B67" s="9"/>
+      <c r="C67" s="11" t="s">
+        <v>557</v>
+      </c>
+      <c r="D67" s="10"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="H67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="J67" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="K67" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L67" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="M67" s="9"/>
+      <c r="N67" s="3"/>
+      <c r="O67" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="P67" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q67" s="3" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="12" t="s">
+        <v>565</v>
+      </c>
+      <c r="B68" s="9"/>
+      <c r="C68" s="12" t="s">
+        <v>566</v>
+      </c>
+      <c r="D68" s="10"/>
+      <c r="E68" s="9"/>
+      <c r="F68" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L68" s="12" t="s">
+        <v>571</v>
+      </c>
+      <c r="M68" s="9"/>
+      <c r="N68" s="5"/>
+      <c r="O68" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="P68" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q68" s="5" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A69" s="11" t="s">
+        <v>573</v>
+      </c>
+      <c r="B69" s="9"/>
+      <c r="C69" s="11" t="s">
+        <v>574</v>
+      </c>
+      <c r="D69" s="10"/>
+      <c r="E69" s="9"/>
+      <c r="F69" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="H69" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="J69" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="K69" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L69" s="11" t="s">
+        <v>579</v>
+      </c>
+      <c r="M69" s="9"/>
+      <c r="N69" s="3"/>
+      <c r="O69" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="P69" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q69" s="3" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A70" s="12" t="s">
+        <v>582</v>
+      </c>
+      <c r="B70" s="9"/>
+      <c r="C70" s="12" t="s">
+        <v>583</v>
+      </c>
+      <c r="D70" s="10"/>
+      <c r="E70" s="9"/>
+      <c r="F70" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L70" s="12" t="s">
+        <v>588</v>
+      </c>
+      <c r="M70" s="9"/>
+      <c r="N70" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="O70" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="P70" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q70" s="5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
+        <v>592</v>
+      </c>
+      <c r="B71" s="9"/>
+      <c r="C71" s="11" t="s">
+        <v>593</v>
+      </c>
+      <c r="D71" s="10"/>
+      <c r="E71" s="9"/>
+      <c r="F71" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="H71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="J71" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="K71" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L71" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="M71" s="9"/>
+      <c r="N71" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="O71" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="P71" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q71" s="3" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="12" t="s">
+        <v>602</v>
+      </c>
+      <c r="B72" s="9"/>
+      <c r="C72" s="12" t="s">
+        <v>603</v>
+      </c>
+      <c r="D72" s="10"/>
+      <c r="E72" s="9"/>
+      <c r="F72" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L72" s="12" t="s">
+        <v>607</v>
+      </c>
+      <c r="M72" s="9"/>
+      <c r="N72" s="5"/>
+      <c r="O72" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="P72" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q72" s="5" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="11" t="s">
+        <v>610</v>
+      </c>
+      <c r="B73" s="9"/>
+      <c r="C73" s="11" t="s">
+        <v>611</v>
+      </c>
+      <c r="D73" s="10"/>
+      <c r="E73" s="9"/>
+      <c r="F73" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="J73" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="K73" s="4" t="s">
+        <v>616</v>
+      </c>
+      <c r="L73" s="11" t="s">
+        <v>617</v>
+      </c>
+      <c r="M73" s="9"/>
+      <c r="N73" s="3"/>
+      <c r="O73" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="P73" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q73" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A74" s="12" t="s">
+        <v>618</v>
+      </c>
+      <c r="B74" s="9"/>
+      <c r="C74" s="12" t="s">
+        <v>619</v>
+      </c>
+      <c r="D74" s="10"/>
+      <c r="E74" s="9"/>
+      <c r="F74" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L74" s="12" t="s">
+        <v>624</v>
+      </c>
+      <c r="M74" s="9"/>
+      <c r="N74" s="5"/>
+      <c r="O74" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="P74" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q74" s="5" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A75" s="11" t="s">
+        <v>627</v>
+      </c>
+      <c r="B75" s="9"/>
+      <c r="C75" s="11" t="s">
+        <v>628</v>
+      </c>
+      <c r="D75" s="10"/>
+      <c r="E75" s="9"/>
+      <c r="F75" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="H75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="J75" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="K75" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L75" s="11" t="s">
+        <v>633</v>
+      </c>
+      <c r="M75" s="9"/>
+      <c r="N75" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="O75" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="P75" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q75" s="3" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A76" s="12" t="s">
+        <v>637</v>
+      </c>
+      <c r="B76" s="9"/>
+      <c r="C76" s="12" t="s">
+        <v>638</v>
+      </c>
+      <c r="D76" s="10"/>
+      <c r="E76" s="9"/>
+      <c r="F76" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L76" s="12" t="s">
+        <v>642</v>
+      </c>
+      <c r="M76" s="9"/>
+      <c r="N76" s="5"/>
+      <c r="O76" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="P76" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q76" s="5" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="11" t="s">
+        <v>645</v>
+      </c>
+      <c r="B77" s="9"/>
+      <c r="C77" s="11" t="s">
+        <v>646</v>
+      </c>
+      <c r="D77" s="10"/>
+      <c r="E77" s="9"/>
+      <c r="F77" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="H77" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="J77" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="K77" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="L77" s="11" t="s">
+        <v>651</v>
+      </c>
+      <c r="M77" s="9"/>
+      <c r="N77" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="O77" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="P77" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q77" s="3" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A78" s="12" t="s">
+        <v>655</v>
+      </c>
+      <c r="B78" s="9"/>
+      <c r="C78" s="12" t="s">
+        <v>656</v>
+      </c>
+      <c r="D78" s="10"/>
+      <c r="E78" s="9"/>
+      <c r="F78" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L78" s="12" t="s">
+        <v>661</v>
+      </c>
+      <c r="M78" s="9"/>
+      <c r="N78" s="5"/>
+      <c r="O78" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="P78" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q78" s="5" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A79" s="11" t="s">
+        <v>664</v>
+      </c>
+      <c r="B79" s="9"/>
+      <c r="C79" s="11" t="s">
+        <v>665</v>
+      </c>
+      <c r="D79" s="10"/>
+      <c r="E79" s="9"/>
+      <c r="F79" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H79" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="J79" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="K79" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L79" s="11" t="s">
+        <v>669</v>
+      </c>
+      <c r="M79" s="9"/>
+      <c r="N79" s="3"/>
+      <c r="O79" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="P79" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q79" s="3" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A80" s="12" t="s">
+        <v>672</v>
+      </c>
+      <c r="B80" s="9"/>
+      <c r="C80" s="12" t="s">
+        <v>673</v>
+      </c>
+      <c r="D80" s="10"/>
+      <c r="E80" s="9"/>
+      <c r="F80" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="L80" s="12" t="s">
+        <v>678</v>
+      </c>
+      <c r="M80" s="9"/>
+      <c r="N80" s="5"/>
+      <c r="O80" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="P80" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q80" s="5" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="11" t="s">
+        <v>681</v>
+      </c>
+      <c r="B81" s="9"/>
+      <c r="C81" s="11" t="s">
+        <v>682</v>
+      </c>
+      <c r="D81" s="10"/>
+      <c r="E81" s="9"/>
+      <c r="F81" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="H81" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="J81" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="K81" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L81" s="11" t="s">
+        <v>687</v>
+      </c>
+      <c r="M81" s="9"/>
+      <c r="N81" s="3"/>
+      <c r="O81" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="P81" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q81" s="3" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A82" s="12" t="s">
+        <v>690</v>
+      </c>
+      <c r="B82" s="9"/>
+      <c r="C82" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="D82" s="10"/>
+      <c r="E82" s="9"/>
+      <c r="F82" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L82" s="12" t="s">
+        <v>696</v>
+      </c>
+      <c r="M82" s="9"/>
+      <c r="N82" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="O82" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="P82" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q82" s="5" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A83" s="11" t="s">
+        <v>700</v>
+      </c>
+      <c r="B83" s="9"/>
+      <c r="C83" s="11" t="s">
+        <v>701</v>
+      </c>
+      <c r="D83" s="10"/>
+      <c r="E83" s="9"/>
+      <c r="F83" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H83" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="J83" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="K83" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L83" s="11" t="s">
+        <v>705</v>
+      </c>
+      <c r="M83" s="9"/>
+      <c r="N83" s="3"/>
+      <c r="O83" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="P83" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q83" s="3" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A84" s="12" t="s">
+        <v>708</v>
+      </c>
+      <c r="B84" s="9"/>
+      <c r="C84" s="12" t="s">
+        <v>709</v>
+      </c>
+      <c r="D84" s="10"/>
+      <c r="E84" s="9"/>
+      <c r="F84" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="L84" s="12" t="s">
+        <v>715</v>
+      </c>
+      <c r="M84" s="9"/>
+      <c r="N84" s="5"/>
+      <c r="O84" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="P84" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q84" s="5" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A85" s="11" t="s">
+        <v>718</v>
+      </c>
+      <c r="B85" s="9"/>
+      <c r="C85" s="11" t="s">
+        <v>719</v>
+      </c>
+      <c r="D85" s="10"/>
+      <c r="E85" s="9"/>
+      <c r="F85" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="H85" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="J85" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K85" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L85" s="11" t="s">
+        <v>723</v>
+      </c>
+      <c r="M85" s="9"/>
+      <c r="N85" s="3"/>
+      <c r="O85" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="P85" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A86" s="12" t="s">
+        <v>726</v>
+      </c>
+      <c r="B86" s="9"/>
+      <c r="C86" s="12" t="s">
+        <v>727</v>
+      </c>
+      <c r="D86" s="10"/>
+      <c r="E86" s="9"/>
+      <c r="F86" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="K86" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L86" s="12" t="s">
+        <v>731</v>
+      </c>
+      <c r="M86" s="9"/>
+      <c r="N86" s="5"/>
+      <c r="O86" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="P86" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q86" s="5" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A87" s="11" t="s">
+        <v>734</v>
+      </c>
+      <c r="B87" s="9"/>
+      <c r="C87" s="11" t="s">
+        <v>735</v>
+      </c>
+      <c r="D87" s="10"/>
+      <c r="E87" s="9"/>
+      <c r="F87" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H87" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="K87" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L87" s="11" t="s">
+        <v>739</v>
+      </c>
+      <c r="M87" s="9"/>
+      <c r="N87" s="3"/>
+      <c r="O87" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="P87" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q87" s="3" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A88" s="12" t="s">
+        <v>741</v>
+      </c>
+      <c r="B88" s="9"/>
+      <c r="C88" s="12" t="s">
+        <v>742</v>
+      </c>
+      <c r="D88" s="10"/>
+      <c r="E88" s="9"/>
+      <c r="F88" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="L88" s="12" t="s">
+        <v>744</v>
+      </c>
+      <c r="M88" s="9"/>
+      <c r="N88" s="5"/>
+      <c r="O88" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="P88" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q88" s="5" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="11" t="s">
+        <v>747</v>
+      </c>
+      <c r="B89" s="9"/>
+      <c r="C89" s="11" t="s">
+        <v>748</v>
+      </c>
+      <c r="D89" s="10"/>
+      <c r="E89" s="9"/>
+      <c r="F89" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="H89" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="J89" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="K89" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L89" s="11" t="s">
+        <v>753</v>
+      </c>
+      <c r="M89" s="9"/>
+      <c r="N89" s="3"/>
+      <c r="O89" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="P89" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A90" s="12" t="s">
+        <v>756</v>
+      </c>
+      <c r="B90" s="9"/>
+      <c r="C90" s="12" t="s">
+        <v>757</v>
+      </c>
+      <c r="D90" s="10"/>
+      <c r="E90" s="9"/>
+      <c r="F90" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="K90" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="L90" s="12" t="s">
+        <v>762</v>
+      </c>
+      <c r="M90" s="9"/>
+      <c r="N90" s="5"/>
+      <c r="O90" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="P90" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q90" s="5" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A91" s="11" t="s">
+        <v>765</v>
+      </c>
+      <c r="B91" s="9"/>
+      <c r="C91" s="11" t="s">
+        <v>766</v>
+      </c>
+      <c r="D91" s="10"/>
+      <c r="E91" s="9"/>
+      <c r="F91" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="H91" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="J91" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="K91" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L91" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="M91" s="9"/>
+      <c r="N91" s="3"/>
+      <c r="O91" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="P91" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q91" s="3" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A92" s="12" t="s">
+        <v>774</v>
+      </c>
+      <c r="B92" s="9"/>
+      <c r="C92" s="12" t="s">
+        <v>775</v>
+      </c>
+      <c r="D92" s="10"/>
+      <c r="E92" s="9"/>
+      <c r="F92" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L92" s="12" t="s">
+        <v>779</v>
+      </c>
+      <c r="M92" s="9"/>
+      <c r="N92" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="O92" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="P92" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q92" s="5" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A93" s="11" t="s">
+        <v>783</v>
+      </c>
+      <c r="B93" s="9"/>
+      <c r="C93" s="11" t="s">
+        <v>784</v>
+      </c>
+      <c r="D93" s="10"/>
+      <c r="E93" s="9"/>
+      <c r="F93" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="K93" s="4" t="s">
+        <v>785</v>
+      </c>
+      <c r="L93" s="11" t="s">
+        <v>786</v>
+      </c>
+      <c r="M93" s="9"/>
+      <c r="N93" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="O93" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="P93" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q93" s="3" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A94" s="12" t="s">
+        <v>789</v>
+      </c>
+      <c r="B94" s="9"/>
+      <c r="C94" s="12" t="s">
+        <v>790</v>
+      </c>
+      <c r="D94" s="10"/>
+      <c r="E94" s="9"/>
+      <c r="F94" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L94" s="12" t="s">
+        <v>795</v>
+      </c>
+      <c r="M94" s="9"/>
+      <c r="N94" s="5"/>
+      <c r="O94" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="P94" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q94" s="5" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A95" s="11" t="s">
+        <v>798</v>
+      </c>
+      <c r="B95" s="9"/>
+      <c r="C95" s="11" t="s">
+        <v>799</v>
+      </c>
+      <c r="D95" s="10"/>
+      <c r="E95" s="9"/>
+      <c r="F95" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="J95" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="K95" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L95" s="11" t="s">
+        <v>803</v>
+      </c>
+      <c r="M95" s="9"/>
+      <c r="N95" s="3"/>
+      <c r="O95" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="P95" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q95" s="3" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A96" s="12" t="s">
+        <v>806</v>
+      </c>
+      <c r="B96" s="9"/>
+      <c r="C96" s="12" t="s">
+        <v>807</v>
+      </c>
+      <c r="D96" s="10"/>
+      <c r="E96" s="9"/>
+      <c r="F96" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L96" s="12" t="s">
+        <v>812</v>
+      </c>
+      <c r="M96" s="9"/>
+      <c r="N96" s="5"/>
+      <c r="O96" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P96" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q96" s="5" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A97" s="11" t="s">
+        <v>814</v>
+      </c>
+      <c r="B97" s="9"/>
+      <c r="C97" s="11" t="s">
+        <v>815</v>
+      </c>
+      <c r="D97" s="10"/>
+      <c r="E97" s="9"/>
+      <c r="F97" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="J97" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="K97" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L97" s="11" t="s">
+        <v>819</v>
+      </c>
+      <c r="M97" s="9"/>
+      <c r="N97" s="3"/>
+      <c r="O97" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="P97" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q97" s="3" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A98" s="12" t="s">
+        <v>822</v>
+      </c>
+      <c r="B98" s="9"/>
+      <c r="C98" s="12" t="s">
+        <v>823</v>
+      </c>
+      <c r="D98" s="10"/>
+      <c r="E98" s="9"/>
+      <c r="F98" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="K98" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L98" s="12" t="s">
+        <v>829</v>
+      </c>
+      <c r="M98" s="9"/>
+      <c r="N98" s="5"/>
+      <c r="O98" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="P98" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q98" s="5" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A99" s="11" t="s">
+        <v>832</v>
+      </c>
+      <c r="B99" s="9"/>
+      <c r="C99" s="11" t="s">
+        <v>833</v>
+      </c>
+      <c r="D99" s="10"/>
+      <c r="E99" s="9"/>
+      <c r="F99" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="H99" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="J99" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="K99" s="4" t="s">
+        <v>838</v>
+      </c>
+      <c r="L99" s="11" t="s">
+        <v>839</v>
+      </c>
+      <c r="M99" s="9"/>
+      <c r="N99" s="3"/>
+      <c r="O99" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="P99" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q99" s="3" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="12" t="s">
+        <v>842</v>
+      </c>
+      <c r="B100" s="9"/>
+      <c r="C100" s="12" t="s">
+        <v>843</v>
+      </c>
+      <c r="D100" s="10"/>
+      <c r="E100" s="9"/>
+      <c r="F100" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="K100" s="6" t="s">
+        <v>847</v>
+      </c>
+      <c r="L100" s="12" t="s">
+        <v>848</v>
+      </c>
+      <c r="M100" s="9"/>
+      <c r="N100" s="5"/>
+      <c r="O100" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="P100" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q100" s="5" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="11" t="s">
+        <v>851</v>
+      </c>
+      <c r="B101" s="9"/>
+      <c r="C101" s="11" t="s">
+        <v>852</v>
+      </c>
+      <c r="D101" s="10"/>
+      <c r="E101" s="9"/>
+      <c r="F101" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="J101" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K101" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L101" s="11" t="s">
+        <v>853</v>
+      </c>
+      <c r="M101" s="9"/>
+      <c r="N101" s="3"/>
+      <c r="O101" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="P101" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q101" s="3" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A102" s="12" t="s">
+        <v>856</v>
+      </c>
+      <c r="B102" s="9"/>
+      <c r="C102" s="12" t="s">
+        <v>857</v>
+      </c>
+      <c r="D102" s="10"/>
+      <c r="E102" s="9"/>
+      <c r="F102" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L102" s="12" t="s">
+        <v>861</v>
+      </c>
+      <c r="M102" s="9"/>
+      <c r="N102" s="5"/>
+      <c r="O102" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="P102" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q102" s="5" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A103" s="11" t="s">
+        <v>864</v>
+      </c>
+      <c r="B103" s="9"/>
+      <c r="C103" s="11" t="s">
+        <v>865</v>
+      </c>
+      <c r="D103" s="10"/>
+      <c r="E103" s="9"/>
+      <c r="F103" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="H103" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="J103" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="K103" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L103" s="11" t="s">
+        <v>870</v>
+      </c>
+      <c r="M103" s="9"/>
+      <c r="N103" s="3"/>
+      <c r="O103" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="P103" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q103" s="3" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="12" t="s">
+        <v>873</v>
+      </c>
+      <c r="B104" s="9"/>
+      <c r="C104" s="12" t="s">
+        <v>874</v>
+      </c>
+      <c r="D104" s="10"/>
+      <c r="E104" s="9"/>
+      <c r="F104" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="G104" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="K104" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L104" s="12" t="s">
+        <v>878</v>
+      </c>
+      <c r="M104" s="9"/>
+      <c r="N104" s="5"/>
+      <c r="O104" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="P104" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q104" s="5" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A105" s="11" t="s">
+        <v>881</v>
+      </c>
+      <c r="B105" s="9"/>
+      <c r="C105" s="11" t="s">
+        <v>882</v>
+      </c>
+      <c r="D105" s="10"/>
+      <c r="E105" s="9"/>
+      <c r="F105" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="H105" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="J105" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="K105" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L105" s="11" t="s">
+        <v>887</v>
+      </c>
+      <c r="M105" s="9"/>
+      <c r="N105" s="3"/>
+      <c r="O105" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="P105" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q105" s="3" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A106" s="12" t="s">
+        <v>890</v>
+      </c>
+      <c r="B106" s="9"/>
+      <c r="C106" s="12" t="s">
+        <v>891</v>
+      </c>
+      <c r="D106" s="10"/>
+      <c r="E106" s="9"/>
+      <c r="F106" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="K106" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L106" s="12" t="s">
+        <v>896</v>
+      </c>
+      <c r="M106" s="9"/>
+      <c r="N106" s="5"/>
+      <c r="O106" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="P106" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q106" s="5" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A107" s="11" t="s">
+        <v>899</v>
+      </c>
+      <c r="B107" s="9"/>
+      <c r="C107" s="11" t="s">
+        <v>900</v>
+      </c>
+      <c r="D107" s="10"/>
+      <c r="E107" s="9"/>
+      <c r="F107" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="H107" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="J107" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="K107" s="4" t="s">
+        <v>905</v>
+      </c>
+      <c r="L107" s="11" t="s">
+        <v>906</v>
+      </c>
+      <c r="M107" s="9"/>
+      <c r="N107" s="3"/>
+      <c r="O107" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="P107" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q107" s="3" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A108" s="12" t="s">
+        <v>909</v>
+      </c>
+      <c r="B108" s="9"/>
+      <c r="C108" s="12" t="s">
+        <v>910</v>
+      </c>
+      <c r="D108" s="10"/>
+      <c r="E108" s="9"/>
+      <c r="F108" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="G108" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>913</v>
+      </c>
+      <c r="K108" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L108" s="12" t="s">
+        <v>914</v>
+      </c>
+      <c r="M108" s="9"/>
+      <c r="N108" s="5"/>
+      <c r="O108" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="P108" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q108" s="5" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A109" s="11" t="s">
+        <v>917</v>
+      </c>
+      <c r="B109" s="9"/>
+      <c r="C109" s="11" t="s">
+        <v>918</v>
+      </c>
+      <c r="D109" s="10"/>
+      <c r="E109" s="9"/>
+      <c r="F109" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H109" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I109" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="J109" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="K109" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L109" s="11" t="s">
+        <v>922</v>
+      </c>
+      <c r="M109" s="9"/>
+      <c r="N109" s="3"/>
+      <c r="O109" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="P109" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q109" s="3" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A110" s="12" t="s">
+        <v>925</v>
+      </c>
+      <c r="B110" s="9"/>
+      <c r="C110" s="12" t="s">
+        <v>926</v>
+      </c>
+      <c r="D110" s="10"/>
+      <c r="E110" s="9"/>
+      <c r="F110" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="K110" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L110" s="12" t="s">
+        <v>930</v>
+      </c>
+      <c r="M110" s="9"/>
+      <c r="N110" s="5"/>
+      <c r="O110" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="P110" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q110" s="5" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A111" s="11" t="s">
+        <v>933</v>
+      </c>
+      <c r="B111" s="9"/>
+      <c r="C111" s="11" t="s">
+        <v>934</v>
+      </c>
+      <c r="D111" s="10"/>
+      <c r="E111" s="9"/>
+      <c r="F111" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H111" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="J111" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="K111" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L111" s="11" t="s">
+        <v>938</v>
+      </c>
+      <c r="M111" s="9"/>
+      <c r="N111" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="O111" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="P111" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q111" s="3" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A112" s="12" t="s">
+        <v>942</v>
+      </c>
+      <c r="B112" s="9"/>
+      <c r="C112" s="12" t="s">
+        <v>943</v>
+      </c>
+      <c r="D112" s="10"/>
+      <c r="E112" s="9"/>
+      <c r="F112" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="J112" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="K112" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L112" s="12" t="s">
+        <v>947</v>
+      </c>
+      <c r="M112" s="9"/>
+      <c r="N112" s="5"/>
+      <c r="O112" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="P112" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q112" s="5" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A113" s="11" t="s">
+        <v>949</v>
+      </c>
+      <c r="B113" s="9"/>
+      <c r="C113" s="11" t="s">
+        <v>950</v>
+      </c>
+      <c r="D113" s="10"/>
+      <c r="E113" s="9"/>
+      <c r="F113" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="H113" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="J113" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="K113" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L113" s="11" t="s">
+        <v>955</v>
+      </c>
+      <c r="M113" s="9"/>
+      <c r="N113" s="3"/>
+      <c r="O113" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="P113" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q113" s="3" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A114" s="12" t="s">
+        <v>958</v>
+      </c>
+      <c r="B114" s="9"/>
+      <c r="C114" s="12" t="s">
+        <v>959</v>
+      </c>
+      <c r="D114" s="10"/>
+      <c r="E114" s="9"/>
+      <c r="F114" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>961</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="K114" s="6" t="s">
+        <v>964</v>
+      </c>
+      <c r="L114" s="12" t="s">
+        <v>965</v>
+      </c>
+      <c r="M114" s="9"/>
+      <c r="N114" s="5"/>
+      <c r="O114" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="P114" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q114" s="5" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A115" s="11" t="s">
+        <v>968</v>
+      </c>
+      <c r="B115" s="9"/>
+      <c r="C115" s="11" t="s">
+        <v>969</v>
+      </c>
+      <c r="D115" s="10"/>
+      <c r="E115" s="9"/>
+      <c r="F115" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="H115" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="J115" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="K115" s="4" t="s">
+        <v>974</v>
+      </c>
+      <c r="L115" s="11" t="s">
+        <v>975</v>
+      </c>
+      <c r="M115" s="9"/>
+      <c r="N115" s="3"/>
+      <c r="O115" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="P115" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q115" s="3" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A116" s="12" t="s">
+        <v>978</v>
+      </c>
+      <c r="B116" s="9"/>
+      <c r="C116" s="12" t="s">
+        <v>979</v>
+      </c>
+      <c r="D116" s="10"/>
+      <c r="E116" s="9"/>
+      <c r="F116" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L116" s="12" t="s">
+        <v>981</v>
+      </c>
+      <c r="M116" s="9"/>
+      <c r="N116" s="5"/>
+      <c r="O116" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="P116" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q116" s="5" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A117" s="11" t="s">
+        <v>984</v>
+      </c>
+      <c r="B117" s="9"/>
+      <c r="C117" s="11" t="s">
+        <v>985</v>
+      </c>
+      <c r="D117" s="10"/>
+      <c r="E117" s="9"/>
+      <c r="F117" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="H117" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="J117" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="K117" s="4" t="s">
+        <v>989</v>
+      </c>
+      <c r="L117" s="11" t="s">
+        <v>990</v>
+      </c>
+      <c r="M117" s="9"/>
+      <c r="N117" s="3"/>
+      <c r="O117" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="P117" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A118" s="12" t="s">
+        <v>993</v>
+      </c>
+      <c r="B118" s="9"/>
+      <c r="C118" s="12" t="s">
+        <v>994</v>
+      </c>
+      <c r="D118" s="10"/>
+      <c r="E118" s="9"/>
+      <c r="F118" s="5" t="s">
+        <v>995</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="K118" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L118" s="12" t="s">
+        <v>998</v>
+      </c>
+      <c r="M118" s="9"/>
+      <c r="N118" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="O118" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P118" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q118" s="5" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A119" s="11" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B119" s="9"/>
+      <c r="C119" s="11" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D119" s="10"/>
+      <c r="E119" s="9"/>
+      <c r="F119" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H119" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J119" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K119" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L119" s="11" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M119" s="9"/>
+      <c r="N119" s="3"/>
+      <c r="O119" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P119" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A120" s="12" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B120" s="9"/>
+      <c r="C120" s="12" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D120" s="10"/>
+      <c r="E120" s="9"/>
+      <c r="F120" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="K120" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L120" s="12" t="s">
+        <v>1016</v>
+      </c>
+      <c r="M120" s="9"/>
+      <c r="N120" s="5"/>
+      <c r="O120" s="5" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P120" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q120" s="5" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A121" s="11" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B121" s="9"/>
+      <c r="C121" s="11" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D121" s="10"/>
+      <c r="E121" s="9"/>
+      <c r="F121" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H121" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="J121" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K121" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L121" s="11" t="s">
+        <v>1024</v>
+      </c>
+      <c r="M121" s="9"/>
+      <c r="N121" s="3"/>
+      <c r="O121" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P121" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A122" s="12" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B122" s="9"/>
+      <c r="C122" s="12" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D122" s="10"/>
+      <c r="E122" s="9"/>
+      <c r="F122" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="K122" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L122" s="12" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M122" s="9"/>
+      <c r="N122" s="5"/>
+      <c r="O122" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P122" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q122" s="5" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A123" s="11" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B123" s="9"/>
+      <c r="C123" s="11" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D123" s="10"/>
+      <c r="E123" s="9"/>
+      <c r="F123" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H123" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J123" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K123" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L123" s="11" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M123" s="9"/>
+      <c r="N123" s="3"/>
+      <c r="O123" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P123" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A124" s="12" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B124" s="9"/>
+      <c r="C124" s="12" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D124" s="10"/>
+      <c r="E124" s="9"/>
+      <c r="F124" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="K124" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L124" s="12" t="s">
+        <v>1044</v>
+      </c>
+      <c r="M124" s="9"/>
+      <c r="N124" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="O124" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P124" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q124" s="5" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A125" s="11" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B125" s="9"/>
+      <c r="C125" s="11" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D125" s="10"/>
+      <c r="E125" s="9"/>
+      <c r="F125" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H125" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J125" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K125" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L125" s="11" t="s">
+        <v>1053</v>
+      </c>
+      <c r="M125" s="9"/>
+      <c r="N125" s="3"/>
+      <c r="O125" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P125" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q125" s="3" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A126" s="12" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B126" s="9"/>
+      <c r="C126" s="12" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D126" s="10"/>
+      <c r="E126" s="9"/>
+      <c r="F126" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H126" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="K126" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="L126" s="12" t="s">
+        <v>1061</v>
+      </c>
+      <c r="M126" s="9"/>
+      <c r="N126" s="5"/>
+      <c r="O126" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P126" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q126" s="5" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A127" s="11" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B127" s="9"/>
+      <c r="C127" s="11" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D127" s="10"/>
+      <c r="E127" s="9"/>
+      <c r="F127" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H127" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K127" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L127" s="11" t="s">
+        <v>1070</v>
+      </c>
+      <c r="M127" s="9"/>
+      <c r="N127" s="3"/>
+      <c r="O127" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P127" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q127" s="3" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A128" s="12" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B128" s="9"/>
+      <c r="C128" s="12" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D128" s="10"/>
+      <c r="E128" s="9"/>
+      <c r="F128" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G128" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H128" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="K128" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="L128" s="12" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M128" s="9"/>
+      <c r="N128" s="5"/>
+      <c r="O128" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P128" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q128" s="5" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A129" s="11" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B129" s="9"/>
+      <c r="C129" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D129" s="10"/>
+      <c r="E129" s="9"/>
+      <c r="F129" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H129" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="J129" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="K129" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L129" s="11" t="s">
+        <v>1087</v>
+      </c>
+      <c r="M129" s="9"/>
+      <c r="N129" s="3"/>
+      <c r="O129" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P129" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q129" s="3" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A130" s="12" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B130" s="9"/>
+      <c r="C130" s="12" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D130" s="10"/>
+      <c r="E130" s="9"/>
+      <c r="F130" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G130" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H130" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L130" s="12" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M130" s="9"/>
+      <c r="N130" s="5"/>
+      <c r="O130" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P130" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q130" s="5" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A131" s="11" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B131" s="9"/>
+      <c r="C131" s="11" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D131" s="10"/>
+      <c r="E131" s="9"/>
+      <c r="F131" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H131" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J131" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="K131" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L131" s="11" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M131" s="9"/>
+      <c r="N131" s="3"/>
+      <c r="O131" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="P131" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q131" s="3" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A132" s="12" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B132" s="9"/>
+      <c r="C132" s="12" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D132" s="10"/>
+      <c r="E132" s="9"/>
+      <c r="F132" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="G132" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="J132" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K132" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L132" s="12" t="s">
+        <v>1110</v>
+      </c>
+      <c r="M132" s="9"/>
+      <c r="N132" s="5"/>
+      <c r="O132" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P132" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q132" s="5" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A133" s="11" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B133" s="9"/>
+      <c r="C133" s="11" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D133" s="10"/>
+      <c r="E133" s="9"/>
+      <c r="F133" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H133" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="J133" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="K133" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L133" s="11" t="s">
+        <v>1118</v>
+      </c>
+      <c r="M133" s="9"/>
+      <c r="N133" s="3"/>
+      <c r="O133" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="P133" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q133" s="3" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A134" s="12" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B134" s="9"/>
+      <c r="C134" s="12" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D134" s="10"/>
+      <c r="E134" s="9"/>
+      <c r="F134" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="K134" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="L134" s="12" t="s">
+        <v>1128</v>
+      </c>
+      <c r="M134" s="9"/>
+      <c r="N134" s="5"/>
+      <c r="O134" s="5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P134" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q134" s="5" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A135" s="11" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B135" s="9"/>
+      <c r="C135" s="11" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D135" s="10"/>
+      <c r="E135" s="9"/>
+      <c r="F135" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H135" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="J135" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="K135" s="4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="L135" s="11" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M135" s="9"/>
+      <c r="N135" s="3"/>
+      <c r="O135" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="P135" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q135" s="3" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A136" s="12" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B136" s="9"/>
+      <c r="C136" s="12" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D136" s="10"/>
+      <c r="E136" s="9"/>
+      <c r="F136" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="J136" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="K136" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="L136" s="12" t="s">
+        <v>1140</v>
+      </c>
+      <c r="M136" s="9"/>
+      <c r="N136" s="5"/>
+      <c r="O136" s="5" t="s">
+        <v>1141</v>
+      </c>
+      <c r="P136" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q136" s="5" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A137" s="11" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B137" s="9"/>
+      <c r="C137" s="11" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D137" s="10"/>
+      <c r="E137" s="9"/>
+      <c r="F137" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H137" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J137" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K137" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L137" s="11" t="s">
+        <v>1148</v>
+      </c>
+      <c r="M137" s="9"/>
+      <c r="N137" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="O137" s="3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P137" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q137" s="3" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A138" s="12" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B138" s="9"/>
+      <c r="C138" s="12" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D138" s="10"/>
+      <c r="E138" s="9"/>
+      <c r="F138" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H138" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K138" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L138" s="12" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M138" s="9"/>
+      <c r="N138" s="5"/>
+      <c r="O138" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="P138" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q138" s="5" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A139" s="11" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B139" s="9"/>
+      <c r="C139" s="11" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D139" s="10"/>
+      <c r="E139" s="9"/>
+      <c r="F139" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H139" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="J139" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="K139" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="L139" s="11" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M139" s="9"/>
+      <c r="N139" s="3"/>
+      <c r="O139" s="3" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P139" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q139" s="3" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A140" s="12" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B140" s="9"/>
+      <c r="C140" s="12" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D140" s="10"/>
+      <c r="E140" s="9"/>
+      <c r="F140" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G140" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J140" s="5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="K140" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L140" s="12" t="s">
+        <v>1172</v>
+      </c>
+      <c r="M140" s="9"/>
+      <c r="N140" s="5"/>
+      <c r="O140" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P140" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q140" s="5" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A141" s="11" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B141" s="9"/>
+      <c r="C141" s="11" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D141" s="10"/>
+      <c r="E141" s="9"/>
+      <c r="F141" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="H141" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="J141" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K141" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="L141" s="11" t="s">
+        <v>1178</v>
+      </c>
+      <c r="M141" s="9"/>
+      <c r="N141" s="3"/>
+      <c r="O141" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P141" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q141" s="3" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A142" s="12" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B142" s="9"/>
+      <c r="C142" s="12" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D142" s="10"/>
+      <c r="E142" s="9"/>
+      <c r="F142" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="J142" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K142" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L142" s="12" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M142" s="9"/>
+      <c r="N142" s="5"/>
+      <c r="O142" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P142" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q142" s="5" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A143" s="11" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B143" s="9"/>
+      <c r="C143" s="11" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D143" s="10"/>
+      <c r="E143" s="9"/>
+      <c r="F143" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H143" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J143" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="K143" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L143" s="11" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M143" s="9"/>
+      <c r="N143" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="O143" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="P143" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q143" s="3" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A144" s="12" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B144" s="9"/>
+      <c r="C144" s="12" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D144" s="10"/>
+      <c r="E144" s="9"/>
+      <c r="F144" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G144" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H144" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>1202</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="K144" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L144" s="12" t="s">
+        <v>1204</v>
+      </c>
+      <c r="M144" s="9"/>
+      <c r="N144" s="5"/>
+      <c r="O144" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P144" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q144" s="5" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A145" s="11" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B145" s="9"/>
+      <c r="C145" s="11" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D145" s="10"/>
+      <c r="E145" s="9"/>
+      <c r="F145" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H145" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J145" s="3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="K145" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L145" s="11" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M145" s="9"/>
+      <c r="N145" s="3"/>
+      <c r="O145" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P145" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q145" s="3" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A146" s="12" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B146" s="9"/>
+      <c r="C146" s="12" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D146" s="10"/>
+      <c r="E146" s="9"/>
+      <c r="F146" s="5" t="s">
+        <v>1217</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H146" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J146" s="5" t="s">
+        <v>1219</v>
+      </c>
+      <c r="K146" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="L146" s="12" t="s">
+        <v>1220</v>
+      </c>
+      <c r="M146" s="9"/>
+      <c r="N146" s="5"/>
+      <c r="O146" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P146" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q146" s="5" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A147" s="11" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B147" s="9"/>
+      <c r="C147" s="11" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D147" s="10"/>
+      <c r="E147" s="9"/>
+      <c r="F147" s="3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H147" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="J147" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="K147" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L147" s="11" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M147" s="9"/>
+      <c r="N147" s="3"/>
+      <c r="O147" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="P147" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q147" s="3" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A148" s="12" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B148" s="9"/>
+      <c r="C148" s="12" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D148" s="10"/>
+      <c r="E148" s="9"/>
+      <c r="F148" s="5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G148" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="H148" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J148" s="5" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K148" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L148" s="12" t="s">
+        <v>1234</v>
+      </c>
+      <c r="M148" s="9"/>
+      <c r="N148" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="O148" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P148" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q148" s="5" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A149" s="11" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B149" s="9"/>
+      <c r="C149" s="11" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D149" s="10"/>
+      <c r="E149" s="9"/>
+      <c r="F149" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H149" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I149" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J149" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K149" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L149" s="11" t="s">
+        <v>1238</v>
+      </c>
+      <c r="M149" s="9"/>
+      <c r="N149" s="3"/>
+      <c r="O149" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="P149" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q149" s="3" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A150" s="12" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B150" s="9"/>
+      <c r="C150" s="12" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D150" s="10"/>
+      <c r="E150" s="9"/>
+      <c r="F150" s="5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="G150" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H150" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J150" s="5" t="s">
+        <v>1245</v>
+      </c>
+      <c r="K150" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L150" s="12" t="s">
+        <v>1246</v>
+      </c>
+      <c r="M150" s="9"/>
+      <c r="N150" s="5"/>
+      <c r="O150" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="P150" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q150" s="5" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A151" s="11" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B151" s="9"/>
+      <c r="C151" s="11" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D151" s="10"/>
+      <c r="E151" s="9"/>
+      <c r="F151" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H151" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J151" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="K151" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L151" s="11" t="s">
+        <v>1254</v>
+      </c>
+      <c r="M151" s="9"/>
+      <c r="N151" s="3" t="s">
+        <v>1255</v>
+      </c>
+      <c r="O151" s="3" t="s">
+        <v>1256</v>
+      </c>
+      <c r="P151" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q151" s="3" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A152" s="12" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B152" s="9"/>
+      <c r="C152" s="12" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D152" s="10"/>
+      <c r="E152" s="9"/>
+      <c r="F152" s="5" t="s">
+        <v>1260</v>
+      </c>
+      <c r="G152" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K152" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L152" s="12" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M152" s="9"/>
+      <c r="N152" s="5"/>
+      <c r="O152" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="P152" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q152" s="5" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A153" s="11" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B153" s="9"/>
+      <c r="C153" s="11" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D153" s="10"/>
+      <c r="E153" s="9"/>
+      <c r="F153" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H153" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="J153" s="3" t="s">
+        <v>1271</v>
+      </c>
+      <c r="K153" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L153" s="11" t="s">
+        <v>1272</v>
+      </c>
+      <c r="M153" s="9"/>
+      <c r="N153" s="3"/>
+      <c r="O153" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="P153" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q153" s="3" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A154" s="12" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B154" s="9"/>
+      <c r="C154" s="12" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D154" s="10"/>
+      <c r="E154" s="9"/>
+      <c r="F154" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G154" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H154" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J154" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K154" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L154" s="12" t="s">
+        <v>1281</v>
+      </c>
+      <c r="M154" s="9"/>
+      <c r="N154" s="5"/>
+      <c r="O154" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="P154" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q154" s="5" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A155" s="11" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B155" s="9"/>
+      <c r="C155" s="11" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D155" s="10"/>
+      <c r="E155" s="9"/>
+      <c r="F155" s="3" t="s">
+        <v>1286</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H155" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J155" s="3" t="s">
+        <v>1288</v>
+      </c>
+      <c r="K155" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L155" s="11" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M155" s="9"/>
+      <c r="N155" s="3"/>
+      <c r="O155" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P155" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q155" s="3" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A156" s="12" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B156" s="9"/>
+      <c r="C156" s="12" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D156" s="10"/>
+      <c r="E156" s="9"/>
+      <c r="F156" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G156" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="J156" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K156" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L156" s="12" t="s">
+        <v>380</v>
+      </c>
+      <c r="M156" s="9"/>
+      <c r="N156" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="O156" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="P156" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q156" s="5" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A157" s="11" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B157" s="9"/>
+      <c r="C157" s="11" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D157" s="10"/>
+      <c r="E157" s="9"/>
+      <c r="F157" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H157" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="J157" s="3" t="s">
+        <v>1298</v>
+      </c>
+      <c r="K157" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L157" s="11" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M157" s="9"/>
+      <c r="N157" s="3"/>
+      <c r="O157" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P157" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q157" s="3" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A158" s="12" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B158" s="9"/>
+      <c r="C158" s="12" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D158" s="10"/>
+      <c r="E158" s="9"/>
+      <c r="F158" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>1306</v>
+      </c>
+      <c r="K158" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L158" s="12" t="s">
+        <v>1307</v>
+      </c>
+      <c r="M158" s="9"/>
+      <c r="N158" s="5"/>
+      <c r="O158" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="P158" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q158" s="5" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A159" s="11" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B159" s="9"/>
+      <c r="C159" s="11" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D159" s="10"/>
+      <c r="E159" s="9"/>
+      <c r="F159" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H159" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J159" s="3" t="s">
+        <v>1315</v>
+      </c>
+      <c r="K159" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L159" s="11" t="s">
+        <v>1316</v>
+      </c>
+      <c r="M159" s="9"/>
+      <c r="N159" s="3"/>
+      <c r="O159" s="3" t="s">
+        <v>1317</v>
+      </c>
+      <c r="P159" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q159" s="3" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A160" s="12" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B160" s="9"/>
+      <c r="C160" s="12" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D160" s="10"/>
+      <c r="E160" s="9"/>
+      <c r="F160" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G160" s="5" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H160" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="J160" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="K160" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L160" s="12" t="s">
+        <v>1322</v>
+      </c>
+      <c r="M160" s="9"/>
+      <c r="N160" s="5"/>
+      <c r="O160" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P160" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q160" s="5" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A161" s="11" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B161" s="9"/>
+      <c r="C161" s="11" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D161" s="10"/>
+      <c r="E161" s="9"/>
+      <c r="F161" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H161" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="J161" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="K161" s="4" t="s">
+        <v>1328</v>
+      </c>
+      <c r="L161" s="11" t="s">
+        <v>1329</v>
+      </c>
+      <c r="M161" s="9"/>
+      <c r="N161" s="3"/>
+      <c r="O161" s="3" t="s">
+        <v>1330</v>
+      </c>
+      <c r="P161" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q161" s="3" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A162" s="12" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B162" s="9"/>
+      <c r="C162" s="12" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D162" s="10"/>
+      <c r="E162" s="9"/>
+      <c r="F162" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="G162" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H162" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="J162" s="5" t="s">
+        <v>1334</v>
+      </c>
+      <c r="K162" s="6" t="s">
+        <v>974</v>
+      </c>
+      <c r="L162" s="12" t="s">
+        <v>1335</v>
+      </c>
+      <c r="M162" s="9"/>
+      <c r="N162" s="5"/>
+      <c r="O162" s="5" t="s">
+        <v>1336</v>
+      </c>
+      <c r="P162" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q162" s="5" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A163" s="11" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B163" s="9"/>
+      <c r="C163" s="11" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D163" s="10"/>
+      <c r="E163" s="9"/>
+      <c r="F163" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H163" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I163" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="J163" s="3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="K163" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="L163" s="11" t="s">
+        <v>1341</v>
+      </c>
+      <c r="M163" s="9"/>
+      <c r="N163" s="3"/>
+      <c r="O163" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="P163" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q163" s="3" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A164" s="12" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B164" s="9"/>
+      <c r="C164" s="12" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D164" s="10"/>
+      <c r="E164" s="9"/>
+      <c r="F164" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H164" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K164" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L164" s="12" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M164" s="9"/>
+      <c r="N164" s="5"/>
+      <c r="O164" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P164" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q164" s="5" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A165" s="11" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B165" s="9"/>
+      <c r="C165" s="11" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D165" s="10"/>
+      <c r="E165" s="9"/>
+      <c r="F165" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="H165" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="J165" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K165" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L165" s="11" t="s">
+        <v>1356</v>
+      </c>
+      <c r="M165" s="9"/>
+      <c r="N165" s="3"/>
+      <c r="O165" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="P165" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q165" s="3" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A166" s="12" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B166" s="9"/>
+      <c r="C166" s="12" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D166" s="10"/>
+      <c r="E166" s="9"/>
+      <c r="F166" s="5" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G166" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H166" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="K166" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L166" s="12" t="s">
+        <v>1362</v>
+      </c>
+      <c r="M166" s="9"/>
+      <c r="N166" s="5"/>
+      <c r="O166" s="5" t="s">
+        <v>1363</v>
+      </c>
+      <c r="P166" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q166" s="5" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A167" s="11" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B167" s="9"/>
+      <c r="C167" s="11" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D167" s="10"/>
+      <c r="E167" s="9"/>
+      <c r="F167" s="3" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H167" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>1368</v>
+      </c>
+      <c r="J167" s="3" t="s">
+        <v>1369</v>
+      </c>
+      <c r="K167" s="4" t="s">
+        <v>1370</v>
+      </c>
+      <c r="L167" s="11" t="s">
+        <v>1371</v>
+      </c>
+      <c r="M167" s="9"/>
+      <c r="N167" s="3"/>
+      <c r="O167" s="3" t="s">
+        <v>1372</v>
+      </c>
+      <c r="P167" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q167" s="3" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A168" s="12" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B168" s="9"/>
+      <c r="C168" s="12" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D168" s="10"/>
+      <c r="E168" s="9"/>
+      <c r="F168" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="H168" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="J168" s="5" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K168" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L168" s="12" t="s">
+        <v>1379</v>
+      </c>
+      <c r="M168" s="9"/>
+      <c r="N168" s="5"/>
+      <c r="O168" s="5" t="s">
+        <v>1380</v>
+      </c>
+      <c r="P168" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q168" s="5" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A169" s="11" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B169" s="9"/>
+      <c r="C169" s="11" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D169" s="10"/>
+      <c r="E169" s="9"/>
+      <c r="F169" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H169" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="J169" s="3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="K169" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L169" s="11" t="s">
+        <v>1386</v>
+      </c>
+      <c r="M169" s="9"/>
+      <c r="N169" s="3"/>
+      <c r="O169" s="3" t="s">
+        <v>1387</v>
+      </c>
+      <c r="P169" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q169" s="3" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A170" s="12" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B170" s="9"/>
+      <c r="C170" s="12" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D170" s="10"/>
+      <c r="E170" s="9"/>
+      <c r="F170" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H170" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J170" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K170" s="6" t="s">
+        <v>1370</v>
+      </c>
+      <c r="L170" s="12" t="s">
+        <v>1394</v>
+      </c>
+      <c r="M170" s="9"/>
+      <c r="N170" s="5"/>
+      <c r="O170" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P170" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q170" s="5" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A171" s="11" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B171" s="9"/>
+      <c r="C171" s="11" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D171" s="10"/>
+      <c r="E171" s="9"/>
+      <c r="F171" s="3" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H171" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="J171" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="K171" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L171" s="11" t="s">
+        <v>1402</v>
+      </c>
+      <c r="M171" s="9"/>
+      <c r="N171" s="3"/>
+      <c r="O171" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="P171" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q171" s="3" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A172" s="12" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B172" s="9"/>
+      <c r="C172" s="12" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D172" s="10"/>
+      <c r="E172" s="9"/>
+      <c r="F172" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="H172" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K172" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L172" s="12" t="s">
+        <v>1406</v>
+      </c>
+      <c r="M172" s="9"/>
+      <c r="N172" s="5"/>
+      <c r="O172" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="P172" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q172" s="5" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A173" s="11" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B173" s="9"/>
+      <c r="C173" s="11" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D173" s="10"/>
+      <c r="E173" s="9"/>
+      <c r="F173" s="3" t="s">
+        <v>1411</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H173" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I173" s="3" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J173" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="K173" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L173" s="11" t="s">
+        <v>1414</v>
+      </c>
+      <c r="M173" s="9"/>
+      <c r="N173" s="3"/>
+      <c r="O173" s="3" t="s">
+        <v>1415</v>
+      </c>
+      <c r="P173" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q173" s="3" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A174" s="12" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B174" s="9"/>
+      <c r="C174" s="12" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D174" s="10"/>
+      <c r="E174" s="9"/>
+      <c r="F174" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="G174" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="J174" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="K174" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L174" s="12" t="s">
+        <v>1419</v>
+      </c>
+      <c r="M174" s="9"/>
+      <c r="N174" s="5" t="s">
+        <v>1420</v>
+      </c>
+      <c r="O174" s="5" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P174" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q174" s="5" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A175" s="11" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B175" s="9"/>
+      <c r="C175" s="11" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D175" s="10"/>
+      <c r="E175" s="9"/>
+      <c r="F175" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H175" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I175" s="3" t="s">
+        <v>1426</v>
+      </c>
+      <c r="J175" s="3" t="s">
+        <v>1427</v>
+      </c>
+      <c r="K175" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L175" s="11" t="s">
+        <v>1428</v>
+      </c>
+      <c r="M175" s="9"/>
+      <c r="N175" s="3"/>
+      <c r="O175" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="P175" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q175" s="3" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A176" s="12" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B176" s="9"/>
+      <c r="C176" s="12" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D176" s="10"/>
+      <c r="E176" s="9"/>
+      <c r="F176" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="G176" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="H176" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1432</v>
+      </c>
+      <c r="J176" s="5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="K176" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L176" s="12" t="s">
+        <v>1434</v>
+      </c>
+      <c r="M176" s="9"/>
+      <c r="N176" s="5"/>
+      <c r="O176" s="5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P176" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q176" s="5" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A177" s="11" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B177" s="9"/>
+      <c r="C177" s="11" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D177" s="10"/>
+      <c r="E177" s="9"/>
+      <c r="F177" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H177" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="J177" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="K177" s="4" t="s">
+        <v>974</v>
+      </c>
+      <c r="L177" s="11" t="s">
+        <v>1440</v>
+      </c>
+      <c r="M177" s="9"/>
+      <c r="N177" s="3"/>
+      <c r="O177" s="3" t="s">
+        <v>1441</v>
+      </c>
+      <c r="P177" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q177" s="3" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A178" s="12" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B178" s="9"/>
+      <c r="C178" s="12" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D178" s="10"/>
+      <c r="E178" s="9"/>
+      <c r="F178" s="5" t="s">
+        <v>1445</v>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1447</v>
+      </c>
+      <c r="J178" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="K178" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="L178" s="12" t="s">
+        <v>1449</v>
+      </c>
+      <c r="M178" s="9"/>
+      <c r="N178" s="5"/>
+      <c r="O178" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="P178" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q178" s="5" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A179" s="11" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B179" s="9"/>
+      <c r="C179" s="11" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D179" s="10"/>
+      <c r="E179" s="9"/>
+      <c r="F179" s="3" t="s">
+        <v>1454</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H179" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J179" s="3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="K179" s="4" t="s">
+        <v>1458</v>
+      </c>
+      <c r="L179" s="11" t="s">
+        <v>1459</v>
+      </c>
+      <c r="M179" s="9"/>
+      <c r="N179" s="3"/>
+      <c r="O179" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="P179" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q179" s="3" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A180" s="12" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B180" s="9"/>
+      <c r="C180" s="12" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D180" s="10"/>
+      <c r="E180" s="9"/>
+      <c r="F180" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G180" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="K180" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L180" s="12" t="s">
+        <v>1464</v>
+      </c>
+      <c r="M180" s="9"/>
+      <c r="N180" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="O180" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P180" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q180" s="5" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A181" s="11" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B181" s="9"/>
+      <c r="C181" s="11" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D181" s="10"/>
+      <c r="E181" s="9"/>
+      <c r="F181" s="3" t="s">
+        <v>1469</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="H181" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I181" s="3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="J181" s="3" t="s">
+        <v>1471</v>
+      </c>
+      <c r="K181" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L181" s="11" t="s">
+        <v>1472</v>
+      </c>
+      <c r="M181" s="9"/>
+      <c r="N181" s="3"/>
+      <c r="O181" s="3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="P181" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q181" s="3" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A182" s="12" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B182" s="9"/>
+      <c r="C182" s="12" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D182" s="10"/>
+      <c r="E182" s="9"/>
+      <c r="F182" s="5" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H182" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K182" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L182" s="12" t="s">
+        <v>1480</v>
+      </c>
+      <c r="M182" s="9"/>
+      <c r="N182" s="5"/>
+      <c r="O182" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="P182" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q182" s="5" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A183" s="11" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B183" s="9"/>
+      <c r="C183" s="11" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D183" s="10"/>
+      <c r="E183" s="9"/>
+      <c r="F183" s="3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="H183" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>1486</v>
+      </c>
+      <c r="J183" s="3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="K183" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L183" s="11" t="s">
+        <v>1488</v>
+      </c>
+      <c r="M183" s="9"/>
+      <c r="N183" s="3"/>
+      <c r="O183" s="3" t="s">
+        <v>1489</v>
+      </c>
+      <c r="P183" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q183" s="3" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A184" s="12" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B184" s="9"/>
+      <c r="C184" s="12" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D184" s="10"/>
+      <c r="E184" s="9"/>
+      <c r="F184" s="5" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G184" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J184" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K184" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L184" s="12" t="s">
+        <v>1496</v>
+      </c>
+      <c r="M184" s="9"/>
+      <c r="N184" s="5"/>
+      <c r="O184" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="P184" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q184" s="5" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="185" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A185" s="11" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B185" s="9"/>
+      <c r="C185" s="11" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D185" s="10"/>
+      <c r="E185" s="9"/>
+      <c r="F185" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H185" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I185" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="J185" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="K185" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L185" s="11" t="s">
+        <v>1504</v>
+      </c>
+      <c r="M185" s="9"/>
+      <c r="N185" s="3"/>
+      <c r="O185" s="3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="P185" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q185" s="3" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A186" s="12" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B186" s="9"/>
+      <c r="C186" s="12" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D186" s="10"/>
+      <c r="E186" s="9"/>
+      <c r="F186" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="J186" s="5" t="s">
+        <v>1512</v>
+      </c>
+      <c r="K186" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L186" s="12" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M186" s="9"/>
+      <c r="N186" s="5"/>
+      <c r="O186" s="5" t="s">
+        <v>1514</v>
+      </c>
+      <c r="P186" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q186" s="5" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A187" s="11" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B187" s="9"/>
+      <c r="C187" s="11" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D187" s="10"/>
+      <c r="E187" s="9"/>
+      <c r="F187" s="3" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="H187" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J187" s="3" t="s">
+        <v>1520</v>
+      </c>
+      <c r="K187" s="4" t="s">
+        <v>1521</v>
+      </c>
+      <c r="L187" s="11" t="s">
+        <v>1522</v>
+      </c>
+      <c r="M187" s="9"/>
+      <c r="N187" s="3"/>
+      <c r="O187" s="3" t="s">
+        <v>1523</v>
+      </c>
+      <c r="P187" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q187" s="3" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A188" s="12" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B188" s="9"/>
+      <c r="C188" s="12" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D188" s="10"/>
+      <c r="E188" s="9"/>
+      <c r="F188" s="5" t="s">
+        <v>1527</v>
+      </c>
+      <c r="G188" s="5" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1528</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>1529</v>
+      </c>
+      <c r="K188" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L188" s="12" t="s">
+        <v>1530</v>
+      </c>
+      <c r="M188" s="9"/>
+      <c r="N188" s="5"/>
+      <c r="O188" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="P188" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q188" s="5" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A189" s="11" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B189" s="9"/>
+      <c r="C189" s="11" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D189" s="10"/>
+      <c r="E189" s="9"/>
+      <c r="F189" s="3" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H189" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>1537</v>
+      </c>
+      <c r="J189" s="3" t="s">
+        <v>1538</v>
+      </c>
+      <c r="K189" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="L189" s="11" t="s">
+        <v>1539</v>
+      </c>
+      <c r="M189" s="9"/>
+      <c r="N189" s="3"/>
+      <c r="O189" s="3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="P189" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q189" s="3" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A190" s="12" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B190" s="9"/>
+      <c r="C190" s="12" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D190" s="10"/>
+      <c r="E190" s="9"/>
+      <c r="F190" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H190" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="J190" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="K190" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L190" s="12" t="s">
+        <v>731</v>
+      </c>
+      <c r="M190" s="9"/>
+      <c r="N190" s="5"/>
+      <c r="O190" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="P190" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q190" s="5" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A191" s="11" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B191" s="9"/>
+      <c r="C191" s="11" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D191" s="10"/>
+      <c r="E191" s="9"/>
+      <c r="F191" s="3" t="s">
+        <v>1547</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H191" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>1549</v>
+      </c>
+      <c r="J191" s="3" t="s">
+        <v>1550</v>
+      </c>
+      <c r="K191" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L191" s="11" t="s">
+        <v>1551</v>
+      </c>
+      <c r="M191" s="9"/>
+      <c r="N191" s="3"/>
+      <c r="O191" s="3" t="s">
+        <v>1552</v>
+      </c>
+      <c r="P191" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q191" s="3" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A192" s="12" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B192" s="9"/>
+      <c r="C192" s="12" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D192" s="10"/>
+      <c r="E192" s="9"/>
+      <c r="F192" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="G192" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="K192" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L192" s="12" t="s">
+        <v>1560</v>
+      </c>
+      <c r="M192" s="9"/>
+      <c r="N192" s="5"/>
+      <c r="O192" s="5" t="s">
+        <v>1561</v>
+      </c>
+      <c r="P192" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q192" s="5" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A193" s="11" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B193" s="9"/>
+      <c r="C193" s="11" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D193" s="10"/>
+      <c r="E193" s="9"/>
+      <c r="F193" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H193" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="J193" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="K193" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L193" s="11" t="s">
+        <v>1565</v>
+      </c>
+      <c r="M193" s="9"/>
+      <c r="N193" s="3"/>
+      <c r="O193" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="P193" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q193" s="3" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A194" s="12" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B194" s="9"/>
+      <c r="C194" s="12" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D194" s="10"/>
+      <c r="E194" s="9"/>
+      <c r="F194" s="5" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G194" s="5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J194" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="K194" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L194" s="12" t="s">
+        <v>1574</v>
+      </c>
+      <c r="M194" s="9"/>
+      <c r="N194" s="5"/>
+      <c r="O194" s="5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="P194" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q194" s="5" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A195" s="11" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B195" s="9"/>
+      <c r="C195" s="11" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D195" s="10"/>
+      <c r="E195" s="9"/>
+      <c r="F195" s="3" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H195" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>1580</v>
+      </c>
+      <c r="J195" s="3" t="s">
+        <v>1581</v>
+      </c>
+      <c r="K195" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L195" s="11" t="s">
+        <v>1582</v>
+      </c>
+      <c r="M195" s="9"/>
+      <c r="N195" s="3"/>
+      <c r="O195" s="3" t="s">
+        <v>1583</v>
+      </c>
+      <c r="P195" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q195" s="3" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A196" s="12" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B196" s="9"/>
+      <c r="C196" s="12" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D196" s="10"/>
+      <c r="E196" s="9"/>
+      <c r="F196" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="G196" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="H196" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I196" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="J196" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="K196" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L196" s="12" t="s">
+        <v>1587</v>
+      </c>
+      <c r="M196" s="9"/>
+      <c r="N196" s="5"/>
+      <c r="O196" s="5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="P196" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q196" s="5" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A197" s="11" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B197" s="9"/>
+      <c r="C197" s="11" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D197" s="10"/>
+      <c r="E197" s="9"/>
+      <c r="F197" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H197" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I197" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J197" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K197" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="L197" s="11" t="s">
+        <v>1593</v>
+      </c>
+      <c r="M197" s="9"/>
+      <c r="N197" s="3"/>
+      <c r="O197" s="3" t="s">
+        <v>1594</v>
+      </c>
+      <c r="P197" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q197" s="3" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A198" s="12" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B198" s="9"/>
+      <c r="C198" s="12" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D198" s="10"/>
+      <c r="E198" s="9"/>
+      <c r="F198" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G198" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H198" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="J198" s="5" t="s">
+        <v>1599</v>
+      </c>
+      <c r="K198" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L198" s="12" t="s">
+        <v>1600</v>
+      </c>
+      <c r="M198" s="9"/>
+      <c r="N198" s="5"/>
+      <c r="O198" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P198" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q198" s="5" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A199" s="11" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B199" s="9"/>
+      <c r="C199" s="11" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D199" s="10"/>
+      <c r="E199" s="9"/>
+      <c r="F199" s="3" t="s">
+        <v>1605</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H199" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I199" s="3" t="s">
+        <v>1607</v>
+      </c>
+      <c r="J199" s="3" t="s">
+        <v>1608</v>
+      </c>
+      <c r="K199" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L199" s="11" t="s">
+        <v>1609</v>
+      </c>
+      <c r="M199" s="9"/>
+      <c r="N199" s="3"/>
+      <c r="O199" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="P199" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q199" s="3" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A200" s="12" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B200" s="9"/>
+      <c r="C200" s="12" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D200" s="10"/>
+      <c r="E200" s="9"/>
+      <c r="F200" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="G200" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H200" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>1615</v>
+      </c>
+      <c r="J200" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="K200" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L200" s="12" t="s">
+        <v>1617</v>
+      </c>
+      <c r="M200" s="9"/>
+      <c r="N200" s="5"/>
+      <c r="O200" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="P200" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q200" s="5" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A201" s="11" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B201" s="9"/>
+      <c r="C201" s="11" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D201" s="10"/>
+      <c r="E201" s="9"/>
+      <c r="F201" s="3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H201" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J201" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="K201" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L201" s="11" t="s">
+        <v>1625</v>
+      </c>
+      <c r="M201" s="9"/>
+      <c r="N201" s="3"/>
+      <c r="O201" s="3" t="s">
+        <v>1626</v>
+      </c>
+      <c r="P201" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q201" s="3" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A202" s="12" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B202" s="9"/>
+      <c r="C202" s="12" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D202" s="10"/>
+      <c r="E202" s="9"/>
+      <c r="F202" s="5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G202" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H202" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1631</v>
+      </c>
+      <c r="J202" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="K202" s="6" t="s">
+        <v>1521</v>
+      </c>
+      <c r="L202" s="12" t="s">
+        <v>1633</v>
+      </c>
+      <c r="M202" s="9"/>
+      <c r="N202" s="5"/>
+      <c r="O202" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="P202" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q202" s="5" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A203" s="11" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B203" s="9"/>
+      <c r="C203" s="11" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D203" s="10"/>
+      <c r="E203" s="9"/>
+      <c r="F203" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H203" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J203" s="3" t="s">
+        <v>1641</v>
+      </c>
+      <c r="K203" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L203" s="11" t="s">
+        <v>1642</v>
+      </c>
+      <c r="M203" s="9"/>
+      <c r="N203" s="3"/>
+      <c r="O203" s="3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="P203" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q203" s="3" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="204" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A204" s="12" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B204" s="9"/>
+      <c r="C204" s="12" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D204" s="10"/>
+      <c r="E204" s="9"/>
+      <c r="F204" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H204" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="J204" s="5" t="s">
+        <v>1647</v>
+      </c>
+      <c r="K204" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L204" s="12" t="s">
+        <v>1648</v>
+      </c>
+      <c r="M204" s="9"/>
+      <c r="N204" s="5"/>
+      <c r="O204" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="P204" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q204" s="5" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="205" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A205" s="11" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B205" s="9"/>
+      <c r="C205" s="11" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D205" s="10"/>
+      <c r="E205" s="9"/>
+      <c r="F205" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H205" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J205" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K205" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L205" s="11" t="s">
+        <v>1653</v>
+      </c>
+      <c r="M205" s="9"/>
+      <c r="N205" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="O205" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="P205" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q205" s="3" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A206" s="12" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B206" s="9"/>
+      <c r="C206" s="12" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D206" s="10"/>
+      <c r="E206" s="9"/>
+      <c r="F206" s="5" t="s">
+        <v>1658</v>
+      </c>
+      <c r="G206" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H206" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="J206" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="K206" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L206" s="12" t="s">
+        <v>1661</v>
+      </c>
+      <c r="M206" s="9"/>
+      <c r="N206" s="5"/>
+      <c r="O206" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="P206" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q206" s="5" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="207" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A207" s="11" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B207" s="9"/>
+      <c r="C207" s="11" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D207" s="10"/>
+      <c r="E207" s="9"/>
+      <c r="F207" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="H207" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I207" s="3" t="s">
+        <v>1667</v>
+      </c>
+      <c r="J207" s="3" t="s">
+        <v>1668</v>
+      </c>
+      <c r="K207" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L207" s="11" t="s">
+        <v>1669</v>
+      </c>
+      <c r="M207" s="9"/>
+      <c r="N207" s="3"/>
+      <c r="O207" s="3" t="s">
+        <v>1670</v>
+      </c>
+      <c r="P207" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q207" s="3" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="208" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A208" s="12" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B208" s="9"/>
+      <c r="C208" s="12" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D208" s="10"/>
+      <c r="E208" s="9"/>
+      <c r="F208" s="5" t="s">
+        <v>1674</v>
+      </c>
+      <c r="G208" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H208" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>1675</v>
+      </c>
+      <c r="J208" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="K208" s="6" t="s">
+        <v>1677</v>
+      </c>
+      <c r="L208" s="12" t="s">
+        <v>1678</v>
+      </c>
+      <c r="M208" s="9"/>
+      <c r="N208" s="5"/>
+      <c r="O208" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="P208" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q208" s="5" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="209" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A209" s="11" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B209" s="9"/>
+      <c r="C209" s="11" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D209" s="10"/>
+      <c r="E209" s="9"/>
+      <c r="F209" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H209" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I209" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="J209" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="K209" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L209" s="11" t="s">
+        <v>1683</v>
+      </c>
+      <c r="M209" s="9"/>
+      <c r="N209" s="3" t="s">
+        <v>1684</v>
+      </c>
+      <c r="O209" s="3" t="s">
+        <v>1685</v>
+      </c>
+      <c r="P209" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q209" s="3" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="210" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A210" s="12" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B210" s="9"/>
+      <c r="C210" s="12" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D210" s="10"/>
+      <c r="E210" s="9"/>
+      <c r="F210" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="G210" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="H210" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K210" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L210" s="12" t="s">
+        <v>1689</v>
+      </c>
+      <c r="M210" s="9"/>
+      <c r="N210" s="5"/>
+      <c r="O210" s="5" t="s">
+        <v>1690</v>
+      </c>
+      <c r="P210" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q210" s="5" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="211" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A211" s="11" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B211" s="9"/>
+      <c r="C211" s="11" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D211" s="10"/>
+      <c r="E211" s="9"/>
+      <c r="F211" s="3" t="s">
+        <v>1694</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H211" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I211" s="3" t="s">
+        <v>1696</v>
+      </c>
+      <c r="J211" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K211" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L211" s="11" t="s">
+        <v>1698</v>
+      </c>
+      <c r="M211" s="9"/>
+      <c r="N211" s="3"/>
+      <c r="O211" s="3" t="s">
+        <v>1699</v>
+      </c>
+      <c r="P211" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q211" s="3" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="212" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A212" s="12" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B212" s="9"/>
+      <c r="C212" s="12" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D212" s="10"/>
+      <c r="E212" s="9"/>
+      <c r="F212" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="G212" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H212" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="J212" s="5" t="s">
+        <v>1703</v>
+      </c>
+      <c r="K212" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L212" s="12" t="s">
+        <v>1704</v>
+      </c>
+      <c r="M212" s="9"/>
+      <c r="N212" s="5"/>
+      <c r="O212" s="5" t="s">
+        <v>1705</v>
+      </c>
+      <c r="P212" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q212" s="5" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A213" s="11" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B213" s="9"/>
+      <c r="C213" s="11" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D213" s="10"/>
+      <c r="E213" s="9"/>
+      <c r="F213" s="3" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H213" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I213" s="3" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J213" s="3" t="s">
+        <v>1711</v>
+      </c>
+      <c r="K213" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L213" s="11" t="s">
+        <v>1712</v>
+      </c>
+      <c r="M213" s="9"/>
+      <c r="N213" s="3"/>
+      <c r="O213" s="3" t="s">
+        <v>1713</v>
+      </c>
+      <c r="P213" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q213" s="3" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A214" s="12" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B214" s="9"/>
+      <c r="C214" s="12" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D214" s="10"/>
+      <c r="E214" s="9"/>
+      <c r="F214" s="5" t="s">
+        <v>1717</v>
+      </c>
+      <c r="G214" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H214" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J214" s="5" t="s">
+        <v>1720</v>
+      </c>
+      <c r="K214" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L214" s="12" t="s">
+        <v>1721</v>
+      </c>
+      <c r="M214" s="9"/>
+      <c r="N214" s="5"/>
+      <c r="O214" s="5" t="s">
+        <v>1722</v>
+      </c>
+      <c r="P214" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q214" s="5" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="215" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A215" s="11" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B215" s="9"/>
+      <c r="C215" s="11" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D215" s="10"/>
+      <c r="E215" s="9"/>
+      <c r="F215" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H215" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I215" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="J215" s="3" t="s">
+        <v>1726</v>
+      </c>
+      <c r="K215" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L215" s="11" t="s">
+        <v>1727</v>
+      </c>
+      <c r="M215" s="9"/>
+      <c r="N215" s="3"/>
+      <c r="O215" s="3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="P215" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q215" s="3" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A216" s="12" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B216" s="9"/>
+      <c r="C216" s="12" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D216" s="10"/>
+      <c r="E216" s="9"/>
+      <c r="F216" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="G216" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H216" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>1734</v>
+      </c>
+      <c r="J216" s="5" t="s">
+        <v>1735</v>
+      </c>
+      <c r="K216" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L216" s="12" t="s">
+        <v>1736</v>
+      </c>
+      <c r="M216" s="9"/>
+      <c r="N216" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="O216" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="P216" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q216" s="5" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="217" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A217" s="11" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B217" s="9"/>
+      <c r="C217" s="11" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D217" s="10"/>
+      <c r="E217" s="9"/>
+      <c r="F217" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H217" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I217" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="J217" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K217" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L217" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="M217" s="9"/>
+      <c r="N217" s="3"/>
+      <c r="O217" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="P217" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q217" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A218" s="12" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B218" s="9"/>
+      <c r="C218" s="12" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D218" s="10"/>
+      <c r="E218" s="9"/>
+      <c r="F218" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G218" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H218" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>1746</v>
+      </c>
+      <c r="K218" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L218" s="12" t="s">
+        <v>1747</v>
+      </c>
+      <c r="M218" s="9"/>
+      <c r="N218" s="5" t="s">
+        <v>1748</v>
+      </c>
+      <c r="O218" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="P218" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q218" s="5" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A219" s="11" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B219" s="9"/>
+      <c r="C219" s="11" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D219" s="10"/>
+      <c r="E219" s="9"/>
+      <c r="F219" s="3" t="s">
+        <v>1753</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H219" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I219" s="3" t="s">
+        <v>1755</v>
+      </c>
+      <c r="J219" s="3" t="s">
+        <v>1756</v>
+      </c>
+      <c r="K219" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L219" s="11" t="s">
+        <v>1757</v>
+      </c>
+      <c r="M219" s="9"/>
+      <c r="N219" s="3"/>
+      <c r="O219" s="3" t="s">
+        <v>1758</v>
+      </c>
+      <c r="P219" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q219" s="3" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A220" s="12" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B220" s="9"/>
+      <c r="C220" s="12" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D220" s="10"/>
+      <c r="E220" s="9"/>
+      <c r="F220" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="G220" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H220" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="J220" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K220" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L220" s="12" t="s">
+        <v>1762</v>
+      </c>
+      <c r="M220" s="9"/>
+      <c r="N220" s="5"/>
+      <c r="O220" s="5" t="s">
+        <v>1763</v>
+      </c>
+      <c r="P220" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q220" s="5" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A221" s="11" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B221" s="9"/>
+      <c r="C221" s="11" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D221" s="10"/>
+      <c r="E221" s="9"/>
+      <c r="F221" s="3" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H221" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I221" s="3" t="s">
+        <v>1768</v>
+      </c>
+      <c r="J221" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="K221" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L221" s="11" t="s">
+        <v>1770</v>
+      </c>
+      <c r="M221" s="9"/>
+      <c r="N221" s="3"/>
+      <c r="O221" s="3" t="s">
+        <v>1771</v>
+      </c>
+      <c r="P221" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q221" s="3" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A222" s="12" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B222" s="9"/>
+      <c r="C222" s="12" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D222" s="10"/>
+      <c r="E222" s="9"/>
+      <c r="F222" s="5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="G222" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H222" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="J222" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="K222" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L222" s="12" t="s">
+        <v>1778</v>
+      </c>
+      <c r="M222" s="9"/>
+      <c r="N222" s="5"/>
+      <c r="O222" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="P222" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q222" s="5" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A223" s="11" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B223" s="9"/>
+      <c r="C223" s="11" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D223" s="10"/>
+      <c r="E223" s="9"/>
+      <c r="F223" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="H223" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I223" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="J223" s="3" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K223" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L223" s="11" t="s">
+        <v>1784</v>
+      </c>
+      <c r="M223" s="9"/>
+      <c r="N223" s="3"/>
+      <c r="O223" s="3" t="s">
+        <v>1785</v>
+      </c>
+      <c r="P223" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q223" s="3" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A224" s="12" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B224" s="9"/>
+      <c r="C224" s="12" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D224" s="10"/>
+      <c r="E224" s="9"/>
+      <c r="F224" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="G224" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H224" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J224" s="5" t="s">
+        <v>1792</v>
+      </c>
+      <c r="K224" s="6" t="s">
+        <v>1793</v>
+      </c>
+      <c r="L224" s="12" t="s">
+        <v>1794</v>
+      </c>
+      <c r="M224" s="9"/>
+      <c r="N224" s="5"/>
+      <c r="O224" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="P224" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q224" s="5" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="225" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A225" s="11" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B225" s="9"/>
+      <c r="C225" s="11" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D225" s="10"/>
+      <c r="E225" s="9"/>
+      <c r="F225" s="3" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="H225" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I225" s="3" t="s">
+        <v>1800</v>
+      </c>
+      <c r="J225" s="3" t="s">
+        <v>1801</v>
+      </c>
+      <c r="K225" s="4" t="s">
+        <v>1802</v>
+      </c>
+      <c r="L225" s="11" t="s">
+        <v>1803</v>
+      </c>
+      <c r="M225" s="9"/>
+      <c r="N225" s="3"/>
+      <c r="O225" s="3" t="s">
+        <v>1804</v>
+      </c>
+      <c r="P225" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q225" s="3" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="226" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A226" s="12" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B226" s="9"/>
+      <c r="C226" s="12" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D226" s="10"/>
+      <c r="E226" s="9"/>
+      <c r="F226" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G226" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H226" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I226" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="J226" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="K226" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L226" s="12" t="s">
+        <v>1808</v>
+      </c>
+      <c r="M226" s="9"/>
+      <c r="N226" s="5"/>
+      <c r="O226" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="P226" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q226" s="5" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A227" s="11" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B227" s="9"/>
+      <c r="C227" s="11" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D227" s="10"/>
+      <c r="E227" s="9"/>
+      <c r="F227" s="3" t="s">
+        <v>1813</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="H227" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I227" s="3" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J227" s="3" t="s">
+        <v>1815</v>
+      </c>
+      <c r="K227" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L227" s="11" t="s">
+        <v>1816</v>
+      </c>
+      <c r="M227" s="9"/>
+      <c r="N227" s="3"/>
+      <c r="O227" s="3" t="s">
+        <v>1817</v>
+      </c>
+      <c r="P227" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q227" s="3" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A228" s="12" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B228" s="9"/>
+      <c r="C228" s="12" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D228" s="10"/>
+      <c r="E228" s="9"/>
+      <c r="F228" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="G228" s="5" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H228" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>1822</v>
+      </c>
+      <c r="J228" s="5" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K228" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L228" s="12" t="s">
+        <v>1824</v>
+      </c>
+      <c r="M228" s="9"/>
+      <c r="N228" s="5" t="s">
+        <v>1825</v>
+      </c>
+      <c r="O228" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="P228" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q228" s="5" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="229" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A229" s="11" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B229" s="9"/>
+      <c r="C229" s="11" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D229" s="10"/>
+      <c r="E229" s="9"/>
+      <c r="F229" s="3" t="s">
+        <v>1830</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H229" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I229" s="3" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J229" s="3" t="s">
+        <v>1833</v>
+      </c>
+      <c r="K229" s="4" t="s">
+        <v>1834</v>
+      </c>
+      <c r="L229" s="11" t="s">
+        <v>1835</v>
+      </c>
+      <c r="M229" s="9"/>
+      <c r="N229" s="3"/>
+      <c r="O229" s="3" t="s">
+        <v>1836</v>
+      </c>
+      <c r="P229" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q229" s="3" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A230" s="12" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B230" s="9"/>
+      <c r="C230" s="12" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D230" s="10"/>
+      <c r="E230" s="9"/>
+      <c r="F230" s="5" t="s">
+        <v>1840</v>
+      </c>
+      <c r="G230" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H230" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>1841</v>
+      </c>
+      <c r="J230" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="K230" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L230" s="12" t="s">
+        <v>1843</v>
+      </c>
+      <c r="M230" s="9"/>
+      <c r="N230" s="5"/>
+      <c r="O230" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="P230" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q230" s="5" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="231" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A231" s="11" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B231" s="9"/>
+      <c r="C231" s="11" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D231" s="10"/>
+      <c r="E231" s="9"/>
+      <c r="F231" s="3" t="s">
+        <v>1847</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H231" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I231" s="3" t="s">
+        <v>1848</v>
+      </c>
+      <c r="J231" s="3" t="s">
+        <v>1849</v>
+      </c>
+      <c r="K231" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L231" s="11" t="s">
+        <v>1850</v>
+      </c>
+      <c r="M231" s="9"/>
+      <c r="N231" s="3"/>
+      <c r="O231" s="3" t="s">
+        <v>1851</v>
+      </c>
+      <c r="P231" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q231" s="3" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="232" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A232" s="12" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B232" s="9"/>
+      <c r="C232" s="12" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D232" s="10"/>
+      <c r="E232" s="9"/>
+      <c r="F232" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="G232" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H232" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>1856</v>
+      </c>
+      <c r="J232" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K232" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L232" s="12" t="s">
+        <v>1857</v>
+      </c>
+      <c r="M232" s="9"/>
+      <c r="N232" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="O232" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="P232" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q232" s="5" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="233" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A233" s="11" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B233" s="9"/>
+      <c r="C233" s="11" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D233" s="10"/>
+      <c r="E233" s="9"/>
+      <c r="F233" s="3" t="s">
+        <v>1863</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="H233" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I233" s="3" t="s">
+        <v>1864</v>
+      </c>
+      <c r="J233" s="3" t="s">
+        <v>1865</v>
+      </c>
+      <c r="K233" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L233" s="11" t="s">
+        <v>1866</v>
+      </c>
+      <c r="M233" s="9"/>
+      <c r="N233" s="3"/>
+      <c r="O233" s="3" t="s">
+        <v>1867</v>
+      </c>
+      <c r="P233" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q233" s="3" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="234" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A234" s="12" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B234" s="9"/>
+      <c r="C234" s="12" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D234" s="10"/>
+      <c r="E234" s="9"/>
+      <c r="F234" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G234" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="H234" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="J234" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="K234" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="L234" s="12" t="s">
+        <v>1874</v>
+      </c>
+      <c r="M234" s="9"/>
+      <c r="N234" s="5"/>
+      <c r="O234" s="5" t="s">
+        <v>1875</v>
+      </c>
+      <c r="P234" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q234" s="5" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="235" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A235" s="11" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B235" s="9"/>
+      <c r="C235" s="11" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D235" s="10"/>
+      <c r="E235" s="9"/>
+      <c r="F235" s="3" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H235" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I235" s="3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="J235" s="3" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K235" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L235" s="11" t="s">
+        <v>1882</v>
+      </c>
+      <c r="M235" s="9"/>
+      <c r="N235" s="3"/>
+      <c r="O235" s="3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P235" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q235" s="3" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="236" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A236" s="12" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B236" s="9"/>
+      <c r="C236" s="12" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D236" s="10"/>
+      <c r="E236" s="9"/>
+      <c r="F236" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="G236" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="H236" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="J236" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K236" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L236" s="12" t="s">
+        <v>1889</v>
+      </c>
+      <c r="M236" s="9"/>
+      <c r="N236" s="5"/>
+      <c r="O236" s="5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="P236" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q236" s="5" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="237" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A237" s="11" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B237" s="9"/>
+      <c r="C237" s="11" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D237" s="10"/>
+      <c r="E237" s="9"/>
+      <c r="F237" s="3" t="s">
+        <v>1894</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H237" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I237" s="3" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J237" s="3" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K237" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L237" s="11" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M237" s="9"/>
+      <c r="N237" s="3"/>
+      <c r="O237" s="3" t="s">
+        <v>1898</v>
+      </c>
+      <c r="P237" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q237" s="3" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="238" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A238" s="12" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B238" s="9"/>
+      <c r="C238" s="12" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D238" s="10"/>
+      <c r="E238" s="9"/>
+      <c r="F238" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="G238" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H238" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="J238" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="K238" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L238" s="12" t="s">
+        <v>1905</v>
+      </c>
+      <c r="M238" s="9"/>
+      <c r="N238" s="5"/>
+      <c r="O238" s="5" t="s">
+        <v>1906</v>
+      </c>
+      <c r="P238" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q238" s="5" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="239" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A239" s="11" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B239" s="9"/>
+      <c r="C239" s="11" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D239" s="10"/>
+      <c r="E239" s="9"/>
+      <c r="F239" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H239" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I239" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="J239" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K239" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L239" s="11" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M239" s="9"/>
+      <c r="N239" s="3"/>
+      <c r="O239" s="3" t="s">
+        <v>1911</v>
+      </c>
+      <c r="P239" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q239" s="3" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A240" s="12" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B240" s="9"/>
+      <c r="C240" s="12" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D240" s="10"/>
+      <c r="E240" s="9"/>
+      <c r="F240" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="G240" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H240" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>1916</v>
+      </c>
+      <c r="J240" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="K240" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L240" s="12" t="s">
+        <v>1918</v>
+      </c>
+      <c r="M240" s="9"/>
+      <c r="N240" s="5"/>
+      <c r="O240" s="5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="P240" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q240" s="5" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="241" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A241" s="11" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B241" s="9"/>
+      <c r="C241" s="11" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D241" s="10"/>
+      <c r="E241" s="9"/>
+      <c r="F241" s="3" t="s">
+        <v>1923</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H241" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I241" s="3" t="s">
+        <v>1924</v>
+      </c>
+      <c r="J241" s="3" t="s">
+        <v>1925</v>
+      </c>
+      <c r="K241" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L241" s="11" t="s">
+        <v>1926</v>
+      </c>
+      <c r="M241" s="9"/>
+      <c r="N241" s="3"/>
+      <c r="O241" s="3" t="s">
+        <v>1927</v>
+      </c>
+      <c r="P241" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q241" s="3" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="242" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A242" s="12" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B242" s="9"/>
+      <c r="C242" s="12" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D242" s="10"/>
+      <c r="E242" s="9"/>
+      <c r="F242" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G242" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H242" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J242" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K242" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L242" s="12" t="s">
+        <v>1931</v>
+      </c>
+      <c r="M242" s="9"/>
+      <c r="N242" s="5"/>
+      <c r="O242" s="5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="P242" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q242" s="5" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="243" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A243" s="11" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B243" s="9"/>
+      <c r="C243" s="11" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D243" s="10"/>
+      <c r="E243" s="9"/>
+      <c r="F243" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>1936</v>
+      </c>
+      <c r="H243" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I243" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="J243" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="K243" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L243" s="11" t="s">
+        <v>1937</v>
+      </c>
+      <c r="M243" s="9"/>
+      <c r="N243" s="3" t="s">
+        <v>1938</v>
+      </c>
+      <c r="O243" s="3" t="s">
+        <v>1939</v>
+      </c>
+      <c r="P243" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q243" s="3" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="244" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A244" s="12" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B244" s="9"/>
+      <c r="C244" s="12" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D244" s="10"/>
+      <c r="E244" s="9"/>
+      <c r="F244" s="5" t="s">
+        <v>1943</v>
+      </c>
+      <c r="G244" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H244" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I244" s="5" t="s">
+        <v>1944</v>
+      </c>
+      <c r="J244" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="K244" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L244" s="12" t="s">
+        <v>1946</v>
+      </c>
+      <c r="M244" s="9"/>
+      <c r="N244" s="5"/>
+      <c r="O244" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="P244" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q244" s="5" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="245" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A245" s="11" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B245" s="9"/>
+      <c r="C245" s="11" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D245" s="10"/>
+      <c r="E245" s="9"/>
+      <c r="F245" s="3" t="s">
+        <v>1951</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H245" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I245" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J245" s="3" t="s">
+        <v>1954</v>
+      </c>
+      <c r="K245" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="L245" s="11" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M245" s="9"/>
+      <c r="N245" s="3"/>
+      <c r="O245" s="3" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P245" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q245" s="3" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="246" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A246" s="12" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B246" s="9"/>
+      <c r="C246" s="12" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D246" s="10"/>
+      <c r="E246" s="9"/>
+      <c r="F246" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="G246" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H246" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="J246" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="K246" s="6" t="s">
+        <v>1964</v>
+      </c>
+      <c r="L246" s="12" t="s">
+        <v>1965</v>
+      </c>
+      <c r="M246" s="9"/>
+      <c r="N246" s="5"/>
+      <c r="O246" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="P246" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q246" s="5" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="247" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A247" s="11" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B247" s="9"/>
+      <c r="C247" s="11" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D247" s="10"/>
+      <c r="E247" s="9"/>
+      <c r="F247" s="3" t="s">
+        <v>1970</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H247" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I247" s="3" t="s">
+        <v>1972</v>
+      </c>
+      <c r="J247" s="3" t="s">
+        <v>1973</v>
+      </c>
+      <c r="K247" s="4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="L247" s="11" t="s">
+        <v>1974</v>
+      </c>
+      <c r="M247" s="9"/>
+      <c r="N247" s="3"/>
+      <c r="O247" s="3" t="s">
+        <v>1975</v>
+      </c>
+      <c r="P247" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q247" s="3" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="248" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A248" s="12" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B248" s="9"/>
+      <c r="C248" s="12" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D248" s="10"/>
+      <c r="E248" s="9"/>
+      <c r="F248" s="5" t="s">
+        <v>1979</v>
+      </c>
+      <c r="G248" s="5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H248" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>1981</v>
+      </c>
+      <c r="J248" s="5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="K248" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="L248" s="12" t="s">
+        <v>1983</v>
+      </c>
+      <c r="M248" s="9"/>
+      <c r="N248" s="5"/>
+      <c r="O248" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="P248" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q248" s="5" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="249" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A249" s="11" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B249" s="9"/>
+      <c r="C249" s="11" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D249" s="10"/>
+      <c r="E249" s="9"/>
+      <c r="F249" s="3" t="s">
+        <v>1988</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H249" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I249" s="3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J249" s="3" t="s">
+        <v>1990</v>
+      </c>
+      <c r="K249" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L249" s="11" t="s">
+        <v>1991</v>
+      </c>
+      <c r="M249" s="9"/>
+      <c r="N249" s="3"/>
+      <c r="O249" s="3" t="s">
+        <v>1992</v>
+      </c>
+      <c r="P249" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q249" s="3" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="250" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A250" s="12" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B250" s="9"/>
+      <c r="C250" s="12" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D250" s="10"/>
+      <c r="E250" s="9"/>
+      <c r="F250" s="5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="G250" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H250" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I250" s="5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="J250" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="K250" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L250" s="12" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M250" s="9"/>
+      <c r="N250" s="5"/>
+      <c r="O250" s="5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="P250" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q250" s="5" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="251" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A251" s="11" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B251" s="9"/>
+      <c r="C251" s="11" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D251" s="10"/>
+      <c r="E251" s="9"/>
+      <c r="F251" s="3" t="s">
+        <v>1789</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H251" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I251" s="3" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J251" s="3" t="s">
+        <v>1792</v>
+      </c>
+      <c r="K251" s="4" t="s">
+        <v>1793</v>
+      </c>
+      <c r="L251" s="11" t="s">
+        <v>2005</v>
+      </c>
+      <c r="M251" s="9"/>
+      <c r="N251" s="3"/>
+      <c r="O251" s="3" t="s">
+        <v>2006</v>
+      </c>
+      <c r="P251" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q251" s="3" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="252" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A252" s="12" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B252" s="9"/>
+      <c r="C252" s="12" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D252" s="10"/>
+      <c r="E252" s="9"/>
+      <c r="F252" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="G252" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H252" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="J252" s="5" t="s">
+        <v>2012</v>
+      </c>
+      <c r="K252" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L252" s="12" t="s">
+        <v>2013</v>
+      </c>
+      <c r="M252" s="9"/>
+      <c r="N252" s="5"/>
+      <c r="O252" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="P252" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q252" s="5" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="253" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A253" s="11" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B253" s="9"/>
+      <c r="C253" s="11" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D253" s="10"/>
+      <c r="E253" s="9"/>
+      <c r="F253" s="3" t="s">
+        <v>2018</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H253" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I253" s="3" t="s">
+        <v>2020</v>
+      </c>
+      <c r="J253" s="3" t="s">
+        <v>2021</v>
+      </c>
+      <c r="K253" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L253" s="11" t="s">
+        <v>2022</v>
+      </c>
+      <c r="M253" s="9"/>
+      <c r="N253" s="3"/>
+      <c r="O253" s="3" t="s">
+        <v>2023</v>
+      </c>
+      <c r="P253" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q253" s="3" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="254" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A254" s="12" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B254" s="9"/>
+      <c r="C254" s="12" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D254" s="10"/>
+      <c r="E254" s="9"/>
+      <c r="F254" s="5" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G254" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="H254" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I254" s="5" t="s">
+        <v>2028</v>
+      </c>
+      <c r="J254" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K254" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L254" s="12" t="s">
+        <v>2029</v>
+      </c>
+      <c r="M254" s="9"/>
+      <c r="N254" s="5"/>
+      <c r="O254" s="5" t="s">
+        <v>2030</v>
+      </c>
+      <c r="P254" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q254" s="5" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="255" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A255" s="11" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B255" s="9"/>
+      <c r="C255" s="11" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D255" s="10"/>
+      <c r="E255" s="9"/>
+      <c r="F255" s="3" t="s">
+        <v>2034</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="H255" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I255" s="3" t="s">
+        <v>2035</v>
+      </c>
+      <c r="J255" s="3" t="s">
+        <v>2036</v>
+      </c>
+      <c r="K255" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L255" s="11" t="s">
+        <v>2037</v>
+      </c>
+      <c r="M255" s="9"/>
+      <c r="N255" s="3" t="s">
+        <v>2038</v>
+      </c>
+      <c r="O255" s="3" t="s">
+        <v>2039</v>
+      </c>
+      <c r="P255" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q255" s="3" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="256" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A256" s="12" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B256" s="9"/>
+      <c r="C256" s="12" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D256" s="10"/>
+      <c r="E256" s="9"/>
+      <c r="F256" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="G256" s="5" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H256" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I256" s="5" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J256" s="5" t="s">
+        <v>2046</v>
+      </c>
+      <c r="K256" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L256" s="12" t="s">
+        <v>2047</v>
+      </c>
+      <c r="M256" s="9"/>
+      <c r="N256" s="5"/>
+      <c r="O256" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P256" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q256" s="5" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="257" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A257" s="11" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B257" s="9"/>
+      <c r="C257" s="11" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D257" s="10"/>
+      <c r="E257" s="9"/>
+      <c r="F257" s="3" t="s">
+        <v>2051</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H257" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I257" s="3" t="s">
+        <v>2052</v>
+      </c>
+      <c r="J257" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K257" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L257" s="11" t="s">
+        <v>2053</v>
+      </c>
+      <c r="M257" s="9"/>
+      <c r="N257" s="3"/>
+      <c r="O257" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="P257" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q257" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="258" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A258" s="12" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B258" s="9"/>
+      <c r="C258" s="12" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D258" s="10"/>
+      <c r="E258" s="9"/>
+      <c r="F258" s="5" t="s">
+        <v>2056</v>
+      </c>
+      <c r="G258" s="5" t="s">
+        <v>2057</v>
+      </c>
+      <c r="H258" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="J258" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="K258" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L258" s="12" t="s">
+        <v>2060</v>
+      </c>
+      <c r="M258" s="9"/>
+      <c r="N258" s="5" t="s">
+        <v>2061</v>
+      </c>
+      <c r="O258" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="P258" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q258" s="5" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="259" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A259" s="11" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B259" s="9"/>
+      <c r="C259" s="11" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D259" s="10"/>
+      <c r="E259" s="9"/>
+      <c r="F259" s="3" t="s">
+        <v>2065</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="H259" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I259" s="3" t="s">
+        <v>2066</v>
+      </c>
+      <c r="J259" s="3" t="s">
+        <v>2067</v>
+      </c>
+      <c r="K259" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L259" s="11" t="s">
+        <v>2068</v>
+      </c>
+      <c r="M259" s="9"/>
+      <c r="N259" s="3" t="s">
+        <v>2069</v>
+      </c>
+      <c r="O259" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="P259" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q259" s="3" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="260" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A260" s="12" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B260" s="9"/>
+      <c r="C260" s="12" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D260" s="10"/>
+      <c r="E260" s="9"/>
+      <c r="F260" s="5" t="s">
+        <v>2073</v>
+      </c>
+      <c r="G260" s="5" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H260" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I260" s="5" t="s">
+        <v>2075</v>
+      </c>
+      <c r="J260" s="5" t="s">
+        <v>2076</v>
+      </c>
+      <c r="K260" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="L260" s="12" t="s">
+        <v>2077</v>
+      </c>
+      <c r="M260" s="9"/>
+      <c r="N260" s="5" t="s">
+        <v>2078</v>
+      </c>
+      <c r="O260" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="P260" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q260" s="5" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="261" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A261" s="11" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B261" s="9"/>
+      <c r="C261" s="11" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D261" s="10"/>
+      <c r="E261" s="9"/>
+      <c r="F261" s="3" t="s">
+        <v>2082</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H261" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I261" s="3" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J261" s="3" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K261" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L261" s="11" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M261" s="9"/>
+      <c r="N261" s="3" t="s">
+        <v>2086</v>
+      </c>
+      <c r="O261" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P261" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q261" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="262" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A262" s="12" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B262" s="9"/>
+      <c r="C262" s="12" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D262" s="10"/>
+      <c r="E262" s="9"/>
+      <c r="F262" s="5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G262" s="5" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H262" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J262" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="K262" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L262" s="12" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M262" s="9"/>
+      <c r="N262" s="5"/>
+      <c r="O262" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P262" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q262" s="5" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="263" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A263" s="11" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B263" s="9"/>
+      <c r="C263" s="11" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D263" s="10"/>
+      <c r="E263" s="9"/>
+      <c r="F263" s="3" t="s">
+        <v>2097</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H263" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I263" s="3" t="s">
+        <v>2098</v>
+      </c>
+      <c r="J263" s="3" t="s">
+        <v>2099</v>
+      </c>
+      <c r="K263" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L263" s="11" t="s">
+        <v>2100</v>
+      </c>
+      <c r="M263" s="9"/>
+      <c r="N263" s="3"/>
+      <c r="O263" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="P263" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q263" s="3" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="264" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A264" s="12" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B264" s="9"/>
+      <c r="C264" s="12" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D264" s="10"/>
+      <c r="E264" s="9"/>
+      <c r="F264" s="5" t="s">
+        <v>2104</v>
+      </c>
+      <c r="G264" s="5" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H264" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>2106</v>
+      </c>
+      <c r="J264" s="5" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K264" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L264" s="12" t="s">
+        <v>2108</v>
+      </c>
+      <c r="M264" s="9"/>
+      <c r="N264" s="5" t="s">
+        <v>2109</v>
+      </c>
+      <c r="O264" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P264" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q264" s="5" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="265" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A265" s="11" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B265" s="9"/>
+      <c r="C265" s="11" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D265" s="10"/>
+      <c r="E265" s="9"/>
+      <c r="F265" s="3" t="s">
+        <v>2113</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H265" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I265" s="3" t="s">
+        <v>2115</v>
+      </c>
+      <c r="J265" s="3" t="s">
+        <v>2116</v>
+      </c>
+      <c r="K265" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L265" s="11" t="s">
+        <v>2117</v>
+      </c>
+      <c r="M265" s="9"/>
+      <c r="N265" s="3" t="s">
+        <v>2118</v>
+      </c>
+      <c r="O265" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P265" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q265" s="3" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="266" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A266" s="12" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B266" s="9"/>
+      <c r="C266" s="12" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D266" s="10"/>
+      <c r="E266" s="9"/>
+      <c r="F266" s="5" t="s">
+        <v>2122</v>
+      </c>
+      <c r="G266" s="5" t="s">
+        <v>2123</v>
+      </c>
+      <c r="H266" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>2124</v>
+      </c>
+      <c r="J266" s="5" t="s">
+        <v>2125</v>
+      </c>
+      <c r="K266" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L266" s="12" t="s">
+        <v>2126</v>
+      </c>
+      <c r="M266" s="9"/>
+      <c r="N266" s="5" t="s">
+        <v>2127</v>
+      </c>
+      <c r="O266" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P266" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q266" s="5" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="267" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A267" s="11" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B267" s="9"/>
+      <c r="C267" s="11" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D267" s="10"/>
+      <c r="E267" s="9"/>
+      <c r="F267" s="3" t="s">
+        <v>2131</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H267" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I267" s="3" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J267" s="3" t="s">
+        <v>2134</v>
+      </c>
+      <c r="K267" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L267" s="11" t="s">
+        <v>2135</v>
+      </c>
+      <c r="M267" s="9"/>
+      <c r="N267" s="3"/>
+      <c r="O267" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P267" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q267" s="3" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="268" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A268" s="12" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B268" s="9"/>
+      <c r="C268" s="12" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D268" s="10"/>
+      <c r="E268" s="9"/>
+      <c r="F268" s="5" t="s">
+        <v>2138</v>
+      </c>
+      <c r="G268" s="5" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H268" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I268" s="5" t="s">
+        <v>2140</v>
+      </c>
+      <c r="J268" s="5" t="s">
+        <v>2141</v>
+      </c>
+      <c r="K268" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L268" s="12" t="s">
+        <v>2142</v>
+      </c>
+      <c r="M268" s="9"/>
+      <c r="N268" s="5" t="s">
+        <v>2143</v>
+      </c>
+      <c r="O268" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P268" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q268" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="269" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A269" s="11" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B269" s="9"/>
+      <c r="C269" s="11" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D269" s="10"/>
+      <c r="E269" s="9"/>
+      <c r="F269" s="3" t="s">
+        <v>2146</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H269" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I269" s="3" t="s">
+        <v>2148</v>
+      </c>
+      <c r="J269" s="3" t="s">
+        <v>2149</v>
+      </c>
+      <c r="K269" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L269" s="11" t="s">
+        <v>2150</v>
+      </c>
+      <c r="M269" s="9"/>
+      <c r="N269" s="3"/>
+      <c r="O269" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="P269" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q269" s="3" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="270" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A270" s="12" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B270" s="9"/>
+      <c r="C270" s="12" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D270" s="10"/>
+      <c r="E270" s="9"/>
+      <c r="F270" s="5" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G270" s="5" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H270" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J270" s="5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="K270" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L270" s="12" t="s">
+        <v>2158</v>
+      </c>
+      <c r="M270" s="9"/>
+      <c r="N270" s="5"/>
+      <c r="O270" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="P270" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q270" s="5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="271" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A271" s="11" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B271" s="9"/>
+      <c r="C271" s="11" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D271" s="10"/>
+      <c r="E271" s="9"/>
+      <c r="F271" s="3" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H271" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I271" s="3" t="s">
+        <v>2163</v>
+      </c>
+      <c r="J271" s="3" t="s">
+        <v>2164</v>
+      </c>
+      <c r="K271" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L271" s="11" t="s">
+        <v>2165</v>
+      </c>
+      <c r="M271" s="9"/>
+      <c r="N271" s="3" t="s">
+        <v>2166</v>
+      </c>
+      <c r="O271" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P271" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q271" s="3" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="272" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A272" s="12" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B272" s="9"/>
+      <c r="C272" s="12" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D272" s="10"/>
+      <c r="E272" s="9"/>
+      <c r="F272" s="5" t="s">
+        <v>2170</v>
+      </c>
+      <c r="G272" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H272" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>2172</v>
+      </c>
+      <c r="J272" s="5" t="s">
+        <v>2173</v>
+      </c>
+      <c r="K272" s="6" t="s">
+        <v>2174</v>
+      </c>
+      <c r="L272" s="12" t="s">
+        <v>2175</v>
+      </c>
+      <c r="M272" s="9"/>
+      <c r="N272" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="O272" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P272" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q272" s="5" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="273" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A273" s="11" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B273" s="9"/>
+      <c r="C273" s="11" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D273" s="10"/>
+      <c r="E273" s="9"/>
+      <c r="F273" s="3" t="s">
+        <v>2179</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>2180</v>
+      </c>
+      <c r="H273" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I273" s="3" t="s">
+        <v>2181</v>
+      </c>
+      <c r="J273" s="3" t="s">
+        <v>2182</v>
+      </c>
+      <c r="K273" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L273" s="11" t="s">
+        <v>2183</v>
+      </c>
+      <c r="M273" s="9"/>
+      <c r="N273" s="3" t="s">
+        <v>2184</v>
+      </c>
+      <c r="O273" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="P273" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q273" s="3" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="274" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A274" s="12" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B274" s="9"/>
+      <c r="C274" s="12" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D274" s="10"/>
+      <c r="E274" s="9"/>
+      <c r="F274" s="5" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G274" s="5" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H274" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>2190</v>
+      </c>
+      <c r="J274" s="5" t="s">
+        <v>2191</v>
+      </c>
+      <c r="K274" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L274" s="12" t="s">
+        <v>2192</v>
+      </c>
+      <c r="M274" s="9"/>
+      <c r="N274" s="5"/>
+      <c r="O274" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="P274" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q274" s="5" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="275" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A275" s="11" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B275" s="9"/>
+      <c r="C275" s="11" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D275" s="10"/>
+      <c r="E275" s="9"/>
+      <c r="F275" s="3" t="s">
+        <v>2196</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H275" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I275" s="3" t="s">
+        <v>2197</v>
+      </c>
+      <c r="J275" s="3" t="s">
+        <v>2198</v>
+      </c>
+      <c r="K275" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L275" s="11" t="s">
+        <v>2199</v>
+      </c>
+      <c r="M275" s="9"/>
+      <c r="N275" s="3" t="s">
+        <v>2200</v>
+      </c>
+      <c r="O275" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P275" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q275" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="276" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A276" s="12" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B276" s="9"/>
+      <c r="C276" s="12" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D276" s="10"/>
+      <c r="E276" s="9"/>
+      <c r="F276" s="5" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G276" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="H276" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>2204</v>
+      </c>
+      <c r="J276" s="5" t="s">
+        <v>2205</v>
+      </c>
+      <c r="K276" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L276" s="12" t="s">
+        <v>2206</v>
+      </c>
+      <c r="M276" s="9"/>
+      <c r="N276" s="5" t="s">
+        <v>2207</v>
+      </c>
+      <c r="O276" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="P276" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q276" s="5" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="277" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A277" s="11" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B277" s="9"/>
+      <c r="C277" s="11" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D277" s="10"/>
+      <c r="E277" s="9"/>
+      <c r="F277" s="3" t="s">
+        <v>2211</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H277" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I277" s="3" t="s">
+        <v>2213</v>
+      </c>
+      <c r="J277" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K277" s="4" t="s">
+        <v>2215</v>
+      </c>
+      <c r="L277" s="11" t="s">
+        <v>2216</v>
+      </c>
+      <c r="M277" s="9"/>
+      <c r="N277" s="3"/>
+      <c r="O277" s="3" t="s">
+        <v>2217</v>
+      </c>
+      <c r="P277" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q277" s="3" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="278" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A278" s="12" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B278" s="9"/>
+      <c r="C278" s="12" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D278" s="10"/>
+      <c r="E278" s="9"/>
+      <c r="F278" s="5" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G278" s="5" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H278" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>2223</v>
+      </c>
+      <c r="J278" s="5" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K278" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L278" s="12" t="s">
+        <v>2225</v>
+      </c>
+      <c r="M278" s="9"/>
+      <c r="N278" s="5"/>
+      <c r="O278" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P278" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q278" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="279" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A279" s="11" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B279" s="9"/>
+      <c r="C279" s="11" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D279" s="10"/>
+      <c r="E279" s="9"/>
+      <c r="F279" s="3" t="s">
+        <v>2228</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H279" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I279" s="3" t="s">
+        <v>2230</v>
+      </c>
+      <c r="J279" s="3" t="s">
+        <v>2231</v>
+      </c>
+      <c r="K279" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L279" s="11" t="s">
+        <v>2232</v>
+      </c>
+      <c r="M279" s="9"/>
+      <c r="N279" s="3"/>
+      <c r="O279" s="3" t="s">
+        <v>2233</v>
+      </c>
+      <c r="P279" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q279" s="3" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="280" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A280" s="12" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B280" s="9"/>
+      <c r="C280" s="12" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D280" s="10"/>
+      <c r="E280" s="9"/>
+      <c r="F280" s="5" t="s">
+        <v>2237</v>
+      </c>
+      <c r="G280" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H280" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I280" s="5" t="s">
+        <v>2238</v>
+      </c>
+      <c r="J280" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K280" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L280" s="12" t="s">
+        <v>2239</v>
+      </c>
+      <c r="M280" s="9"/>
+      <c r="N280" s="5"/>
+      <c r="O280" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P280" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q280" s="5" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="281" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A281" s="11" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B281" s="9"/>
+      <c r="C281" s="11" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D281" s="10"/>
+      <c r="E281" s="9"/>
+      <c r="F281" s="3" t="s">
+        <v>2243</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H281" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I281" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="J281" s="3" t="s">
+        <v>2246</v>
+      </c>
+      <c r="K281" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L281" s="11" t="s">
+        <v>2247</v>
+      </c>
+      <c r="M281" s="9"/>
+      <c r="N281" s="3"/>
+      <c r="O281" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P281" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q281" s="3" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="282" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A282" s="12" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B282" s="9"/>
+      <c r="C282" s="12" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D282" s="10"/>
+      <c r="E282" s="9"/>
+      <c r="F282" s="5" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G282" s="5" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H282" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>2253</v>
+      </c>
+      <c r="J282" s="5" t="s">
+        <v>2254</v>
+      </c>
+      <c r="K282" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L282" s="12" t="s">
+        <v>2255</v>
+      </c>
+      <c r="M282" s="9"/>
+      <c r="N282" s="5"/>
+      <c r="O282" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="P282" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q282" s="5" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="283" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A283" s="11" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B283" s="9"/>
+      <c r="C283" s="11" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D283" s="10"/>
+      <c r="E283" s="9"/>
+      <c r="F283" s="3" t="s">
+        <v>2259</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="H283" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I283" s="3" t="s">
+        <v>2260</v>
+      </c>
+      <c r="J283" s="3" t="s">
+        <v>2261</v>
+      </c>
+      <c r="K283" s="4" t="s">
+        <v>2262</v>
+      </c>
+      <c r="L283" s="11" t="s">
+        <v>2263</v>
+      </c>
+      <c r="M283" s="9"/>
+      <c r="N283" s="3"/>
+      <c r="O283" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P283" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q283" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="284" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A284" s="12" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B284" s="9"/>
+      <c r="C284" s="12" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D284" s="10"/>
+      <c r="E284" s="9"/>
+      <c r="F284" s="5" t="s">
+        <v>2266</v>
+      </c>
+      <c r="G284" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H284" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>2267</v>
+      </c>
+      <c r="J284" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K284" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L284" s="12" t="s">
+        <v>2268</v>
+      </c>
+      <c r="M284" s="9"/>
+      <c r="N284" s="5"/>
+      <c r="O284" s="5" t="s">
+        <v>1610</v>
+      </c>
+      <c r="P284" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q284" s="5" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="285" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A285" s="11" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B285" s="9"/>
+      <c r="C285" s="11" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D285" s="10"/>
+      <c r="E285" s="9"/>
+      <c r="F285" s="3" t="s">
+        <v>2272</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>2273</v>
+      </c>
+      <c r="H285" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I285" s="3" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J285" s="3" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K285" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L285" s="11" t="s">
+        <v>2276</v>
+      </c>
+      <c r="M285" s="9"/>
+      <c r="N285" s="3"/>
+      <c r="O285" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P285" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q285" s="3" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="286" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A286" s="12" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B286" s="9"/>
+      <c r="C286" s="12" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D286" s="10"/>
+      <c r="E286" s="9"/>
+      <c r="F286" s="5" t="s">
+        <v>2280</v>
+      </c>
+      <c r="G286" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="H286" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>2281</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>2282</v>
+      </c>
+      <c r="K286" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L286" s="12" t="s">
+        <v>2283</v>
+      </c>
+      <c r="M286" s="9"/>
+      <c r="N286" s="5" t="s">
+        <v>2284</v>
+      </c>
+      <c r="O286" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="P286" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q286" s="5" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="287" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A287" s="11" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B287" s="9"/>
+      <c r="C287" s="11" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D287" s="10"/>
+      <c r="E287" s="9"/>
+      <c r="F287" s="3" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H287" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I287" s="3" t="s">
+        <v>2290</v>
+      </c>
+      <c r="J287" s="3" t="s">
+        <v>2291</v>
+      </c>
+      <c r="K287" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L287" s="11" t="s">
+        <v>2292</v>
+      </c>
+      <c r="M287" s="9"/>
+      <c r="N287" s="3" t="s">
+        <v>2293</v>
+      </c>
+      <c r="O287" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P287" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q287" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="288" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A288" s="12" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B288" s="9"/>
+      <c r="C288" s="12" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D288" s="10"/>
+      <c r="E288" s="9"/>
+      <c r="F288" s="5" t="s">
+        <v>2296</v>
+      </c>
+      <c r="G288" s="5" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H288" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>2298</v>
+      </c>
+      <c r="J288" s="5" t="s">
+        <v>2299</v>
+      </c>
+      <c r="K288" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L288" s="12" t="s">
+        <v>2300</v>
+      </c>
+      <c r="M288" s="9"/>
+      <c r="N288" s="5"/>
+      <c r="O288" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P288" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q288" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="289" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A289" s="11" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B289" s="9"/>
+      <c r="C289" s="11" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D289" s="10"/>
+      <c r="E289" s="9"/>
+      <c r="F289" s="3" t="s">
+        <v>2303</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H289" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I289" s="3" t="s">
+        <v>2304</v>
+      </c>
+      <c r="J289" s="3" t="s">
+        <v>2305</v>
+      </c>
+      <c r="K289" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L289" s="11" t="s">
+        <v>2306</v>
+      </c>
+      <c r="M289" s="9"/>
+      <c r="N289" s="3" t="s">
+        <v>2307</v>
+      </c>
+      <c r="O289" s="3" t="s">
+        <v>2308</v>
+      </c>
+      <c r="P289" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q289" s="3" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="290" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A290" s="12" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B290" s="9"/>
+      <c r="C290" s="12" t="s">
+        <v>2311</v>
+      </c>
+      <c r="D290" s="10"/>
+      <c r="E290" s="9"/>
+      <c r="F290" s="5" t="s">
+        <v>2312</v>
+      </c>
+      <c r="G290" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H290" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I290" s="5" t="s">
+        <v>2313</v>
+      </c>
+      <c r="J290" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K290" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L290" s="12" t="s">
+        <v>2314</v>
+      </c>
+      <c r="M290" s="9"/>
+      <c r="N290" s="5"/>
+      <c r="O290" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P290" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q290" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="291" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A291" s="11" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B291" s="9"/>
+      <c r="C291" s="11" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D291" s="10"/>
+      <c r="E291" s="9"/>
+      <c r="F291" s="3" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H291" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I291" s="3" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J291" s="3" t="s">
+        <v>2320</v>
+      </c>
+      <c r="K291" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L291" s="11" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M291" s="9"/>
+      <c r="N291" s="3"/>
+      <c r="O291" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P291" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q291" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="292" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A292" s="12" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B292" s="9"/>
+      <c r="C292" s="12" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D292" s="10"/>
+      <c r="E292" s="9"/>
+      <c r="F292" s="5" t="s">
+        <v>2323</v>
+      </c>
+      <c r="G292" s="5" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H292" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>2325</v>
+      </c>
+      <c r="J292" s="5" t="s">
+        <v>2326</v>
+      </c>
+      <c r="K292" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L292" s="12" t="s">
+        <v>2327</v>
+      </c>
+      <c r="M292" s="9"/>
+      <c r="N292" s="5" t="s">
+        <v>2078</v>
+      </c>
+      <c r="O292" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P292" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q292" s="5" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="293" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A293" s="11" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B293" s="9"/>
+      <c r="C293" s="11" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D293" s="10"/>
+      <c r="E293" s="9"/>
+      <c r="F293" s="3" t="s">
+        <v>2331</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H293" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I293" s="3" t="s">
+        <v>2333</v>
+      </c>
+      <c r="J293" s="3" t="s">
+        <v>2334</v>
+      </c>
+      <c r="K293" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="L293" s="11" t="s">
+        <v>2335</v>
+      </c>
+      <c r="M293" s="9"/>
+      <c r="N293" s="3" t="s">
+        <v>2336</v>
+      </c>
+      <c r="O293" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="P293" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q293" s="3" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="294" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A294" s="12" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B294" s="9"/>
+      <c r="C294" s="12" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D294" s="10"/>
+      <c r="E294" s="9"/>
+      <c r="F294" s="5" t="s">
+        <v>2196</v>
+      </c>
+      <c r="G294" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="H294" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>2197</v>
+      </c>
+      <c r="J294" s="5" t="s">
+        <v>2198</v>
+      </c>
+      <c r="K294" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L294" s="12" t="s">
+        <v>2339</v>
+      </c>
+      <c r="M294" s="9"/>
+      <c r="N294" s="5"/>
+      <c r="O294" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P294" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q294" s="5" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="295" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A295" s="11" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B295" s="9"/>
+      <c r="C295" s="11" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D295" s="10"/>
+      <c r="E295" s="9"/>
+      <c r="F295" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="H295" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I295" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J295" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K295" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L295" s="11" t="s">
+        <v>2346</v>
+      </c>
+      <c r="M295" s="9"/>
+      <c r="N295" s="3" t="s">
+        <v>2347</v>
+      </c>
+      <c r="O295" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P295" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q295" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="296" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A296" s="12" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B296" s="9"/>
+      <c r="C296" s="12" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D296" s="10"/>
+      <c r="E296" s="9"/>
+      <c r="F296" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G296" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="H296" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J296" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K296" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L296" s="12" t="s">
+        <v>2350</v>
+      </c>
+      <c r="M296" s="9"/>
+      <c r="N296" s="5" t="s">
+        <v>2347</v>
+      </c>
+      <c r="O296" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P296" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q296" s="5" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="297" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A297" s="11" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B297" s="9"/>
+      <c r="C297" s="11" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D297" s="10"/>
+      <c r="E297" s="9"/>
+      <c r="F297" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="H297" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I297" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J297" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K297" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L297" s="11" t="s">
+        <v>2352</v>
+      </c>
+      <c r="M297" s="9"/>
+      <c r="N297" s="3" t="s">
+        <v>2347</v>
+      </c>
+      <c r="O297" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P297" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q297" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="298" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A298" s="12" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B298" s="9"/>
+      <c r="C298" s="12" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D298" s="10"/>
+      <c r="E298" s="9"/>
+      <c r="F298" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G298" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="H298" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J298" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K298" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L298" s="12" t="s">
+        <v>2354</v>
+      </c>
+      <c r="M298" s="9"/>
+      <c r="N298" s="5" t="s">
+        <v>2347</v>
+      </c>
+      <c r="O298" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P298" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q298" s="5" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="299" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A299" s="11" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B299" s="9"/>
+      <c r="C299" s="11" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D299" s="10"/>
+      <c r="E299" s="9"/>
+      <c r="F299" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="H299" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I299" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J299" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K299" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L299" s="11" t="s">
+        <v>2356</v>
+      </c>
+      <c r="M299" s="9"/>
+      <c r="N299" s="3" t="s">
+        <v>2347</v>
+      </c>
+      <c r="O299" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P299" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q299" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="300" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A300" s="12" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B300" s="9"/>
+      <c r="C300" s="12" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D300" s="10"/>
+      <c r="E300" s="9"/>
+      <c r="F300" s="5" t="s">
+        <v>2359</v>
+      </c>
+      <c r="G300" s="5" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H300" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>2360</v>
+      </c>
+      <c r="J300" s="5" t="s">
+        <v>2361</v>
+      </c>
+      <c r="K300" s="6" t="s">
+        <v>2362</v>
+      </c>
+      <c r="L300" s="12" t="s">
+        <v>2363</v>
+      </c>
+      <c r="M300" s="9"/>
+      <c r="N300" s="5"/>
+      <c r="O300" s="5" t="s">
+        <v>2364</v>
+      </c>
+      <c r="P300" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q300" s="5" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="301" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A301" s="11" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B301" s="9"/>
+      <c r="C301" s="11" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D301" s="10"/>
+      <c r="E301" s="9"/>
+      <c r="F301" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H301" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I301" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J301" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K301" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L301" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M301" s="9"/>
+      <c r="N301" s="3"/>
+      <c r="O301" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P301" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q301" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="302" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A302" s="12" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B302" s="9"/>
+      <c r="C302" s="12" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D302" s="10"/>
+      <c r="E302" s="9"/>
+      <c r="F302" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G302" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H302" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I302" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J302" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K302" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L302" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M302" s="9"/>
+      <c r="N302" s="5"/>
+      <c r="O302" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P302" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q302" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="303" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A303" s="11" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B303" s="9"/>
+      <c r="C303" s="11" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D303" s="10"/>
+      <c r="E303" s="9"/>
+      <c r="F303" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H303" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I303" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J303" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K303" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L303" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M303" s="9"/>
+      <c r="N303" s="3"/>
+      <c r="O303" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P303" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q303" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="304" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A304" s="12" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B304" s="9"/>
+      <c r="C304" s="12" t="s">
+        <v>2379</v>
+      </c>
+      <c r="D304" s="10"/>
+      <c r="E304" s="9"/>
+      <c r="F304" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G304" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H304" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I304" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J304" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K304" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L304" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M304" s="9"/>
+      <c r="N304" s="5"/>
+      <c r="O304" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P304" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q304" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="305" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A305" s="11" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B305" s="9"/>
+      <c r="C305" s="11" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D305" s="10"/>
+      <c r="E305" s="9"/>
+      <c r="F305" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H305" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I305" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J305" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K305" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L305" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M305" s="9"/>
+      <c r="N305" s="3"/>
+      <c r="O305" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P305" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q305" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="306" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A306" s="12" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B306" s="9"/>
+      <c r="C306" s="12" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D306" s="10"/>
+      <c r="E306" s="9"/>
+      <c r="F306" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G306" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H306" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J306" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K306" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L306" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M306" s="9"/>
+      <c r="N306" s="5"/>
+      <c r="O306" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P306" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q306" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="307" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A307" s="11" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B307" s="9"/>
+      <c r="C307" s="11" t="s">
+        <v>2379</v>
+      </c>
+      <c r="D307" s="10"/>
+      <c r="E307" s="9"/>
+      <c r="F307" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H307" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I307" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J307" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K307" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L307" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M307" s="9"/>
+      <c r="N307" s="3"/>
+      <c r="O307" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P307" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q307" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="308" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A308" s="12" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B308" s="9"/>
+      <c r="C308" s="12" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D308" s="10"/>
+      <c r="E308" s="9"/>
+      <c r="F308" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G308" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H308" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I308" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J308" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K308" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L308" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M308" s="9"/>
+      <c r="N308" s="5"/>
+      <c r="O308" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P308" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q308" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="309" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A309" s="11" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B309" s="9"/>
+      <c r="C309" s="11" t="s">
+        <v>2388</v>
+      </c>
+      <c r="D309" s="10"/>
+      <c r="E309" s="9"/>
+      <c r="F309" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H309" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I309" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J309" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K309" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L309" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M309" s="9"/>
+      <c r="N309" s="3"/>
+      <c r="O309" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P309" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q309" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="310" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A310" s="12" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B310" s="9"/>
+      <c r="C310" s="12" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D310" s="10"/>
+      <c r="E310" s="9"/>
+      <c r="F310" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G310" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H310" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I310" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J310" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K310" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L310" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M310" s="9"/>
+      <c r="N310" s="5"/>
+      <c r="O310" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P310" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q310" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="311" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A311" s="11" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B311" s="9"/>
+      <c r="C311" s="11" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D311" s="10"/>
+      <c r="E311" s="9"/>
+      <c r="F311" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H311" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I311" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J311" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K311" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L311" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M311" s="9"/>
+      <c r="N311" s="3"/>
+      <c r="O311" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P311" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q311" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="312" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A312" s="12" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B312" s="9"/>
+      <c r="C312" s="12" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D312" s="10"/>
+      <c r="E312" s="9"/>
+      <c r="F312" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G312" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H312" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I312" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J312" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K312" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L312" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M312" s="9"/>
+      <c r="N312" s="5"/>
+      <c r="O312" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P312" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q312" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="313" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A313" s="11" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B313" s="9"/>
+      <c r="C313" s="11" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D313" s="10"/>
+      <c r="E313" s="9"/>
+      <c r="F313" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H313" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I313" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J313" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K313" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L313" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M313" s="9"/>
+      <c r="N313" s="3"/>
+      <c r="O313" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P313" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q313" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="314" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A314" s="12" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B314" s="9"/>
+      <c r="C314" s="12" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D314" s="10"/>
+      <c r="E314" s="9"/>
+      <c r="F314" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G314" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H314" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J314" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K314" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L314" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M314" s="9"/>
+      <c r="N314" s="5"/>
+      <c r="O314" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P314" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q314" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="315" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A315" s="11" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B315" s="9"/>
+      <c r="C315" s="11" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D315" s="10"/>
+      <c r="E315" s="9"/>
+      <c r="F315" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H315" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I315" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J315" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K315" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L315" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M315" s="9"/>
+      <c r="N315" s="3"/>
+      <c r="O315" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P315" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q315" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="316" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A316" s="12" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B316" s="9"/>
+      <c r="C316" s="12" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D316" s="10"/>
+      <c r="E316" s="9"/>
+      <c r="F316" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G316" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H316" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I316" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J316" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K316" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L316" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M316" s="9"/>
+      <c r="N316" s="5"/>
+      <c r="O316" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P316" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q316" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="317" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A317" s="11" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B317" s="9"/>
+      <c r="C317" s="11" t="s">
+        <v>2379</v>
+      </c>
+      <c r="D317" s="10"/>
+      <c r="E317" s="9"/>
+      <c r="F317" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H317" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I317" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J317" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K317" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L317" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M317" s="9"/>
+      <c r="N317" s="3"/>
+      <c r="O317" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P317" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q317" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="318" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A318" s="12" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B318" s="9"/>
+      <c r="C318" s="12" t="s">
+        <v>2402</v>
+      </c>
+      <c r="D318" s="10"/>
+      <c r="E318" s="9"/>
+      <c r="F318" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G318" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H318" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I318" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J318" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K318" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L318" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M318" s="9"/>
+      <c r="N318" s="5"/>
+      <c r="O318" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P318" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q318" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="319" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A319" s="11" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B319" s="9"/>
+      <c r="C319" s="11" t="s">
+        <v>2404</v>
+      </c>
+      <c r="D319" s="10"/>
+      <c r="E319" s="9"/>
+      <c r="F319" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H319" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I319" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J319" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K319" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L319" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M319" s="9"/>
+      <c r="N319" s="3"/>
+      <c r="O319" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P319" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q319" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="320" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A320" s="12" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B320" s="9"/>
+      <c r="C320" s="12" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D320" s="10"/>
+      <c r="E320" s="9"/>
+      <c r="F320" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G320" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H320" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J320" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K320" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L320" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M320" s="9"/>
+      <c r="N320" s="5"/>
+      <c r="O320" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P320" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q320" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="321" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A321" s="11" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B321" s="9"/>
+      <c r="C321" s="11" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D321" s="10"/>
+      <c r="E321" s="9"/>
+      <c r="F321" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H321" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I321" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J321" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K321" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L321" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M321" s="9"/>
+      <c r="N321" s="3"/>
+      <c r="O321" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P321" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q321" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="322" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A322" s="12" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B322" s="9"/>
+      <c r="C322" s="12" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D322" s="10"/>
+      <c r="E322" s="9"/>
+      <c r="F322" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G322" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H322" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J322" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K322" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L322" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M322" s="9"/>
+      <c r="N322" s="5"/>
+      <c r="O322" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P322" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q322" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="323" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A323" s="11" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B323" s="9"/>
+      <c r="C323" s="11" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D323" s="10"/>
+      <c r="E323" s="9"/>
+      <c r="F323" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H323" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I323" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J323" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K323" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L323" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M323" s="9"/>
+      <c r="N323" s="3"/>
+      <c r="O323" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P323" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q323" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="324" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A324" s="12" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B324" s="9"/>
+      <c r="C324" s="12" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D324" s="10"/>
+      <c r="E324" s="9"/>
+      <c r="F324" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G324" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H324" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J324" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K324" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L324" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M324" s="9"/>
+      <c r="N324" s="5"/>
+      <c r="O324" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P324" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q324" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="325" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A325" s="11" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B325" s="9"/>
+      <c r="C325" s="11" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D325" s="10"/>
+      <c r="E325" s="9"/>
+      <c r="F325" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H325" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I325" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J325" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K325" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L325" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M325" s="9"/>
+      <c r="N325" s="3"/>
+      <c r="O325" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P325" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q325" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="326" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A326" s="12" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B326" s="9"/>
+      <c r="C326" s="12" t="s">
+        <v>2419</v>
+      </c>
+      <c r="D326" s="10"/>
+      <c r="E326" s="9"/>
+      <c r="F326" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G326" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H326" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I326" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J326" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K326" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L326" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M326" s="9"/>
+      <c r="N326" s="5"/>
+      <c r="O326" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P326" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q326" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="327" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A327" s="11" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B327" s="9"/>
+      <c r="C327" s="11" t="s">
+        <v>2421</v>
+      </c>
+      <c r="D327" s="10"/>
+      <c r="E327" s="9"/>
+      <c r="F327" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H327" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I327" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J327" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K327" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L327" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M327" s="9"/>
+      <c r="N327" s="3"/>
+      <c r="O327" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P327" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q327" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="328" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A328" s="12" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B328" s="9"/>
+      <c r="C328" s="12" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D328" s="10"/>
+      <c r="E328" s="9"/>
+      <c r="F328" s="5" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G328" s="5" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H328" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>2426</v>
+      </c>
+      <c r="J328" s="5" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K328" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L328" s="12" t="s">
+        <v>2428</v>
+      </c>
+      <c r="M328" s="9"/>
+      <c r="N328" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="O328" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P328" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q328" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="329" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A329" s="11" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B329" s="9"/>
+      <c r="C329" s="11" t="s">
+        <v>2430</v>
+      </c>
+      <c r="D329" s="10"/>
+      <c r="E329" s="9"/>
+      <c r="F329" s="3" t="s">
+        <v>2431</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H329" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I329" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J329" s="3" t="s">
+        <v>2434</v>
+      </c>
+      <c r="K329" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L329" s="11" t="s">
+        <v>2435</v>
+      </c>
+      <c r="M329" s="9"/>
+      <c r="N329" s="3" t="s">
+        <v>2436</v>
+      </c>
+      <c r="O329" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P329" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q329" s="3" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="330" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A330" s="12" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B330" s="9"/>
+      <c r="C330" s="12" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D330" s="10"/>
+      <c r="E330" s="9"/>
+      <c r="F330" s="5" t="s">
+        <v>2431</v>
+      </c>
+      <c r="G330" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H330" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I330" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J330" s="5" t="s">
+        <v>2434</v>
+      </c>
+      <c r="K330" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L330" s="12" t="s">
+        <v>2435</v>
+      </c>
+      <c r="M330" s="9"/>
+      <c r="N330" s="5" t="s">
+        <v>2436</v>
+      </c>
+      <c r="O330" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P330" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q330" s="5" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="331" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A331" s="11" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B331" s="9"/>
+      <c r="C331" s="11" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D331" s="10"/>
+      <c r="E331" s="9"/>
+      <c r="F331" s="3" t="s">
+        <v>2431</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H331" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I331" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J331" s="3" t="s">
+        <v>2434</v>
+      </c>
+      <c r="K331" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L331" s="11" t="s">
+        <v>2435</v>
+      </c>
+      <c r="M331" s="9"/>
+      <c r="N331" s="3" t="s">
+        <v>2436</v>
+      </c>
+      <c r="O331" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P331" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q331" s="3" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="332" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A332" s="12" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B332" s="9"/>
+      <c r="C332" s="12" t="s">
+        <v>2443</v>
+      </c>
+      <c r="D332" s="10"/>
+      <c r="E332" s="9"/>
+      <c r="F332" s="5" t="s">
+        <v>2444</v>
+      </c>
+      <c r="G332" s="5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H332" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J332" s="5" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K332" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L332" s="12" t="s">
+        <v>2448</v>
+      </c>
+      <c r="M332" s="9"/>
+      <c r="N332" s="5"/>
+      <c r="O332" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="P332" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q332" s="5" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="333" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A333" s="11" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B333" s="9"/>
+      <c r="C333" s="11" t="s">
+        <v>2451</v>
+      </c>
+      <c r="D333" s="10"/>
+      <c r="E333" s="9"/>
+      <c r="F333" s="3" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H333" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I333" s="3" t="s">
+        <v>2453</v>
+      </c>
+      <c r="J333" s="3" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K333" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L333" s="11" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M333" s="9"/>
+      <c r="N333" s="3"/>
+      <c r="O333" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P333" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q333" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="334" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A334" s="12" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B334" s="9"/>
+      <c r="C334" s="12" t="s">
+        <v>2456</v>
+      </c>
+      <c r="D334" s="10"/>
+      <c r="E334" s="9"/>
+      <c r="F334" s="5" t="s">
+        <v>2457</v>
+      </c>
+      <c r="G334" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H334" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I334" s="5" t="s">
+        <v>2458</v>
+      </c>
+      <c r="J334" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K334" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L334" s="12" t="s">
+        <v>2459</v>
+      </c>
+      <c r="M334" s="9"/>
+      <c r="N334" s="5" t="s">
+        <v>2460</v>
+      </c>
+      <c r="O334" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P334" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q334" s="5" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="335" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A335" s="11" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B335" s="9"/>
+      <c r="C335" s="11" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D335" s="10"/>
+      <c r="E335" s="9"/>
+      <c r="F335" s="3" t="s">
+        <v>2457</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H335" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I335" s="3" t="s">
+        <v>2458</v>
+      </c>
+      <c r="J335" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K335" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L335" s="11" t="s">
+        <v>2459</v>
+      </c>
+      <c r="M335" s="9"/>
+      <c r="N335" s="3" t="s">
+        <v>2460</v>
+      </c>
+      <c r="O335" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P335" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q335" s="3" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="336" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A336" s="12" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B336" s="9"/>
+      <c r="C336" s="12" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D336" s="10"/>
+      <c r="E336" s="9"/>
+      <c r="F336" s="5" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G336" s="5" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H336" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I336" s="5" t="s">
+        <v>2426</v>
+      </c>
+      <c r="J336" s="5" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K336" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L336" s="12" t="s">
+        <v>2466</v>
+      </c>
+      <c r="M336" s="9"/>
+      <c r="N336" s="5"/>
+      <c r="O336" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P336" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q336" s="5" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="337" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A337" s="11" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B337" s="9"/>
+      <c r="C337" s="11" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D337" s="10"/>
+      <c r="E337" s="9"/>
+      <c r="F337" s="3" t="s">
+        <v>2469</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H337" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I337" s="3" t="s">
+        <v>2471</v>
+      </c>
+      <c r="J337" s="3" t="s">
+        <v>2472</v>
+      </c>
+      <c r="K337" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L337" s="11" t="s">
+        <v>2473</v>
+      </c>
+      <c r="M337" s="9"/>
+      <c r="N337" s="3"/>
+      <c r="O337" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P337" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q337" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="338" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A338" s="12" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B338" s="9"/>
+      <c r="C338" s="12" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D338" s="10"/>
+      <c r="E338" s="9"/>
+      <c r="F338" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G338" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H338" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J338" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K338" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L338" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M338" s="9"/>
+      <c r="N338" s="5"/>
+      <c r="O338" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P338" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q338" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="339" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A339" s="11" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B339" s="9"/>
+      <c r="C339" s="11" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D339" s="10"/>
+      <c r="E339" s="9"/>
+      <c r="F339" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H339" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I339" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J339" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K339" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L339" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M339" s="9"/>
+      <c r="N339" s="3"/>
+      <c r="O339" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P339" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q339" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="340" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A340" s="12" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B340" s="9"/>
+      <c r="C340" s="12" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D340" s="10"/>
+      <c r="E340" s="9"/>
+      <c r="F340" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G340" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H340" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I340" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J340" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K340" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L340" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M340" s="9"/>
+      <c r="N340" s="5"/>
+      <c r="O340" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P340" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q340" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="341" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A341" s="11" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B341" s="9"/>
+      <c r="C341" s="11" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D341" s="10"/>
+      <c r="E341" s="9"/>
+      <c r="F341" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H341" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I341" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J341" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K341" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L341" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M341" s="9"/>
+      <c r="N341" s="3"/>
+      <c r="O341" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P341" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q341" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="342" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A342" s="12" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B342" s="9"/>
+      <c r="C342" s="12" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D342" s="10"/>
+      <c r="E342" s="9"/>
+      <c r="F342" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G342" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H342" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I342" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J342" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K342" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L342" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M342" s="9"/>
+      <c r="N342" s="5"/>
+      <c r="O342" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P342" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q342" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="343" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A343" s="11" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B343" s="9"/>
+      <c r="C343" s="11" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D343" s="10"/>
+      <c r="E343" s="9"/>
+      <c r="F343" s="3" t="s">
+        <v>2485</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H343" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I343" s="3" t="s">
+        <v>2486</v>
+      </c>
+      <c r="J343" s="3" t="s">
+        <v>2487</v>
+      </c>
+      <c r="K343" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L343" s="11" t="s">
+        <v>2488</v>
+      </c>
+      <c r="M343" s="9"/>
+      <c r="N343" s="3"/>
+      <c r="O343" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P343" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q343" s="3" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="344" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A344" s="12" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B344" s="9"/>
+      <c r="C344" s="12" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D344" s="10"/>
+      <c r="E344" s="9"/>
+      <c r="F344" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G344" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H344" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I344" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J344" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K344" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L344" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M344" s="9"/>
+      <c r="N344" s="5"/>
+      <c r="O344" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P344" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q344" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="345" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A345" s="11" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B345" s="9"/>
+      <c r="C345" s="11" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D345" s="10"/>
+      <c r="E345" s="9"/>
+      <c r="F345" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H345" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I345" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J345" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K345" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L345" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M345" s="9"/>
+      <c r="N345" s="3"/>
+      <c r="O345" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P345" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q345" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="346" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A346" s="12" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B346" s="9"/>
+      <c r="C346" s="12" t="s">
+        <v>2496</v>
+      </c>
+      <c r="D346" s="10"/>
+      <c r="E346" s="9"/>
+      <c r="F346" s="5" t="s">
+        <v>2497</v>
+      </c>
+      <c r="G346" s="5" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H346" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I346" s="5" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J346" s="5" t="s">
+        <v>2500</v>
+      </c>
+      <c r="K346" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L346" s="12" t="s">
+        <v>2501</v>
+      </c>
+      <c r="M346" s="9"/>
+      <c r="N346" s="5"/>
+      <c r="O346" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="P346" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q346" s="5" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="347" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A347" s="11" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B347" s="9"/>
+      <c r="C347" s="11" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D347" s="10"/>
+      <c r="E347" s="9"/>
+      <c r="F347" s="3" t="s">
+        <v>2444</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H347" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I347" s="3" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J347" s="3" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K347" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L347" s="11" t="s">
+        <v>2505</v>
+      </c>
+      <c r="M347" s="9"/>
+      <c r="N347" s="3"/>
+      <c r="O347" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P347" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q347" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="348" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A348" s="12" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B348" s="9"/>
+      <c r="C348" s="12" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D348" s="10"/>
+      <c r="E348" s="9"/>
+      <c r="F348" s="5" t="s">
+        <v>2444</v>
+      </c>
+      <c r="G348" s="5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H348" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I348" s="5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J348" s="5" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K348" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L348" s="12" t="s">
+        <v>2508</v>
+      </c>
+      <c r="M348" s="9"/>
+      <c r="N348" s="5" t="s">
+        <v>2509</v>
+      </c>
+      <c r="O348" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P348" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q348" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="349" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A349" s="11" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B349" s="9"/>
+      <c r="C349" s="11" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D349" s="10"/>
+      <c r="E349" s="9"/>
+      <c r="F349" s="3" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H349" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I349" s="3" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J349" s="3" t="s">
+        <v>2515</v>
+      </c>
+      <c r="K349" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L349" s="11" t="s">
+        <v>2516</v>
+      </c>
+      <c r="M349" s="9"/>
+      <c r="N349" s="3"/>
+      <c r="O349" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P349" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q349" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="350" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A350" s="12" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B350" s="9"/>
+      <c r="C350" s="12" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D350" s="10"/>
+      <c r="E350" s="9"/>
+      <c r="F350" s="5" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G350" s="5" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H350" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I350" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J350" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K350" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L350" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M350" s="9"/>
+      <c r="N350" s="5"/>
+      <c r="O350" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P350" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q350" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="351" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A351" s="11" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B351" s="9"/>
+      <c r="C351" s="11" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D351" s="10"/>
+      <c r="E351" s="9"/>
+      <c r="F351" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H351" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I351" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J351" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K351" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L351" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M351" s="9"/>
+      <c r="N351" s="3"/>
+      <c r="O351" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P351" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q351" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="352" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A352" s="12" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B352" s="9"/>
+      <c r="C352" s="12" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D352" s="10"/>
+      <c r="E352" s="9"/>
+      <c r="F352" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G352" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H352" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J352" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K352" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L352" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M352" s="9"/>
+      <c r="N352" s="5"/>
+      <c r="O352" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P352" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q352" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="353" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A353" s="11" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B353" s="9"/>
+      <c r="C353" s="11" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D353" s="10"/>
+      <c r="E353" s="9"/>
+      <c r="F353" s="3" t="s">
+        <v>2485</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H353" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I353" s="3" t="s">
+        <v>2486</v>
+      </c>
+      <c r="J353" s="3" t="s">
+        <v>2487</v>
+      </c>
+      <c r="K353" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L353" s="11" t="s">
+        <v>2525</v>
+      </c>
+      <c r="M353" s="9"/>
+      <c r="N353" s="3"/>
+      <c r="O353" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P353" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q353" s="3" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="354" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A354" s="12" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B354" s="9"/>
+      <c r="C354" s="12" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D354" s="10"/>
+      <c r="E354" s="9"/>
+      <c r="F354" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G354" s="5" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H354" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J354" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K354" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L354" s="12" t="s">
+        <v>2529</v>
+      </c>
+      <c r="M354" s="9"/>
+      <c r="N354" s="5" t="s">
+        <v>2530</v>
+      </c>
+      <c r="O354" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P354" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q354" s="5" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="355" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A355" s="11" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B355" s="9"/>
+      <c r="C355" s="11" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D355" s="10"/>
+      <c r="E355" s="9"/>
+      <c r="F355" s="3" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H355" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I355" s="3" t="s">
+        <v>2536</v>
+      </c>
+      <c r="J355" s="3" t="s">
+        <v>2537</v>
+      </c>
+      <c r="K355" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L355" s="11" t="s">
+        <v>2538</v>
+      </c>
+      <c r="M355" s="9"/>
+      <c r="N355" s="3" t="s">
+        <v>2539</v>
+      </c>
+      <c r="O355" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P355" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q355" s="3" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="356" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A356" s="12" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B356" s="9"/>
+      <c r="C356" s="12" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D356" s="10"/>
+      <c r="E356" s="9"/>
+      <c r="F356" s="5" t="s">
+        <v>2543</v>
+      </c>
+      <c r="G356" s="5" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H356" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>2545</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>2546</v>
+      </c>
+      <c r="K356" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L356" s="12" t="s">
+        <v>2547</v>
+      </c>
+      <c r="M356" s="9"/>
+      <c r="N356" s="5" t="s">
+        <v>2548</v>
+      </c>
+      <c r="O356" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P356" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q356" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="357" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A357" s="11" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B357" s="9"/>
+      <c r="C357" s="11" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D357" s="10"/>
+      <c r="E357" s="9"/>
+      <c r="F357" s="3" t="s">
+        <v>2543</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>2550</v>
+      </c>
+      <c r="H357" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I357" s="3" t="s">
+        <v>2545</v>
+      </c>
+      <c r="J357" s="3" t="s">
+        <v>2546</v>
+      </c>
+      <c r="K357" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L357" s="11" t="s">
+        <v>2547</v>
+      </c>
+      <c r="M357" s="9"/>
+      <c r="N357" s="3" t="s">
+        <v>2548</v>
+      </c>
+      <c r="O357" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P357" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q357" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="358" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A358" s="12" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B358" s="9"/>
+      <c r="C358" s="12" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D358" s="10"/>
+      <c r="E358" s="9"/>
+      <c r="F358" s="5" t="s">
+        <v>2485</v>
+      </c>
+      <c r="G358" s="5" t="s">
+        <v>2553</v>
+      </c>
+      <c r="H358" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I358" s="5" t="s">
+        <v>2486</v>
+      </c>
+      <c r="J358" s="5" t="s">
+        <v>2487</v>
+      </c>
+      <c r="K358" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L358" s="12" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M358" s="9"/>
+      <c r="N358" s="5"/>
+      <c r="O358" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P358" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q358" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="359" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A359" s="11" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B359" s="9"/>
+      <c r="C359" s="11" t="s">
+        <v>2555</v>
+      </c>
+      <c r="D359" s="10"/>
+      <c r="E359" s="9"/>
+      <c r="F359" s="3" t="s">
+        <v>2556</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>2557</v>
+      </c>
+      <c r="H359" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I359" s="3" t="s">
+        <v>2558</v>
+      </c>
+      <c r="J359" s="3" t="s">
+        <v>2559</v>
+      </c>
+      <c r="K359" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L359" s="11" t="s">
+        <v>2560</v>
+      </c>
+      <c r="M359" s="9"/>
+      <c r="N359" s="3"/>
+      <c r="O359" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P359" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q359" s="3" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="360" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A360" s="12" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B360" s="9"/>
+      <c r="C360" s="12" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D360" s="10"/>
+      <c r="E360" s="9"/>
+      <c r="F360" s="5" t="s">
+        <v>2564</v>
+      </c>
+      <c r="G360" s="5" t="s">
+        <v>2565</v>
+      </c>
+      <c r="H360" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>2566</v>
+      </c>
+      <c r="J360" s="5" t="s">
+        <v>2567</v>
+      </c>
+      <c r="K360" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L360" s="12" t="s">
+        <v>2568</v>
+      </c>
+      <c r="M360" s="9"/>
+      <c r="N360" s="5" t="s">
+        <v>2569</v>
+      </c>
+      <c r="O360" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P360" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q360" s="5" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="361" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A361" s="11" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B361" s="9"/>
+      <c r="C361" s="11" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D361" s="10"/>
+      <c r="E361" s="9"/>
+      <c r="F361" s="3" t="s">
+        <v>2573</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>2574</v>
+      </c>
+      <c r="H361" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I361" s="3" t="s">
+        <v>2575</v>
+      </c>
+      <c r="J361" s="3" t="s">
+        <v>2576</v>
+      </c>
+      <c r="K361" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L361" s="11" t="s">
+        <v>2577</v>
+      </c>
+      <c r="M361" s="9"/>
+      <c r="N361" s="3" t="s">
+        <v>2578</v>
+      </c>
+      <c r="O361" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="P361" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q361" s="3" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="362" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A362" s="12" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B362" s="9"/>
+      <c r="C362" s="12" t="s">
+        <v>2581</v>
+      </c>
+      <c r="D362" s="10"/>
+      <c r="E362" s="9"/>
+      <c r="F362" s="5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G362" s="5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H362" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I362" s="5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J362" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="K362" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L362" s="12" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M362" s="9"/>
+      <c r="N362" s="5"/>
+      <c r="O362" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P362" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q362" s="5" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="363" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A363" s="11" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B363" s="9"/>
+      <c r="C363" s="11" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D363" s="10"/>
+      <c r="E363" s="9"/>
+      <c r="F363" s="3" t="s">
+        <v>2584</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H363" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I363" s="3" t="s">
+        <v>2586</v>
+      </c>
+      <c r="J363" s="3" t="s">
+        <v>2587</v>
+      </c>
+      <c r="K363" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L363" s="11" t="s">
+        <v>2588</v>
+      </c>
+      <c r="M363" s="9"/>
+      <c r="N363" s="3"/>
+      <c r="O363" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P363" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q363" s="3" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="364" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A364" s="12" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B364" s="9"/>
+      <c r="C364" s="12" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D364" s="10"/>
+      <c r="E364" s="9"/>
+      <c r="F364" s="5" t="s">
+        <v>2592</v>
+      </c>
+      <c r="G364" s="5" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H364" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>2594</v>
+      </c>
+      <c r="J364" s="5" t="s">
+        <v>2595</v>
+      </c>
+      <c r="K364" s="6" t="s">
+        <v>2596</v>
+      </c>
+      <c r="L364" s="12" t="s">
+        <v>2597</v>
+      </c>
+      <c r="M364" s="9"/>
+      <c r="N364" s="5" t="s">
+        <v>2598</v>
+      </c>
+      <c r="O364" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P364" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q364" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="365" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A365" s="11" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B365" s="9"/>
+      <c r="C365" s="11" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D365" s="10"/>
+      <c r="E365" s="9"/>
+      <c r="F365" s="3" t="s">
+        <v>2601</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H365" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I365" s="3" t="s">
+        <v>2602</v>
+      </c>
+      <c r="J365" s="3" t="s">
+        <v>2603</v>
+      </c>
+      <c r="K365" s="4" t="s">
+        <v>2604</v>
+      </c>
+      <c r="L365" s="11" t="s">
+        <v>2605</v>
+      </c>
+      <c r="M365" s="9"/>
+      <c r="N365" s="3"/>
+      <c r="O365" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="P365" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q365" s="3" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="366" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A366" s="12" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B366" s="9"/>
+      <c r="C366" s="12" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D366" s="10"/>
+      <c r="E366" s="9"/>
+      <c r="F366" s="5" t="s">
+        <v>2104</v>
+      </c>
+      <c r="G366" s="5" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H366" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I366" s="5" t="s">
+        <v>2106</v>
+      </c>
+      <c r="J366" s="5" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K366" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L366" s="12" t="s">
+        <v>2608</v>
+      </c>
+      <c r="M366" s="9"/>
+      <c r="N366" s="5"/>
+      <c r="O366" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P366" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q366" s="5" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="367" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A367" s="11" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B367" s="9"/>
+      <c r="C367" s="11" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D367" s="10"/>
+      <c r="E367" s="9"/>
+      <c r="F367" s="3" t="s">
+        <v>2612</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>2613</v>
+      </c>
+      <c r="H367" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I367" s="3" t="s">
+        <v>2614</v>
+      </c>
+      <c r="J367" s="3" t="s">
+        <v>2615</v>
+      </c>
+      <c r="K367" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L367" s="11" t="s">
+        <v>2616</v>
+      </c>
+      <c r="M367" s="9"/>
+      <c r="N367" s="3"/>
+      <c r="O367" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="P367" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q367" s="3" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="368" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A368" s="12" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B368" s="9"/>
+      <c r="C368" s="12" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D368" s="10"/>
+      <c r="E368" s="9"/>
+      <c r="F368" s="5" t="s">
+        <v>2620</v>
+      </c>
+      <c r="G368" s="5" t="s">
+        <v>2621</v>
+      </c>
+      <c r="H368" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I368" s="5" t="s">
+        <v>2622</v>
+      </c>
+      <c r="J368" s="5" t="s">
+        <v>2623</v>
+      </c>
+      <c r="K368" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L368" s="12" t="s">
+        <v>2624</v>
+      </c>
+      <c r="M368" s="9"/>
+      <c r="N368" s="5"/>
+      <c r="O368" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P368" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q368" s="5" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="369" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A369" s="11" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B369" s="9"/>
+      <c r="C369" s="11" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D369" s="10"/>
+      <c r="E369" s="9"/>
+      <c r="F369" s="3" t="s">
+        <v>2243</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>2627</v>
+      </c>
+      <c r="H369" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I369" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="J369" s="3" t="s">
+        <v>2628</v>
+      </c>
+      <c r="K369" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L369" s="11" t="s">
+        <v>2247</v>
+      </c>
+      <c r="M369" s="9"/>
+      <c r="N369" s="3"/>
+      <c r="O369" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P369" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q369" s="3" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="370" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A370" s="12" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B370" s="9"/>
+      <c r="C370" s="12" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D370" s="10"/>
+      <c r="E370" s="9"/>
+      <c r="F370" s="5" t="s">
+        <v>2592</v>
+      </c>
+      <c r="G370" s="5" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H370" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>2594</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>2595</v>
+      </c>
+      <c r="K370" s="6" t="s">
+        <v>2596</v>
+      </c>
+      <c r="L370" s="12" t="s">
+        <v>2632</v>
+      </c>
+      <c r="M370" s="9"/>
+      <c r="N370" s="5" t="s">
+        <v>2598</v>
+      </c>
+      <c r="O370" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P370" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q370" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="371" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A371" s="11" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B371" s="9"/>
+      <c r="C371" s="11" t="s">
+        <v>2634</v>
+      </c>
+      <c r="D371" s="10"/>
+      <c r="E371" s="9"/>
+      <c r="F371" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H371" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I371" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J371" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K371" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L371" s="11" t="s">
+        <v>2638</v>
+      </c>
+      <c r="M371" s="9"/>
+      <c r="N371" s="3" t="s">
+        <v>2639</v>
+      </c>
+      <c r="O371" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P371" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q371" s="3" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="372" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A372" s="12" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B372" s="9"/>
+      <c r="C372" s="12" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D372" s="10"/>
+      <c r="E372" s="9"/>
+      <c r="F372" s="5" t="s">
+        <v>2643</v>
+      </c>
+      <c r="G372" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H372" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I372" s="5" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J372" s="5" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K372" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L372" s="12" t="s">
+        <v>2644</v>
+      </c>
+      <c r="M372" s="9"/>
+      <c r="N372" s="5" t="s">
+        <v>2645</v>
+      </c>
+      <c r="O372" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P372" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q372" s="5" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="373" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A373" s="11" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B373" s="9"/>
+      <c r="C373" s="11" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D373" s="10"/>
+      <c r="E373" s="9"/>
+      <c r="F373" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H373" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I373" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J373" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K373" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L373" s="11" t="s">
+        <v>2638</v>
+      </c>
+      <c r="M373" s="9"/>
+      <c r="N373" s="3" t="s">
+        <v>2639</v>
+      </c>
+      <c r="O373" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P373" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q373" s="3" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="374" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A374" s="12" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B374" s="9"/>
+      <c r="C374" s="12" t="s">
+        <v>2649</v>
+      </c>
+      <c r="D374" s="10"/>
+      <c r="E374" s="9"/>
+      <c r="F374" s="5" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G374" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H374" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J374" s="5" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K374" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L374" s="12" t="s">
+        <v>2644</v>
+      </c>
+      <c r="M374" s="9"/>
+      <c r="N374" s="5" t="s">
+        <v>2650</v>
+      </c>
+      <c r="O374" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P374" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q374" s="5" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="375" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A375" s="11" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B375" s="9"/>
+      <c r="C375" s="11" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D375" s="10"/>
+      <c r="E375" s="9"/>
+      <c r="F375" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H375" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I375" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J375" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K375" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L375" s="11" t="s">
+        <v>2653</v>
+      </c>
+      <c r="M375" s="9"/>
+      <c r="N375" s="3"/>
+      <c r="O375" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P375" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q375" s="3" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="376" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A376" s="12" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B376" s="9"/>
+      <c r="C376" s="12" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D376" s="10"/>
+      <c r="E376" s="9"/>
+      <c r="F376" s="5" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G376" s="5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H376" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I376" s="5" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J376" s="5" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K376" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L376" s="12" t="s">
+        <v>2656</v>
+      </c>
+      <c r="M376" s="9"/>
+      <c r="N376" s="5"/>
+      <c r="O376" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P376" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q376" s="5" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="377" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A377" s="11" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B377" s="9"/>
+      <c r="C377" s="11" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D377" s="10"/>
+      <c r="E377" s="9"/>
+      <c r="F377" s="3" t="s">
+        <v>2659</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H377" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I377" s="3" t="s">
+        <v>2660</v>
+      </c>
+      <c r="J377" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K377" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L377" s="11" t="s">
+        <v>2661</v>
+      </c>
+      <c r="M377" s="9"/>
+      <c r="N377" s="3"/>
+      <c r="O377" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P377" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q377" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="378" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A378" s="12" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B378" s="9"/>
+      <c r="C378" s="12" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D378" s="10"/>
+      <c r="E378" s="9"/>
+      <c r="F378" s="5" t="s">
+        <v>2104</v>
+      </c>
+      <c r="G378" s="5" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H378" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I378" s="5" t="s">
+        <v>2106</v>
+      </c>
+      <c r="J378" s="5" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K378" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L378" s="12" t="s">
+        <v>2664</v>
+      </c>
+      <c r="M378" s="9"/>
+      <c r="N378" s="5" t="s">
+        <v>2665</v>
+      </c>
+      <c r="O378" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P378" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q378" s="5" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="379" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A379" s="11" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B379" s="9"/>
+      <c r="C379" s="11" t="s">
+        <v>2667</v>
+      </c>
+      <c r="D379" s="10"/>
+      <c r="E379" s="9"/>
+      <c r="F379" s="3" t="s">
+        <v>2668</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>2669</v>
+      </c>
+      <c r="H379" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I379" s="3" t="s">
+        <v>2670</v>
+      </c>
+      <c r="J379" s="3" t="s">
+        <v>2671</v>
+      </c>
+      <c r="K379" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L379" s="11" t="s">
+        <v>2672</v>
+      </c>
+      <c r="M379" s="9"/>
+      <c r="N379" s="3" t="s">
+        <v>2673</v>
+      </c>
+      <c r="O379" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="P379" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q379" s="3" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="380" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A380" s="12" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B380" s="9"/>
+      <c r="C380" s="12" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D380" s="10"/>
+      <c r="E380" s="9"/>
+      <c r="F380" s="5" t="s">
+        <v>2677</v>
+      </c>
+      <c r="G380" s="5" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H380" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I380" s="5" t="s">
+        <v>2679</v>
+      </c>
+      <c r="J380" s="5" t="s">
+        <v>2680</v>
+      </c>
+      <c r="K380" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L380" s="12" t="s">
+        <v>2681</v>
+      </c>
+      <c r="M380" s="9"/>
+      <c r="N380" s="5" t="s">
+        <v>2682</v>
+      </c>
+      <c r="O380" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P380" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q380" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="381" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A381" s="11" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B381" s="9"/>
+      <c r="C381" s="11" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D381" s="10"/>
+      <c r="E381" s="9"/>
+      <c r="F381" s="3" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H381" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I381" s="3" t="s">
+        <v>2687</v>
+      </c>
+      <c r="J381" s="3" t="s">
+        <v>2688</v>
+      </c>
+      <c r="K381" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L381" s="11" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M381" s="9"/>
+      <c r="N381" s="3" t="s">
+        <v>2689</v>
+      </c>
+      <c r="O381" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P381" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q381" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="382" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A382" s="12" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B382" s="9"/>
+      <c r="C382" s="12" t="s">
+        <v>2691</v>
+      </c>
+      <c r="D382" s="10"/>
+      <c r="E382" s="9"/>
+      <c r="F382" s="5" t="s">
+        <v>2692</v>
+      </c>
+      <c r="G382" s="5" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H382" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I382" s="5" t="s">
+        <v>2694</v>
+      </c>
+      <c r="J382" s="5" t="s">
+        <v>2695</v>
+      </c>
+      <c r="K382" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L382" s="12" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M382" s="9"/>
+      <c r="N382" s="5" t="s">
+        <v>2696</v>
+      </c>
+      <c r="O382" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P382" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q382" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="383" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A383" s="11" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B383" s="9"/>
+      <c r="C383" s="11" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D383" s="10"/>
+      <c r="E383" s="9"/>
+      <c r="F383" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H383" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I383" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J383" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K383" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L383" s="11" t="s">
+        <v>2699</v>
+      </c>
+      <c r="M383" s="9"/>
+      <c r="N383" s="3"/>
+      <c r="O383" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P383" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q383" s="3" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="384" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A384" s="12" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B384" s="9"/>
+      <c r="C384" s="12" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D384" s="10"/>
+      <c r="E384" s="9"/>
+      <c r="F384" s="5" t="s">
+        <v>2702</v>
+      </c>
+      <c r="G384" s="5" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H384" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I384" s="5" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J384" s="5" t="s">
+        <v>2705</v>
+      </c>
+      <c r="K384" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L384" s="12" t="s">
+        <v>2706</v>
+      </c>
+      <c r="M384" s="9"/>
+      <c r="N384" s="5"/>
+      <c r="O384" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P384" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q384" s="5" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="385" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A385" s="11" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B385" s="9"/>
+      <c r="C385" s="11" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D385" s="10"/>
+      <c r="E385" s="9"/>
+      <c r="F385" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H385" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I385" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J385" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K385" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L385" s="11" t="s">
+        <v>2699</v>
+      </c>
+      <c r="M385" s="9"/>
+      <c r="N385" s="3"/>
+      <c r="O385" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P385" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q385" s="3" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="386" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A386" s="12" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B386" s="9"/>
+      <c r="C386" s="12" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D386" s="10"/>
+      <c r="E386" s="9"/>
+      <c r="F386" s="5" t="s">
+        <v>2712</v>
+      </c>
+      <c r="G386" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="H386" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I386" s="5" t="s">
+        <v>2713</v>
+      </c>
+      <c r="J386" s="5" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K386" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L386" s="12" t="s">
+        <v>2715</v>
+      </c>
+      <c r="M386" s="9"/>
+      <c r="N386" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="O386" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P386" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q386" s="5" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="387" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A387" s="11" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B387" s="9"/>
+      <c r="C387" s="11" t="s">
+        <v>2718</v>
+      </c>
+      <c r="D387" s="10"/>
+      <c r="E387" s="9"/>
+      <c r="F387" s="3" t="s">
+        <v>2719</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H387" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I387" s="3" t="s">
+        <v>2721</v>
+      </c>
+      <c r="J387" s="3" t="s">
+        <v>2722</v>
+      </c>
+      <c r="K387" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L387" s="11" t="s">
+        <v>2723</v>
+      </c>
+      <c r="M387" s="9"/>
+      <c r="N387" s="3" t="s">
+        <v>2724</v>
+      </c>
+      <c r="O387" s="3" t="s">
+        <v>2725</v>
+      </c>
+      <c r="P387" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q387" s="3" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="388" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A388" s="12" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B388" s="9"/>
+      <c r="C388" s="12" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D388" s="10"/>
+      <c r="E388" s="9"/>
+      <c r="F388" s="5" t="s">
+        <v>2729</v>
+      </c>
+      <c r="G388" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="H388" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I388" s="5" t="s">
+        <v>2730</v>
+      </c>
+      <c r="J388" s="5" t="s">
+        <v>2731</v>
+      </c>
+      <c r="K388" s="6" t="s">
+        <v>2732</v>
+      </c>
+      <c r="L388" s="12" t="s">
+        <v>2733</v>
+      </c>
+      <c r="M388" s="9"/>
+      <c r="N388" s="5"/>
+      <c r="O388" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="P388" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q388" s="5" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="389" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A389" s="11" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B389" s="9"/>
+      <c r="C389" s="11" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D389" s="10"/>
+      <c r="E389" s="9"/>
+      <c r="F389" s="3" t="s">
+        <v>2737</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H389" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I389" s="3" t="s">
+        <v>2739</v>
+      </c>
+      <c r="J389" s="3" t="s">
+        <v>2740</v>
+      </c>
+      <c r="K389" s="4" t="s">
+        <v>2741</v>
+      </c>
+      <c r="L389" s="11" t="s">
+        <v>2742</v>
+      </c>
+      <c r="M389" s="9"/>
+      <c r="N389" s="3" t="s">
+        <v>2743</v>
+      </c>
+      <c r="O389" s="3" t="s">
+        <v>1890</v>
+      </c>
+      <c r="P389" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q389" s="3" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="390" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A390" s="12" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B390" s="9"/>
+      <c r="C390" s="12" t="s">
+        <v>2746</v>
+      </c>
+      <c r="D390" s="10"/>
+      <c r="E390" s="9"/>
+      <c r="F390" s="5" t="s">
+        <v>2747</v>
+      </c>
+      <c r="G390" s="5" t="s">
+        <v>2748</v>
+      </c>
+      <c r="H390" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I390" s="5" t="s">
+        <v>2749</v>
+      </c>
+      <c r="J390" s="5" t="s">
+        <v>2750</v>
+      </c>
+      <c r="K390" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="L390" s="12" t="s">
+        <v>2751</v>
+      </c>
+      <c r="M390" s="9"/>
+      <c r="N390" s="5"/>
+      <c r="O390" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P390" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q390" s="5" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="391" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A391" s="11" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B391" s="9"/>
+      <c r="C391" s="11" t="s">
+        <v>2753</v>
+      </c>
+      <c r="D391" s="10"/>
+      <c r="E391" s="9"/>
+      <c r="F391" s="3" t="s">
+        <v>2754</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>2755</v>
+      </c>
+      <c r="H391" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I391" s="3" t="s">
+        <v>2756</v>
+      </c>
+      <c r="J391" s="3" t="s">
+        <v>2757</v>
+      </c>
+      <c r="K391" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L391" s="11" t="s">
+        <v>2758</v>
+      </c>
+      <c r="M391" s="9"/>
+      <c r="N391" s="3" t="s">
+        <v>2183</v>
+      </c>
+      <c r="O391" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P391" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q391" s="3" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="392" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A392" s="12" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B392" s="9"/>
+      <c r="C392" s="12" t="s">
+        <v>2761</v>
+      </c>
+      <c r="D392" s="10"/>
+      <c r="E392" s="9"/>
+      <c r="F392" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G392" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H392" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I392" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J392" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K392" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L392" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M392" s="9"/>
+      <c r="N392" s="5"/>
+      <c r="O392" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P392" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q392" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="393" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A393" s="11" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B393" s="9"/>
+      <c r="C393" s="11" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D393" s="10"/>
+      <c r="E393" s="9"/>
+      <c r="F393" s="3" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>2765</v>
+      </c>
+      <c r="H393" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I393" s="3" t="s">
+        <v>2766</v>
+      </c>
+      <c r="J393" s="3" t="s">
+        <v>2767</v>
+      </c>
+      <c r="K393" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L393" s="11" t="s">
+        <v>2768</v>
+      </c>
+      <c r="M393" s="9"/>
+      <c r="N393" s="3"/>
+      <c r="O393" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="P393" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q393" s="3" t="s">
+        <v>2769</v>
+      </c>
+    </row>
+    <row r="394" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A394" s="12" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B394" s="9"/>
+      <c r="C394" s="12" t="s">
+        <v>2771</v>
+      </c>
+      <c r="D394" s="10"/>
+      <c r="E394" s="9"/>
+      <c r="F394" s="5" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G394" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H394" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I394" s="5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J394" s="5" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K394" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="L394" s="12" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M394" s="9"/>
+      <c r="N394" s="5"/>
+      <c r="O394" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P394" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q394" s="5" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="395" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A395" s="11" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B395" s="9"/>
+      <c r="C395" s="11" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D395" s="10"/>
+      <c r="E395" s="9"/>
+      <c r="F395" s="3" t="s">
+        <v>2774</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H395" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I395" s="3" t="s">
+        <v>2776</v>
+      </c>
+      <c r="J395" s="3" t="s">
+        <v>2777</v>
+      </c>
+      <c r="K395" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L395" s="11" t="s">
+        <v>2778</v>
+      </c>
+      <c r="M395" s="9"/>
+      <c r="N395" s="3"/>
+      <c r="O395" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P395" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q395" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="396" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A396" s="12" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B396" s="9"/>
+      <c r="C396" s="12" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D396" s="10"/>
+      <c r="E396" s="9"/>
+      <c r="F396" s="5" t="s">
+        <v>2781</v>
+      </c>
+      <c r="G396" s="5" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H396" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>2783</v>
+      </c>
+      <c r="J396" s="5" t="s">
+        <v>2784</v>
+      </c>
+      <c r="K396" s="6" t="s">
+        <v>2785</v>
+      </c>
+      <c r="L396" s="12" t="s">
+        <v>2786</v>
+      </c>
+      <c r="M396" s="9"/>
+      <c r="N396" s="5"/>
+      <c r="O396" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="P396" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q396" s="5" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="397" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A397" s="11" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B397" s="9"/>
+      <c r="C397" s="11" t="s">
+        <v>2789</v>
+      </c>
+      <c r="D397" s="10"/>
+      <c r="E397" s="9"/>
+      <c r="F397" s="3" t="s">
+        <v>2790</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H397" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I397" s="3" t="s">
+        <v>2792</v>
+      </c>
+      <c r="J397" s="3" t="s">
+        <v>2793</v>
+      </c>
+      <c r="K397" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L397" s="11" t="s">
+        <v>2794</v>
+      </c>
+      <c r="M397" s="9"/>
+      <c r="N397" s="3" t="s">
+        <v>2795</v>
+      </c>
+      <c r="O397" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="P397" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q397" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="398" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A398" s="12" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B398" s="9"/>
+      <c r="C398" s="12" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D398" s="10"/>
+      <c r="E398" s="9"/>
+      <c r="F398" s="5" t="s">
+        <v>2798</v>
+      </c>
+      <c r="G398" s="5" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H398" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I398" s="5" t="s">
+        <v>2799</v>
+      </c>
+      <c r="J398" s="5" t="s">
+        <v>2800</v>
+      </c>
+      <c r="K398" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L398" s="12" t="s">
+        <v>2801</v>
+      </c>
+      <c r="M398" s="9"/>
+      <c r="N398" s="5" t="s">
+        <v>2802</v>
+      </c>
+      <c r="O398" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="P398" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q398" s="5" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="399" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A399" s="11" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B399" s="9"/>
+      <c r="C399" s="11" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D399" s="10"/>
+      <c r="E399" s="9"/>
+      <c r="F399" s="3" t="s">
+        <v>2806</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H399" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I399" s="3" t="s">
+        <v>2808</v>
+      </c>
+      <c r="J399" s="3" t="s">
+        <v>2809</v>
+      </c>
+      <c r="K399" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L399" s="11" t="s">
+        <v>2810</v>
+      </c>
+      <c r="M399" s="9"/>
+      <c r="N399" s="3"/>
+      <c r="O399" s="3" t="s">
+        <v>2811</v>
+      </c>
+      <c r="P399" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q399" s="3" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="400" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A400" s="12" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B400" s="9"/>
+      <c r="C400" s="12" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D400" s="10"/>
+      <c r="E400" s="9"/>
+      <c r="F400" s="5" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G400" s="5" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H400" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J400" s="5" t="s">
+        <v>2515</v>
+      </c>
+      <c r="K400" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L400" s="12" t="s">
+        <v>2516</v>
+      </c>
+      <c r="M400" s="9"/>
+      <c r="N400" s="5"/>
+      <c r="O400" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P400" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q400" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="401" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A401" s="11" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B401" s="9"/>
+      <c r="C401" s="11" t="s">
+        <v>2816</v>
+      </c>
+      <c r="D401" s="10"/>
+      <c r="E401" s="9"/>
+      <c r="F401" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H401" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I401" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J401" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K401" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L401" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M401" s="9"/>
+      <c r="N401" s="3"/>
+      <c r="O401" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P401" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q401" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="402" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A402" s="12" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B402" s="9"/>
+      <c r="C402" s="12" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D402" s="10"/>
+      <c r="E402" s="9"/>
+      <c r="F402" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="G402" s="5" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H402" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I402" s="5" t="s">
+        <v>2820</v>
+      </c>
+      <c r="J402" s="5" t="s">
+        <v>2821</v>
+      </c>
+      <c r="K402" s="6" t="s">
+        <v>2822</v>
+      </c>
+      <c r="L402" s="12" t="s">
+        <v>2823</v>
+      </c>
+      <c r="M402" s="9"/>
+      <c r="N402" s="5"/>
+      <c r="O402" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="P402" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q402" s="5" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="403" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A403" s="11" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B403" s="9"/>
+      <c r="C403" s="11" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D403" s="10"/>
+      <c r="E403" s="9"/>
+      <c r="F403" s="3" t="s">
+        <v>2827</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>2828</v>
+      </c>
+      <c r="H403" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I403" s="3" t="s">
+        <v>2829</v>
+      </c>
+      <c r="J403" s="3" t="s">
+        <v>2830</v>
+      </c>
+      <c r="K403" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L403" s="11" t="s">
+        <v>2743</v>
+      </c>
+      <c r="M403" s="9"/>
+      <c r="N403" s="3" t="s">
+        <v>2831</v>
+      </c>
+      <c r="O403" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="P403" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q403" s="3" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="404" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A404" s="12" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B404" s="9"/>
+      <c r="C404" s="12" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D404" s="10"/>
+      <c r="E404" s="9"/>
+      <c r="F404" s="5" t="s">
+        <v>2835</v>
+      </c>
+      <c r="G404" s="5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H404" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I404" s="5" t="s">
+        <v>2836</v>
+      </c>
+      <c r="J404" s="5" t="s">
+        <v>2837</v>
+      </c>
+      <c r="K404" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L404" s="12" t="s">
+        <v>2838</v>
+      </c>
+      <c r="M404" s="9"/>
+      <c r="N404" s="5"/>
+      <c r="O404" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="P404" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q404" s="5" t="s">
+        <v>2839</v>
+      </c>
+    </row>
+    <row r="405" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A405" s="11" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B405" s="9"/>
+      <c r="C405" s="11" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D405" s="10"/>
+      <c r="E405" s="9"/>
+      <c r="F405" s="3" t="s">
+        <v>2842</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>2843</v>
+      </c>
+      <c r="H405" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I405" s="3" t="s">
+        <v>2844</v>
+      </c>
+      <c r="J405" s="3" t="s">
+        <v>2845</v>
+      </c>
+      <c r="K405" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L405" s="11" t="s">
+        <v>2846</v>
+      </c>
+      <c r="M405" s="9"/>
+      <c r="N405" s="3"/>
+      <c r="O405" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="P405" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q405" s="3" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="406" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A406" s="12" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B406" s="9"/>
+      <c r="C406" s="12" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D406" s="10"/>
+      <c r="E406" s="9"/>
+      <c r="F406" s="5" t="s">
+        <v>2849</v>
+      </c>
+      <c r="G406" s="5" t="s">
+        <v>2850</v>
+      </c>
+      <c r="H406" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I406" s="5" t="s">
+        <v>2851</v>
+      </c>
+      <c r="J406" s="5" t="s">
+        <v>2852</v>
+      </c>
+      <c r="K406" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L406" s="12" t="s">
+        <v>2853</v>
+      </c>
+      <c r="M406" s="9"/>
+      <c r="N406" s="5" t="s">
+        <v>2854</v>
+      </c>
+      <c r="O406" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="P406" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q406" s="5" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="407" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A407" s="11" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B407" s="9"/>
+      <c r="C407" s="11" t="s">
+        <v>2856</v>
+      </c>
+      <c r="D407" s="10"/>
+      <c r="E407" s="9"/>
+      <c r="F407" s="3" t="s">
+        <v>2857</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H407" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I407" s="3" t="s">
+        <v>2858</v>
+      </c>
+      <c r="J407" s="3" t="s">
+        <v>2859</v>
+      </c>
+      <c r="K407" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L407" s="11" t="s">
+        <v>2860</v>
+      </c>
+      <c r="M407" s="9"/>
+      <c r="N407" s="3" t="s">
+        <v>2861</v>
+      </c>
+      <c r="O407" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="P407" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q407" s="3" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="408" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A408" s="12" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B408" s="9"/>
+      <c r="C408" s="12" t="s">
+        <v>2864</v>
+      </c>
+      <c r="D408" s="10"/>
+      <c r="E408" s="9"/>
+      <c r="F408" s="5" t="s">
+        <v>2865</v>
+      </c>
+      <c r="G408" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H408" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I408" s="5" t="s">
+        <v>2866</v>
+      </c>
+      <c r="J408" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K408" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L408" s="12" t="s">
+        <v>2867</v>
+      </c>
+      <c r="M408" s="9"/>
+      <c r="N408" s="5" t="s">
+        <v>2868</v>
+      </c>
+      <c r="O408" s="5" t="s">
+        <v>1441</v>
+      </c>
+      <c r="P408" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q408" s="5" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="409" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A409" s="11" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B409" s="9"/>
+      <c r="C409" s="11" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D409" s="10"/>
+      <c r="E409" s="9"/>
+      <c r="F409" s="3" t="s">
+        <v>2871</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>2872</v>
+      </c>
+      <c r="H409" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I409" s="3" t="s">
+        <v>2873</v>
+      </c>
+      <c r="J409" s="3" t="s">
+        <v>2874</v>
+      </c>
+      <c r="K409" s="4" t="s">
+        <v>2875</v>
+      </c>
+      <c r="L409" s="11" t="s">
+        <v>2876</v>
+      </c>
+      <c r="M409" s="9"/>
+      <c r="N409" s="3"/>
+      <c r="O409" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="P409" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q409" s="3" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="410" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A410" s="12" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B410" s="9"/>
+      <c r="C410" s="12" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D410" s="10"/>
+      <c r="E410" s="9"/>
+      <c r="F410" s="5" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G410" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H410" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I410" s="5" t="s">
+        <v>2881</v>
+      </c>
+      <c r="J410" s="5" t="s">
+        <v>2882</v>
+      </c>
+      <c r="K410" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L410" s="12" t="s">
+        <v>2883</v>
+      </c>
+      <c r="M410" s="9"/>
+      <c r="N410" s="5"/>
+      <c r="O410" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P410" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q410" s="5" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="411" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A411" s="11" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B411" s="9"/>
+      <c r="C411" s="11" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D411" s="10"/>
+      <c r="E411" s="9"/>
+      <c r="F411" s="3" t="s">
+        <v>2886</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H411" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I411" s="3" t="s">
+        <v>2888</v>
+      </c>
+      <c r="J411" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="K411" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L411" s="11" t="s">
+        <v>2890</v>
+      </c>
+      <c r="M411" s="9"/>
+      <c r="N411" s="3"/>
+      <c r="O411" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P411" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q411" s="3" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="412" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A412" s="12" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B412" s="9"/>
+      <c r="C412" s="12" t="s">
+        <v>2892</v>
+      </c>
+      <c r="D412" s="10"/>
+      <c r="E412" s="9"/>
+      <c r="F412" s="5" t="s">
+        <v>2893</v>
+      </c>
+      <c r="G412" s="5" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H412" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I412" s="5" t="s">
+        <v>2895</v>
+      </c>
+      <c r="J412" s="5" t="s">
+        <v>2896</v>
+      </c>
+      <c r="K412" s="6" t="s">
+        <v>2897</v>
+      </c>
+      <c r="L412" s="12" t="s">
+        <v>2898</v>
+      </c>
+      <c r="M412" s="9"/>
+      <c r="N412" s="5"/>
+      <c r="O412" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P412" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q412" s="5" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="413" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A413" s="11" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B413" s="9"/>
+      <c r="C413" s="11" t="s">
+        <v>2900</v>
+      </c>
+      <c r="D413" s="10"/>
+      <c r="E413" s="9"/>
+      <c r="F413" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H413" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I413" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J413" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K413" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L413" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M413" s="9"/>
+      <c r="N413" s="3"/>
+      <c r="O413" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P413" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q413" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="414" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A414" s="12" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B414" s="9"/>
+      <c r="C414" s="12" t="s">
+        <v>2902</v>
+      </c>
+      <c r="D414" s="10"/>
+      <c r="E414" s="9"/>
+      <c r="F414" s="5" t="s">
+        <v>2903</v>
+      </c>
+      <c r="G414" s="5" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H414" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>2905</v>
+      </c>
+      <c r="J414" s="5" t="s">
+        <v>2906</v>
+      </c>
+      <c r="K414" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L414" s="12" t="s">
+        <v>2907</v>
+      </c>
+      <c r="M414" s="9"/>
+      <c r="N414" s="5"/>
+      <c r="O414" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P414" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q414" s="5" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="415" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A415" s="11" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B415" s="9"/>
+      <c r="C415" s="11" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D415" s="10"/>
+      <c r="E415" s="9"/>
+      <c r="F415" s="3" t="s">
+        <v>2312</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H415" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I415" s="3" t="s">
+        <v>2313</v>
+      </c>
+      <c r="J415" s="3" t="s">
+        <v>2911</v>
+      </c>
+      <c r="K415" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L415" s="11" t="s">
+        <v>2912</v>
+      </c>
+      <c r="M415" s="9"/>
+      <c r="N415" s="3"/>
+      <c r="O415" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P415" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q415" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="416" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A416" s="12" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B416" s="9"/>
+      <c r="C416" s="12" t="s">
+        <v>2914</v>
+      </c>
+      <c r="D416" s="10"/>
+      <c r="E416" s="9"/>
+      <c r="F416" s="5" t="s">
+        <v>2915</v>
+      </c>
+      <c r="G416" s="5" t="s">
+        <v>2916</v>
+      </c>
+      <c r="H416" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I416" s="5" t="s">
+        <v>2917</v>
+      </c>
+      <c r="J416" s="5" t="s">
+        <v>2918</v>
+      </c>
+      <c r="K416" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L416" s="12" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M416" s="9"/>
+      <c r="N416" s="5"/>
+      <c r="O416" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P416" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q416" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="417" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A417" s="11" t="s">
+        <v>2919</v>
+      </c>
+      <c r="B417" s="9"/>
+      <c r="C417" s="11" t="s">
+        <v>2920</v>
+      </c>
+      <c r="D417" s="10"/>
+      <c r="E417" s="9"/>
+      <c r="F417" s="3" t="s">
+        <v>2921</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>2922</v>
+      </c>
+      <c r="H417" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I417" s="3" t="s">
+        <v>2923</v>
+      </c>
+      <c r="J417" s="3" t="s">
+        <v>2924</v>
+      </c>
+      <c r="K417" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L417" s="11" t="s">
+        <v>2925</v>
+      </c>
+      <c r="M417" s="9"/>
+      <c r="N417" s="3"/>
+      <c r="O417" s="3" t="s">
+        <v>1450</v>
+      </c>
+      <c r="P417" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q417" s="3" t="s">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="418" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A418" s="12" t="s">
+        <v>2927</v>
+      </c>
+      <c r="B418" s="9"/>
+      <c r="C418" s="12" t="s">
+        <v>2928</v>
+      </c>
+      <c r="D418" s="10"/>
+      <c r="E418" s="9"/>
+      <c r="F418" s="5" t="s">
+        <v>2929</v>
+      </c>
+      <c r="G418" s="5" t="s">
+        <v>2930</v>
+      </c>
+      <c r="H418" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I418" s="5" t="s">
+        <v>2931</v>
+      </c>
+      <c r="J418" s="5" t="s">
+        <v>2932</v>
+      </c>
+      <c r="K418" s="6" t="s">
+        <v>2933</v>
+      </c>
+      <c r="L418" s="12" t="s">
+        <v>2934</v>
+      </c>
+      <c r="M418" s="9"/>
+      <c r="N418" s="5"/>
+      <c r="O418" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="P418" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q418" s="5" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="419" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A419" s="11" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B419" s="9"/>
+      <c r="C419" s="11" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D419" s="10"/>
+      <c r="E419" s="9"/>
+      <c r="F419" s="3" t="s">
+        <v>2938</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H419" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I419" s="3" t="s">
+        <v>2939</v>
+      </c>
+      <c r="J419" s="3" t="s">
+        <v>2940</v>
+      </c>
+      <c r="K419" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L419" s="11" t="s">
+        <v>2941</v>
+      </c>
+      <c r="M419" s="9"/>
+      <c r="N419" s="3"/>
+      <c r="O419" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="P419" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q419" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="420" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A420" s="12" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B420" s="9"/>
+      <c r="C420" s="12" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D420" s="10"/>
+      <c r="E420" s="9"/>
+      <c r="F420" s="5" t="s">
+        <v>2944</v>
+      </c>
+      <c r="G420" s="5" t="s">
+        <v>2945</v>
+      </c>
+      <c r="H420" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I420" s="5" t="s">
+        <v>2946</v>
+      </c>
+      <c r="J420" s="5" t="s">
+        <v>2947</v>
+      </c>
+      <c r="K420" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L420" s="12" t="s">
+        <v>2948</v>
+      </c>
+      <c r="M420" s="9"/>
+      <c r="N420" s="5" t="s">
+        <v>2949</v>
+      </c>
+      <c r="O420" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P420" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q420" s="5" t="s">
+        <v>2950</v>
+      </c>
+    </row>
+    <row r="421" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A421" s="11" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B421" s="9"/>
+      <c r="C421" s="11" t="s">
+        <v>2952</v>
+      </c>
+      <c r="D421" s="10"/>
+      <c r="E421" s="9"/>
+      <c r="F421" s="3" t="s">
+        <v>2953</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H421" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I421" s="3" t="s">
+        <v>2954</v>
+      </c>
+      <c r="J421" s="3" t="s">
+        <v>2955</v>
+      </c>
+      <c r="K421" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L421" s="11" t="s">
+        <v>2956</v>
+      </c>
+      <c r="M421" s="9"/>
+      <c r="N421" s="3"/>
+      <c r="O421" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P421" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q421" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="422" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A422" s="12" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B422" s="9"/>
+      <c r="C422" s="12" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D422" s="10"/>
+      <c r="E422" s="9"/>
+      <c r="F422" s="5" t="s">
+        <v>2959</v>
+      </c>
+      <c r="G422" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="H422" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I422" s="5" t="s">
+        <v>2960</v>
+      </c>
+      <c r="J422" s="5" t="s">
+        <v>2961</v>
+      </c>
+      <c r="K422" s="6" t="s">
+        <v>2962</v>
+      </c>
+      <c r="L422" s="12" t="s">
+        <v>2963</v>
+      </c>
+      <c r="M422" s="9"/>
+      <c r="N422" s="5"/>
+      <c r="O422" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="P422" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q422" s="5" t="s">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="423" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A423" s="11" t="s">
+        <v>2965</v>
+      </c>
+      <c r="B423" s="9"/>
+      <c r="C423" s="11" t="s">
+        <v>2966</v>
+      </c>
+      <c r="D423" s="10"/>
+      <c r="E423" s="9"/>
+      <c r="F423" s="3" t="s">
+        <v>2967</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H423" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I423" s="3" t="s">
+        <v>2968</v>
+      </c>
+      <c r="J423" s="3" t="s">
+        <v>2969</v>
+      </c>
+      <c r="K423" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L423" s="11" t="s">
+        <v>2970</v>
+      </c>
+      <c r="M423" s="9"/>
+      <c r="N423" s="3" t="s">
+        <v>2971</v>
+      </c>
+      <c r="O423" s="3" t="s">
+        <v>2972</v>
+      </c>
+      <c r="P423" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q423" s="3" t="s">
+        <v>2973</v>
+      </c>
+    </row>
+    <row r="424" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A424" s="12" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B424" s="9"/>
+      <c r="C424" s="12" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D424" s="10"/>
+      <c r="E424" s="9"/>
+      <c r="F424" s="5" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G424" s="5" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H424" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I424" s="5" t="s">
+        <v>2453</v>
+      </c>
+      <c r="J424" s="5" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K424" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L424" s="12" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M424" s="9"/>
+      <c r="N424" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="O424" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P424" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q424" s="5" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="425" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A425" s="11" t="s">
+        <v>2976</v>
+      </c>
+      <c r="B425" s="9"/>
+      <c r="C425" s="11" t="s">
+        <v>2977</v>
+      </c>
+      <c r="D425" s="10"/>
+      <c r="E425" s="9"/>
+      <c r="F425" s="3" t="s">
+        <v>2444</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H425" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I425" s="3" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J425" s="3" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K425" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L425" s="11" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M425" s="9"/>
+      <c r="N425" s="3" t="s">
+        <v>2978</v>
+      </c>
+      <c r="O425" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P425" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q425" s="3" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="426" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A426" s="12" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B426" s="9"/>
+      <c r="C426" s="12" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D426" s="10"/>
+      <c r="E426" s="9"/>
+      <c r="F426" s="5" t="s">
+        <v>2444</v>
+      </c>
+      <c r="G426" s="5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H426" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I426" s="5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J426" s="5" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K426" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L426" s="12" t="s">
+        <v>2982</v>
+      </c>
+      <c r="M426" s="9"/>
+      <c r="N426" s="5"/>
+      <c r="O426" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P426" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q426" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="427" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A427" s="11" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B427" s="9"/>
+      <c r="C427" s="11" t="s">
+        <v>2984</v>
+      </c>
+      <c r="D427" s="10"/>
+      <c r="E427" s="9"/>
+      <c r="F427" s="3" t="s">
+        <v>2985</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>2986</v>
+      </c>
+      <c r="H427" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I427" s="3" t="s">
+        <v>2987</v>
+      </c>
+      <c r="J427" s="3" t="s">
+        <v>2988</v>
+      </c>
+      <c r="K427" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L427" s="11" t="s">
+        <v>2989</v>
+      </c>
+      <c r="M427" s="9"/>
+      <c r="N427" s="3"/>
+      <c r="O427" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P427" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q427" s="3" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="428" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A428" s="12" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B428" s="9"/>
+      <c r="C428" s="12" t="s">
+        <v>2991</v>
+      </c>
+      <c r="D428" s="10"/>
+      <c r="E428" s="9"/>
+      <c r="F428" s="5" t="s">
+        <v>2992</v>
+      </c>
+      <c r="G428" s="5" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H428" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I428" s="5" t="s">
+        <v>2994</v>
+      </c>
+      <c r="J428" s="5" t="s">
+        <v>2995</v>
+      </c>
+      <c r="K428" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L428" s="12" t="s">
+        <v>2996</v>
+      </c>
+      <c r="M428" s="9"/>
+      <c r="N428" s="5" t="s">
+        <v>2997</v>
+      </c>
+      <c r="O428" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P428" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q428" s="5" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="429" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A429" s="11" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B429" s="9"/>
+      <c r="C429" s="11" t="s">
+        <v>3000</v>
+      </c>
+      <c r="D429" s="10"/>
+      <c r="E429" s="9"/>
+      <c r="F429" s="3" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H429" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I429" s="3" t="s">
+        <v>2426</v>
+      </c>
+      <c r="J429" s="3" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K429" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L429" s="11" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M429" s="9"/>
+      <c r="N429" s="3"/>
+      <c r="O429" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P429" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q429" s="3" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="430" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A430" s="12" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B430" s="9"/>
+      <c r="C430" s="12" t="s">
+        <v>3002</v>
+      </c>
+      <c r="D430" s="10"/>
+      <c r="E430" s="9"/>
+      <c r="F430" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="G430" s="5" t="s">
+        <v>3003</v>
+      </c>
+      <c r="H430" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I430" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="J430" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K430" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L430" s="12" t="s">
+        <v>213</v>
+      </c>
+      <c r="M430" s="9"/>
+      <c r="N430" s="5"/>
+      <c r="O430" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P430" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q430" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="431" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A431" s="11" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B431" s="9"/>
+      <c r="C431" s="11" t="s">
+        <v>3005</v>
+      </c>
+      <c r="D431" s="10"/>
+      <c r="E431" s="9"/>
+      <c r="F431" s="3" t="s">
+        <v>3006</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H431" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I431" s="3" t="s">
+        <v>3007</v>
+      </c>
+      <c r="J431" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K431" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L431" s="11" t="s">
+        <v>3008</v>
+      </c>
+      <c r="M431" s="9"/>
+      <c r="N431" s="3" t="s">
+        <v>3009</v>
+      </c>
+      <c r="O431" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="P431" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q431" s="3" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="432" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A432" s="12" t="s">
+        <v>3011</v>
+      </c>
+      <c r="B432" s="9"/>
+      <c r="C432" s="12" t="s">
+        <v>3012</v>
+      </c>
+      <c r="D432" s="10"/>
+      <c r="E432" s="9"/>
+      <c r="F432" s="5" t="s">
+        <v>3013</v>
+      </c>
+      <c r="G432" s="5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H432" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I432" s="5" t="s">
+        <v>3014</v>
+      </c>
+      <c r="J432" s="5" t="s">
+        <v>3015</v>
+      </c>
+      <c r="K432" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L432" s="12" t="s">
+        <v>3016</v>
+      </c>
+      <c r="M432" s="9"/>
+      <c r="N432" s="5" t="s">
+        <v>3017</v>
+      </c>
+      <c r="O432" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="P432" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q432" s="5" t="s">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="433" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A433" s="11" t="s">
+        <v>3019</v>
+      </c>
+      <c r="B433" s="9"/>
+      <c r="C433" s="11" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D433" s="10"/>
+      <c r="E433" s="9"/>
+      <c r="F433" s="3" t="s">
+        <v>3021</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H433" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I433" s="3" t="s">
+        <v>3022</v>
+      </c>
+      <c r="J433" s="3" t="s">
+        <v>3023</v>
+      </c>
+      <c r="K433" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L433" s="11" t="s">
+        <v>3024</v>
+      </c>
+      <c r="M433" s="9"/>
+      <c r="N433" s="3"/>
+      <c r="O433" s="3" t="s">
+        <v>3025</v>
+      </c>
+      <c r="P433" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q433" s="3" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="434" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A434" s="12" t="s">
+        <v>3027</v>
+      </c>
+      <c r="B434" s="9"/>
+      <c r="C434" s="12" t="s">
+        <v>3028</v>
+      </c>
+      <c r="D434" s="10"/>
+      <c r="E434" s="9"/>
+      <c r="F434" s="5" t="s">
+        <v>3029</v>
+      </c>
+      <c r="G434" s="5" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H434" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I434" s="5" t="s">
+        <v>3031</v>
+      </c>
+      <c r="J434" s="5" t="s">
+        <v>3032</v>
+      </c>
+      <c r="K434" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L434" s="12" t="s">
+        <v>3033</v>
+      </c>
+      <c r="M434" s="9"/>
+      <c r="N434" s="5"/>
+      <c r="O434" s="5" t="s">
+        <v>3034</v>
+      </c>
+      <c r="P434" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q434" s="5" t="s">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="435" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A435" s="11" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B435" s="9"/>
+      <c r="C435" s="11" t="s">
+        <v>3037</v>
+      </c>
+      <c r="D435" s="10"/>
+      <c r="E435" s="9"/>
+      <c r="F435" s="3" t="s">
+        <v>3038</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H435" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I435" s="3" t="s">
+        <v>3040</v>
+      </c>
+      <c r="J435" s="3" t="s">
+        <v>3041</v>
+      </c>
+      <c r="K435" s="4" t="s">
+        <v>3042</v>
+      </c>
+      <c r="L435" s="11" t="s">
+        <v>3043</v>
+      </c>
+      <c r="M435" s="9"/>
+      <c r="N435" s="3"/>
+      <c r="O435" s="3" t="s">
+        <v>1387</v>
+      </c>
+      <c r="P435" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q435" s="3" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="436" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A436" s="12" t="s">
+        <v>3045</v>
+      </c>
+      <c r="B436" s="9"/>
+      <c r="C436" s="12" t="s">
+        <v>3046</v>
+      </c>
+      <c r="D436" s="10"/>
+      <c r="E436" s="9"/>
+      <c r="F436" s="5" t="s">
+        <v>3038</v>
+      </c>
+      <c r="G436" s="5" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H436" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I436" s="5" t="s">
+        <v>3040</v>
+      </c>
+      <c r="J436" s="5" t="s">
+        <v>3041</v>
+      </c>
+      <c r="K436" s="6" t="s">
+        <v>3042</v>
+      </c>
+      <c r="L436" s="12" t="s">
+        <v>3043</v>
+      </c>
+      <c r="M436" s="9"/>
+      <c r="N436" s="5"/>
+      <c r="O436" s="5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="P436" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q436" s="5" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="437" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A437" s="11" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B437" s="9"/>
+      <c r="C437" s="11" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D437" s="10"/>
+      <c r="E437" s="9"/>
+      <c r="F437" s="3" t="s">
+        <v>3049</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>3050</v>
+      </c>
+      <c r="H437" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I437" s="3" t="s">
+        <v>3051</v>
+      </c>
+      <c r="J437" s="3" t="s">
+        <v>3052</v>
+      </c>
+      <c r="K437" s="4" t="s">
+        <v>3053</v>
+      </c>
+      <c r="L437" s="11" t="s">
+        <v>3054</v>
+      </c>
+      <c r="M437" s="9"/>
+      <c r="N437" s="3"/>
+      <c r="O437" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P437" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q437" s="3" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="438" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A438" s="12" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B438" s="9"/>
+      <c r="C438" s="12" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D438" s="10"/>
+      <c r="E438" s="9"/>
+      <c r="F438" s="5" t="s">
+        <v>3058</v>
+      </c>
+      <c r="G438" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H438" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I438" s="5" t="s">
+        <v>3059</v>
+      </c>
+      <c r="J438" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K438" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L438" s="12" t="s">
+        <v>3060</v>
+      </c>
+      <c r="M438" s="9"/>
+      <c r="N438" s="5"/>
+      <c r="O438" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P438" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q438" s="5" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="439" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A439" s="11" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B439" s="9"/>
+      <c r="C439" s="11" t="s">
+        <v>3063</v>
+      </c>
+      <c r="D439" s="10"/>
+      <c r="E439" s="9"/>
+      <c r="F439" s="3" t="s">
+        <v>3064</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H439" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I439" s="3" t="s">
+        <v>3066</v>
+      </c>
+      <c r="J439" s="3" t="s">
+        <v>3067</v>
+      </c>
+      <c r="K439" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L439" s="11" t="s">
+        <v>3068</v>
+      </c>
+      <c r="M439" s="9"/>
+      <c r="N439" s="3"/>
+      <c r="O439" s="3" t="s">
+        <v>3069</v>
+      </c>
+      <c r="P439" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q439" s="3" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="440" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A440" s="12" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B440" s="9"/>
+      <c r="C440" s="12" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D440" s="10"/>
+      <c r="E440" s="9"/>
+      <c r="F440" s="5" t="s">
+        <v>3064</v>
+      </c>
+      <c r="G440" s="5" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H440" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I440" s="5" t="s">
+        <v>3066</v>
+      </c>
+      <c r="J440" s="5" t="s">
+        <v>3067</v>
+      </c>
+      <c r="K440" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L440" s="12" t="s">
+        <v>3068</v>
+      </c>
+      <c r="M440" s="9"/>
+      <c r="N440" s="5"/>
+      <c r="O440" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="P440" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q440" s="5" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="441" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A441" s="11" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B441" s="9"/>
+      <c r="C441" s="11" t="s">
+        <v>3073</v>
+      </c>
+      <c r="D441" s="10"/>
+      <c r="E441" s="9"/>
+      <c r="F441" s="3" t="s">
+        <v>3074</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H441" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I441" s="3" t="s">
+        <v>3075</v>
+      </c>
+      <c r="J441" s="3" t="s">
+        <v>3076</v>
+      </c>
+      <c r="K441" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L441" s="11" t="s">
+        <v>3077</v>
+      </c>
+      <c r="M441" s="9"/>
+      <c r="N441" s="3"/>
+      <c r="O441" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="P441" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q441" s="3" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="442" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A442" s="12" t="s">
+        <v>3078</v>
+      </c>
+      <c r="B442" s="9"/>
+      <c r="C442" s="12" t="s">
+        <v>3079</v>
+      </c>
+      <c r="D442" s="10"/>
+      <c r="E442" s="9"/>
+      <c r="F442" s="5" t="s">
+        <v>2097</v>
+      </c>
+      <c r="G442" s="5" t="s">
+        <v>3080</v>
+      </c>
+      <c r="H442" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I442" s="5" t="s">
+        <v>2098</v>
+      </c>
+      <c r="J442" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="K442" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L442" s="12" t="s">
+        <v>3081</v>
+      </c>
+      <c r="M442" s="9"/>
+      <c r="N442" s="5"/>
+      <c r="O442" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P442" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q442" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="443" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A443" s="11" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B443" s="9"/>
+      <c r="C443" s="11" t="s">
+        <v>3083</v>
+      </c>
+      <c r="D443" s="10"/>
+      <c r="E443" s="9"/>
+      <c r="F443" s="3" t="s">
+        <v>3084</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>2922</v>
+      </c>
+      <c r="H443" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I443" s="3" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J443" s="3" t="s">
+        <v>3086</v>
+      </c>
+      <c r="K443" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L443" s="11" t="s">
+        <v>3087</v>
+      </c>
+      <c r="M443" s="9"/>
+      <c r="N443" s="3"/>
+      <c r="O443" s="3" t="s">
+        <v>1594</v>
+      </c>
+      <c r="P443" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q443" s="3" t="s">
+        <v>3088</v>
+      </c>
+    </row>
+    <row r="444" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A444" s="12" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B444" s="9"/>
+      <c r="C444" s="12" t="s">
+        <v>3090</v>
+      </c>
+      <c r="D444" s="10"/>
+      <c r="E444" s="9"/>
+      <c r="F444" s="5" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G444" s="5" t="s">
+        <v>3092</v>
+      </c>
+      <c r="H444" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I444" s="5" t="s">
+        <v>3093</v>
+      </c>
+      <c r="J444" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="K444" s="6" t="s">
+        <v>3095</v>
+      </c>
+      <c r="L444" s="12" t="s">
+        <v>3096</v>
+      </c>
+      <c r="M444" s="9"/>
+      <c r="N444" s="5"/>
+      <c r="O444" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P444" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q444" s="5" t="s">
+        <v>3097</v>
+      </c>
+    </row>
+    <row r="445" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A445" s="11" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B445" s="9"/>
+      <c r="C445" s="11" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D445" s="10"/>
+      <c r="E445" s="9"/>
+      <c r="F445" s="3" t="s">
+        <v>3100</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H445" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I445" s="3" t="s">
+        <v>3101</v>
+      </c>
+      <c r="J445" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K445" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L445" s="11" t="s">
+        <v>3102</v>
+      </c>
+      <c r="M445" s="9"/>
+      <c r="N445" s="3" t="s">
+        <v>3103</v>
+      </c>
+      <c r="O445" s="3" t="s">
+        <v>3104</v>
+      </c>
+      <c r="P445" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q445" s="3" t="s">
+        <v>3105</v>
+      </c>
+    </row>
+    <row r="446" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A446" s="12" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B446" s="9"/>
+      <c r="C446" s="12" t="s">
+        <v>3107</v>
+      </c>
+      <c r="D446" s="10"/>
+      <c r="E446" s="9"/>
+      <c r="F446" s="5" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G446" s="5" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H446" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I446" s="5" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J446" s="5" t="s">
+        <v>2515</v>
+      </c>
+      <c r="K446" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L446" s="12" t="s">
+        <v>2516</v>
+      </c>
+      <c r="M446" s="9"/>
+      <c r="N446" s="5"/>
+      <c r="O446" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P446" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q446" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="447" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A447" s="11" t="s">
+        <v>3108</v>
+      </c>
+      <c r="B447" s="9"/>
+      <c r="C447" s="11" t="s">
+        <v>3109</v>
+      </c>
+      <c r="D447" s="10"/>
+      <c r="E447" s="9"/>
+      <c r="F447" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H447" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I447" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J447" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K447" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L447" s="11" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M447" s="9"/>
+      <c r="N447" s="3" t="s">
+        <v>3114</v>
+      </c>
+      <c r="O447" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P447" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q447" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="448" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A448" s="12" t="s">
+        <v>3115</v>
+      </c>
+      <c r="B448" s="9"/>
+      <c r="C448" s="12" t="s">
+        <v>3116</v>
+      </c>
+      <c r="D448" s="10"/>
+      <c r="E448" s="9"/>
+      <c r="F448" s="5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G448" s="5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H448" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I448" s="5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J448" s="5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K448" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L448" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M448" s="9"/>
+      <c r="N448" s="5" t="s">
+        <v>3118</v>
+      </c>
+      <c r="O448" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P448" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q448" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="449" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A449" s="11" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B449" s="9"/>
+      <c r="C449" s="11" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D449" s="10"/>
+      <c r="E449" s="9"/>
+      <c r="F449" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H449" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I449" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J449" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K449" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L449" s="11" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M449" s="9"/>
+      <c r="N449" s="3" t="s">
+        <v>3121</v>
+      </c>
+      <c r="O449" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P449" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q449" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="450" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A450" s="12" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B450" s="9"/>
+      <c r="C450" s="12" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D450" s="10"/>
+      <c r="E450" s="9"/>
+      <c r="F450" s="5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G450" s="5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H450" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I450" s="5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J450" s="5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K450" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L450" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M450" s="9"/>
+      <c r="N450" s="5" t="s">
+        <v>3121</v>
+      </c>
+      <c r="O450" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P450" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q450" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="451" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A451" s="11" t="s">
+        <v>3123</v>
+      </c>
+      <c r="B451" s="9"/>
+      <c r="C451" s="11" t="s">
+        <v>3124</v>
+      </c>
+      <c r="D451" s="10"/>
+      <c r="E451" s="9"/>
+      <c r="F451" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H451" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I451" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J451" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K451" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L451" s="11" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M451" s="9"/>
+      <c r="N451" s="3" t="s">
+        <v>3118</v>
+      </c>
+      <c r="O451" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P451" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q451" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="452" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A452" s="12" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B452" s="9"/>
+      <c r="C452" s="12" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D452" s="10"/>
+      <c r="E452" s="9"/>
+      <c r="F452" s="5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G452" s="5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H452" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I452" s="5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J452" s="5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K452" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L452" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M452" s="9"/>
+      <c r="N452" s="5" t="s">
+        <v>3127</v>
+      </c>
+      <c r="O452" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P452" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q452" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="453" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A453" s="11" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B453" s="9"/>
+      <c r="C453" s="11" t="s">
+        <v>3129</v>
+      </c>
+      <c r="D453" s="10"/>
+      <c r="E453" s="9"/>
+      <c r="F453" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H453" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I453" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J453" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K453" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L453" s="11" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M453" s="9"/>
+      <c r="N453" s="3" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O453" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P453" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q453" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="454" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A454" s="12" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B454" s="9"/>
+      <c r="C454" s="12" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D454" s="10"/>
+      <c r="E454" s="9"/>
+      <c r="F454" s="5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G454" s="5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H454" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I454" s="5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J454" s="5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K454" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L454" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M454" s="9"/>
+      <c r="N454" s="5" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O454" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P454" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q454" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="455" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A455" s="11" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B455" s="9"/>
+      <c r="C455" s="11" t="s">
+        <v>3134</v>
+      </c>
+      <c r="D455" s="10"/>
+      <c r="E455" s="9"/>
+      <c r="F455" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H455" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I455" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J455" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K455" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L455" s="11" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M455" s="9"/>
+      <c r="N455" s="3" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O455" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P455" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q455" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="456" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A456" s="12" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B456" s="9"/>
+      <c r="C456" s="12" t="s">
+        <v>3136</v>
+      </c>
+      <c r="D456" s="10"/>
+      <c r="E456" s="9"/>
+      <c r="F456" s="5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G456" s="5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H456" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I456" s="5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J456" s="5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K456" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L456" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M456" s="9"/>
+      <c r="N456" s="5" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O456" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P456" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q456" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="457" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A457" s="11" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B457" s="9"/>
+      <c r="C457" s="11" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D457" s="10"/>
+      <c r="E457" s="9"/>
+      <c r="F457" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H457" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I457" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J457" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K457" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L457" s="11" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M457" s="9"/>
+      <c r="N457" s="3" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O457" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P457" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q457" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="458" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A458" s="12" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B458" s="9"/>
+      <c r="C458" s="12" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D458" s="10"/>
+      <c r="E458" s="9"/>
+      <c r="F458" s="5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G458" s="5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H458" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I458" s="5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J458" s="5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K458" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L458" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M458" s="9"/>
+      <c r="N458" s="5" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O458" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P458" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q458" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="459" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A459" s="11" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B459" s="9"/>
+      <c r="C459" s="11" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D459" s="10"/>
+      <c r="E459" s="9"/>
+      <c r="F459" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H459" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I459" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J459" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K459" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L459" s="11" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M459" s="9"/>
+      <c r="N459" s="3" t="s">
+        <v>3142</v>
+      </c>
+      <c r="O459" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P459" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q459" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="460" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A460" s="12" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B460" s="9"/>
+      <c r="C460" s="12" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D460" s="10"/>
+      <c r="E460" s="9"/>
+      <c r="F460" s="5" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G460" s="5" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H460" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I460" s="5" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J460" s="5" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K460" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L460" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M460" s="9"/>
+      <c r="N460" s="5" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O460" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P460" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q460" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="461" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A461" s="11" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B461" s="9"/>
+      <c r="C461" s="11" t="s">
+        <v>3146</v>
+      </c>
+      <c r="D461" s="10"/>
+      <c r="E461" s="9"/>
+      <c r="F461" s="3" t="s">
+        <v>3110</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H461" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I461" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="J461" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="K461" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L461" s="11" t="s">
+        <v>3117</v>
+      </c>
+      <c r="M461" s="9"/>
+      <c r="N461" s="3" t="s">
+        <v>3130</v>
+      </c>
+      <c r="O461" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P461" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q461" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="462" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A462" s="12" t="s">
+        <v>3147</v>
+      </c>
+      <c r="B462" s="9"/>
+      <c r="C462" s="12" t="s">
+        <v>3148</v>
+      </c>
+      <c r="D462" s="10"/>
+      <c r="E462" s="9"/>
+      <c r="F462" s="5" t="s">
+        <v>2592</v>
+      </c>
+      <c r="G462" s="5" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H462" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I462" s="5" t="s">
+        <v>2594</v>
+      </c>
+      <c r="J462" s="5" t="s">
+        <v>2595</v>
+      </c>
+      <c r="K462" s="6" t="s">
+        <v>2596</v>
+      </c>
+      <c r="L462" s="12" t="s">
+        <v>2632</v>
+      </c>
+      <c r="M462" s="9"/>
+      <c r="N462" s="5" t="s">
+        <v>2598</v>
+      </c>
+      <c r="O462" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P462" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q462" s="5" t="s">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="463" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A463" s="11" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B463" s="9"/>
+      <c r="C463" s="11" t="s">
+        <v>3151</v>
+      </c>
+      <c r="D463" s="10"/>
+      <c r="E463" s="9"/>
+      <c r="F463" s="3" t="s">
+        <v>2702</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H463" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I463" s="3" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J463" s="3" t="s">
+        <v>2705</v>
+      </c>
+      <c r="K463" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L463" s="11" t="s">
+        <v>2706</v>
+      </c>
+      <c r="M463" s="9"/>
+      <c r="N463" s="3"/>
+      <c r="O463" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P463" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q463" s="3" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="464" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A464" s="12" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B464" s="9"/>
+      <c r="C464" s="12" t="s">
+        <v>3153</v>
+      </c>
+      <c r="D464" s="10"/>
+      <c r="E464" s="9"/>
+      <c r="F464" s="5" t="s">
+        <v>2702</v>
+      </c>
+      <c r="G464" s="5" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H464" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I464" s="5" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J464" s="5" t="s">
+        <v>2705</v>
+      </c>
+      <c r="K464" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L464" s="12" t="s">
+        <v>3154</v>
+      </c>
+      <c r="M464" s="9"/>
+      <c r="N464" s="5" t="s">
+        <v>3155</v>
+      </c>
+      <c r="O464" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P464" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q464" s="5" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="465" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A465" s="11" t="s">
+        <v>3156</v>
+      </c>
+      <c r="B465" s="9"/>
+      <c r="C465" s="11" t="s">
+        <v>3157</v>
+      </c>
+      <c r="D465" s="10"/>
+      <c r="E465" s="9"/>
+      <c r="F465" s="3" t="s">
+        <v>2702</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H465" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I465" s="3" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J465" s="3" t="s">
+        <v>2705</v>
+      </c>
+      <c r="K465" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L465" s="11" t="s">
+        <v>3155</v>
+      </c>
+      <c r="M465" s="9"/>
+      <c r="N465" s="3" t="s">
+        <v>3154</v>
+      </c>
+      <c r="O465" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P465" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q465" s="3" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="466" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A466" s="12" t="s">
+        <v>3158</v>
+      </c>
+      <c r="B466" s="9"/>
+      <c r="C466" s="12" t="s">
+        <v>3159</v>
+      </c>
+      <c r="D466" s="10"/>
+      <c r="E466" s="9"/>
+      <c r="F466" s="5" t="s">
+        <v>2702</v>
+      </c>
+      <c r="G466" s="5" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H466" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I466" s="5" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J466" s="5" t="s">
+        <v>2705</v>
+      </c>
+      <c r="K466" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L466" s="12" t="s">
+        <v>3155</v>
+      </c>
+      <c r="M466" s="9"/>
+      <c r="N466" s="5"/>
+      <c r="O466" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P466" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q466" s="5" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="467" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A467" s="11" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B467" s="9"/>
+      <c r="C467" s="11" t="s">
+        <v>3161</v>
+      </c>
+      <c r="D467" s="10"/>
+      <c r="E467" s="9"/>
+      <c r="F467" s="3" t="s">
+        <v>3162</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H467" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I467" s="3" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J467" s="3" t="s">
+        <v>2705</v>
+      </c>
+      <c r="K467" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L467" s="11" t="s">
+        <v>3163</v>
+      </c>
+      <c r="M467" s="9"/>
+      <c r="N467" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="O467" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P467" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q467" s="3" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="468" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A468" s="12" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B468" s="9"/>
+      <c r="C468" s="12" t="s">
+        <v>3165</v>
+      </c>
+      <c r="D468" s="10"/>
+      <c r="E468" s="9"/>
+      <c r="F468" s="5" t="s">
+        <v>2702</v>
+      </c>
+      <c r="G468" s="5" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H468" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I468" s="5" t="s">
+        <v>2704</v>
+      </c>
+      <c r="J468" s="5" t="s">
+        <v>2705</v>
+      </c>
+      <c r="K468" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L468" s="12" t="s">
+        <v>2706</v>
+      </c>
+      <c r="M468" s="9"/>
+      <c r="N468" s="5"/>
+      <c r="O468" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P468" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q468" s="5" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="469" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A469" s="11" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B469" s="9"/>
+      <c r="C469" s="11" t="s">
+        <v>3167</v>
+      </c>
+      <c r="D469" s="10"/>
+      <c r="E469" s="9"/>
+      <c r="F469" s="3" t="s">
+        <v>3168</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>3169</v>
+      </c>
+      <c r="H469" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I469" s="3" t="s">
+        <v>3170</v>
+      </c>
+      <c r="J469" s="3" t="s">
+        <v>3171</v>
+      </c>
+      <c r="K469" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L469" s="11" t="s">
+        <v>3172</v>
+      </c>
+      <c r="M469" s="9"/>
+      <c r="N469" s="3" t="s">
+        <v>3173</v>
+      </c>
+      <c r="O469" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P469" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q469" s="3" t="s">
+        <v>3174</v>
+      </c>
+    </row>
+    <row r="470" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A470" s="12" t="s">
+        <v>3175</v>
+      </c>
+      <c r="B470" s="9"/>
+      <c r="C470" s="12" t="s">
+        <v>3176</v>
+      </c>
+      <c r="D470" s="10"/>
+      <c r="E470" s="9"/>
+      <c r="F470" s="5" t="s">
+        <v>3177</v>
+      </c>
+      <c r="G470" s="5" t="s">
+        <v>3178</v>
+      </c>
+      <c r="H470" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I470" s="5" t="s">
+        <v>3179</v>
+      </c>
+      <c r="J470" s="5" t="s">
+        <v>3180</v>
+      </c>
+      <c r="K470" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L470" s="12" t="s">
+        <v>3181</v>
+      </c>
+      <c r="M470" s="9"/>
+      <c r="N470" s="5"/>
+      <c r="O470" s="5" t="s">
+        <v>3182</v>
+      </c>
+      <c r="P470" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q470" s="5" t="s">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="471" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A471" s="11" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B471" s="9"/>
+      <c r="C471" s="11" t="s">
+        <v>3185</v>
+      </c>
+      <c r="D471" s="10"/>
+      <c r="E471" s="9"/>
+      <c r="F471" s="3" t="s">
+        <v>2953</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H471" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I471" s="3" t="s">
+        <v>2954</v>
+      </c>
+      <c r="J471" s="3" t="s">
+        <v>3186</v>
+      </c>
+      <c r="K471" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L471" s="11" t="s">
+        <v>3187</v>
+      </c>
+      <c r="M471" s="9"/>
+      <c r="N471" s="3"/>
+      <c r="O471" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P471" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q471" s="3" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="472" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A472" s="12" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B472" s="9"/>
+      <c r="C472" s="12" t="s">
+        <v>3189</v>
+      </c>
+      <c r="D472" s="10"/>
+      <c r="E472" s="9"/>
+      <c r="F472" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G472" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="H472" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I472" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J472" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K472" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L472" s="12" t="s">
+        <v>3190</v>
+      </c>
+      <c r="M472" s="9"/>
+      <c r="N472" s="5" t="s">
+        <v>3191</v>
+      </c>
+      <c r="O472" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P472" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q472" s="5" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="473" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A473" s="11" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B473" s="9"/>
+      <c r="C473" s="11" t="s">
+        <v>3193</v>
+      </c>
+      <c r="D473" s="10"/>
+      <c r="E473" s="9"/>
+      <c r="F473" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H473" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I473" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J473" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K473" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L473" s="11" t="s">
+        <v>3194</v>
+      </c>
+      <c r="M473" s="9"/>
+      <c r="N473" s="3"/>
+      <c r="O473" s="3" t="s">
+        <v>3195</v>
+      </c>
+      <c r="P473" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q473" s="3" t="s">
+        <v>3196</v>
+      </c>
+    </row>
+    <row r="474" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A474" s="12" t="s">
+        <v>3197</v>
+      </c>
+      <c r="B474" s="9"/>
+      <c r="C474" s="12" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D474" s="10"/>
+      <c r="E474" s="9"/>
+      <c r="F474" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G474" s="5" t="s">
+        <v>3199</v>
+      </c>
+      <c r="H474" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I474" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J474" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K474" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L474" s="12" t="s">
+        <v>3200</v>
+      </c>
+      <c r="M474" s="9"/>
+      <c r="N474" s="5"/>
+      <c r="O474" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="P474" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q474" s="5" t="s">
+        <v>3201</v>
+      </c>
+    </row>
+    <row r="475" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A475" s="11" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B475" s="9"/>
+      <c r="C475" s="11" t="s">
+        <v>3203</v>
+      </c>
+      <c r="D475" s="10"/>
+      <c r="E475" s="9"/>
+      <c r="F475" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H475" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I475" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J475" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K475" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L475" s="11" t="s">
+        <v>3204</v>
+      </c>
+      <c r="M475" s="9"/>
+      <c r="N475" s="3"/>
+      <c r="O475" s="3" t="s">
+        <v>3205</v>
+      </c>
+      <c r="P475" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q475" s="3" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="476" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A476" s="12" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B476" s="9"/>
+      <c r="C476" s="12" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D476" s="10"/>
+      <c r="E476" s="9"/>
+      <c r="F476" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G476" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="H476" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I476" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J476" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K476" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L476" s="12" t="s">
+        <v>3209</v>
+      </c>
+      <c r="M476" s="9"/>
+      <c r="N476" s="5"/>
+      <c r="O476" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="P476" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q476" s="5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="477" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A477" s="11" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B477" s="9"/>
+      <c r="C477" s="11" t="s">
+        <v>3211</v>
+      </c>
+      <c r="D477" s="10"/>
+      <c r="E477" s="9"/>
+      <c r="F477" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H477" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I477" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J477" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K477" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L477" s="11" t="s">
+        <v>3212</v>
+      </c>
+      <c r="M477" s="9"/>
+      <c r="N477" s="3"/>
+      <c r="O477" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="P477" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q477" s="3" t="s">
+        <v>3213</v>
+      </c>
+    </row>
+    <row r="478" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A478" s="12" t="s">
+        <v>3214</v>
+      </c>
+      <c r="B478" s="9"/>
+      <c r="C478" s="12" t="s">
+        <v>3215</v>
+      </c>
+      <c r="D478" s="10"/>
+      <c r="E478" s="9"/>
+      <c r="F478" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G478" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="H478" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I478" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J478" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K478" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L478" s="12" t="s">
+        <v>3216</v>
+      </c>
+      <c r="M478" s="9"/>
+      <c r="N478" s="5"/>
+      <c r="O478" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="P478" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q478" s="5" t="s">
+        <v>3217</v>
+      </c>
+    </row>
+    <row r="479" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A479" s="11" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B479" s="9"/>
+      <c r="C479" s="11" t="s">
+        <v>3219</v>
+      </c>
+      <c r="D479" s="10"/>
+      <c r="E479" s="9"/>
+      <c r="F479" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H479" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I479" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J479" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K479" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L479" s="11" t="s">
+        <v>3220</v>
+      </c>
+      <c r="M479" s="9"/>
+      <c r="N479" s="3" t="s">
+        <v>3221</v>
+      </c>
+      <c r="O479" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="P479" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q479" s="3" t="s">
+        <v>3222</v>
+      </c>
+    </row>
+    <row r="480" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A480" s="12" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B480" s="9"/>
+      <c r="C480" s="12" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D480" s="10"/>
+      <c r="E480" s="9"/>
+      <c r="F480" s="5" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G480" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="H480" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I480" s="5" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J480" s="5" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K480" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L480" s="12" t="s">
+        <v>3225</v>
+      </c>
+      <c r="M480" s="9"/>
+      <c r="N480" s="5" t="s">
+        <v>3226</v>
+      </c>
+      <c r="O480" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P480" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q480" s="5" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="481" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A481" s="11" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B481" s="9"/>
+      <c r="C481" s="11" t="s">
+        <v>3229</v>
+      </c>
+      <c r="D481" s="10"/>
+      <c r="E481" s="9"/>
+      <c r="F481" s="3" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H481" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I481" s="3" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J481" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K481" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L481" s="11" t="s">
+        <v>3230</v>
+      </c>
+      <c r="M481" s="9"/>
+      <c r="N481" s="3"/>
+      <c r="O481" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="P481" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q481" s="3" t="s">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="482" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A482" s="12" t="s">
+        <v>3232</v>
+      </c>
+      <c r="B482" s="9"/>
+      <c r="C482" s="12" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D482" s="10"/>
+      <c r="E482" s="9"/>
+      <c r="F482" s="5" t="s">
+        <v>3234</v>
+      </c>
+      <c r="G482" s="5" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H482" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I482" s="5" t="s">
+        <v>3235</v>
+      </c>
+      <c r="J482" s="5" t="s">
+        <v>3236</v>
+      </c>
+      <c r="K482" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L482" s="12" t="s">
+        <v>3237</v>
+      </c>
+      <c r="M482" s="9"/>
+      <c r="N482" s="5"/>
+      <c r="O482" s="5" t="s">
+        <v>3238</v>
+      </c>
+      <c r="P482" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q482" s="5" t="s">
+        <v>3239</v>
+      </c>
+    </row>
+    <row r="483" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A483" s="11" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B483" s="9"/>
+      <c r="C483" s="11" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D483" s="10"/>
+      <c r="E483" s="9"/>
+      <c r="F483" s="3" t="s">
+        <v>3242</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H483" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I483" s="3" t="s">
+        <v>3243</v>
+      </c>
+      <c r="J483" s="3" t="s">
+        <v>3244</v>
+      </c>
+      <c r="K483" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L483" s="11" t="s">
+        <v>3245</v>
+      </c>
+      <c r="M483" s="9"/>
+      <c r="N483" s="3" t="s">
+        <v>3246</v>
+      </c>
+      <c r="O483" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="P483" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q483" s="3" t="s">
+        <v>3247</v>
+      </c>
+    </row>
+    <row r="484" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A484" s="12" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B484" s="9"/>
+      <c r="C484" s="12" t="s">
+        <v>3249</v>
+      </c>
+      <c r="D484" s="10"/>
+      <c r="E484" s="9"/>
+      <c r="F484" s="5" t="s">
+        <v>3250</v>
+      </c>
+      <c r="G484" s="5" t="s">
+        <v>2669</v>
+      </c>
+      <c r="H484" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I484" s="5" t="s">
+        <v>3251</v>
+      </c>
+      <c r="J484" s="5" t="s">
+        <v>3252</v>
+      </c>
+      <c r="K484" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L484" s="12" t="s">
+        <v>3253</v>
+      </c>
+      <c r="M484" s="9"/>
+      <c r="N484" s="5"/>
+      <c r="O484" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="P63" s="2" t="s">
-[...124 lines deleted...]
-      <c r="N66" s="3" t="s">
+      <c r="P484" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q484" s="5" t="s">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="485" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A485" s="11" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B485" s="9"/>
+      <c r="C485" s="11" t="s">
+        <v>3256</v>
+      </c>
+      <c r="D485" s="10"/>
+      <c r="E485" s="9"/>
+      <c r="F485" s="3" t="s">
+        <v>3257</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>3258</v>
+      </c>
+      <c r="H485" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I485" s="3" t="s">
+        <v>3259</v>
+      </c>
+      <c r="J485" s="3" t="s">
+        <v>3260</v>
+      </c>
+      <c r="K485" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L485" s="11" t="s">
+        <v>3261</v>
+      </c>
+      <c r="M485" s="9"/>
+      <c r="N485" s="3"/>
+      <c r="O485" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P485" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q485" s="3" t="s">
+        <v>3262</v>
+      </c>
+    </row>
+    <row r="486" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A486" s="12" t="s">
+        <v>3263</v>
+      </c>
+      <c r="B486" s="9"/>
+      <c r="C486" s="12" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D486" s="10"/>
+      <c r="E486" s="9"/>
+      <c r="F486" s="5" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G486" s="5" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H486" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I486" s="5" t="s">
+        <v>2426</v>
+      </c>
+      <c r="J486" s="5" t="s">
+        <v>2427</v>
+      </c>
+      <c r="K486" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L486" s="12" t="s">
+        <v>2454</v>
+      </c>
+      <c r="M486" s="9"/>
+      <c r="N486" s="5"/>
+      <c r="O486" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P486" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q486" s="5" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="487" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A487" s="11" t="s">
+        <v>3265</v>
+      </c>
+      <c r="B487" s="9"/>
+      <c r="C487" s="11" t="s">
+        <v>3266</v>
+      </c>
+      <c r="D487" s="10"/>
+      <c r="E487" s="9"/>
+      <c r="F487" s="3" t="s">
+        <v>3267</v>
+      </c>
+      <c r="G487" s="3" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H487" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I487" s="3" t="s">
+        <v>3268</v>
+      </c>
+      <c r="J487" s="3" t="s">
+        <v>3269</v>
+      </c>
+      <c r="K487" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L487" s="11" t="s">
+        <v>3270</v>
+      </c>
+      <c r="M487" s="9"/>
+      <c r="N487" s="3" t="s">
+        <v>3271</v>
+      </c>
+      <c r="O487" s="3" t="s">
+        <v>3272</v>
+      </c>
+      <c r="P487" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q487" s="3" t="s">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="488" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A488" s="12" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B488" s="9"/>
+      <c r="C488" s="12" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D488" s="10"/>
+      <c r="E488" s="9"/>
+      <c r="F488" s="5" t="s">
+        <v>3276</v>
+      </c>
+      <c r="G488" s="5" t="s">
+        <v>3277</v>
+      </c>
+      <c r="H488" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I488" s="5" t="s">
+        <v>3278</v>
+      </c>
+      <c r="J488" s="5" t="s">
+        <v>3279</v>
+      </c>
+      <c r="K488" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L488" s="12" t="s">
+        <v>3280</v>
+      </c>
+      <c r="M488" s="9"/>
+      <c r="N488" s="5" t="s">
+        <v>3281</v>
+      </c>
+      <c r="O488" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P488" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q488" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="489" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A489" s="11" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B489" s="9"/>
+      <c r="C489" s="11" t="s">
+        <v>3283</v>
+      </c>
+      <c r="D489" s="10"/>
+      <c r="E489" s="9"/>
+      <c r="F489" s="3" t="s">
+        <v>3284</v>
+      </c>
+      <c r="G489" s="3" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H489" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I489" s="3" t="s">
+        <v>3286</v>
+      </c>
+      <c r="J489" s="3" t="s">
+        <v>3287</v>
+      </c>
+      <c r="K489" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L489" s="11" t="s">
+        <v>3288</v>
+      </c>
+      <c r="M489" s="9"/>
+      <c r="N489" s="3" t="s">
+        <v>3289</v>
+      </c>
+      <c r="O489" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P489" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q489" s="3" t="s">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="490" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A490" s="12" t="s">
+        <v>3291</v>
+      </c>
+      <c r="B490" s="9"/>
+      <c r="C490" s="12" t="s">
+        <v>3292</v>
+      </c>
+      <c r="D490" s="10"/>
+      <c r="E490" s="9"/>
+      <c r="F490" s="5" t="s">
+        <v>3293</v>
+      </c>
+      <c r="G490" s="5" t="s">
+        <v>3294</v>
+      </c>
+      <c r="H490" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I490" s="5" t="s">
+        <v>3295</v>
+      </c>
+      <c r="J490" s="5" t="s">
+        <v>3296</v>
+      </c>
+      <c r="K490" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L490" s="12" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M490" s="9"/>
+      <c r="N490" s="5" t="s">
+        <v>3281</v>
+      </c>
+      <c r="O490" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P490" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q490" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="491" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A491" s="11" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B491" s="9"/>
+      <c r="C491" s="11" t="s">
+        <v>3299</v>
+      </c>
+      <c r="D491" s="10"/>
+      <c r="E491" s="9"/>
+      <c r="F491" s="3" t="s">
+        <v>3276</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="H491" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I491" s="3" t="s">
+        <v>3278</v>
+      </c>
+      <c r="J491" s="3" t="s">
+        <v>3279</v>
+      </c>
+      <c r="K491" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L491" s="11" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M491" s="9"/>
+      <c r="N491" s="3" t="s">
+        <v>3281</v>
+      </c>
+      <c r="O491" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P491" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q491" s="3" t="s">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="492" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A492" s="12" t="s">
+        <v>3300</v>
+      </c>
+      <c r="B492" s="9"/>
+      <c r="C492" s="12" t="s">
+        <v>3301</v>
+      </c>
+      <c r="D492" s="10"/>
+      <c r="E492" s="9"/>
+      <c r="F492" s="5" t="s">
+        <v>3302</v>
+      </c>
+      <c r="G492" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H492" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I492" s="5" t="s">
+        <v>3303</v>
+      </c>
+      <c r="J492" s="5" t="s">
+        <v>3304</v>
+      </c>
+      <c r="K492" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L492" s="12" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M492" s="9"/>
+      <c r="N492" s="5" t="s">
+        <v>3305</v>
+      </c>
+      <c r="O492" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P492" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q492" s="5" t="s">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="493" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A493" s="11" t="s">
+        <v>3307</v>
+      </c>
+      <c r="B493" s="9"/>
+      <c r="C493" s="11" t="s">
+        <v>3308</v>
+      </c>
+      <c r="D493" s="10"/>
+      <c r="E493" s="9"/>
+      <c r="F493" s="3" t="s">
+        <v>3276</v>
+      </c>
+      <c r="G493" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="H493" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I493" s="3" t="s">
+        <v>3278</v>
+      </c>
+      <c r="J493" s="3" t="s">
+        <v>3279</v>
+      </c>
+      <c r="K493" s="4" t="s">
+        <v>3309</v>
+      </c>
+      <c r="L493" s="11" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M493" s="9"/>
+      <c r="N493" s="3" t="s">
+        <v>3281</v>
+      </c>
+      <c r="O493" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P493" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q493" s="3" t="s">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="494" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A494" s="12" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B494" s="9"/>
+      <c r="C494" s="12" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D494" s="10"/>
+      <c r="E494" s="9"/>
+      <c r="F494" s="5" t="s">
+        <v>3312</v>
+      </c>
+      <c r="G494" s="5" t="s">
+        <v>3313</v>
+      </c>
+      <c r="H494" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I494" s="5" t="s">
+        <v>3314</v>
+      </c>
+      <c r="J494" s="5" t="s">
+        <v>3315</v>
+      </c>
+      <c r="K494" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L494" s="12" t="s">
+        <v>3316</v>
+      </c>
+      <c r="M494" s="9"/>
+      <c r="N494" s="5" t="s">
+        <v>3317</v>
+      </c>
+      <c r="O494" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P494" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q494" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="495" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A495" s="11" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B495" s="9"/>
+      <c r="C495" s="11" t="s">
+        <v>3319</v>
+      </c>
+      <c r="D495" s="10"/>
+      <c r="E495" s="9"/>
+      <c r="F495" s="3" t="s">
+        <v>3320</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="H495" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I495" s="3" t="s">
+        <v>3322</v>
+      </c>
+      <c r="J495" s="3" t="s">
+        <v>3323</v>
+      </c>
+      <c r="K495" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L495" s="11" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M495" s="9"/>
+      <c r="N495" s="3" t="s">
+        <v>3324</v>
+      </c>
+      <c r="O495" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P495" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q495" s="3" t="s">
+        <v>3325</v>
+      </c>
+    </row>
+    <row r="496" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A496" s="12" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B496" s="9"/>
+      <c r="C496" s="12" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D496" s="10"/>
+      <c r="E496" s="9"/>
+      <c r="F496" s="5" t="s">
+        <v>3293</v>
+      </c>
+      <c r="G496" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H496" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I496" s="5" t="s">
+        <v>3295</v>
+      </c>
+      <c r="J496" s="5" t="s">
+        <v>3296</v>
+      </c>
+      <c r="K496" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L496" s="12" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M496" s="9"/>
+      <c r="N496" s="5" t="s">
+        <v>3281</v>
+      </c>
+      <c r="O496" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P496" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q496" s="5" t="s">
+        <v>3328</v>
+      </c>
+    </row>
+    <row r="497" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A497" s="11" t="s">
+        <v>3329</v>
+      </c>
+      <c r="B497" s="9"/>
+      <c r="C497" s="11" t="s">
+        <v>3330</v>
+      </c>
+      <c r="D497" s="10"/>
+      <c r="E497" s="9"/>
+      <c r="F497" s="3" t="s">
+        <v>3293</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H497" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I497" s="3" t="s">
+        <v>3295</v>
+      </c>
+      <c r="J497" s="3" t="s">
+        <v>3296</v>
+      </c>
+      <c r="K497" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L497" s="11" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M497" s="9"/>
+      <c r="N497" s="3" t="s">
+        <v>3331</v>
+      </c>
+      <c r="O497" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P497" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q497" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="498" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A498" s="12" t="s">
+        <v>3332</v>
+      </c>
+      <c r="B498" s="9"/>
+      <c r="C498" s="12" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D498" s="10"/>
+      <c r="E498" s="9"/>
+      <c r="F498" s="5" t="s">
+        <v>3284</v>
+      </c>
+      <c r="G498" s="5" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H498" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I498" s="5" t="s">
+        <v>3286</v>
+      </c>
+      <c r="J498" s="5" t="s">
+        <v>3287</v>
+      </c>
+      <c r="K498" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L498" s="12" t="s">
+        <v>3288</v>
+      </c>
+      <c r="M498" s="9"/>
+      <c r="N498" s="5" t="s">
+        <v>3331</v>
+      </c>
+      <c r="O498" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P498" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q498" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="499" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A499" s="11" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B499" s="9"/>
+      <c r="C499" s="11" t="s">
+        <v>3335</v>
+      </c>
+      <c r="D499" s="10"/>
+      <c r="E499" s="9"/>
+      <c r="F499" s="3" t="s">
+        <v>3336</v>
+      </c>
+      <c r="G499" s="3" t="s">
+        <v>3277</v>
+      </c>
+      <c r="H499" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I499" s="3" t="s">
+        <v>3337</v>
+      </c>
+      <c r="J499" s="3" t="s">
+        <v>3338</v>
+      </c>
+      <c r="K499" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L499" s="11" t="s">
+        <v>3288</v>
+      </c>
+      <c r="M499" s="9"/>
+      <c r="N499" s="3"/>
+      <c r="O499" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P499" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q499" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="500" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A500" s="12" t="s">
+        <v>3339</v>
+      </c>
+      <c r="B500" s="9"/>
+      <c r="C500" s="12" t="s">
+        <v>3340</v>
+      </c>
+      <c r="D500" s="10"/>
+      <c r="E500" s="9"/>
+      <c r="F500" s="5" t="s">
+        <v>3341</v>
+      </c>
+      <c r="G500" s="5" t="s">
+        <v>3342</v>
+      </c>
+      <c r="H500" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I500" s="5" t="s">
+        <v>3343</v>
+      </c>
+      <c r="J500" s="5" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K500" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L500" s="12" t="s">
+        <v>3288</v>
+      </c>
+      <c r="M500" s="9"/>
+      <c r="N500" s="5"/>
+      <c r="O500" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P500" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q500" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="501" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A501" s="11" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B501" s="9"/>
+      <c r="C501" s="11" t="s">
+        <v>3346</v>
+      </c>
+      <c r="D501" s="10"/>
+      <c r="E501" s="9"/>
+      <c r="F501" s="3" t="s">
+        <v>3347</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H501" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I501" s="3" t="s">
+        <v>3348</v>
+      </c>
+      <c r="J501" s="3" t="s">
+        <v>3349</v>
+      </c>
+      <c r="K501" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L501" s="11" t="s">
+        <v>3350</v>
+      </c>
+      <c r="M501" s="9"/>
+      <c r="N501" s="3" t="s">
+        <v>3351</v>
+      </c>
+      <c r="O501" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P501" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q501" s="3" t="s">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="502" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A502" s="12" t="s">
+        <v>3353</v>
+      </c>
+      <c r="B502" s="9"/>
+      <c r="C502" s="12" t="s">
+        <v>3354</v>
+      </c>
+      <c r="D502" s="10"/>
+      <c r="E502" s="9"/>
+      <c r="F502" s="5" t="s">
+        <v>3293</v>
+      </c>
+      <c r="G502" s="5" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H502" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I502" s="5" t="s">
+        <v>3295</v>
+      </c>
+      <c r="J502" s="5" t="s">
+        <v>3296</v>
+      </c>
+      <c r="K502" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L502" s="12" t="s">
+        <v>3355</v>
+      </c>
+      <c r="M502" s="9"/>
+      <c r="N502" s="5" t="s">
+        <v>3288</v>
+      </c>
+      <c r="O502" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P502" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q502" s="5" t="s">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="503" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A503" s="11" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B503" s="9"/>
+      <c r="C503" s="11" t="s">
+        <v>3358</v>
+      </c>
+      <c r="D503" s="10"/>
+      <c r="E503" s="9"/>
+      <c r="F503" s="3" t="s">
+        <v>3347</v>
+      </c>
+      <c r="G503" s="3" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H503" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I503" s="3" t="s">
+        <v>3348</v>
+      </c>
+      <c r="J503" s="3" t="s">
+        <v>3349</v>
+      </c>
+      <c r="K503" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L503" s="11" t="s">
+        <v>3359</v>
+      </c>
+      <c r="M503" s="9"/>
+      <c r="N503" s="3"/>
+      <c r="O503" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P503" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q503" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="504" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A504" s="12" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B504" s="9"/>
+      <c r="C504" s="12" t="s">
+        <v>3361</v>
+      </c>
+      <c r="D504" s="10"/>
+      <c r="E504" s="9"/>
+      <c r="F504" s="5" t="s">
+        <v>3362</v>
+      </c>
+      <c r="G504" s="5" t="s">
+        <v>3363</v>
+      </c>
+      <c r="H504" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I504" s="5" t="s">
+        <v>3364</v>
+      </c>
+      <c r="J504" s="5" t="s">
+        <v>3365</v>
+      </c>
+      <c r="K504" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L504" s="12" t="s">
+        <v>3366</v>
+      </c>
+      <c r="M504" s="9"/>
+      <c r="N504" s="5"/>
+      <c r="O504" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P504" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q504" s="5" t="s">
+        <v>3367</v>
+      </c>
+    </row>
+    <row r="505" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A505" s="11" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B505" s="9"/>
+      <c r="C505" s="11" t="s">
+        <v>3369</v>
+      </c>
+      <c r="D505" s="10"/>
+      <c r="E505" s="9"/>
+      <c r="F505" s="3" t="s">
+        <v>3341</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>3342</v>
+      </c>
+      <c r="H505" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I505" s="3" t="s">
+        <v>3343</v>
+      </c>
+      <c r="J505" s="3" t="s">
+        <v>3344</v>
+      </c>
+      <c r="K505" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L505" s="11" t="s">
+        <v>3288</v>
+      </c>
+      <c r="M505" s="9"/>
+      <c r="N505" s="3"/>
+      <c r="O505" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P505" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q505" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="506" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A506" s="12" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B506" s="9"/>
+      <c r="C506" s="12" t="s">
+        <v>3371</v>
+      </c>
+      <c r="D506" s="10"/>
+      <c r="E506" s="9"/>
+      <c r="F506" s="5" t="s">
+        <v>3372</v>
+      </c>
+      <c r="G506" s="5" t="s">
+        <v>3373</v>
+      </c>
+      <c r="H506" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I506" s="5" t="s">
+        <v>3374</v>
+      </c>
+      <c r="J506" s="5" t="s">
+        <v>2595</v>
+      </c>
+      <c r="K506" s="6" t="s">
+        <v>3375</v>
+      </c>
+      <c r="L506" s="12" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M506" s="9"/>
+      <c r="N506" s="5" t="s">
+        <v>3376</v>
+      </c>
+      <c r="O506" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P506" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q506" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="507" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A507" s="11" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B507" s="9"/>
+      <c r="C507" s="11" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D507" s="10"/>
+      <c r="E507" s="9"/>
+      <c r="F507" s="3" t="s">
+        <v>3379</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>3380</v>
+      </c>
+      <c r="H507" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I507" s="3" t="s">
+        <v>3381</v>
+      </c>
+      <c r="J507" s="3" t="s">
+        <v>3382</v>
+      </c>
+      <c r="K507" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L507" s="11" t="s">
+        <v>3383</v>
+      </c>
+      <c r="M507" s="9"/>
+      <c r="N507" s="3" t="s">
+        <v>3384</v>
+      </c>
+      <c r="O507" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="P507" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q507" s="3" t="s">
+        <v>3385</v>
+      </c>
+    </row>
+    <row r="508" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A508" s="12" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B508" s="9"/>
+      <c r="C508" s="12" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D508" s="10"/>
+      <c r="E508" s="9"/>
+      <c r="F508" s="5" t="s">
+        <v>3388</v>
+      </c>
+      <c r="G508" s="5" t="s">
+        <v>3389</v>
+      </c>
+      <c r="H508" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I508" s="5" t="s">
+        <v>3390</v>
+      </c>
+      <c r="J508" s="5" t="s">
+        <v>3391</v>
+      </c>
+      <c r="K508" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L508" s="12" t="s">
+        <v>3392</v>
+      </c>
+      <c r="M508" s="9"/>
+      <c r="N508" s="5" t="s">
+        <v>3393</v>
+      </c>
+      <c r="O508" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="P508" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q508" s="5" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="509" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A509" s="11" t="s">
+        <v>3395</v>
+      </c>
+      <c r="B509" s="9"/>
+      <c r="C509" s="11" t="s">
+        <v>3396</v>
+      </c>
+      <c r="D509" s="10"/>
+      <c r="E509" s="9"/>
+      <c r="F509" s="3" t="s">
+        <v>3397</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>3398</v>
+      </c>
+      <c r="H509" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I509" s="3" t="s">
+        <v>3399</v>
+      </c>
+      <c r="J509" s="3" t="s">
+        <v>3400</v>
+      </c>
+      <c r="K509" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L509" s="11" t="s">
+        <v>2578</v>
+      </c>
+      <c r="M509" s="9"/>
+      <c r="N509" s="3" t="s">
+        <v>3401</v>
+      </c>
+      <c r="O509" s="3" t="s">
+        <v>1906</v>
+      </c>
+      <c r="P509" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q509" s="3" t="s">
+        <v>3402</v>
+      </c>
+    </row>
+    <row r="510" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A510" s="12" t="s">
+        <v>3403</v>
+      </c>
+      <c r="B510" s="9"/>
+      <c r="C510" s="12" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D510" s="10"/>
+      <c r="E510" s="9"/>
+      <c r="F510" s="5" t="s">
+        <v>3405</v>
+      </c>
+      <c r="G510" s="5" t="s">
+        <v>3406</v>
+      </c>
+      <c r="H510" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I510" s="5" t="s">
+        <v>3407</v>
+      </c>
+      <c r="J510" s="5" t="s">
+        <v>3408</v>
+      </c>
+      <c r="K510" s="6" t="s">
+        <v>3409</v>
+      </c>
+      <c r="L510" s="12" t="s">
+        <v>3410</v>
+      </c>
+      <c r="M510" s="9"/>
+      <c r="N510" s="5"/>
+      <c r="O510" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P510" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q510" s="5" t="s">
+        <v>3411</v>
+      </c>
+    </row>
+    <row r="511" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A511" s="11" t="s">
+        <v>3412</v>
+      </c>
+      <c r="B511" s="9"/>
+      <c r="C511" s="11" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D511" s="10"/>
+      <c r="E511" s="9"/>
+      <c r="F511" s="3" t="s">
+        <v>3414</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>3415</v>
+      </c>
+      <c r="H511" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I511" s="3" t="s">
+        <v>3416</v>
+      </c>
+      <c r="J511" s="3" t="s">
+        <v>3417</v>
+      </c>
+      <c r="K511" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L511" s="11" t="s">
+        <v>3418</v>
+      </c>
+      <c r="M511" s="9"/>
+      <c r="N511" s="3" t="s">
+        <v>3419</v>
+      </c>
+      <c r="O511" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="P511" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q511" s="3" t="s">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="512" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A512" s="12" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B512" s="9"/>
+      <c r="C512" s="12" t="s">
+        <v>3422</v>
+      </c>
+      <c r="D512" s="10"/>
+      <c r="E512" s="9"/>
+      <c r="F512" s="5" t="s">
+        <v>3423</v>
+      </c>
+      <c r="G512" s="5" t="s">
+        <v>3424</v>
+      </c>
+      <c r="H512" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I512" s="5" t="s">
+        <v>3425</v>
+      </c>
+      <c r="J512" s="5" t="s">
+        <v>3426</v>
+      </c>
+      <c r="K512" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L512" s="12" t="s">
+        <v>3427</v>
+      </c>
+      <c r="M512" s="9"/>
+      <c r="N512" s="5" t="s">
+        <v>3428</v>
+      </c>
+      <c r="O512" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="P512" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q512" s="5" t="s">
+        <v>3429</v>
+      </c>
+    </row>
+    <row r="513" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A513" s="11" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B513" s="9"/>
+      <c r="C513" s="11" t="s">
+        <v>3431</v>
+      </c>
+      <c r="D513" s="10"/>
+      <c r="E513" s="9"/>
+      <c r="F513" s="3" t="s">
+        <v>2243</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H513" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I513" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="J513" s="3" t="s">
+        <v>2246</v>
+      </c>
+      <c r="K513" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L513" s="11" t="s">
+        <v>2247</v>
+      </c>
+      <c r="M513" s="9"/>
+      <c r="N513" s="3"/>
+      <c r="O513" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P513" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q513" s="3" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="514" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A514" s="12" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B514" s="9"/>
+      <c r="C514" s="12" t="s">
+        <v>3433</v>
+      </c>
+      <c r="D514" s="10"/>
+      <c r="E514" s="9"/>
+      <c r="F514" s="5" t="s">
+        <v>3434</v>
+      </c>
+      <c r="G514" s="5" t="s">
+        <v>3435</v>
+      </c>
+      <c r="H514" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I514" s="5" t="s">
+        <v>3436</v>
+      </c>
+      <c r="J514" s="5" t="s">
+        <v>3437</v>
+      </c>
+      <c r="K514" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L514" s="12" t="s">
+        <v>3438</v>
+      </c>
+      <c r="M514" s="9"/>
+      <c r="N514" s="5" t="s">
+        <v>3439</v>
+      </c>
+      <c r="O514" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P514" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q514" s="5" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="515" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A515" s="11" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B515" s="9"/>
+      <c r="C515" s="11" t="s">
+        <v>3441</v>
+      </c>
+      <c r="D515" s="10"/>
+      <c r="E515" s="9"/>
+      <c r="F515" s="3" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H515" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I515" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J515" s="3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K515" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="L515" s="11" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M515" s="9"/>
+      <c r="N515" s="3"/>
+      <c r="O515" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P515" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q515" s="3" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="516" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A516" s="12" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B516" s="9"/>
+      <c r="C516" s="12" t="s">
+        <v>3443</v>
+      </c>
+      <c r="D516" s="10"/>
+      <c r="E516" s="9"/>
+      <c r="F516" s="5" t="s">
+        <v>3444</v>
+      </c>
+      <c r="G516" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H516" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I516" s="5" t="s">
+        <v>3445</v>
+      </c>
+      <c r="J516" s="5" t="s">
+        <v>3446</v>
+      </c>
+      <c r="K516" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L516" s="12" t="s">
+        <v>3447</v>
+      </c>
+      <c r="M516" s="9"/>
+      <c r="N516" s="5" t="s">
+        <v>3448</v>
+      </c>
+      <c r="O516" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="P516" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q516" s="5" t="s">
+        <v>3449</v>
+      </c>
+    </row>
+    <row r="517" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A517" s="11" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B517" s="9"/>
+      <c r="C517" s="11" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D517" s="10"/>
+      <c r="E517" s="9"/>
+      <c r="F517" s="3" t="s">
+        <v>3452</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="H517" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I517" s="3" t="s">
+        <v>3453</v>
+      </c>
+      <c r="J517" s="3" t="s">
+        <v>3454</v>
+      </c>
+      <c r="K517" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L517" s="11" t="s">
+        <v>3455</v>
+      </c>
+      <c r="M517" s="9"/>
+      <c r="N517" s="3"/>
+      <c r="O517" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="P517" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q517" s="3" t="s">
+        <v>3456</v>
+      </c>
+    </row>
+    <row r="518" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A518" s="12" t="s">
+        <v>3457</v>
+      </c>
+      <c r="B518" s="9"/>
+      <c r="C518" s="12" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D518" s="10"/>
+      <c r="E518" s="9"/>
+      <c r="F518" s="5" t="s">
+        <v>3459</v>
+      </c>
+      <c r="G518" s="5" t="s">
+        <v>3460</v>
+      </c>
+      <c r="H518" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I518" s="5" t="s">
+        <v>3461</v>
+      </c>
+      <c r="J518" s="5" t="s">
+        <v>3462</v>
+      </c>
+      <c r="K518" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L518" s="12" t="s">
+        <v>3463</v>
+      </c>
+      <c r="M518" s="9"/>
+      <c r="N518" s="5"/>
+      <c r="O518" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="O66" s="3" t="s">
-[...19674 lines deleted...]
-    <row r="518" spans="1:17" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="P518" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q518" s="5" t="s">
+        <v>3464</v>
+      </c>
+    </row>
     <row r="519" spans="1:17" ht="22" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="1538">
+  <mergeCells count="1541">
     <mergeCell ref="A517:B517"/>
     <mergeCell ref="C517:E517"/>
     <mergeCell ref="L517:M517"/>
+    <mergeCell ref="A518:B518"/>
+    <mergeCell ref="C518:E518"/>
+    <mergeCell ref="L518:M518"/>
     <mergeCell ref="A515:B515"/>
     <mergeCell ref="C515:E515"/>
     <mergeCell ref="L515:M515"/>
     <mergeCell ref="A516:B516"/>
     <mergeCell ref="C516:E516"/>
     <mergeCell ref="L516:M516"/>
     <mergeCell ref="A513:B513"/>
     <mergeCell ref="C513:E513"/>
     <mergeCell ref="L513:M513"/>
     <mergeCell ref="A514:B514"/>
     <mergeCell ref="C514:E514"/>
     <mergeCell ref="L514:M514"/>
     <mergeCell ref="A511:B511"/>
     <mergeCell ref="C511:E511"/>
     <mergeCell ref="L511:M511"/>
     <mergeCell ref="A512:B512"/>
     <mergeCell ref="C512:E512"/>
     <mergeCell ref="L512:M512"/>
     <mergeCell ref="A509:B509"/>
     <mergeCell ref="C509:E509"/>
     <mergeCell ref="L509:M509"/>
     <mergeCell ref="A510:B510"/>
     <mergeCell ref="C510:E510"/>
     <mergeCell ref="L510:M510"/>
     <mergeCell ref="A507:B507"/>
@@ -34923,51 +34968,51 @@
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="B1:C3"/>
     <mergeCell ref="E2:L2"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="L6:M6"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.63542007874015705" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 12/1/2025 1:27:09 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 2/4/2026 12:41:53 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>