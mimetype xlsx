--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -7,66 +7,66 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9F6E854E-7541-B040-823C-6B815B79F45A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2C73C9E9-5441-0642-922F-D30760999642}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="760" windowWidth="23560" windowHeight="16300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="760" windowWidth="18060" windowHeight="7060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Report_Communication_Coord_List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Report_Communication_Coord_List!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6311" uniqueCount="3466">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6311" uniqueCount="3460">
   <si>
     <t>Agy/Div</t>
   </si>
   <si>
     <t>Agy/Div Name</t>
   </si>
   <si>
     <t>Coordinator Name</t>
   </si>
   <si>
     <t>Coordinator Title</t>
   </si>
   <si>
     <t>Loc  Type</t>
   </si>
   <si>
     <t>Coordinator Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Ext</t>
   </si>
   <si>
@@ -1476,5210 +1476,5192 @@
   <si>
     <t>SUSAN MARTINO</t>
   </si>
   <si>
     <t xml:space="preserve">BOOKKEEPER                                        </t>
   </si>
   <si>
     <t>SUSANMARTINO@PITTSFIELDHOUSING.ORG</t>
   </si>
   <si>
     <t>413-443-5936</t>
   </si>
   <si>
     <t>9021</t>
   </si>
   <si>
     <t>65 COLUMBUS AVE SUITE 1</t>
   </si>
   <si>
     <t>999/3525</t>
   </si>
   <si>
     <t xml:space="preserve">QUINCY HOUSING AUTHORITY      </t>
   </si>
   <si>
-    <t>TERRY CHAMPION</t>
+    <t>AMANDA CHEVERIE</t>
+  </si>
+  <si>
+    <t>Assistant Executive Director</t>
+  </si>
+  <si>
+    <t>ACHEVERIE@QUINCYHA.COM</t>
+  </si>
+  <si>
+    <t>617-847-4350</t>
+  </si>
+  <si>
+    <t>80 CLAY ST</t>
+  </si>
+  <si>
+    <t>QUINCY</t>
+  </si>
+  <si>
+    <t>02170-2799</t>
+  </si>
+  <si>
+    <t>999/3526</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REVERE HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>TRICIA DUFFY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIR. OF FINANCIAL MANAGEMENT                      </t>
+  </si>
+  <si>
+    <t>TDUFFY@REVEREHA.COM</t>
+  </si>
+  <si>
+    <t>781-284-4394</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>70 COOLEDGE STREET</t>
+  </si>
+  <si>
+    <t>REVERE</t>
+  </si>
+  <si>
+    <t>02151-2963</t>
+  </si>
+  <si>
+    <t>999/3527</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALEM HOUSING AUTH            </t>
+  </si>
+  <si>
+    <t>ELIZABETH GOYETTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACCOUNTING COORDINATOR                            </t>
+  </si>
+  <si>
+    <t>EGOYETTE@SALEMHA.ORG</t>
+  </si>
+  <si>
+    <t>978-744-4431</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>27 CHARTER STREET</t>
+  </si>
+  <si>
+    <t>SALEM</t>
+  </si>
+  <si>
+    <t>01970-3699</t>
+  </si>
+  <si>
+    <t>999/3528</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOMERVILLE HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>ARNALDO VELAZQUEZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Director of Finance </t>
+  </si>
+  <si>
+    <t>ARNALDOV@SHA.WEB.ORG</t>
+  </si>
+  <si>
+    <t>617-996-0918</t>
+  </si>
+  <si>
+    <t>30 MEMORIAL ROAD</t>
+  </si>
+  <si>
+    <t>SOMERVILLE</t>
+  </si>
+  <si>
+    <t>02145-1799</t>
+  </si>
+  <si>
+    <t>999/3529</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPRINGFIELD HOUSING AUTH      </t>
+  </si>
+  <si>
+    <t>FIDAN GOUSSEYNOFF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. DEPARTMENT MANAGER                          </t>
+  </si>
+  <si>
+    <t>FGOUSSEYNOFF@SHAMASS.ORG</t>
+  </si>
+  <si>
+    <t>413-785-4514</t>
+  </si>
+  <si>
+    <t>60 CONGRESS STREET</t>
+  </si>
+  <si>
+    <t>01104-0000</t>
+  </si>
+  <si>
+    <t>999/3530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAUNTON HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>CAROL CUDDY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Human Resources Director                         </t>
+  </si>
+  <si>
+    <t>CCUDDY@TAUNTONHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-823-6308</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>308 BAY STREET</t>
+  </si>
+  <si>
+    <t>02780-4141</t>
+  </si>
+  <si>
+    <t>999/3531</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WALTHAM HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>CHRISTINE POWER</t>
+  </si>
+  <si>
+    <t>Operations Manager</t>
+  </si>
+  <si>
+    <t>CPOWER@WALHOUSE.ORG</t>
+  </si>
+  <si>
+    <t>781-894-3357</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>110 POND STREET</t>
+  </si>
+  <si>
+    <t>999/3532</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>SARAH O'NEIL</t>
+  </si>
+  <si>
+    <t>Insurance Coordinator</t>
+  </si>
+  <si>
+    <t>SONEIL@WESTFIELDHOUSING.COM</t>
+  </si>
+  <si>
+    <t>413-579-4926</t>
+  </si>
+  <si>
+    <t>P. O. BOX 99</t>
+  </si>
+  <si>
+    <t>12 ALICE BURKE WAY</t>
+  </si>
+  <si>
+    <t>WESTFIELD</t>
+  </si>
+  <si>
+    <t>01086-0099</t>
+  </si>
+  <si>
+    <t>999/3533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOBURN HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>PATRICIA LOPEZ</t>
+  </si>
+  <si>
+    <t>COMPTROLLER</t>
+  </si>
+  <si>
+    <t>PLOPEZ@WOBURNHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-935-0818</t>
+  </si>
+  <si>
+    <t>59 CAMPBELL STREET</t>
+  </si>
+  <si>
+    <t>WOBURN</t>
+  </si>
+  <si>
+    <t>01801-3699</t>
+  </si>
+  <si>
+    <t>999/3534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WORCESTER HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>MICHAEL MILLER</t>
+  </si>
+  <si>
+    <t>VP of HR</t>
+  </si>
+  <si>
+    <t>MILLER@WORCESTERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-635-3157</t>
+  </si>
+  <si>
+    <t>630A PLANTATION STREET</t>
+  </si>
+  <si>
+    <t>01605-2679</t>
+  </si>
+  <si>
+    <t>999/3535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMBRIDGE HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>SANDRA ANDREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUMAN RESOURCES MANAGER                           </t>
+  </si>
+  <si>
+    <t>SANDREW@CAMBRIDGE-HOUSING.ORG</t>
+  </si>
+  <si>
+    <t>617-520-6245</t>
+  </si>
+  <si>
+    <t>362 GREEN STREET, 3RD FLOOR</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE</t>
+  </si>
+  <si>
+    <t>02139-3306</t>
+  </si>
+  <si>
+    <t>999/3536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GLOUCESTER HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>SHARON FORTADO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE ASSISTANT                               </t>
+  </si>
+  <si>
+    <t>SFORTADO@GHAMA.COM</t>
+  </si>
+  <si>
+    <t>978-281-4770</t>
+  </si>
+  <si>
+    <t>P.O. BOX 1599</t>
+  </si>
+  <si>
+    <t>259 WASHINGTON ST.</t>
+  </si>
+  <si>
+    <t>GLOUCESTER</t>
+  </si>
+  <si>
+    <t>01930-1599</t>
+  </si>
+  <si>
+    <t>999/3537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOWELL HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>CAROL MARTIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE DEPARTMENT                                </t>
+  </si>
+  <si>
+    <t>CMARTIN@LHMA.ORG</t>
+  </si>
+  <si>
+    <t>978-364-5308</t>
+  </si>
+  <si>
+    <t>P O BOX 60</t>
+  </si>
+  <si>
+    <t>350 MOODY STREET</t>
+  </si>
+  <si>
+    <t>LOWELL</t>
+  </si>
+  <si>
+    <t>01853-0060</t>
+  </si>
+  <si>
+    <t>999/3538</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEDFORD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KELLY YIN</t>
+  </si>
+  <si>
+    <t>KYIN@MEDFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-396-7200</t>
+  </si>
+  <si>
+    <t>121 RIVERSIDE AVE</t>
+  </si>
+  <si>
+    <t>MEDFORD</t>
+  </si>
+  <si>
+    <t>02155-4611</t>
+  </si>
+  <si>
+    <t>999/3540</t>
+  </si>
+  <si>
+    <t>BERKSHIRE COUNTY REG. HSG AUTH</t>
+  </si>
+  <si>
+    <t>ALYSSA CAPITANIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OFFICE MANAGER                                    </t>
+  </si>
+  <si>
+    <t>ALYSSAC@BCRHA.COM</t>
+  </si>
+  <si>
+    <t>413-443-7138</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>1 FENN ST. 4TH FLR</t>
+  </si>
+  <si>
+    <t>999/3542</t>
+  </si>
+  <si>
+    <t>DUKES COUNTY REGIONAL HSG AUTH</t>
+  </si>
+  <si>
+    <t>KAY-ANN FRASER</t>
+  </si>
+  <si>
+    <t>Operations coordinator</t>
+  </si>
+  <si>
+    <t>KAY@HOUSINGAUTHORITYMV.ORG</t>
+  </si>
+  <si>
+    <t>508-693-4419</t>
+  </si>
+  <si>
+    <t>P. O. BOX 4538</t>
+  </si>
+  <si>
+    <t>VINEYARD HAVEN</t>
+  </si>
+  <si>
+    <t>02568-4538</t>
+  </si>
+  <si>
+    <t>999/3544</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANKLIN COUNTY REG. HOUSING  </t>
+  </si>
+  <si>
+    <t>NIKKI GARRETT</t>
+  </si>
+  <si>
+    <t>Director of Operations</t>
+  </si>
+  <si>
+    <t>NGARRETT@FCRHRA.ORG</t>
+  </si>
+  <si>
+    <t>413-223-5222</t>
+  </si>
+  <si>
+    <t>AND REDEVELOPMENT AUTHORITY</t>
+  </si>
+  <si>
+    <t>241 MILLERS FALLS ROAD</t>
+  </si>
+  <si>
+    <t>TURNERS FALLS</t>
+  </si>
+  <si>
+    <t>01376-0000</t>
+  </si>
+  <si>
+    <t>999/3553</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABINGTON HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KATIE ESPOSITO</t>
+  </si>
+  <si>
+    <t>KATIEE@BROCKTONHA.COM</t>
+  </si>
+  <si>
+    <t>781-878-3469</t>
+  </si>
+  <si>
+    <t>71 SHAW AVENUE</t>
+  </si>
+  <si>
+    <t>ABINGTON</t>
+  </si>
+  <si>
+    <t>02351-1658</t>
+  </si>
+  <si>
+    <t>999/3554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACTON HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>LIN ZHANG</t>
+  </si>
+  <si>
+    <t>OFFICE@ACTONHOUSING.NET</t>
+  </si>
+  <si>
+    <t>978-263-5339</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>68 WINDSOR AVENUE</t>
+  </si>
+  <si>
+    <t>P.O.BOX 681</t>
+  </si>
+  <si>
+    <t>ACTON</t>
+  </si>
+  <si>
+    <t>01720-0681</t>
+  </si>
+  <si>
+    <t>999/3555</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACUSHNET HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LYNN BERUBE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. DIRECTOR                                    </t>
+  </si>
+  <si>
+    <t>ACUSHNETHA@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>508-998-3603</t>
+  </si>
+  <si>
+    <t>23 MAIN STREET</t>
+  </si>
+  <si>
+    <t>ACUSHNET</t>
+  </si>
+  <si>
+    <t>02743-2129</t>
+  </si>
+  <si>
+    <t>999/3556</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADAMS HOUSING AUTH            </t>
+  </si>
+  <si>
+    <t>WILLIAM  SCHRADE</t>
+  </si>
+  <si>
+    <t>BILLS@AHAUTHORITY.COM</t>
+  </si>
+  <si>
+    <t>413-652-1617</t>
+  </si>
+  <si>
+    <t>4 COLUMBIA STREET</t>
+  </si>
+  <si>
+    <t>ADAMS</t>
+  </si>
+  <si>
+    <t>01220-1317</t>
+  </si>
+  <si>
+    <t>999/3557</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGAWAM HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>GERI BALICKI</t>
+  </si>
+  <si>
+    <t>GE.BALICKI@AGAWAMHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-786-1297</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>66 MEADOWBROOK MANOR</t>
+  </si>
+  <si>
+    <t>AGAWAM</t>
+  </si>
+  <si>
+    <t>01001-3128</t>
+  </si>
+  <si>
+    <t>999/3559</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMESBURY HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>ANNMARY CONNOR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Executive director </t>
+  </si>
+  <si>
+    <t>ACONNOR@AMESBURYHA.COM</t>
+  </si>
+  <si>
+    <t>978-388-2022</t>
+  </si>
+  <si>
+    <t>180 MAIN STREET</t>
+  </si>
+  <si>
+    <t>AMESBURY</t>
+  </si>
+  <si>
+    <t>01913-3698</t>
+  </si>
+  <si>
+    <t>999/3560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMHERST HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>PAMELA ROGERS</t>
+  </si>
+  <si>
+    <t>Executive Director</t>
+  </si>
+  <si>
+    <t>PROGERS@AMHERSTHOUSINGAUTHORITY.ORG</t>
+  </si>
+  <si>
+    <t>413-256-0206</t>
+  </si>
+  <si>
+    <t>33 KELLOGG AVE SUITE 81</t>
+  </si>
+  <si>
+    <t>ATT: ACCOUNTS RECEIVABLE</t>
+  </si>
+  <si>
+    <t>AMHERST</t>
+  </si>
+  <si>
+    <t>01002-2164</t>
+  </si>
+  <si>
+    <t>999/3561</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDOVER HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>EMILY LAMACHHIA</t>
+  </si>
+  <si>
+    <t>EMILY@ANDOVERHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-475-2365</t>
+  </si>
+  <si>
+    <t>100 MORTON STREET</t>
+  </si>
+  <si>
+    <t>ANDOVER</t>
+  </si>
+  <si>
+    <t>01810-2091</t>
+  </si>
+  <si>
+    <t>999/3562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARLINGTON HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>SANDRA MELANSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASST. TO EXECUTIVE DIRECTOR                       </t>
+  </si>
+  <si>
+    <t>SMELANSON@ARLINGTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-646-3400</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>4 WINSLOW STREET</t>
+  </si>
+  <si>
+    <t>ARLINGTON</t>
+  </si>
+  <si>
+    <t>02474-3062</t>
+  </si>
+  <si>
+    <t>999/3566</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASHLAND HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>SHIRLEY ANN BLISS</t>
+  </si>
+  <si>
+    <t>Administrative Assistant</t>
+  </si>
+  <si>
+    <t>SHIRLEYANNBLISS@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>59 PARK ROAD</t>
+  </si>
+  <si>
+    <t>ASHLAND</t>
+  </si>
+  <si>
+    <t>01721-1506</t>
+  </si>
+  <si>
+    <t>999/3567</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATHOL HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>EVELYN PEREZ</t>
+  </si>
+  <si>
+    <t>EPEREZ@ATHOLORANGEHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-249-4848</t>
+  </si>
+  <si>
+    <t>21 MORTON MEADOWS</t>
+  </si>
+  <si>
+    <t>ATHOL</t>
+  </si>
+  <si>
+    <t>01331-2123</t>
+  </si>
+  <si>
+    <t>999/3568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUBURN HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>LORI BRENNAN</t>
+  </si>
+  <si>
+    <t>LORIB7070@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-832-3852</t>
+  </si>
+  <si>
+    <t>200 OXFORD STREET NORTH</t>
+  </si>
+  <si>
+    <t>01501-1505</t>
+  </si>
+  <si>
+    <t>999/3569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVON HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>Human Resource Director</t>
+  </si>
+  <si>
+    <t>1 FELLOWSHIP CIRCLE</t>
+  </si>
+  <si>
+    <t>AVON</t>
+  </si>
+  <si>
+    <t>02322-1403</t>
+  </si>
+  <si>
+    <t>999/3570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AYER HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>JULIE MANNING</t>
+  </si>
+  <si>
+    <t>Executive Assistant</t>
+  </si>
+  <si>
+    <t>JMANNING@AYERHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-772-2771</t>
+  </si>
+  <si>
+    <t>18 POND STREET</t>
+  </si>
+  <si>
+    <t>AYER</t>
+  </si>
+  <si>
+    <t>01432-1656</t>
+  </si>
+  <si>
+    <t>999/3571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARNSTABLE HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>VICKI ELDREDGE</t>
+  </si>
+  <si>
+    <t>VICKI_ELDREDGE@BHA.BARNSTABLE.MA.US</t>
+  </si>
+  <si>
+    <t>508-771-7222</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>146 SOUTH STREET</t>
+  </si>
+  <si>
+    <t>HYANNIS</t>
+  </si>
+  <si>
+    <t>02601-4093</t>
+  </si>
+  <si>
+    <t>999/3572</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARRE HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>TAMMY BIBEAU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR  </t>
+  </si>
+  <si>
+    <t>TBIBEAU@BARREHA.ORG</t>
+  </si>
+  <si>
+    <t>978-355-6643</t>
+  </si>
+  <si>
+    <t>49 GRANDVIEW TERRACE</t>
+  </si>
+  <si>
+    <t>BARRE</t>
+  </si>
+  <si>
+    <t>01005-8830</t>
+  </si>
+  <si>
+    <t>999/3574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEDFORD HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>BRENDA PEACOCK</t>
+  </si>
+  <si>
+    <t>BPEACOCK@BEDFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-275-2428</t>
+  </si>
+  <si>
+    <t>ATTN: BRENDA PEACOCK</t>
+  </si>
+  <si>
+    <t>1 ASHBY PLACE</t>
+  </si>
+  <si>
+    <t>BEDFORD</t>
+  </si>
+  <si>
+    <t>01730-2299</t>
+  </si>
+  <si>
+    <t>999/3575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELCHERTOWN HOUSING AUTH      </t>
+  </si>
+  <si>
+    <t>7300</t>
+  </si>
+  <si>
+    <t>ATTEN:  ACCOUNTS RECEIVABLE</t>
+  </si>
+  <si>
+    <t>33 KELLOGG AVE, SUITE 81</t>
+  </si>
+  <si>
+    <t>01002-0000</t>
+  </si>
+  <si>
+    <t>999/3576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELLINGHAM HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>EDWARD PELLETIER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR   </t>
+  </si>
+  <si>
+    <t>ED@BELLINGHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-883-4999</t>
+  </si>
+  <si>
+    <t>10 WRENTHAM MANOR</t>
+  </si>
+  <si>
+    <t>BELLINGHAM</t>
+  </si>
+  <si>
+    <t>02019-2620</t>
+  </si>
+  <si>
+    <t>999/3577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELMONT HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>RAYMOND MORALES</t>
+  </si>
+  <si>
+    <t>RMORALES@CAMBRIDGE-HOUSING.ORG</t>
+  </si>
+  <si>
+    <t>617-484-2160</t>
+  </si>
+  <si>
+    <t>59 PEARSON ROAD</t>
+  </si>
+  <si>
+    <t>BELMONT</t>
+  </si>
+  <si>
+    <t>02478-2433</t>
+  </si>
+  <si>
+    <t>999/3581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BILLERICA HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>ERICA MILLER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE DIRECTOR </t>
+  </si>
+  <si>
+    <t>EMILLER@BILLERICAHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-667-2175</t>
+  </si>
+  <si>
+    <t>16 RIVER STREET</t>
+  </si>
+  <si>
+    <t>01821-1865</t>
+  </si>
+  <si>
+    <t>999/3582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLACKSTONE HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>PATRICIA A. DALY</t>
+  </si>
+  <si>
+    <t>BLACKSTONEHA56@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-883-1515</t>
+  </si>
+  <si>
+    <t>15 FOX BROOK MANOR</t>
+  </si>
+  <si>
+    <t>BLACKSTONE</t>
+  </si>
+  <si>
+    <t>01504-1684</t>
+  </si>
+  <si>
+    <t>999/3585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOURNE HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KARA  GALASSO GARCIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Executive Director  </t>
+  </si>
+  <si>
+    <t>KGARCIA@BOURNEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-563-7485</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>871 SHORE ROAD</t>
+  </si>
+  <si>
+    <t>POCASSET</t>
+  </si>
+  <si>
+    <t>02559-2080</t>
+  </si>
+  <si>
+    <t>999/3589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRAINTREE HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>KELLI O'LEARY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMINISTRATIVE MANAGER                            </t>
+  </si>
+  <si>
+    <t>KOLEARY@BRAHO.ORG</t>
+  </si>
+  <si>
+    <t>781-848-1484</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>25 ROOSEVELT STREET</t>
+  </si>
+  <si>
+    <t>BRAINTREE</t>
+  </si>
+  <si>
+    <t>02184-0000</t>
+  </si>
+  <si>
+    <t>999/3590</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BREWSTER HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KIMBERLY CONN</t>
+  </si>
+  <si>
+    <t>DIRECTOR@MASHPEEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-896-9800</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>11 FREDERICK COURT</t>
+  </si>
+  <si>
+    <t>BREWSTER</t>
+  </si>
+  <si>
+    <t>02631-1782</t>
+  </si>
+  <si>
+    <t>999/3591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRIDGEWATER HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>10 HERITAGE CIRCLE</t>
+  </si>
+  <si>
+    <t>BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>02324-0000</t>
+  </si>
+  <si>
+    <t>999/3592</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRIMFIELD HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>JONATHAN  LEONARD</t>
+  </si>
+  <si>
+    <t>MONSONHOUSING@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>413-267-4047</t>
+  </si>
+  <si>
+    <t>20 COLONIAL PARK</t>
+  </si>
+  <si>
+    <t>BRIMFIELD</t>
+  </si>
+  <si>
+    <t>01010-9528</t>
+  </si>
+  <si>
+    <t>999/3594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROOKLINE HOUSING AUTH        </t>
+  </si>
+  <si>
+    <t>MARGARITA MONTERO</t>
+  </si>
+  <si>
+    <t>Special Project Mgr/HR Coordinat</t>
+  </si>
+  <si>
+    <t>MMONTERO@BROOKLINEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>857-337-6135</t>
+  </si>
+  <si>
+    <t>90 LONGWOOD AVENUE, SUITE #1</t>
+  </si>
+  <si>
+    <t>BROOKLINE</t>
+  </si>
+  <si>
+    <t>02446-6697</t>
+  </si>
+  <si>
+    <t>999/3596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BURLINGTON HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>PAULA KINNON</t>
+  </si>
+  <si>
+    <t>PKINNON@BURLINGTONHAMA.ORG</t>
+  </si>
+  <si>
+    <t>781-272-7786</t>
+  </si>
+  <si>
+    <t>15 BIRCHCREST STREET</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>01803-2112</t>
+  </si>
+  <si>
+    <t>999/3597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>MARK ROY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR </t>
+  </si>
+  <si>
+    <t>CANTONHOUS@AOL.COM</t>
+  </si>
+  <si>
+    <t>781-828-5144</t>
+  </si>
+  <si>
+    <t>660 WASHINGTON ST.</t>
+  </si>
+  <si>
+    <t>CANTON</t>
+  </si>
+  <si>
+    <t>02021-3018</t>
+  </si>
+  <si>
+    <t>999/3602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHATHAM HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>TRACY CANNON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR                           </t>
+  </si>
+  <si>
+    <t>TRACY@CHATHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-945-0478</t>
+  </si>
+  <si>
+    <t>240 CROWELL ROAD</t>
+  </si>
+  <si>
+    <t>CHATHAM</t>
+  </si>
+  <si>
+    <t>02633-1999</t>
+  </si>
+  <si>
+    <t>999/3603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHELMSFORD HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>JENNIFER LEDOUX</t>
+  </si>
+  <si>
+    <t>Human Resources Generalist</t>
+  </si>
+  <si>
+    <t>JLEDOUX@CHELMSFORDHA.COM</t>
+  </si>
+  <si>
+    <t>978-256-7425</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>10 WILSON STREET</t>
+  </si>
+  <si>
+    <t>CHELMSFORD</t>
+  </si>
+  <si>
+    <t>01824-0000</t>
+  </si>
+  <si>
+    <t>999/3609</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLINTON HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>AWILDA MIRABAL</t>
+  </si>
+  <si>
+    <t>AMIRABAL@CLINTONHA.COM</t>
+  </si>
+  <si>
+    <t>978-365-4150</t>
+  </si>
+  <si>
+    <t>58 FITCH ROAD</t>
+  </si>
+  <si>
+    <t>CLINTON</t>
+  </si>
+  <si>
+    <t>01510-1899</t>
+  </si>
+  <si>
+    <t>999/3610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COHASSET HOUSING AUTH         </t>
+  </si>
+  <si>
+    <t>CONSTANCE DESBIENS</t>
+  </si>
+  <si>
+    <t>CONNIE_DESBIENS@YAHOO.COM</t>
+  </si>
+  <si>
+    <t>774-526-8503</t>
+  </si>
+  <si>
+    <t>60 ELM STREET</t>
+  </si>
+  <si>
+    <t>COHASSET</t>
+  </si>
+  <si>
+    <t>02025-1883</t>
+  </si>
+  <si>
+    <t>999/3612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONCORD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>JENNIFER POLITO</t>
+  </si>
+  <si>
+    <t>JPOLITO@CONCORDHA.ORG</t>
+  </si>
+  <si>
+    <t>978-369-8435</t>
+  </si>
+  <si>
+    <t>34 EVERETT STREET</t>
+  </si>
+  <si>
+    <t>CONCORD</t>
+  </si>
+  <si>
+    <t>01742-0000</t>
+  </si>
+  <si>
+    <t>999/3615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DALTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>DAWN FAHEY</t>
+  </si>
+  <si>
+    <t>DFAHEY@DALTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-684-1470</t>
+  </si>
+  <si>
+    <t>PINEGROVE MANOR</t>
+  </si>
+  <si>
+    <t>293 HIGH STREET</t>
+  </si>
+  <si>
+    <t>DALTON</t>
+  </si>
+  <si>
+    <t>01226-1106</t>
+  </si>
+  <si>
+    <t>999/3616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANVERS HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>CYNTHIA DUNN</t>
+  </si>
+  <si>
+    <t>CDUNN@DANVERSHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-777-0909</t>
+  </si>
+  <si>
+    <t>14 STONE STREET</t>
+  </si>
+  <si>
+    <t>01923-1899</t>
+  </si>
+  <si>
+    <t>999/3617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DARTMOUTH HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>ROBBIE DESOUZA</t>
+  </si>
+  <si>
+    <t>Director</t>
+  </si>
+  <si>
+    <t>DIRECTOR@DIGHTONHA.ORG</t>
+  </si>
+  <si>
+    <t>508-994-1424</t>
+  </si>
+  <si>
+    <t>2 ANDERSON WAY</t>
+  </si>
+  <si>
+    <t>NORTH DARTMOUTH</t>
+  </si>
+  <si>
+    <t>02747-1222</t>
+  </si>
+  <si>
+    <t>999/3618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEDHAM HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JOANNE DONG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACCOUNTING/PROGRAM REP.                           </t>
+  </si>
+  <si>
+    <t>JDONG@DEDHAMHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-326-3543</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>163 DEDHAM BLVD.</t>
+  </si>
+  <si>
+    <t>DEDHAM</t>
+  </si>
+  <si>
+    <t>02026-2511</t>
+  </si>
+  <si>
+    <t>999/3620</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENNIS HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>KAYE SULLIVAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE ADMINISTRATOR                             </t>
+  </si>
+  <si>
+    <t>KSULLIVAN@DENNISHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-394-3120</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>167 CENTER STREET</t>
+  </si>
+  <si>
+    <t>SOUTH DENNIS</t>
+  </si>
+  <si>
+    <t>02660-3741</t>
+  </si>
+  <si>
+    <t>999/3621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIGHTON HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>508-823-8361</t>
+  </si>
+  <si>
+    <t>300 LINCLOLN AVENUE</t>
+  </si>
+  <si>
+    <t>NORTH DIGHTON</t>
+  </si>
+  <si>
+    <t>02764-1830</t>
+  </si>
+  <si>
+    <t>999/3624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DRACUT HOUSING AUTH           </t>
+  </si>
+  <si>
+    <t>KELLEY SZYMANSKI</t>
+  </si>
+  <si>
+    <t>KSZYMANSKI@DRACUTHA.COM</t>
+  </si>
+  <si>
+    <t>978-957-3515</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>971 MAMMOTH ROAD</t>
+  </si>
+  <si>
+    <t>DRACUT</t>
+  </si>
+  <si>
+    <t>01826-0000</t>
+  </si>
+  <si>
+    <t>999/3625</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUDLEY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JEREMIAH BLANKENBAKER</t>
+  </si>
+  <si>
+    <t>DUDLEYHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-949-0522</t>
+  </si>
+  <si>
+    <t>22 JOSHUA PLACE APTS</t>
+  </si>
+  <si>
+    <t>WEST MAIN STREET</t>
+  </si>
+  <si>
+    <t>DUDLEY</t>
+  </si>
+  <si>
+    <t>01571-0000</t>
+  </si>
+  <si>
+    <t>999/3627</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUXBURY HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>JOANNA LETOURNEAU</t>
+  </si>
+  <si>
+    <t>Payroll Coordinator</t>
+  </si>
+  <si>
+    <t>JLETOURNEAU@PLYMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-746-2105</t>
+  </si>
+  <si>
+    <t>59 CHESTNUT STREET</t>
+  </si>
+  <si>
+    <t>DUXBURY</t>
+  </si>
+  <si>
+    <t>02332-4420</t>
+  </si>
+  <si>
+    <t>999/3628</t>
+  </si>
+  <si>
+    <t>EAST BRIDGEWATER HSG AUTHORITY</t>
+  </si>
+  <si>
+    <t>LESLIE LUNDSTROM</t>
+  </si>
+  <si>
+    <t>EB.HA@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>508-378-3838</t>
+  </si>
+  <si>
+    <t>100 PROSPECT STREET</t>
+  </si>
+  <si>
+    <t>EAST BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>02333-1263</t>
+  </si>
+  <si>
+    <t>999/3630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EAST LONGMEADOW HOUSING AUTH  </t>
+  </si>
+  <si>
+    <t>LYNN BOOTH</t>
+  </si>
+  <si>
+    <t>ELONGHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>413-525-7057</t>
+  </si>
+  <si>
+    <t>81 QUARRY HILL</t>
+  </si>
+  <si>
+    <t>EAST LONGMEADOW</t>
+  </si>
+  <si>
+    <t>01028-0000</t>
+  </si>
+  <si>
+    <t>999/3632</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EASTHAMPTON HOUSING AUTH      </t>
+  </si>
+  <si>
+    <t>CHIEF ACCOUNTANT OFFICER</t>
+  </si>
+  <si>
+    <t>112 HOLYOKE STREET</t>
+  </si>
+  <si>
+    <t>EASTHAMPTON</t>
+  </si>
+  <si>
+    <t>01027-2497</t>
+  </si>
+  <si>
+    <t>999/3633</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EASTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KATHLEEN STEIGER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXEC. DIR.                                        </t>
+  </si>
+  <si>
+    <t>HOUSINGAUTHORITY@EASTONHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-238-4747</t>
+  </si>
+  <si>
+    <t>PARKER TERRACE</t>
+  </si>
+  <si>
+    <t>NORTH EASTON</t>
+  </si>
+  <si>
+    <t>02356-1536</t>
+  </si>
+  <si>
+    <t>999/3637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESSEX HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>#1 OFFICE, CHEBACCO TERRACE</t>
+  </si>
+  <si>
+    <t>ESSEX</t>
+  </si>
+  <si>
+    <t>01929-0000</t>
+  </si>
+  <si>
+    <t>999/3638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAIRHAVEN HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KIM  MCARDELL</t>
+  </si>
+  <si>
+    <t>KIM@FAIRHAVENHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-993-1144</t>
+  </si>
+  <si>
+    <t>275 MAIN STREET</t>
+  </si>
+  <si>
+    <t>FAIRHAVEN</t>
+  </si>
+  <si>
+    <t>02719-3370</t>
+  </si>
+  <si>
+    <t>999/3639</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FALMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>BOBBIE JONES RICHARDS</t>
+  </si>
+  <si>
+    <t>BRICHARDS@FALMOUTHHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-548-1977</t>
+  </si>
+  <si>
+    <t>115 SCRANTON AVENUE</t>
+  </si>
+  <si>
+    <t>FALMOUTH</t>
+  </si>
+  <si>
+    <t>02540-3598</t>
+  </si>
+  <si>
+    <t>999/3641</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOXBOROUGH HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>CATHERINE DEL'ETOILE</t>
+  </si>
+  <si>
+    <t>Bookeeper</t>
+  </si>
+  <si>
+    <t>CATHY@FOXBOROHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-543-5960</t>
+  </si>
+  <si>
+    <t>90 N. CARL ANNON COURT</t>
+  </si>
+  <si>
+    <t>FOXBOROUGH</t>
+  </si>
+  <si>
+    <t>02035-1901</t>
+  </si>
+  <si>
+    <t>999/3642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRAMINGHAM HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>PAT CRANDALL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accounts Manager                                </t>
+  </si>
+  <si>
+    <t>PCRANDALL@FRAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-879-7562</t>
+  </si>
+  <si>
+    <t>1 JOHN J. BRADY DRIVE</t>
+  </si>
+  <si>
+    <t>FRAMINGHAM</t>
+  </si>
+  <si>
+    <t>01702-2300</t>
+  </si>
+  <si>
+    <t>999/3643</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANKLIN HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LISA AUDETTE</t>
+  </si>
+  <si>
+    <t>NAYDA@FRANKLINHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-528-2220</t>
+  </si>
+  <si>
+    <t>1000 CENTRAL PARK TERRACE</t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>02038-0000</t>
+  </si>
+  <si>
+    <t>999/3646</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEORGETOWN HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>STEPHANIE  SPENCER</t>
+  </si>
+  <si>
+    <t>SSPENCER@GEORGETOWNHA.COM</t>
+  </si>
+  <si>
+    <t>978-352-6331</t>
+  </si>
+  <si>
+    <t>23 TRESTLE WAY</t>
+  </si>
+  <si>
+    <t>GEORGETOWN</t>
+  </si>
+  <si>
+    <t>01833-1428</t>
+  </si>
+  <si>
+    <t>999/3650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAFTON HOUSING AUTH          </t>
+  </si>
+  <si>
+    <t>AMANDA BRADY</t>
+  </si>
+  <si>
+    <t>AMANDA@GRAFTONHA.NET</t>
+  </si>
+  <si>
+    <t>508-839-6089</t>
+  </si>
+  <si>
+    <t>10 MAXWELL DRIVE</t>
+  </si>
+  <si>
+    <t>NORTH GRAFTON</t>
+  </si>
+  <si>
+    <t>01536-1621</t>
+  </si>
+  <si>
+    <t>999/3651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRANBY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>TAMMY  BIBEAU</t>
+  </si>
+  <si>
+    <t>TBIBEAU@GRANBYHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>50 PHINS HILL MANOR</t>
+  </si>
+  <si>
+    <t>GRANBY</t>
+  </si>
+  <si>
+    <t>01033-9701</t>
+  </si>
+  <si>
+    <t>999/3653</t>
+  </si>
+  <si>
+    <t>GREAT BARRINGTON HOUSING AUTH.</t>
+  </si>
+  <si>
+    <t>NANCY MESSINA</t>
+  </si>
+  <si>
+    <t>NMESSINA@GBARRINGTONHA.ORG</t>
+  </si>
+  <si>
+    <t>413-274-1142</t>
+  </si>
+  <si>
+    <t>2 BERNARD GIBBONS DRIVE</t>
+  </si>
+  <si>
+    <t>GREAT BARRINGTON</t>
+  </si>
+  <si>
+    <t>01230-1189</t>
+  </si>
+  <si>
+    <t>999/3654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GREENFIELD HSG AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JODI CLOUGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIRECTOR OF FINANCE                               </t>
+  </si>
+  <si>
+    <t>JODI@GREENFIELDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-774-2932</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>1 ELM TERRACE</t>
+  </si>
+  <si>
+    <t>GREENFIELD</t>
+  </si>
+  <si>
+    <t>01301-2203</t>
+  </si>
+  <si>
+    <t>999/3656</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GROVELAND HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>Deputy Director</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>10 RIVER PINES_RD.</t>
+  </si>
+  <si>
+    <t>GROVELAND</t>
+  </si>
+  <si>
+    <t>01834-0000</t>
+  </si>
+  <si>
+    <t>999/3657</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HADLEY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>42 GOLDEN COURT</t>
+  </si>
+  <si>
+    <t>HADLEY</t>
+  </si>
+  <si>
+    <t>01035-0000</t>
+  </si>
+  <si>
+    <t>999/3659</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAMILTON HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LAURIE  MOLLICA</t>
+  </si>
+  <si>
+    <t>LAURIE@IPSWICHHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-356-2860</t>
+  </si>
+  <si>
+    <t>C/O IHA</t>
+  </si>
+  <si>
+    <t>1 AGAWAM VILLAGE</t>
+  </si>
+  <si>
+    <t>IPSWICH</t>
+  </si>
+  <si>
+    <t>01938-0000</t>
+  </si>
+  <si>
+    <t>999/3660</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAMPDEN HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>LISA DIFRANCO</t>
+  </si>
+  <si>
+    <t>HAMPHOUS@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>413-566-8157</t>
+  </si>
+  <si>
+    <t>26 SPRINGMEADOW LANE</t>
+  </si>
+  <si>
+    <t>HAMPDEN</t>
+  </si>
+  <si>
+    <t>01036-9772</t>
+  </si>
+  <si>
+    <t>999/3663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HANSON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>80 MEETINGHOUSE LANE</t>
+  </si>
+  <si>
+    <t>HANSON</t>
+  </si>
+  <si>
+    <t>02341-0000</t>
+  </si>
+  <si>
+    <t>999/3667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HATFIELD HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>BRENNA DUQUETTE</t>
+  </si>
+  <si>
+    <t>OFFICE@HATFIELDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>413-247-9202</t>
+  </si>
+  <si>
+    <t>2 SCHOOL STREET</t>
+  </si>
+  <si>
+    <t>HATFIELD</t>
+  </si>
+  <si>
+    <t>01038-0000</t>
+  </si>
+  <si>
+    <t>999/3670</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HINGHAM HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>30 THAXTER STREET</t>
+  </si>
+  <si>
+    <t>HINGHAM</t>
+  </si>
+  <si>
+    <t>02043-0000</t>
+  </si>
+  <si>
+    <t>999/3673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOLDEN HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>SUE BONNEY</t>
+  </si>
+  <si>
+    <t>978-537-5300</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>9 FLAGLER DRIVE</t>
+  </si>
+  <si>
+    <t>HOLDEN</t>
+  </si>
+  <si>
+    <t>01520-2543</t>
+  </si>
+  <si>
+    <t>999/3675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOLLISTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KIMBERLEY GULLEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANAGEMENT AGENT   </t>
+  </si>
+  <si>
+    <t>KGULLEY@FRAMHA.ORG</t>
+  </si>
+  <si>
+    <t>508-429-6266</t>
+  </si>
+  <si>
+    <t>COLE COURT</t>
+  </si>
+  <si>
+    <t>492 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>HOLLISTON</t>
+  </si>
+  <si>
+    <t>01746-1904</t>
+  </si>
+  <si>
+    <t>999/3676</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOPEDALE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KATHERINE CONSIGLI</t>
+  </si>
+  <si>
+    <t>HOPEDALEHOUSING@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>508-473-8120</t>
+  </si>
+  <si>
+    <t>116 HOPEDALE STREET</t>
+  </si>
+  <si>
+    <t>HOPEDALE</t>
+  </si>
+  <si>
+    <t>01747-0182</t>
+  </si>
+  <si>
+    <t>999/3677</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOPKINTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>HAYLEY FETROW</t>
+  </si>
+  <si>
+    <t>HFETROW@HOPKINTONHA.COM</t>
+  </si>
+  <si>
+    <t>617-719-4873</t>
+  </si>
+  <si>
+    <t>100 DAVIS ROAD</t>
+  </si>
+  <si>
+    <t>HOPKINTON</t>
+  </si>
+  <si>
+    <t>01748-0000</t>
+  </si>
+  <si>
+    <t>999/3679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUDSON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>JACLYN A. BEAULIEU</t>
+  </si>
+  <si>
+    <t>JACLYNP@HUDSONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-562-9268</t>
+  </si>
+  <si>
+    <t>8 BRIGHAM CIRCLE</t>
+  </si>
+  <si>
+    <t>HUDSON</t>
+  </si>
+  <si>
+    <t>01749-2429</t>
+  </si>
+  <si>
+    <t>999/3681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HULL HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>MAUREEN CROWLEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMIN. ASSISTANT                                  </t>
+  </si>
+  <si>
+    <t>MAUREENCROWLEY26@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>781-925-4544</t>
+  </si>
+  <si>
+    <t>6 ATLANTIC HOUSE COURT</t>
+  </si>
+  <si>
+    <t>HULL</t>
+  </si>
+  <si>
+    <t>02045-0000</t>
+  </si>
+  <si>
+    <t>999/3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IPSWICH HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>ONE AGAWAM VILLAGE</t>
+  </si>
+  <si>
+    <t>01938-2595</t>
+  </si>
+  <si>
+    <t>999/3683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGSTON HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>15 HILLCREST ROAD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>02364-1942</t>
+  </si>
+  <si>
+    <t>999/3687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEE HOUSING AUTHORITY         </t>
+  </si>
+  <si>
+    <t>DEBORAH M. PEDERCINI</t>
+  </si>
+  <si>
+    <t>DPEDERCINI@LEEHOUSINGAUTHORITY.ORG</t>
+  </si>
+  <si>
+    <t>413-243-3464</t>
+  </si>
+  <si>
+    <t>155 MARBLE STREET</t>
+  </si>
+  <si>
+    <t>LEE</t>
+  </si>
+  <si>
+    <t>01238-0000</t>
+  </si>
+  <si>
+    <t>999/3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEICESTER HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JEYSA NORTEY</t>
+  </si>
+  <si>
+    <t>JNORTEY@LEICESTERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-892-4620</t>
+  </si>
+  <si>
+    <t>1075 MAIN STREET</t>
+  </si>
+  <si>
+    <t>OFC</t>
+  </si>
+  <si>
+    <t>LEICESTER</t>
+  </si>
+  <si>
+    <t>01524-1331</t>
+  </si>
+  <si>
+    <t>999/3689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LENOX HOUSING AUTHORITY       </t>
+  </si>
+  <si>
+    <t>SHANNON CELLA</t>
+  </si>
+  <si>
+    <t>DIRECTOR.LENOXHOUSING@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>413-637-5585</t>
+  </si>
+  <si>
+    <t>6 MAIN STREET, SUITE 1</t>
+  </si>
+  <si>
+    <t>LENOX</t>
+  </si>
+  <si>
+    <t>01240-2352</t>
+  </si>
+  <si>
+    <t>999/3691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEXINGTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KATHY KILROY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASSISTANT_DIRECTOR                                </t>
+  </si>
+  <si>
+    <t>KKILROY@LEXINGTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-861-0900</t>
+  </si>
+  <si>
+    <t>ONE COUNTRYSIDE VILLAGE</t>
+  </si>
+  <si>
+    <t>LEXINGTON</t>
+  </si>
+  <si>
+    <t>02420-3020</t>
+  </si>
+  <si>
+    <t>999/3694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LITTLETON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JOY SCOTINA</t>
+  </si>
+  <si>
+    <t>Interim Executive Director</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WESTFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-692-6011</t>
+  </si>
+  <si>
+    <t>19 SHATTUCK STREET</t>
+  </si>
+  <si>
+    <t>LITTLETON</t>
+  </si>
+  <si>
+    <t>01460-0000</t>
+  </si>
+  <si>
+    <t>999/3696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUDLOW HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>ROBIN CARVIDE</t>
+  </si>
+  <si>
+    <t>ROBIN@LUDLOWHOUSING.COM</t>
+  </si>
+  <si>
+    <t>413-589-7272</t>
+  </si>
+  <si>
+    <t>114 WILSON STREET</t>
+  </si>
+  <si>
+    <t>LUDLOW</t>
+  </si>
+  <si>
+    <t>01056-2320</t>
+  </si>
+  <si>
+    <t>999/3697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUNENBURG HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>999/3698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LYNNFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>DANIEL MACINTYRE</t>
+  </si>
+  <si>
+    <t>LYNFLDHA@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>781-581-5783</t>
+  </si>
+  <si>
+    <t>600 ROSS DRIVE</t>
+  </si>
+  <si>
+    <t>LYNNFIELD</t>
+  </si>
+  <si>
+    <t>01940-0000</t>
+  </si>
+  <si>
+    <t>999/3699</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANCHESTER HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>CHRISTINE MAGUIRE</t>
+  </si>
+  <si>
+    <t>CMAGUIRE@MANCHESTERMAHA.ORG</t>
+  </si>
+  <si>
+    <t>978-526-1850</t>
+  </si>
+  <si>
+    <t>7 OFFICE THE PLAINS</t>
+  </si>
+  <si>
+    <t>MANCHESTER</t>
+  </si>
+  <si>
+    <t>01944-0608</t>
+  </si>
+  <si>
+    <t>999/3700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANSFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>GREGORY HANCOCK</t>
+  </si>
+  <si>
+    <t>Bookkeeper</t>
+  </si>
+  <si>
+    <t>ACCOUNTS@MANSFIELDHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-339-6890</t>
+  </si>
+  <si>
+    <t>22 BICENTENNIAL COURT</t>
+  </si>
+  <si>
+    <t>MANSFIELD</t>
+  </si>
+  <si>
+    <t>02048-1558</t>
+  </si>
+  <si>
+    <t>999/3701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARBLEHEAD HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>Accounting Coordinator</t>
+  </si>
+  <si>
+    <t>26 ROWLAND ST</t>
+  </si>
+  <si>
+    <t>MARBLEHEAD</t>
+  </si>
+  <si>
+    <t>01945-0000</t>
+  </si>
+  <si>
+    <t>999/3703</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARSHFIELD HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>17 TEA ROCK GARDENS</t>
+  </si>
+  <si>
+    <t>MARSHFIELD</t>
+  </si>
+  <si>
+    <t>02050-2525</t>
+  </si>
+  <si>
+    <t>999/3704</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASHPEE HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>508-477-6202</t>
+  </si>
+  <si>
+    <t>766 FALMOUTH ROAD, UNIT A3</t>
+  </si>
+  <si>
+    <t>MASHPEE</t>
+  </si>
+  <si>
+    <t>02649-0000</t>
+  </si>
+  <si>
+    <t>999/3705</t>
+  </si>
+  <si>
+    <t>MATTAPOISETT HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>508-758-4664</t>
+  </si>
+  <si>
+    <t>1 ACUSHNET ROAD, #53</t>
+  </si>
+  <si>
+    <t>MATTAPOISETT</t>
+  </si>
+  <si>
+    <t>02739-0000</t>
+  </si>
+  <si>
+    <t>999/3706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAYNARD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>AMANDA TYLER</t>
+  </si>
+  <si>
+    <t>Program Manager</t>
+  </si>
+  <si>
+    <t>A.TYLER@MAYNARD-HOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-897-8738</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>15 POWDERMILL CIRCLE</t>
+  </si>
+  <si>
+    <t>MAYNARD</t>
+  </si>
+  <si>
+    <t>01754-0000</t>
+  </si>
+  <si>
+    <t>999/3707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEDFIELD HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>30 POUND STREET</t>
+  </si>
+  <si>
+    <t>MEDFIELD</t>
+  </si>
+  <si>
+    <t>02052-2642</t>
+  </si>
+  <si>
+    <t>999/3708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEDWAY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>508-435-6022</t>
+  </si>
+  <si>
+    <t>600 MAHAN CIRCLE</t>
+  </si>
+  <si>
+    <t>MEDWAY</t>
+  </si>
+  <si>
+    <t>02053-2184</t>
+  </si>
+  <si>
+    <t>999/3711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">METHUEN HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>LISA LADD</t>
+  </si>
+  <si>
+    <t>LLADD@METHUENHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>978-682-8607</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>24 MYSTIC STREET</t>
+  </si>
+  <si>
+    <t>METHUEN</t>
+  </si>
+  <si>
+    <t>01844-2468</t>
+  </si>
+  <si>
+    <t>999/3712</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIDDLEBOROUGH HOUSING AUTH.   </t>
+  </si>
+  <si>
+    <t>SHERRI L. LARSON</t>
+  </si>
+  <si>
+    <t>SHERRI@MIDDLEBOROHA.ORG</t>
+  </si>
+  <si>
+    <t>508-947-3824</t>
+  </si>
+  <si>
+    <t>8 BENTON STREET</t>
+  </si>
+  <si>
+    <t>MIDDLEBORO</t>
+  </si>
+  <si>
+    <t>02346-0000</t>
+  </si>
+  <si>
+    <t>999/3714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIDDLETON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR    </t>
+  </si>
+  <si>
+    <t>978-774-4333</t>
+  </si>
+  <si>
+    <t>ORCHARD CIRCLE</t>
+  </si>
+  <si>
+    <t>MIDDLETON</t>
+  </si>
+  <si>
+    <t>01949-2361</t>
+  </si>
+  <si>
+    <t>999/3715</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILFORD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>LORIANN BRAZA</t>
+  </si>
+  <si>
+    <t>LBRAZA@MILFORDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-473-9521</t>
+  </si>
+  <si>
+    <t>45 BIRMINGHAM COURT</t>
+  </si>
+  <si>
+    <t>MILFORD</t>
+  </si>
+  <si>
+    <t>01757-1616</t>
+  </si>
+  <si>
+    <t>999/3716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILLBURY HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>DANIELLE JOHNSON</t>
+  </si>
+  <si>
+    <t>D.JOHNSON@MILLBURYHA.NET</t>
+  </si>
+  <si>
+    <t>508-865-2660</t>
+  </si>
+  <si>
+    <t>89 ELM STREET</t>
+  </si>
+  <si>
+    <t>01527-3104</t>
+  </si>
+  <si>
+    <t>999/3717</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILLIS HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>310 EXCHANGE ST</t>
+  </si>
+  <si>
+    <t>MILLIS</t>
+  </si>
+  <si>
+    <t>02054-1180</t>
+  </si>
+  <si>
+    <t>999/3719</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>EARL FAY</t>
+  </si>
+  <si>
+    <t>MILT.HA@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>617-698-2169</t>
+  </si>
+  <si>
+    <t>65 MILLER AVENUE</t>
+  </si>
+  <si>
+    <t>MILTON</t>
+  </si>
+  <si>
+    <t>02186-4756</t>
+  </si>
+  <si>
+    <t>999/3721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONSON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>31 STATE STREET</t>
+  </si>
+  <si>
+    <t>SUITE 50</t>
+  </si>
+  <si>
+    <t>MONSON</t>
+  </si>
+  <si>
+    <t>01057-9211</t>
+  </si>
+  <si>
+    <t>999/3722</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTAGUE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>BELLAMINE DICKERMAN</t>
+  </si>
+  <si>
+    <t>MONTAGUEHA@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>413-863-8445</t>
+  </si>
+  <si>
+    <t>41 SUNRISE TERRACE</t>
+  </si>
+  <si>
+    <t>999/3726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAHANT HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KELLEY COLLINS</t>
+  </si>
+  <si>
+    <t>NAHANTHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>781-581-9623</t>
+  </si>
+  <si>
+    <t>194 NAHANT ROAD</t>
+  </si>
+  <si>
+    <t>NAHANT</t>
+  </si>
+  <si>
+    <t>01908-1256</t>
+  </si>
+  <si>
+    <t>999/3727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NANTUCKET HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>Finance ADM/AST Exec Director</t>
+  </si>
+  <si>
+    <t>3 MANTA DRIVE</t>
+  </si>
+  <si>
+    <t>NANTUCKET</t>
+  </si>
+  <si>
+    <t>02554-0000</t>
+  </si>
+  <si>
+    <t>999/3728</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATICK HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>SUE HUR</t>
+  </si>
+  <si>
+    <t>Finance &amp; Operations Manager</t>
+  </si>
+  <si>
+    <t>SHUR@NATICKHA.ORG</t>
+  </si>
+  <si>
+    <t>508-653-2971</t>
+  </si>
+  <si>
+    <t>4 COTTAGE STREET</t>
+  </si>
+  <si>
+    <t>NATICK</t>
+  </si>
+  <si>
+    <t>01760-5864</t>
+  </si>
+  <si>
+    <t>999/3729</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEEDHAM HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>SALIM PILLAI</t>
+  </si>
+  <si>
+    <t>FINANCIAL/ HUMAN RESOURCE SPECIALIST</t>
+  </si>
+  <si>
+    <t>SPILLAI@NEEDHAMHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-444-3011</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>21 HIGHLAND CIRCLE, SUITE 10</t>
+  </si>
+  <si>
+    <t>NEEDHAM</t>
+  </si>
+  <si>
+    <t>02494-3155</t>
+  </si>
+  <si>
+    <t>999/3735</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORFOLK HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>33 ROCKWOOD ROAD</t>
+  </si>
+  <si>
+    <t>NORFOLK</t>
+  </si>
+  <si>
+    <t>02056-0293</t>
+  </si>
+  <si>
+    <t>999/3736</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH ANDOVER HOUSING AUTH.   </t>
+  </si>
+  <si>
+    <t>MARCIA KUPIEC</t>
+  </si>
+  <si>
+    <t>MKUPIEC@NORTHANDOVERHA.COM</t>
+  </si>
+  <si>
+    <t>978-682-3932</t>
+  </si>
+  <si>
+    <t>ONE MORKESKI MEADOWS</t>
+  </si>
+  <si>
+    <t>NORTH ANDOVER</t>
+  </si>
+  <si>
+    <t>01845-3998</t>
+  </si>
+  <si>
+    <t>999/3737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH ATTLEBORO HOUSING AUTH  </t>
+  </si>
+  <si>
+    <t>PAULA MAYVILLE</t>
+  </si>
+  <si>
+    <t>FINANCE@NORTHATTLEBOROHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-695-5142</t>
+  </si>
+  <si>
+    <t>20 SOUTH WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>NORTH ATTLEBORO</t>
+  </si>
+  <si>
+    <t>02760-0000</t>
+  </si>
+  <si>
+    <t>999/3738</t>
+  </si>
+  <si>
+    <t>NORTHBOROUGH HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>RON BONNEY</t>
+  </si>
+  <si>
+    <t>RON@NORTHBOROUGHHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-393-2408</t>
+  </si>
+  <si>
+    <t>26 VILLAGE DRIVE</t>
+  </si>
+  <si>
+    <t>NORTHBOROUGH</t>
+  </si>
+  <si>
+    <t>01532-2623</t>
+  </si>
+  <si>
+    <t>999/3739</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTHBRIDGE HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRETT R. LAMBERT              </t>
+  </si>
+  <si>
+    <t>BRETT@NORTHBRIDGEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-234-7736</t>
+  </si>
+  <si>
+    <t>12 COLONIAL DRIVE</t>
+  </si>
+  <si>
+    <t>WHITINSVILLE</t>
+  </si>
+  <si>
+    <t>01588-0149</t>
+  </si>
+  <si>
+    <t>999/3740</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH BROOKFIELD HOUSING AUTH </t>
+  </si>
+  <si>
+    <t>ASHLIE WOLF</t>
+  </si>
+  <si>
+    <t>AWOLF@SOUTHBRIDGEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-867-2826</t>
+  </si>
+  <si>
+    <t>271 NORTH MAIN STREET</t>
+  </si>
+  <si>
+    <t>NORTH BROOKFIELD</t>
+  </si>
+  <si>
+    <t>01535-0000</t>
+  </si>
+  <si>
+    <t>999/3742</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTH READING HSG AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KELCEY SALOIS</t>
+  </si>
+  <si>
+    <t>Office Manager</t>
+  </si>
+  <si>
+    <t>KELCEYS@NORTHREADINGHA.ORG</t>
+  </si>
+  <si>
+    <t>978-644-2982</t>
+  </si>
+  <si>
+    <t>0 PEABODY COURT</t>
+  </si>
+  <si>
+    <t>NORTH READING</t>
+  </si>
+  <si>
+    <t>01864-2435</t>
+  </si>
+  <si>
+    <t>999/3743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORTON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LORI  CASTRO </t>
+  </si>
+  <si>
+    <t>LORI@NORTONHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-285-3929</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>120 WEST MAIN STREET</t>
+  </si>
+  <si>
+    <t>NORTON</t>
+  </si>
+  <si>
+    <t>02766-1228</t>
+  </si>
+  <si>
+    <t>999/3744</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORWELL HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>PAULA HARRINGTON</t>
+  </si>
+  <si>
+    <t>NORWELLHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>781-659-7690</t>
+  </si>
+  <si>
+    <t>399 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>NORWELL</t>
+  </si>
+  <si>
+    <t>02061-2033</t>
+  </si>
+  <si>
+    <t>999/3745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NORWOOD HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MICHELLE MURRAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINACIAL MANGMENT SPECIALIST                      </t>
+  </si>
+  <si>
+    <t>MMURRAY@NORWOODHA.ORG</t>
+  </si>
+  <si>
+    <t>781-762-8115</t>
+  </si>
+  <si>
+    <t>40 WILLIAM SHYNE CIRCLE</t>
+  </si>
+  <si>
+    <t>NORWOOD</t>
+  </si>
+  <si>
+    <t>02062-2258</t>
+  </si>
+  <si>
+    <t>999/3748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORANGE HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>01331-0000</t>
+  </si>
+  <si>
+    <t>999/3749</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORLEANS HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MELISSA PHILLIPS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASSISTANT DIRECTOR                                </t>
+  </si>
+  <si>
+    <t>MELISSA.ORLEANSHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-255-0064</t>
+  </si>
+  <si>
+    <t>94 HOPKINS LANE</t>
+  </si>
+  <si>
+    <t>ORLEANS</t>
+  </si>
+  <si>
+    <t>02653-3433</t>
+  </si>
+  <si>
+    <t>999/3751</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OXFORD HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>LOCKSANN MATEO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXECUTIVE DIRECTOR       </t>
+  </si>
+  <si>
+    <t>LMATEO@OXFORDHA.COM</t>
+  </si>
+  <si>
+    <t>508-987-5055</t>
+  </si>
+  <si>
+    <t>23 WHEELOCK STREET</t>
+  </si>
+  <si>
+    <t>OXFORD</t>
+  </si>
+  <si>
+    <t>01540-2124</t>
+  </si>
+  <si>
+    <t>999/3752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PALMER HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>13 FLETCHER STREET</t>
+  </si>
+  <si>
+    <t>PALMER</t>
+  </si>
+  <si>
+    <t>01069-1107</t>
+  </si>
+  <si>
+    <t>999/3755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEMBROKE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>KAREN FORTI-RYAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROGRAM COORDINATOR                               </t>
+  </si>
+  <si>
+    <t>KFRYAN@PEMBROKEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-293-3088</t>
+  </si>
+  <si>
+    <t>KILCOMMONS DRIVE</t>
+  </si>
+  <si>
+    <t>PEMBROKE</t>
+  </si>
+  <si>
+    <t>02359-0000</t>
+  </si>
+  <si>
+    <t>999/3756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEPPERELL HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>KRISANNE TRAINQUE</t>
+  </si>
+  <si>
+    <t>DIRECTOR@PEPPERELLHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-433-9882</t>
+  </si>
+  <si>
+    <t>4 FOSTER STREET</t>
+  </si>
+  <si>
+    <t>PEPPERELL</t>
+  </si>
+  <si>
+    <t>01463-1606</t>
+  </si>
+  <si>
+    <t>999/3761</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLAINVILLE HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>140 EAST BACON STREET</t>
+  </si>
+  <si>
+    <t>PLAINVILLE</t>
+  </si>
+  <si>
+    <t>02762-0000</t>
+  </si>
+  <si>
+    <t>999/3762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLYMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>PAYROLL COORDINATOR</t>
+  </si>
+  <si>
+    <t>130 COURT STREET</t>
+  </si>
+  <si>
+    <t>PLYMOUTH</t>
+  </si>
+  <si>
+    <t>999/3765</t>
+  </si>
+  <si>
+    <t>PROVINCETOWN HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>KRISTIN HATCH</t>
+  </si>
+  <si>
+    <t>PHA@PROVINCETOWNHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-487-0434</t>
+  </si>
+  <si>
+    <t>44 HARRY KEMP WAY</t>
+  </si>
+  <si>
+    <t>PROVINCETOWN</t>
+  </si>
+  <si>
+    <t>02657-1629</t>
+  </si>
+  <si>
+    <t>999/3766</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RANDOLPH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MARJORIE KOURAFAS</t>
+  </si>
+  <si>
+    <t>ADMINISTRATIVE MGR.</t>
+  </si>
+  <si>
+    <t>FINANCE@RANDOLPHHA.COM</t>
+  </si>
+  <si>
+    <t>781-961-1400</t>
+  </si>
+  <si>
+    <t>ONE DECELLE DRIVE</t>
+  </si>
+  <si>
+    <t>RANDOLPH</t>
+  </si>
+  <si>
+    <t>02368-5601</t>
+  </si>
+  <si>
+    <t>999/3767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAYNHAM HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KELLY WILSON</t>
+  </si>
+  <si>
+    <t>DIRECTOR@RAYNHAMHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-824-9404</t>
+  </si>
+  <si>
+    <t>75 MILL STREET</t>
+  </si>
+  <si>
+    <t>RAYNHAM</t>
+  </si>
+  <si>
+    <t>02767-0000</t>
+  </si>
+  <si>
+    <t>999/3768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">READING HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>DONNA HEGGARTY</t>
+  </si>
+  <si>
+    <t>DONNA@READINGHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-944-6755</t>
+  </si>
+  <si>
+    <t>22 FRANK D.TANNER DRIVE</t>
+  </si>
+  <si>
+    <t>READING</t>
+  </si>
+  <si>
+    <t>01867-2399</t>
+  </si>
+  <si>
+    <t>999/3772</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCKLAND HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MARGIE CARR</t>
+  </si>
+  <si>
+    <t>DIRECTOR@ROCKLANDHOUSINGAUTHORITY.COM</t>
+  </si>
+  <si>
+    <t>781-878-4156</t>
+  </si>
+  <si>
+    <t>8 STUDLEY COURT</t>
+  </si>
+  <si>
+    <t>ROCKLAND</t>
+  </si>
+  <si>
+    <t>02370-2571</t>
+  </si>
+  <si>
+    <t>999/3773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCKPORT HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MARIE MATHES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INTERIM EXECUTIVE DIRECTOR   </t>
+  </si>
+  <si>
+    <t>DIRECTOR@ROCKPORTHA.COM</t>
+  </si>
+  <si>
+    <t>978-546-3181</t>
+  </si>
+  <si>
+    <t>13 MILLBROOK PARK</t>
+  </si>
+  <si>
+    <t>ROCKPORT</t>
+  </si>
+  <si>
+    <t>01966-1458</t>
+  </si>
+  <si>
+    <t>999/3775</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROWLEY HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>978-948-2371</t>
+  </si>
+  <si>
+    <t>PLANTATION DRIVE</t>
+  </si>
+  <si>
+    <t>ROWLEY</t>
+  </si>
+  <si>
+    <t>01969-1719</t>
+  </si>
+  <si>
+    <t>999/3779</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALISBURY HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>23 BEACH ROAD</t>
+  </si>
+  <si>
+    <t>SALISBURY</t>
+  </si>
+  <si>
+    <t>01952-2017</t>
+  </si>
+  <si>
+    <t>999/3781</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANDWICH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>ERIC STEINHILBER</t>
+  </si>
+  <si>
+    <t>DIRECTOR@SANDWICHHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-833-4979</t>
+  </si>
+  <si>
+    <t>20 TOM'S WAY</t>
+  </si>
+  <si>
+    <t>SANDWICH</t>
+  </si>
+  <si>
+    <t>02563-5107</t>
+  </si>
+  <si>
+    <t>999/3782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUGUS HOUSING AUTH.          </t>
+  </si>
+  <si>
+    <t>BRYAN CROAD</t>
+  </si>
+  <si>
+    <t>BCROAD@SAUGUSHA.COM</t>
+  </si>
+  <si>
+    <t>781-233-2116</t>
+  </si>
+  <si>
+    <t>19 TALBOT STREET</t>
+  </si>
+  <si>
+    <t>SAUGUS</t>
+  </si>
+  <si>
+    <t>01906-3465</t>
+  </si>
+  <si>
+    <t>999/3784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCITUATE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LEILA HILL</t>
+  </si>
+  <si>
+    <t>LHILL@SCITUATEHA.ORG</t>
+  </si>
+  <si>
+    <t>781-545-3375</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>791 COUNTRY WAY</t>
+  </si>
+  <si>
+    <t>SCITUATE</t>
+  </si>
+  <si>
+    <t>02066-0000</t>
+  </si>
+  <si>
+    <t>999/3785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEEKONK HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>25 CHAPPELL STREET</t>
+  </si>
+  <si>
+    <t>SUITE 10</t>
+  </si>
+  <si>
+    <t>SEEKONK</t>
+  </si>
+  <si>
+    <t>02771-5632</t>
+  </si>
+  <si>
+    <t>999/3786</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHARON HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>18 HIXSON FARM ROAD</t>
+  </si>
+  <si>
+    <t>SHARON</t>
+  </si>
+  <si>
+    <t>02067-1155</t>
+  </si>
+  <si>
+    <t>999/3791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHREWSBURY HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>KELLY BERGERON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASSISTANT EXECUTIVE DIRECTOR                      </t>
+  </si>
+  <si>
+    <t>SHABERGERONK@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-757-0323</t>
+  </si>
+  <si>
+    <t>36 N. QUINSIGAMOND AVENUE</t>
+  </si>
+  <si>
+    <t>SHREWSBURY</t>
+  </si>
+  <si>
+    <t>01545-2455</t>
+  </si>
+  <si>
+    <t>999/3793</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOMERSET HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>508-672-3348</t>
+  </si>
+  <si>
+    <t>75 JOHN F. KENNEDY TERRACE</t>
+  </si>
+  <si>
+    <t>SOMERSET</t>
+  </si>
+  <si>
+    <t>02726-0000</t>
+  </si>
+  <si>
+    <t>999/3794</t>
+  </si>
+  <si>
+    <t>SOUTH HADLEY HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>BRIDGETTE O'LEARY SULLIVAN</t>
+  </si>
+  <si>
+    <t>BSULLIVAN.SHHA@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>413-532-3194</t>
+  </si>
+  <si>
+    <t>69 LATHROP ST</t>
+  </si>
+  <si>
+    <t>SOUTH HADLEY</t>
+  </si>
+  <si>
+    <t>01075-9998</t>
+  </si>
+  <si>
+    <t>999/3796</t>
+  </si>
+  <si>
+    <t>SOUTHBOROUGH HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>WILLIAM SCANLON</t>
+  </si>
+  <si>
+    <t>Manager of Operations</t>
+  </si>
+  <si>
+    <t>WILLIAM@SOUTHBOROUGHHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-481-2166</t>
+  </si>
+  <si>
+    <t>49 BOSTON ROAD</t>
+  </si>
+  <si>
+    <t>SOUTHBOROUGH</t>
+  </si>
+  <si>
+    <t>01772-1651</t>
+  </si>
+  <si>
+    <t>999/3797</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOUTHBRIDGE HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>508-765-5858</t>
+  </si>
+  <si>
+    <t>60 CHARLTON STREET</t>
+  </si>
+  <si>
+    <t>SOUTHBRIDGE</t>
+  </si>
+  <si>
+    <t>01550-1955</t>
+  </si>
+  <si>
+    <t>999/3799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPENCER HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KIMBERLY HURLBRINK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Interim Executive Director                        </t>
+  </si>
+  <si>
+    <t>KIM.HURLBRINK@SPENCERHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-885-3904</t>
+  </si>
+  <si>
+    <t>HOWE VILLAGE</t>
+  </si>
+  <si>
+    <t>13 MCDONALD ST.</t>
+  </si>
+  <si>
+    <t>SPENCER</t>
+  </si>
+  <si>
+    <t>01562-0486</t>
+  </si>
+  <si>
+    <t>999/3800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STERLING HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>999/3801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STOCKBRIDGE HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>ANDREA K. LINDSAY</t>
+  </si>
+  <si>
+    <t>ANDREA@STOCKBRIDGEHA.COM</t>
+  </si>
+  <si>
+    <t>413-298-3222</t>
+  </si>
+  <si>
+    <t>5 PINE STREET</t>
+  </si>
+  <si>
+    <t>P.O.BOX 419</t>
+  </si>
+  <si>
+    <t>STOCKBRIDGE</t>
+  </si>
+  <si>
+    <t>01262-0419</t>
+  </si>
+  <si>
+    <t>999/3802</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STONEHAM HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>THERESA SHANNON</t>
+  </si>
+  <si>
+    <t>BOOKKEEPER/HR</t>
+  </si>
+  <si>
+    <t>T.SHANNON@STONEHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>781-438-0734</t>
+  </si>
+  <si>
+    <t>11 PARKER CHASE ROAD</t>
+  </si>
+  <si>
+    <t>STONEHAM</t>
+  </si>
+  <si>
+    <t>02180-4530</t>
+  </si>
+  <si>
+    <t>999/3803</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STOUGHTON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>4 CAPEN ST.</t>
+  </si>
+  <si>
+    <t>STOUGHTON</t>
+  </si>
+  <si>
+    <t>02072-0000</t>
+  </si>
+  <si>
+    <t>999/3806</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUDBURY HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>SHEILA CUSOLITO</t>
+  </si>
+  <si>
+    <t>DIRECTOR@SUDBURYHA.ORG</t>
+  </si>
+  <si>
+    <t>978-443-5112</t>
+  </si>
+  <si>
+    <t>55 HUDSON ROAD</t>
+  </si>
+  <si>
+    <t>SUDBURY</t>
+  </si>
+  <si>
+    <t>01776-2042</t>
+  </si>
+  <si>
+    <t>999/3809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWAMPSCOTT HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>KEVIN JOHNSON</t>
+  </si>
+  <si>
+    <t>SWAMPSCOTT.AUTHORITY@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>781-718-3498</t>
+  </si>
+  <si>
+    <t>6 DUNCAN TERRACE</t>
+  </si>
+  <si>
+    <t>SWAMPSCOTT</t>
+  </si>
+  <si>
+    <t>01907-1812</t>
+  </si>
+  <si>
+    <t>999/3810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWANSEA HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>508-679-5828</t>
+  </si>
+  <si>
+    <t>100 GARDNERS NECK ROAD</t>
+  </si>
+  <si>
+    <t>SWANSEA</t>
+  </si>
+  <si>
+    <t>02777-0000</t>
+  </si>
+  <si>
+    <t>999/3811</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEMPLETON HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>CYNTHIA LAFRENIERE</t>
+  </si>
+  <si>
+    <t>FINANCIAL-PROC. COORDINATOR</t>
+  </si>
+  <si>
+    <t>CLAFRENIERE@WINHA.ORG</t>
+  </si>
+  <si>
+    <t>978-297-2280</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>99 BRIDGE STREET</t>
+  </si>
+  <si>
+    <t>BALDWINVILLE</t>
+  </si>
+  <si>
+    <t>01436-9900</t>
+  </si>
+  <si>
+    <t>999/3812</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEWKSBURY HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>SUSAN GIANNETTI</t>
+  </si>
+  <si>
+    <t>SGIANNETTI@TEWKSBURYHOUSING.COM</t>
+  </si>
+  <si>
+    <t>978-851-7392</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>SAUNDERS CIRCLE</t>
+  </si>
+  <si>
+    <t>TEWKSBURY</t>
+  </si>
+  <si>
+    <t>01876-2703</t>
+  </si>
+  <si>
+    <t>999/3815</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOPSFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>69 WASHINGTON STREET</t>
+  </si>
+  <si>
+    <t>TOPSFIELD</t>
+  </si>
+  <si>
+    <t>01983-1746</t>
+  </si>
+  <si>
+    <t>999/3818</t>
+  </si>
+  <si>
+    <t>TYNGSBOROUGH HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t>LINDA THIBODEAU</t>
+  </si>
+  <si>
+    <t>DIRECTOR@TYNGSBOROHA.ORG</t>
+  </si>
+  <si>
+    <t>978-649-9941</t>
+  </si>
+  <si>
+    <t>198 MIDDLESSEX ROAD</t>
+  </si>
+  <si>
+    <t>TYNGSBOROUGH</t>
+  </si>
+  <si>
+    <t>01879-1564</t>
+  </si>
+  <si>
+    <t>999/3821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UXBRIDGE HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LINDA KELLY</t>
+  </si>
+  <si>
+    <t>LKELLYUXBRIDGEHOUSING@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>508-278-3232</t>
+  </si>
+  <si>
+    <t>CALUMET COURT</t>
+  </si>
+  <si>
+    <t>P. O. BOX 391</t>
+  </si>
+  <si>
+    <t>UXBRIDGE</t>
+  </si>
+  <si>
+    <t>01569-0391</t>
+  </si>
+  <si>
+    <t>999/3822</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAKEFIELD HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>MARY ROCHE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCE MANAGER                                   </t>
+  </si>
+  <si>
+    <t>MROCHE@WAKEFIELDHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-245-7328</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>26 CRESENT STREET</t>
+  </si>
+  <si>
+    <t>WAKEFIELD</t>
+  </si>
+  <si>
+    <t>01880-2430</t>
+  </si>
+  <si>
+    <t>999/3824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WALPOLE HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MONIQUE BERGERON</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WALPOLEHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-668-7878</t>
+  </si>
+  <si>
+    <t>8 DIAMOND POND TERRACE</t>
+  </si>
+  <si>
+    <t>02081-3484</t>
+  </si>
+  <si>
+    <t>999/3825</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WARE HOUSING AUTHORITY        </t>
+  </si>
+  <si>
+    <t>LINDA HANSSEN</t>
+  </si>
+  <si>
+    <t>WAREHOUSING@COMCAST.NET</t>
+  </si>
+  <si>
+    <t>413-967-4477</t>
+  </si>
+  <si>
+    <t>20 VALLEY VIEW</t>
+  </si>
+  <si>
+    <t>WARE</t>
+  </si>
+  <si>
+    <t>01082-1647</t>
+  </si>
+  <si>
+    <t>999/3827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WARREN HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>KATELYN BAKER</t>
+  </si>
+  <si>
+    <t>EXECUTIVEDIRECTOR@WARRENMAHOUSING.COM</t>
+  </si>
+  <si>
+    <t>95 WINTHROP TERRACE</t>
+  </si>
+  <si>
+    <t>P. O. BOX 3021</t>
+  </si>
+  <si>
+    <t>WARREN</t>
+  </si>
+  <si>
+    <t>01083-3021</t>
+  </si>
+  <si>
+    <t>999/3830</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WATERTOWN HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>VIVIANA VEIRA</t>
+  </si>
+  <si>
+    <t>VVEIRA@WATERTOWNHA.ORG</t>
+  </si>
+  <si>
+    <t>617-923-3953</t>
+  </si>
+  <si>
+    <t>55 WAVERLEY AVE.</t>
+  </si>
+  <si>
+    <t>WATERTOWN</t>
+  </si>
+  <si>
+    <t>02472-3613</t>
+  </si>
+  <si>
+    <t>999/3831</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WAYLAND HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>BETSY ROSZKO</t>
+  </si>
+  <si>
+    <t>BROSZKO@WAYLANDHOUSING.COM</t>
+  </si>
+  <si>
+    <t>508-655-6310</t>
+  </si>
+  <si>
+    <t>106 MAIN STREET</t>
+  </si>
+  <si>
+    <t>WAYLAND</t>
+  </si>
+  <si>
+    <t>01778-0000</t>
+  </si>
+  <si>
+    <t>999/3832</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEBSTER HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>MARIA  MEDEIROS</t>
+  </si>
+  <si>
+    <t>EXECDIRECTOR@WEBSTERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-943-1634</t>
+  </si>
+  <si>
+    <t>10 GOLDEN HEIGHTS</t>
+  </si>
+  <si>
+    <t>WEBSTER</t>
+  </si>
+  <si>
+    <t>01570-1651</t>
+  </si>
+  <si>
+    <t>999/3833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WELLESLEY HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JENNIFER HEALY</t>
+  </si>
+  <si>
+    <t>JHEALY@WELLESLEYHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>109 BARTON RD.</t>
+  </si>
+  <si>
+    <t>WELLESLEY</t>
+  </si>
+  <si>
+    <t>02481-3517</t>
+  </si>
+  <si>
+    <t>999/3836</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WENHAM HOUSING AUTHORITY      </t>
+  </si>
+  <si>
+    <t>PAULA MOUNTAIN</t>
+  </si>
+  <si>
+    <t>WENHAMHOUSING@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>978-468-1532</t>
+  </si>
+  <si>
+    <t>LARCH LANE</t>
+  </si>
+  <si>
+    <t>WENHAM</t>
+  </si>
+  <si>
+    <t>01984-1642</t>
+  </si>
+  <si>
+    <t>999/3837</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTBOROUGH HOUSING AUTHORITY </t>
+  </si>
+  <si>
+    <t>CATHY VAILLANT</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WESTBOROHA.COM</t>
+  </si>
+  <si>
+    <t>508-366-1225</t>
+  </si>
+  <si>
+    <t>2 ROGERS ROAD</t>
+  </si>
+  <si>
+    <t>WESTBOROUGH</t>
+  </si>
+  <si>
+    <t>01581-1451</t>
+  </si>
+  <si>
+    <t>999/3838</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST BOYLSTON HOUSING AUTH.   </t>
+  </si>
+  <si>
+    <t>87 MAPLE STREET</t>
+  </si>
+  <si>
+    <t>WET BOYLSTON</t>
+  </si>
+  <si>
+    <t>01583-0000</t>
+  </si>
+  <si>
+    <t>999/3839</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST BRIDGEWATER_HOUSING AUTH </t>
+  </si>
+  <si>
+    <t>BETTY GIBBONS</t>
+  </si>
+  <si>
+    <t>BGIBBONS@WESTBRIDGEWATERHA.ORG</t>
+  </si>
+  <si>
+    <t>508-588-2781</t>
+  </si>
+  <si>
+    <t>7 ESTHER DRIVE</t>
+  </si>
+  <si>
+    <t>WEST BRIDGEWATER</t>
+  </si>
+  <si>
+    <t>02379-0000</t>
+  </si>
+  <si>
+    <t>999/3840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST BROOKFIELD HSG AUTHORITY </t>
+  </si>
+  <si>
+    <t>FIONA ANDREWES</t>
+  </si>
+  <si>
+    <t>WBHOUSING@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>508-867-5891</t>
+  </si>
+  <si>
+    <t>29 EAST MAIN ST., BUILDING 7</t>
+  </si>
+  <si>
+    <t>WEST BROOKFIELD</t>
+  </si>
+  <si>
+    <t>01585-2936</t>
+  </si>
+  <si>
+    <t>999/3841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTFORD HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>65 TADMUCK ROAD</t>
+  </si>
+  <si>
+    <t>WESTFORD</t>
+  </si>
+  <si>
+    <t>01886-3101</t>
+  </si>
+  <si>
+    <t>999/3844</t>
+  </si>
+  <si>
+    <t>WEST NEWBURY HOUSING AUTHORITY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIR. OF LEASED PUBLIC HOUSING                     </t>
+  </si>
+  <si>
+    <t>LIONEL BRUNAULT COMM. HOUSING</t>
+  </si>
+  <si>
+    <t>379 MAIN STREET</t>
+  </si>
+  <si>
+    <t>WEST NEWBURY</t>
+  </si>
+  <si>
+    <t>01985-0000</t>
+  </si>
+  <si>
+    <t>999/3846</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WESTPORT HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>CHRISTINA HARNOIS</t>
+  </si>
+  <si>
+    <t>CHRISTINA@ATTLEBOROHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>508-725-4576</t>
+  </si>
+  <si>
+    <t>666 STATE ROAD</t>
+  </si>
+  <si>
+    <t>WESTPORT</t>
+  </si>
+  <si>
+    <t>02790-0327</t>
+  </si>
+  <si>
+    <t>999/3847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEST SPRINGFIELD HOUSING AUTH </t>
+  </si>
+  <si>
+    <t>MARY OUIMET</t>
+  </si>
+  <si>
+    <t>GIC COORDINATOR</t>
+  </si>
+  <si>
+    <t>MARY@WSHA37.ORG</t>
+  </si>
+  <si>
+    <t>413-788-0988</t>
+  </si>
+  <si>
+    <t>37 OXFORD PLACE</t>
+  </si>
+  <si>
+    <t>WEST SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>01089-2238</t>
+  </si>
+  <si>
+    <t>999/3851</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEYMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>LAURA FICOCIELLO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOOKKEEPER/ACCOUNTANT                             </t>
+  </si>
+  <si>
+    <t>LFICO@WEYMOUTHHOUSING.ORG</t>
+  </si>
+  <si>
+    <t>781-331-2323</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>402 ESSEX  STREET</t>
+  </si>
+  <si>
+    <t>WEYMOUTH</t>
+  </si>
+  <si>
+    <t>02189-0000</t>
+  </si>
+  <si>
+    <t>999/3853</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WHITMAN HOUSING AUTHORITY     </t>
+  </si>
+  <si>
+    <t>KERRI-ANN VEIGA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOOKKEEPER/ADMIN. ASST.                           </t>
+  </si>
+  <si>
+    <t>KCUMMINGS@WHITMANHA.ORG</t>
+  </si>
+  <si>
+    <t>781-447-6363</t>
+  </si>
+  <si>
+    <t>P.O. BOX 334</t>
+  </si>
+  <si>
+    <t>WHITMAN</t>
+  </si>
+  <si>
+    <t>02382-0334</t>
+  </si>
+  <si>
+    <t>999/3854</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILBRAHAM HOUSING AUTHORITY   </t>
+  </si>
+  <si>
+    <t>JEANNE TRYON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMIN. ASST.                                      </t>
+  </si>
+  <si>
+    <t>WILBRAHAMHA@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>413-543-1700</t>
+  </si>
+  <si>
+    <t>88 STONY HILL ROAD SUITE 36</t>
+  </si>
+  <si>
+    <t>WILBRAHAM</t>
+  </si>
+  <si>
+    <t>01095-0152</t>
+  </si>
+  <si>
+    <t>999/3856</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILLIAMSTOWN HOUSING AUTH     </t>
+  </si>
+  <si>
+    <t>TAMMY ANDREWS</t>
+  </si>
+  <si>
+    <t>WMSTNHA@OUTLOOK.COM</t>
+  </si>
+  <si>
+    <t>413-458-8282</t>
+  </si>
+  <si>
+    <t>35 ADAMS ROAD</t>
+  </si>
+  <si>
+    <t>WILLIAMSTOWN</t>
+  </si>
+  <si>
+    <t>01267-2137</t>
+  </si>
+  <si>
+    <t>999/3857</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILMINGTON HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t>MAGGIE CLEARY</t>
+  </si>
+  <si>
+    <t>MCLEARY@WILMINGTONHA.ORG</t>
+  </si>
+  <si>
+    <t>978-853-7331</t>
+  </si>
+  <si>
+    <t>41 DEMING WAY</t>
+  </si>
+  <si>
+    <t>WILMINGTON</t>
+  </si>
+  <si>
+    <t>01887-3649</t>
+  </si>
+  <si>
+    <t>999/3858</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WINCHENDON HOUSING AUTHORITY  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FINANCIAL COORDINATOR                             </t>
+  </si>
+  <si>
+    <t>108 IPSWICH DRIVE</t>
+  </si>
+  <si>
+    <t>WINCHENDON</t>
+  </si>
+  <si>
+    <t>01475-1217</t>
+  </si>
+  <si>
+    <t>999/3859</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WINCHESTER HOUSING AUTH       </t>
+  </si>
+  <si>
+    <t>SUSAN DOHERTY CASHELL</t>
+  </si>
+  <si>
+    <t>SDCASHELL@WINCHESTERHA.ORG</t>
+  </si>
+  <si>
+    <t>781-721-5718</t>
+  </si>
+  <si>
+    <t>13 WESTLEY STREET</t>
+  </si>
+  <si>
+    <t>WINCHESTER</t>
+  </si>
+  <si>
+    <t>01890-2130</t>
+  </si>
+  <si>
+    <t>999/3861</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WINTHROP HOUSING AUTH         </t>
+  </si>
+  <si>
+    <t>ELIZA SARRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TENENT SELECTION COORDINATOR                      </t>
+  </si>
+  <si>
+    <t>LISA.SARRO@WINTHROPHOUSING.NET</t>
+  </si>
+  <si>
+    <t>617-846-7100</t>
+  </si>
+  <si>
+    <t>9 GOLDEN DRIVE</t>
+  </si>
+  <si>
+    <t>WINTHROP</t>
+  </si>
+  <si>
+    <t>02152-0000</t>
+  </si>
+  <si>
+    <t>999/3863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRENTHAM HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>MELISSA SAULSBY</t>
+  </si>
+  <si>
+    <t>DIRECTOR@WRENTHAMHA.ORG</t>
+  </si>
+  <si>
+    <t>1 GARDEN LANE</t>
+  </si>
+  <si>
+    <t>WRENTHAM</t>
+  </si>
+  <si>
+    <t>02093-0312</t>
+  </si>
+  <si>
+    <t>999/3864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YARMOUTH HOUSING AUTHORITY    </t>
+  </si>
+  <si>
+    <t>FRANK MELLACE</t>
+  </si>
+  <si>
+    <t>FMELLACE@YARMOUTHHA.ORG</t>
+  </si>
+  <si>
+    <t>508-398-2920</t>
+  </si>
+  <si>
+    <t>LONG POND PLAZA</t>
+  </si>
+  <si>
+    <t>534 WINSLOW GRAY RD.</t>
+  </si>
+  <si>
+    <t>SOUTH YARMOUTH</t>
+  </si>
+  <si>
+    <t>02664-4318</t>
+  </si>
+  <si>
+    <t>999/6502</t>
+  </si>
+  <si>
+    <t>BOSTON REDEVELOPMENT AUTHORITY</t>
+  </si>
+  <si>
+    <t>SHELLY MAZZARELLA</t>
+  </si>
+  <si>
+    <t>Assistant Director Human Resources</t>
+  </si>
+  <si>
+    <t>SHELLEY.MAZZARELLA@BOSTON.GOV</t>
+  </si>
+  <si>
+    <t>617-918-5478</t>
+  </si>
+  <si>
+    <t>43 HAWKINS STREET</t>
+  </si>
+  <si>
+    <t>02114-2907</t>
+  </si>
+  <si>
+    <t>999/6503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROCKTON REDEVELOPMENT AUTH.  </t>
+  </si>
+  <si>
+    <t>STEEVENS PHELIMOND</t>
+  </si>
+  <si>
+    <t>SPHELIMOND@BROCKTONREDEVELOPMENTAUTHORITY.COM</t>
+  </si>
+  <si>
+    <t>50 SCHOOL STREET, 2ND FLOOR</t>
+  </si>
+  <si>
+    <t>999/6533</t>
+  </si>
+  <si>
+    <t>WOBURN REDEVELOPMENT AUTHORITY</t>
+  </si>
+  <si>
+    <t>CASEY  HAGERTY</t>
+  </si>
+  <si>
+    <t>Economic Development Manager</t>
+  </si>
+  <si>
+    <t>CHAGERTY@CITYOFWOBURN.COM</t>
+  </si>
+  <si>
+    <t>781-897-5816</t>
+  </si>
+  <si>
+    <t>10 COMMON ST.</t>
+  </si>
+  <si>
+    <t>P.O.BOX 72</t>
+  </si>
+  <si>
+    <t>01801-0000</t>
+  </si>
+  <si>
+    <t>999/6535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMBRIDGE REDEVELOPMENT AUTH. </t>
+  </si>
+  <si>
+    <t>JESSIAHA ADAMOPOULOS</t>
+  </si>
+  <si>
+    <t>JADAMOPOULOS@CAMBRIDGEREDEVELOPMENT.ORG</t>
+  </si>
+  <si>
+    <t>617-492-6800</t>
+  </si>
+  <si>
+    <t>255 MAIN ST.</t>
+  </si>
+  <si>
+    <t>8TH FLOOR</t>
+  </si>
+  <si>
+    <t>02142-0000</t>
+  </si>
+  <si>
+    <t>ADD/0100</t>
+  </si>
+  <si>
+    <t>MASS DEVELOPMENTAL DIS COUNCIL</t>
+  </si>
+  <si>
+    <t>CATHY JACKSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HR DIRECTOR                                       </t>
+  </si>
+  <si>
+    <t>CATHY.JACKSON@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-770-7676</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108 MYRTLE ST </t>
+  </si>
+  <si>
+    <t>SUITE 202</t>
+  </si>
+  <si>
+    <t>02171-0000</t>
+  </si>
+  <si>
+    <t>AGO/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATTORNEY GENERAL'S OFFICE     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LATANYA GRAY </t>
+  </si>
+  <si>
+    <t>LATANYA.GRAY@MASSMAIL.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-963-2931</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PLACE</t>
+  </si>
+  <si>
+    <t>ROOM 1805</t>
+  </si>
+  <si>
+    <t>AGR/0100</t>
+  </si>
+  <si>
+    <t>DEPT OF AGRICULTURAL RESOURCES</t>
+  </si>
+  <si>
+    <t>ASHLEE SHABANIAN</t>
+  </si>
+  <si>
+    <t>Benefit Coordinator</t>
+  </si>
+  <si>
+    <t>ASHLEE.N.SHABANIAN@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-823-2298</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE STREET, 9TH FL</t>
+  </si>
+  <si>
+    <t>02114-2151</t>
+  </si>
+  <si>
+    <t>ALA/0413</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMINISTRATIVE LAW APPEALS    </t>
+  </si>
+  <si>
+    <t>NIKKI BUTKEVICH</t>
+  </si>
+  <si>
+    <t>NIKKI.BUTKEVICH2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-878-9717</t>
+  </si>
+  <si>
+    <t>14 SUMMER STREET, 4TH FLOOR</t>
+  </si>
+  <si>
+    <t>02148-0000</t>
+  </si>
+  <si>
+    <t>ANF/1000</t>
+  </si>
+  <si>
+    <t>EXEC OFFICE FOR ADMIN.&amp;FINANCE</t>
+  </si>
+  <si>
+    <t>FELICIA HOPKINS</t>
+  </si>
+  <si>
+    <t>Director of HR/Payroll</t>
+  </si>
+  <si>
+    <t>FELICIA.L.HOPKINS@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-878-9736</t>
+  </si>
+  <si>
+    <t>ATTN: HUMAN RESOURCES DIVISION</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE ST SUITE 600</t>
+  </si>
+  <si>
+    <t>02114-0000</t>
+  </si>
+  <si>
+    <t>APC/3930</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MA-APPEALS COURT              </t>
+  </si>
+  <si>
+    <t>ALICIA LOGAN</t>
+  </si>
+  <si>
+    <t>Admin. Coordinator</t>
+  </si>
+  <si>
+    <t>ALICIA.ANACLETO@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-994-4155</t>
+  </si>
+  <si>
+    <t>JOHN ADAMS COURTHOUSE, HR DEPT</t>
+  </si>
+  <si>
+    <t>ONE PEMBERTON SQUARE, 4TH FL.</t>
+  </si>
+  <si>
+    <t>02108-1705</t>
+  </si>
+  <si>
+    <t>ART/1000</t>
+  </si>
+  <si>
+    <t>MASSACHUSETTS CULTURAL COUNCIL</t>
+  </si>
+  <si>
+    <t>ASHLEY CABRERA</t>
+  </si>
+  <si>
+    <t>Special Projects Manager for People Operations</t>
+  </si>
+  <si>
+    <t>ASHLEY.CABRERA2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-858-2715</t>
+  </si>
+  <si>
+    <t>10 ST. JAMES STREET, 3RD FLOOR</t>
+  </si>
+  <si>
+    <t>3RD FLOOR</t>
+  </si>
+  <si>
+    <t>02116-4600</t>
+  </si>
+  <si>
+    <t>ATB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APPELLATE TAX BOARD           </t>
+  </si>
+  <si>
+    <t>STEPHANIE  MILLER</t>
+  </si>
+  <si>
+    <t>COO</t>
+  </si>
+  <si>
+    <t>STEPHANIE.B.MILLER@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-336-0309</t>
+  </si>
+  <si>
+    <t>100 CAMBRIDGE ST., SUITE 200</t>
+  </si>
+  <si>
+    <t>BBE/4000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOARD OF BAR EXAMINERS        </t>
+  </si>
+  <si>
+    <t>ROBERT MILT</t>
+  </si>
+  <si>
+    <t>Sr Mgr of Operations</t>
+  </si>
+  <si>
+    <t>ROBERT.MILT@JUD.STATE.MA.US</t>
+  </si>
+  <si>
+    <t>617-482-4466</t>
+  </si>
+  <si>
+    <t>JOHN ADAMS COURTHOUSE</t>
+  </si>
+  <si>
+    <t>ONE PEMBERTON SQ 5-140</t>
+  </si>
+  <si>
+    <t>BCC/9099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERKSHIRE COMMUNITY COLLEGE   </t>
+  </si>
+  <si>
+    <t>ANN STEVENS</t>
+  </si>
+  <si>
+    <t>Employee Services Coordinator</t>
+  </si>
+  <si>
+    <t>ASTEVENS@BERKSHIRECC.EDU</t>
+  </si>
+  <si>
+    <t>413-236-1023</t>
+  </si>
+  <si>
+    <t>1350 WEST STREET</t>
+  </si>
+  <si>
+    <t>01201-5786</t>
+  </si>
+  <si>
+    <t>BER/0461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERKSHIRE DIST ATTORNEY       </t>
+  </si>
+  <si>
+    <t>JULIA  SABOURIN</t>
+  </si>
+  <si>
+    <t>Chief Operating Officer</t>
+  </si>
+  <si>
+    <t>JULIA.SABOURIN@MASS.GOV</t>
+  </si>
+  <si>
+    <t>413-884-3000</t>
+  </si>
+  <si>
+    <t>7 NORTH STREET</t>
+  </si>
+  <si>
+    <t>BHC/0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUNKER HILL COMMUNITY COLLEGE </t>
+  </si>
+  <si>
+    <t>OMAGBEMI TAYLOR</t>
+  </si>
+  <si>
+    <t>Associate Director of Benefits</t>
+  </si>
+  <si>
+    <t>GBEMI.TAYLOR@BHCC.EDU</t>
+  </si>
+  <si>
+    <t>617-228-2211</t>
+  </si>
+  <si>
+    <t>C/O BUNKER HILL COMMUNITY COLL</t>
+  </si>
+  <si>
+    <t>250 NEW RUTHERFORD AVENUE</t>
+  </si>
+  <si>
+    <t>02129-2925</t>
+  </si>
+  <si>
+    <t>BLC/1000</t>
+  </si>
+  <si>
+    <t>BOARD OF LIBRARY COMMISSIONERS</t>
+  </si>
+  <si>
+    <t>TERESA DANGELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADMINISTRATIVE ASSISTANT                          </t>
+  </si>
+  <si>
+    <t>TERESA.DANGELO@MASS.GOV</t>
+  </si>
+  <si>
+    <t>617-725-1860</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>90 CANAL STREET</t>
+  </si>
+  <si>
+    <t>SUITE 500</t>
+  </si>
+  <si>
+    <t>BRC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRISTOL COMMUNITY COLLEGE     </t>
+  </si>
+  <si>
+    <t>ALICIA LEWIS</t>
+  </si>
+  <si>
+    <t>Leaves and Benefits Administrator</t>
+  </si>
+  <si>
+    <t>ALICIA.LEWIS@BRISTOLCC.EDU</t>
+  </si>
+  <si>
+    <t>774-357-2514</t>
+  </si>
+  <si>
+    <t>HUMAN RESOURCES OFFICE</t>
+  </si>
+  <si>
+    <t>777 ELSBREE STREET</t>
+  </si>
+  <si>
+    <t>02720-7395</t>
+  </si>
+  <si>
+    <t>BRI/0760</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRISTOL DISTRICT ATTORNEY     </t>
+  </si>
+  <si>
+    <t>DOROTHY SOUSA</t>
+  </si>
+  <si>
+    <t>HR Administrator</t>
+  </si>
+  <si>
+    <t>DOROTHY.SOUSA2@MASS.GOV</t>
+  </si>
+  <si>
+    <t>508-961-1807</t>
+  </si>
+  <si>
+    <t>218 SOUTH MAIN STREET, SUITE 4</t>
+  </si>
+  <si>
+    <t>02721-0000</t>
+  </si>
+  <si>
+    <t>BSB/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUREAU OF STATE BUILDINGS     </t>
+  </si>
+  <si>
+    <t>MARY GUILLERMO</t>
+  </si>
+  <si>
+    <t>MARY.GUILLERMO@MASS.GOV</t>
+  </si>
+  <si>
+    <t>857-276-2007</t>
+  </si>
+  <si>
+    <t>ONE ASHBURTON PL. 15TH FLOOR</t>
+  </si>
+  <si>
+    <t>C/O CAPITAL ASSET MANAGEMENT</t>
+  </si>
+  <si>
+    <t>BSC/1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRIDGEWATER STATE UNIVERSITY  </t>
+  </si>
+  <si>
+    <t>MICHELLE ARSENAULT</t>
   </si>
   <si>
     <t xml:space="preserve">BENEFITS ADMINISTRATOR                            </t>
   </si>
   <si>
-    <t>TACHAMPION@QUINCYHA.COM</t>
-[...5152 lines deleted...]
-  <si>
     <t>MICHELLE.ARSENAULT@BRIDGEW.EDU</t>
   </si>
   <si>
     <t>508-531-1220</t>
   </si>
   <si>
     <t>BOYDEN HALL, HUMAN RESOURCES</t>
   </si>
   <si>
     <t>131 SUMMER STREET</t>
   </si>
   <si>
     <t>02325-0000</t>
   </si>
   <si>
     <t>BSD/1000</t>
   </si>
   <si>
     <t xml:space="preserve">BRISTOL COUNTY SHERIFF'S DEPT </t>
   </si>
   <si>
     <t>CAITLIN DEMELO</t>
   </si>
   <si>
     <t xml:space="preserve">ADS/HUMAN RESOURCES                               </t>
@@ -9006,51 +8988,51 @@
   <si>
     <t xml:space="preserve">PAYROLL COORD.                                    </t>
   </si>
   <si>
     <t>MICHELLE.TOMASIA@MASSAUDITOR.GOV</t>
   </si>
   <si>
     <t>857-242-5550</t>
   </si>
   <si>
     <t>1 ASHBURTON PL RM 1819</t>
   </si>
   <si>
     <t>SBA/1000</t>
   </si>
   <si>
     <t>MASS SCHOOL BUILDING AUTHORITY</t>
   </si>
   <si>
     <t>JESSICA SWANSON</t>
   </si>
   <si>
     <t>GIC Coordinator</t>
   </si>
   <si>
-    <t>JESSICA.CLAUDE@MASSSCHOOLBUILDINGS.ORG</t>
+    <t>JESSICA.SWANSON@MASSSCHOOLBUILDINGS.ORG</t>
   </si>
   <si>
     <t>617-720-4466</t>
   </si>
   <si>
     <t>10 POST OFFICE SQUARE</t>
   </si>
   <si>
     <t>SUITE 400</t>
   </si>
   <si>
     <t>02109-4388</t>
   </si>
   <si>
     <t>SCA/0360</t>
   </si>
   <si>
     <t>EXEC.OFFICE OF CONSUMER AFFAIR</t>
   </si>
   <si>
     <t>SCB/1000</t>
   </si>
   <si>
     <t xml:space="preserve">MASS STATE COLLEGE BLDG AUTH  </t>
   </si>
@@ -10437,67 +10419,70 @@
   <si>
     <t>P.O. BOX 1630</t>
   </si>
   <si>
     <t>01086-1630</t>
   </si>
   <si>
     <t>GIC Coordinators - State</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FF4682B4"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF4682B4"/>
         <bgColor rgb="FF4682B4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCAE4F9"/>
@@ -10536,86 +10521,86 @@
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="14">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="004682B4"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00CAE4F9"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -11003,22465 +10988,22465 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q519"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F4" sqref="F4"/>
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E2" sqref="E2:L2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.33203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="13.1640625" customWidth="1"/>
     <col min="4" max="4" width="0.33203125" customWidth="1"/>
     <col min="5" max="5" width="7.33203125" customWidth="1"/>
     <col min="6" max="6" width="19.6640625" customWidth="1"/>
     <col min="7" max="7" width="17.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="34" customWidth="1"/>
     <col min="10" max="10" width="13.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.1640625" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="12.5" customWidth="1"/>
     <col min="14" max="14" width="15.5" customWidth="1"/>
     <col min="15" max="15" width="17.1640625" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="13.6640625" customWidth="1"/>
     <col min="18" max="18" width="9.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
     </row>
     <row r="2" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
-      <c r="E2" s="13" t="s">
-        <v>3465</v>
+      <c r="E2" s="8" t="s">
+        <v>3459</v>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
     </row>
     <row r="3" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
     </row>
     <row r="4" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:17" ht="2" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:17" ht="30" x14ac:dyDescent="0.2">
-      <c r="A6" s="8" t="s">
+      <c r="A6" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="9"/>
-      <c r="C6" s="8" t="s">
+      <c r="B6" s="10"/>
+      <c r="C6" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="10"/>
-      <c r="E6" s="9"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="10"/>
       <c r="F6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="L6" s="8" t="s">
+      <c r="L6" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="M6" s="9"/>
+      <c r="M6" s="10"/>
       <c r="N6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="O6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="P6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="Q6" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A7" s="11" t="s">
+      <c r="A7" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="9"/>
-      <c r="C7" s="11" t="s">
+      <c r="B7" s="10"/>
+      <c r="C7" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="10"/>
-      <c r="E7" s="9"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="10"/>
       <c r="F7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L7" s="11" t="s">
+      <c r="L7" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="M7" s="9"/>
+      <c r="M7" s="10"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A8" s="12" t="s">
+      <c r="A8" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="9"/>
-      <c r="C8" s="12" t="s">
+      <c r="B8" s="10"/>
+      <c r="C8" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="D8" s="10"/>
-      <c r="E8" s="9"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="10"/>
       <c r="F8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L8" s="12" t="s">
+      <c r="L8" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="M8" s="9"/>
+      <c r="M8" s="10"/>
       <c r="N8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="O8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q8" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A9" s="11" t="s">
+      <c r="A9" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="9"/>
-      <c r="C9" s="11" t="s">
+      <c r="B9" s="10"/>
+      <c r="C9" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="D9" s="10"/>
-      <c r="E9" s="9"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="10"/>
       <c r="F9" s="3" t="s">
         <v>36</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L9" s="11" t="s">
+      <c r="L9" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="M9" s="9"/>
+      <c r="M9" s="10"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3" t="s">
         <v>41</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A10" s="12" t="s">
+      <c r="A10" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="B10" s="9"/>
-      <c r="C10" s="12" t="s">
+      <c r="B10" s="10"/>
+      <c r="C10" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="D10" s="10"/>
-      <c r="E10" s="9"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="10"/>
       <c r="F10" s="5" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>46</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>47</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="12" t="s">
+      <c r="L10" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="M10" s="9"/>
+      <c r="M10" s="10"/>
       <c r="N10" s="5" t="s">
         <v>50</v>
       </c>
       <c r="O10" s="5" t="s">
         <v>51</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q10" s="5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A11" s="11" t="s">
+      <c r="A11" s="12" t="s">
         <v>53</v>
       </c>
-      <c r="B11" s="9"/>
-      <c r="C11" s="11" t="s">
+      <c r="B11" s="10"/>
+      <c r="C11" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="D11" s="10"/>
-      <c r="E11" s="9"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="10"/>
       <c r="F11" s="3" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>56</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L11" s="11" t="s">
+      <c r="L11" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="M11" s="9"/>
+      <c r="M11" s="10"/>
       <c r="N11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A12" s="12" t="s">
+      <c r="A12" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="B12" s="9"/>
-      <c r="C12" s="12" t="s">
+      <c r="B12" s="10"/>
+      <c r="C12" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="D12" s="10"/>
-      <c r="E12" s="9"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="10"/>
       <c r="F12" s="5" t="s">
         <v>66</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>68</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>69</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L12" s="12" t="s">
+      <c r="L12" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="M12" s="9"/>
+      <c r="M12" s="10"/>
       <c r="N12" s="5" t="s">
         <v>71</v>
       </c>
       <c r="O12" s="5" t="s">
         <v>72</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q12" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A13" s="11" t="s">
+      <c r="A13" s="12" t="s">
         <v>74</v>
       </c>
-      <c r="B13" s="9"/>
-      <c r="C13" s="11" t="s">
+      <c r="B13" s="10"/>
+      <c r="C13" s="12" t="s">
         <v>75</v>
       </c>
-      <c r="D13" s="10"/>
-      <c r="E13" s="9"/>
+      <c r="D13" s="11"/>
+      <c r="E13" s="10"/>
       <c r="F13" s="3" t="s">
         <v>76</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="L13" s="11" t="s">
+      <c r="L13" s="12" t="s">
         <v>81</v>
       </c>
-      <c r="M13" s="9"/>
+      <c r="M13" s="10"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A14" s="12" t="s">
+      <c r="A14" s="13" t="s">
         <v>83</v>
       </c>
-      <c r="B14" s="9"/>
-      <c r="C14" s="12" t="s">
+      <c r="B14" s="10"/>
+      <c r="C14" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="D14" s="10"/>
-      <c r="E14" s="9"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="10"/>
       <c r="F14" s="5" t="s">
         <v>85</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>86</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>87</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>88</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L14" s="12" t="s">
+      <c r="L14" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="M14" s="9"/>
+      <c r="M14" s="10"/>
       <c r="N14" s="5"/>
       <c r="O14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q14" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A15" s="11" t="s">
+      <c r="A15" s="12" t="s">
         <v>91</v>
       </c>
-      <c r="B15" s="9"/>
-      <c r="C15" s="11" t="s">
+      <c r="B15" s="10"/>
+      <c r="C15" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="D15" s="10"/>
-      <c r="E15" s="9"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="10"/>
       <c r="F15" s="3" t="s">
         <v>93</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>94</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>95</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L15" s="11" t="s">
+      <c r="L15" s="12" t="s">
         <v>97</v>
       </c>
-      <c r="M15" s="9"/>
+      <c r="M15" s="10"/>
       <c r="N15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A16" s="12" t="s">
+      <c r="A16" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="B16" s="9"/>
-      <c r="C16" s="12" t="s">
+      <c r="B16" s="10"/>
+      <c r="C16" s="13" t="s">
         <v>75</v>
       </c>
-      <c r="D16" s="10"/>
-      <c r="E16" s="9"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="10"/>
       <c r="F16" s="5" t="s">
         <v>76</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>77</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>78</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>79</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="L16" s="12" t="s">
+      <c r="L16" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="M16" s="9"/>
+      <c r="M16" s="10"/>
       <c r="N16" s="5"/>
       <c r="O16" s="5" t="s">
         <v>62</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q16" s="5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A17" s="11" t="s">
+      <c r="A17" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="B17" s="9"/>
-      <c r="C17" s="11" t="s">
+      <c r="B17" s="10"/>
+      <c r="C17" s="12" t="s">
         <v>103</v>
       </c>
-      <c r="D17" s="10"/>
-      <c r="E17" s="9"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="10"/>
       <c r="F17" s="3" t="s">
         <v>104</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>105</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>106</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>107</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L17" s="11" t="s">
+      <c r="L17" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="M17" s="9"/>
+      <c r="M17" s="10"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A18" s="12" t="s">
+      <c r="A18" s="13" t="s">
         <v>110</v>
       </c>
-      <c r="B18" s="9"/>
-      <c r="C18" s="12" t="s">
+      <c r="B18" s="10"/>
+      <c r="C18" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="D18" s="10"/>
-      <c r="E18" s="9"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="10"/>
       <c r="F18" s="5" t="s">
         <v>112</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>113</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>114</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>115</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L18" s="12" t="s">
+      <c r="L18" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="M18" s="9"/>
+      <c r="M18" s="10"/>
       <c r="N18" s="5" t="s">
         <v>117</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>118</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q18" s="5" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A19" s="11" t="s">
+      <c r="A19" s="12" t="s">
         <v>120</v>
       </c>
-      <c r="B19" s="9"/>
-      <c r="C19" s="11" t="s">
+      <c r="B19" s="10"/>
+      <c r="C19" s="12" t="s">
         <v>121</v>
       </c>
-      <c r="D19" s="10"/>
-      <c r="E19" s="9"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="10"/>
       <c r="F19" s="3" t="s">
         <v>122</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>124</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>125</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="L19" s="11" t="s">
+      <c r="L19" s="12" t="s">
         <v>127</v>
       </c>
-      <c r="M19" s="9"/>
+      <c r="M19" s="10"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A20" s="12" t="s">
+      <c r="A20" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="B20" s="9"/>
-      <c r="C20" s="12" t="s">
+      <c r="B20" s="10"/>
+      <c r="C20" s="13" t="s">
         <v>130</v>
       </c>
-      <c r="D20" s="10"/>
-      <c r="E20" s="9"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="10"/>
       <c r="F20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>39</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L20" s="12" t="s">
+      <c r="L20" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="M20" s="9"/>
+      <c r="M20" s="10"/>
       <c r="N20" s="5"/>
       <c r="O20" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q20" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A21" s="11" t="s">
+      <c r="A21" s="12" t="s">
         <v>132</v>
       </c>
-      <c r="B21" s="9"/>
-      <c r="C21" s="11" t="s">
+      <c r="B21" s="10"/>
+      <c r="C21" s="12" t="s">
         <v>133</v>
       </c>
-      <c r="D21" s="10"/>
-      <c r="E21" s="9"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="10"/>
       <c r="F21" s="3" t="s">
         <v>134</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>135</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>136</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>137</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="L21" s="11" t="s">
+      <c r="L21" s="12" t="s">
         <v>139</v>
       </c>
-      <c r="M21" s="9"/>
+      <c r="M21" s="10"/>
       <c r="N21" s="3" t="s">
         <v>140</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>141</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A22" s="12" t="s">
+      <c r="A22" s="13" t="s">
         <v>143</v>
       </c>
-      <c r="B22" s="9"/>
-      <c r="C22" s="12" t="s">
+      <c r="B22" s="10"/>
+      <c r="C22" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="D22" s="10"/>
-      <c r="E22" s="9"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="10"/>
       <c r="F22" s="5" t="s">
         <v>145</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>146</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>147</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>148</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L22" s="12" t="s">
+      <c r="L22" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="M22" s="9"/>
+      <c r="M22" s="10"/>
       <c r="N22" s="5"/>
       <c r="O22" s="5" t="s">
         <v>150</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q22" s="5" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A23" s="11" t="s">
+      <c r="A23" s="12" t="s">
         <v>152</v>
       </c>
-      <c r="B23" s="9"/>
-      <c r="C23" s="11" t="s">
+      <c r="B23" s="10"/>
+      <c r="C23" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="D23" s="10"/>
-      <c r="E23" s="9"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="10"/>
       <c r="F23" s="3" t="s">
         <v>154</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>156</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L23" s="11" t="s">
+      <c r="L23" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="M23" s="9"/>
+      <c r="M23" s="10"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3" t="s">
         <v>159</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A24" s="12" t="s">
+      <c r="A24" s="13" t="s">
         <v>161</v>
       </c>
-      <c r="B24" s="9"/>
-      <c r="C24" s="12" t="s">
+      <c r="B24" s="10"/>
+      <c r="C24" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="D24" s="10"/>
-      <c r="E24" s="9"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="10"/>
       <c r="F24" s="5" t="s">
         <v>163</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>164</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>166</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="L24" s="12" t="s">
+      <c r="L24" s="13" t="s">
         <v>168</v>
       </c>
-      <c r="M24" s="9"/>
+      <c r="M24" s="10"/>
       <c r="N24" s="5"/>
       <c r="O24" s="5" t="s">
         <v>169</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q24" s="5" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A25" s="11" t="s">
+      <c r="A25" s="12" t="s">
         <v>171</v>
       </c>
-      <c r="B25" s="9"/>
-      <c r="C25" s="11" t="s">
+      <c r="B25" s="10"/>
+      <c r="C25" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="D25" s="10"/>
-      <c r="E25" s="9"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="10"/>
       <c r="F25" s="3" t="s">
         <v>173</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>174</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>175</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>176</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L25" s="11" t="s">
+      <c r="L25" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="M25" s="9"/>
+      <c r="M25" s="10"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3" t="s">
         <v>179</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A26" s="12" t="s">
+      <c r="A26" s="13" t="s">
         <v>181</v>
       </c>
-      <c r="B26" s="9"/>
-      <c r="C26" s="12" t="s">
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
         <v>182</v>
       </c>
-      <c r="D26" s="10"/>
-      <c r="E26" s="9"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="10"/>
       <c r="F26" s="5" t="s">
         <v>183</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>184</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>185</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>186</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L26" s="12" t="s">
+      <c r="L26" s="13" t="s">
         <v>187</v>
       </c>
-      <c r="M26" s="9"/>
+      <c r="M26" s="10"/>
       <c r="N26" s="5"/>
       <c r="O26" s="5" t="s">
         <v>51</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q26" s="5" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A27" s="11" t="s">
+      <c r="A27" s="12" t="s">
         <v>189</v>
       </c>
-      <c r="B27" s="9"/>
-      <c r="C27" s="11" t="s">
+      <c r="B27" s="10"/>
+      <c r="C27" s="12" t="s">
         <v>190</v>
       </c>
-      <c r="D27" s="10"/>
-      <c r="E27" s="9"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="10"/>
       <c r="F27" s="3" t="s">
         <v>191</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>192</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>193</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>194</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L27" s="11" t="s">
+      <c r="L27" s="12" t="s">
         <v>195</v>
       </c>
-      <c r="M27" s="9"/>
+      <c r="M27" s="10"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3" t="s">
         <v>196</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A28" s="12" t="s">
+      <c r="A28" s="13" t="s">
         <v>198</v>
       </c>
-      <c r="B28" s="9"/>
-      <c r="C28" s="12" t="s">
+      <c r="B28" s="10"/>
+      <c r="C28" s="13" t="s">
         <v>199</v>
       </c>
-      <c r="D28" s="10"/>
-      <c r="E28" s="9"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="10"/>
       <c r="F28" s="5" t="s">
         <v>200</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>201</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>202</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L28" s="12" t="s">
+      <c r="L28" s="13" t="s">
         <v>204</v>
       </c>
-      <c r="M28" s="9"/>
+      <c r="M28" s="10"/>
       <c r="N28" s="5" t="s">
         <v>205</v>
       </c>
       <c r="O28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q28" s="5" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A29" s="11" t="s">
+      <c r="A29" s="12" t="s">
         <v>207</v>
       </c>
-      <c r="B29" s="9"/>
-      <c r="C29" s="11" t="s">
+      <c r="B29" s="10"/>
+      <c r="C29" s="12" t="s">
         <v>208</v>
       </c>
-      <c r="D29" s="10"/>
-      <c r="E29" s="9"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="10"/>
       <c r="F29" s="3" t="s">
         <v>209</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>210</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>211</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>212</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L29" s="11" t="s">
+      <c r="L29" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="M29" s="9"/>
+      <c r="M29" s="10"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A30" s="12" t="s">
+      <c r="A30" s="13" t="s">
         <v>215</v>
       </c>
-      <c r="B30" s="9"/>
-      <c r="C30" s="12" t="s">
+      <c r="B30" s="10"/>
+      <c r="C30" s="13" t="s">
         <v>216</v>
       </c>
-      <c r="D30" s="10"/>
-      <c r="E30" s="9"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="10"/>
       <c r="F30" s="5" t="s">
         <v>217</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>218</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>219</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>220</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L30" s="12" t="s">
+      <c r="L30" s="13" t="s">
         <v>221</v>
       </c>
-      <c r="M30" s="9"/>
+      <c r="M30" s="10"/>
       <c r="N30" s="5" t="s">
         <v>222</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q30" s="5" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A31" s="11" t="s">
+      <c r="A31" s="12" t="s">
         <v>223</v>
       </c>
-      <c r="B31" s="9"/>
-      <c r="C31" s="11" t="s">
+      <c r="B31" s="10"/>
+      <c r="C31" s="12" t="s">
         <v>224</v>
       </c>
-      <c r="D31" s="10"/>
-      <c r="E31" s="9"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="10"/>
       <c r="F31" s="3" t="s">
         <v>225</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>226</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>227</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>228</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L31" s="11" t="s">
+      <c r="L31" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="M31" s="9"/>
+      <c r="M31" s="10"/>
       <c r="N31" s="3" t="s">
         <v>230</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>231</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="32" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A32" s="12" t="s">
+      <c r="A32" s="13" t="s">
         <v>233</v>
       </c>
-      <c r="B32" s="9"/>
-      <c r="C32" s="12" t="s">
+      <c r="B32" s="10"/>
+      <c r="C32" s="13" t="s">
         <v>234</v>
       </c>
-      <c r="D32" s="10"/>
-      <c r="E32" s="9"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="10"/>
       <c r="F32" s="5" t="s">
         <v>235</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>236</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>237</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>238</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L32" s="12" t="s">
+      <c r="L32" s="13" t="s">
         <v>239</v>
       </c>
-      <c r="M32" s="9"/>
+      <c r="M32" s="10"/>
       <c r="N32" s="5" t="s">
         <v>240</v>
       </c>
       <c r="O32" s="5" t="s">
         <v>241</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q32" s="5" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="33" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A33" s="11" t="s">
+      <c r="A33" s="12" t="s">
         <v>243</v>
       </c>
-      <c r="B33" s="9"/>
-      <c r="C33" s="11" t="s">
+      <c r="B33" s="10"/>
+      <c r="C33" s="12" t="s">
         <v>244</v>
       </c>
-      <c r="D33" s="10"/>
-      <c r="E33" s="9"/>
+      <c r="D33" s="11"/>
+      <c r="E33" s="10"/>
       <c r="F33" s="3" t="s">
         <v>245</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>246</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>247</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>248</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>249</v>
       </c>
-      <c r="L33" s="11" t="s">
+      <c r="L33" s="12" t="s">
         <v>250</v>
       </c>
-      <c r="M33" s="9"/>
+      <c r="M33" s="10"/>
       <c r="N33" s="3" t="s">
         <v>251</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>252</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A34" s="12" t="s">
+      <c r="A34" s="13" t="s">
         <v>254</v>
       </c>
-      <c r="B34" s="9"/>
-      <c r="C34" s="12" t="s">
+      <c r="B34" s="10"/>
+      <c r="C34" s="13" t="s">
         <v>255</v>
       </c>
-      <c r="D34" s="10"/>
-      <c r="E34" s="9"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="10"/>
       <c r="F34" s="5" t="s">
         <v>256</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>257</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>258</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>259</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L34" s="12" t="s">
+      <c r="L34" s="13" t="s">
         <v>260</v>
       </c>
-      <c r="M34" s="9"/>
+      <c r="M34" s="10"/>
       <c r="N34" s="5"/>
       <c r="O34" s="5" t="s">
         <v>261</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q34" s="5" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="35" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A35" s="11" t="s">
+      <c r="A35" s="12" t="s">
         <v>263</v>
       </c>
-      <c r="B35" s="9"/>
-      <c r="C35" s="11" t="s">
+      <c r="B35" s="10"/>
+      <c r="C35" s="12" t="s">
         <v>264</v>
       </c>
-      <c r="D35" s="10"/>
-      <c r="E35" s="9"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="10"/>
       <c r="F35" s="3" t="s">
         <v>265</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>266</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>267</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>268</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>269</v>
       </c>
-      <c r="L35" s="11" t="s">
+      <c r="L35" s="12" t="s">
         <v>270</v>
       </c>
-      <c r="M35" s="9"/>
+      <c r="M35" s="10"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3" t="s">
         <v>271</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="36" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A36" s="12" t="s">
+      <c r="A36" s="13" t="s">
         <v>273</v>
       </c>
-      <c r="B36" s="9"/>
-      <c r="C36" s="12" t="s">
+      <c r="B36" s="10"/>
+      <c r="C36" s="13" t="s">
         <v>274</v>
       </c>
-      <c r="D36" s="10"/>
-      <c r="E36" s="9"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="10"/>
       <c r="F36" s="5" t="s">
         <v>275</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>276</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>277</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>278</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L36" s="12" t="s">
+      <c r="L36" s="13" t="s">
         <v>279</v>
       </c>
-      <c r="M36" s="9"/>
+      <c r="M36" s="10"/>
       <c r="N36" s="5" t="s">
         <v>280</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q36" s="5" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A37" s="11" t="s">
+      <c r="A37" s="12" t="s">
         <v>282</v>
       </c>
-      <c r="B37" s="9"/>
-      <c r="C37" s="11" t="s">
+      <c r="B37" s="10"/>
+      <c r="C37" s="12" t="s">
         <v>283</v>
       </c>
-      <c r="D37" s="10"/>
-      <c r="E37" s="9"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="10"/>
       <c r="F37" s="3" t="s">
         <v>284</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>285</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>286</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>287</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L37" s="11" t="s">
+      <c r="L37" s="12" t="s">
         <v>288</v>
       </c>
-      <c r="M37" s="9"/>
+      <c r="M37" s="10"/>
       <c r="N37" s="3" t="s">
         <v>289</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A38" s="12" t="s">
+      <c r="A38" s="13" t="s">
         <v>291</v>
       </c>
-      <c r="B38" s="9"/>
-      <c r="C38" s="12" t="s">
+      <c r="B38" s="10"/>
+      <c r="C38" s="13" t="s">
         <v>292</v>
       </c>
-      <c r="D38" s="10"/>
-      <c r="E38" s="9"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="10"/>
       <c r="F38" s="5" t="s">
         <v>293</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>294</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>295</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>296</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L38" s="12" t="s">
+      <c r="L38" s="13" t="s">
         <v>297</v>
       </c>
-      <c r="M38" s="9"/>
+      <c r="M38" s="10"/>
       <c r="N38" s="5"/>
       <c r="O38" s="5" t="s">
         <v>298</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q38" s="5" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="39" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A39" s="11" t="s">
+      <c r="A39" s="12" t="s">
         <v>300</v>
       </c>
-      <c r="B39" s="9"/>
-      <c r="C39" s="11" t="s">
+      <c r="B39" s="10"/>
+      <c r="C39" s="12" t="s">
         <v>301</v>
       </c>
-      <c r="D39" s="10"/>
-      <c r="E39" s="9"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="10"/>
       <c r="F39" s="3" t="s">
         <v>302</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>303</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>304</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>305</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>306</v>
       </c>
-      <c r="L39" s="11" t="s">
+      <c r="L39" s="12" t="s">
         <v>307</v>
       </c>
-      <c r="M39" s="9"/>
+      <c r="M39" s="10"/>
       <c r="N39" s="3"/>
       <c r="O39" s="3" t="s">
         <v>308</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="40" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A40" s="12" t="s">
+      <c r="A40" s="13" t="s">
         <v>310</v>
       </c>
-      <c r="B40" s="9"/>
-      <c r="C40" s="12" t="s">
+      <c r="B40" s="10"/>
+      <c r="C40" s="13" t="s">
         <v>311</v>
       </c>
-      <c r="D40" s="10"/>
-      <c r="E40" s="9"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="10"/>
       <c r="F40" s="5" t="s">
         <v>312</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>313</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>314</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>315</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>316</v>
       </c>
-      <c r="L40" s="12" t="s">
+      <c r="L40" s="13" t="s">
         <v>317</v>
       </c>
-      <c r="M40" s="9"/>
+      <c r="M40" s="10"/>
       <c r="N40" s="5"/>
       <c r="O40" s="5" t="s">
         <v>318</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q40" s="5" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="41" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A41" s="11" t="s">
+      <c r="A41" s="12" t="s">
         <v>320</v>
       </c>
-      <c r="B41" s="9"/>
-      <c r="C41" s="11" t="s">
+      <c r="B41" s="10"/>
+      <c r="C41" s="12" t="s">
         <v>321</v>
       </c>
-      <c r="D41" s="10"/>
-      <c r="E41" s="9"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="10"/>
       <c r="F41" s="3" t="s">
         <v>322</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>323</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>324</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L41" s="11" t="s">
+      <c r="L41" s="12" t="s">
         <v>325</v>
       </c>
-      <c r="M41" s="9"/>
+      <c r="M41" s="10"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3" t="s">
         <v>326</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="42" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A42" s="12" t="s">
+      <c r="A42" s="13" t="s">
         <v>328</v>
       </c>
-      <c r="B42" s="9"/>
-      <c r="C42" s="12" t="s">
+      <c r="B42" s="10"/>
+      <c r="C42" s="13" t="s">
         <v>329</v>
       </c>
-      <c r="D42" s="10"/>
-      <c r="E42" s="9"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="10"/>
       <c r="F42" s="5" t="s">
         <v>330</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>331</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>332</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>333</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L42" s="12" t="s">
+      <c r="L42" s="13" t="s">
         <v>334</v>
       </c>
-      <c r="M42" s="9"/>
+      <c r="M42" s="10"/>
       <c r="N42" s="5"/>
       <c r="O42" s="5" t="s">
         <v>335</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q42" s="5" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="43" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A43" s="11" t="s">
+      <c r="A43" s="12" t="s">
         <v>337</v>
       </c>
-      <c r="B43" s="9"/>
-      <c r="C43" s="11" t="s">
+      <c r="B43" s="10"/>
+      <c r="C43" s="12" t="s">
         <v>338</v>
       </c>
-      <c r="D43" s="10"/>
-      <c r="E43" s="9"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="10"/>
       <c r="F43" s="3" t="s">
         <v>339</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>340</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>341</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>342</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L43" s="11" t="s">
+      <c r="L43" s="12" t="s">
         <v>343</v>
       </c>
-      <c r="M43" s="9"/>
+      <c r="M43" s="10"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3" t="s">
         <v>344</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="44" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A44" s="12" t="s">
+      <c r="A44" s="13" t="s">
         <v>346</v>
       </c>
-      <c r="B44" s="9"/>
-      <c r="C44" s="12" t="s">
+      <c r="B44" s="10"/>
+      <c r="C44" s="13" t="s">
         <v>347</v>
       </c>
-      <c r="D44" s="10"/>
-      <c r="E44" s="9"/>
+      <c r="D44" s="11"/>
+      <c r="E44" s="10"/>
       <c r="F44" s="5" t="s">
         <v>348</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>349</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>350</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>351</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>352</v>
       </c>
-      <c r="L44" s="12" t="s">
+      <c r="L44" s="13" t="s">
         <v>353</v>
       </c>
-      <c r="M44" s="9"/>
+      <c r="M44" s="10"/>
       <c r="N44" s="5" t="s">
         <v>354</v>
       </c>
       <c r="O44" s="5" t="s">
         <v>179</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q44" s="5" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="45" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A45" s="11" t="s">
+      <c r="A45" s="12" t="s">
         <v>356</v>
       </c>
-      <c r="B45" s="9"/>
-      <c r="C45" s="11" t="s">
+      <c r="B45" s="10"/>
+      <c r="C45" s="12" t="s">
         <v>357</v>
       </c>
-      <c r="D45" s="10"/>
-      <c r="E45" s="9"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="10"/>
       <c r="F45" s="3" t="s">
         <v>358</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>359</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>360</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>361</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>362</v>
       </c>
-      <c r="L45" s="11" t="s">
+      <c r="L45" s="12" t="s">
         <v>363</v>
       </c>
-      <c r="M45" s="9"/>
+      <c r="M45" s="10"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3" t="s">
         <v>364</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="46" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A46" s="12" t="s">
+      <c r="A46" s="13" t="s">
         <v>366</v>
       </c>
-      <c r="B46" s="9"/>
-      <c r="C46" s="12" t="s">
+      <c r="B46" s="10"/>
+      <c r="C46" s="13" t="s">
         <v>367</v>
       </c>
-      <c r="D46" s="10"/>
-      <c r="E46" s="9"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="10"/>
       <c r="F46" s="5" t="s">
         <v>368</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>266</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>369</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>370</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L46" s="12" t="s">
+      <c r="L46" s="13" t="s">
         <v>371</v>
       </c>
-      <c r="M46" s="9"/>
+      <c r="M46" s="10"/>
       <c r="N46" s="5"/>
       <c r="O46" s="5" t="s">
         <v>372</v>
       </c>
       <c r="P46" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q46" s="5" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="47" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A47" s="11" t="s">
+      <c r="A47" s="12" t="s">
         <v>374</v>
       </c>
-      <c r="B47" s="9"/>
-      <c r="C47" s="11" t="s">
+      <c r="B47" s="10"/>
+      <c r="C47" s="12" t="s">
         <v>375</v>
       </c>
-      <c r="D47" s="10"/>
-      <c r="E47" s="9"/>
+      <c r="D47" s="11"/>
+      <c r="E47" s="10"/>
       <c r="F47" s="3" t="s">
         <v>376</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>377</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>378</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>379</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L47" s="11" t="s">
+      <c r="L47" s="12" t="s">
         <v>380</v>
       </c>
-      <c r="M47" s="9"/>
+      <c r="M47" s="10"/>
       <c r="N47" s="3"/>
       <c r="O47" s="3" t="s">
         <v>141</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="48" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A48" s="12" t="s">
+      <c r="A48" s="13" t="s">
         <v>382</v>
       </c>
-      <c r="B48" s="9"/>
-      <c r="C48" s="12" t="s">
+      <c r="B48" s="10"/>
+      <c r="C48" s="13" t="s">
         <v>383</v>
       </c>
-      <c r="D48" s="10"/>
-      <c r="E48" s="9"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="10"/>
       <c r="F48" s="5" t="s">
         <v>384</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>385</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>386</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>387</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L48" s="12" t="s">
+      <c r="L48" s="13" t="s">
         <v>388</v>
       </c>
-      <c r="M48" s="9"/>
+      <c r="M48" s="10"/>
       <c r="N48" s="5"/>
       <c r="O48" s="5" t="s">
         <v>389</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q48" s="5" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A49" s="11" t="s">
+      <c r="A49" s="12" t="s">
         <v>391</v>
       </c>
-      <c r="B49" s="9"/>
-      <c r="C49" s="11" t="s">
+      <c r="B49" s="10"/>
+      <c r="C49" s="12" t="s">
         <v>392</v>
       </c>
-      <c r="D49" s="10"/>
-      <c r="E49" s="9"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="10"/>
       <c r="F49" s="3" t="s">
         <v>393</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>394</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>395</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>396</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L49" s="11" t="s">
+      <c r="L49" s="12" t="s">
         <v>397</v>
       </c>
-      <c r="M49" s="9"/>
+      <c r="M49" s="10"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3" t="s">
         <v>398</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="50" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A50" s="12" t="s">
+      <c r="A50" s="13" t="s">
         <v>400</v>
       </c>
-      <c r="B50" s="9"/>
-      <c r="C50" s="12" t="s">
+      <c r="B50" s="10"/>
+      <c r="C50" s="13" t="s">
         <v>401</v>
       </c>
-      <c r="D50" s="10"/>
-      <c r="E50" s="9"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="10"/>
       <c r="F50" s="5" t="s">
         <v>402</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>404</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>405</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>406</v>
       </c>
-      <c r="L50" s="12" t="s">
+      <c r="L50" s="13" t="s">
         <v>407</v>
       </c>
-      <c r="M50" s="9"/>
+      <c r="M50" s="10"/>
       <c r="N50" s="5"/>
       <c r="O50" s="5" t="s">
         <v>408</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q50" s="5" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="51" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A51" s="11" t="s">
+      <c r="A51" s="12" t="s">
         <v>410</v>
       </c>
-      <c r="B51" s="9"/>
-      <c r="C51" s="11" t="s">
+      <c r="B51" s="10"/>
+      <c r="C51" s="12" t="s">
         <v>411</v>
       </c>
-      <c r="D51" s="10"/>
-      <c r="E51" s="9"/>
+      <c r="D51" s="11"/>
+      <c r="E51" s="10"/>
       <c r="F51" s="3" t="s">
         <v>412</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>413</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>414</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>415</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L51" s="11" t="s">
+      <c r="L51" s="12" t="s">
         <v>416</v>
       </c>
-      <c r="M51" s="9"/>
+      <c r="M51" s="10"/>
       <c r="N51" s="3"/>
       <c r="O51" s="3" t="s">
         <v>417</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="52" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A52" s="12" t="s">
+      <c r="A52" s="13" t="s">
         <v>419</v>
       </c>
-      <c r="B52" s="9"/>
-      <c r="C52" s="12" t="s">
+      <c r="B52" s="10"/>
+      <c r="C52" s="13" t="s">
         <v>420</v>
       </c>
-      <c r="D52" s="10"/>
-      <c r="E52" s="9"/>
+      <c r="D52" s="11"/>
+      <c r="E52" s="10"/>
       <c r="F52" s="5" t="s">
         <v>421</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>422</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>423</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>424</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>425</v>
       </c>
-      <c r="L52" s="12" t="s">
+      <c r="L52" s="13" t="s">
         <v>426</v>
       </c>
-      <c r="M52" s="9"/>
+      <c r="M52" s="10"/>
       <c r="N52" s="5" t="s">
         <v>98</v>
       </c>
       <c r="O52" s="5" t="s">
         <v>427</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q52" s="5" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="53" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A53" s="11" t="s">
+      <c r="A53" s="12" t="s">
         <v>429</v>
       </c>
-      <c r="B53" s="9"/>
-      <c r="C53" s="11" t="s">
+      <c r="B53" s="10"/>
+      <c r="C53" s="12" t="s">
         <v>430</v>
       </c>
-      <c r="D53" s="10"/>
-      <c r="E53" s="9"/>
+      <c r="D53" s="11"/>
+      <c r="E53" s="10"/>
       <c r="F53" s="3" t="s">
         <v>431</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>432</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>433</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>434</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>435</v>
       </c>
-      <c r="L53" s="11" t="s">
+      <c r="L53" s="12" t="s">
         <v>436</v>
       </c>
-      <c r="M53" s="9"/>
+      <c r="M53" s="10"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3" t="s">
         <v>437</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="54" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A54" s="12" t="s">
+      <c r="A54" s="13" t="s">
         <v>439</v>
       </c>
-      <c r="B54" s="9"/>
-      <c r="C54" s="12" t="s">
+      <c r="B54" s="10"/>
+      <c r="C54" s="13" t="s">
         <v>440</v>
       </c>
-      <c r="D54" s="10"/>
-      <c r="E54" s="9"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="10"/>
       <c r="F54" s="5" t="s">
         <v>441</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>266</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>442</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>443</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L54" s="12" t="s">
+      <c r="L54" s="13" t="s">
         <v>444</v>
       </c>
-      <c r="M54" s="9"/>
+      <c r="M54" s="10"/>
       <c r="N54" s="5"/>
       <c r="O54" s="5" t="s">
         <v>445</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q54" s="5" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="55" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A55" s="11" t="s">
+      <c r="A55" s="12" t="s">
         <v>447</v>
       </c>
-      <c r="B55" s="9"/>
-      <c r="C55" s="11" t="s">
+      <c r="B55" s="10"/>
+      <c r="C55" s="12" t="s">
         <v>448</v>
       </c>
-      <c r="D55" s="10"/>
-      <c r="E55" s="9"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="10"/>
       <c r="F55" s="3" t="s">
         <v>449</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>450</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>451</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>452</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L55" s="11" t="s">
+      <c r="L55" s="12" t="s">
         <v>453</v>
       </c>
-      <c r="M55" s="9"/>
+      <c r="M55" s="10"/>
       <c r="N55" s="3"/>
       <c r="O55" s="3" t="s">
         <v>454</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q55" s="3" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="56" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A56" s="12" t="s">
+      <c r="A56" s="13" t="s">
         <v>456</v>
       </c>
-      <c r="B56" s="9"/>
-      <c r="C56" s="12" t="s">
+      <c r="B56" s="10"/>
+      <c r="C56" s="13" t="s">
         <v>457</v>
       </c>
-      <c r="D56" s="10"/>
-      <c r="E56" s="9"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="10"/>
       <c r="F56" s="5" t="s">
         <v>458</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>459</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>460</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>461</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L56" s="12" t="s">
+      <c r="L56" s="13" t="s">
         <v>462</v>
       </c>
-      <c r="M56" s="9"/>
+      <c r="M56" s="10"/>
       <c r="N56" s="5"/>
       <c r="O56" s="5" t="s">
         <v>463</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q56" s="5" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="57" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A57" s="11" t="s">
+      <c r="A57" s="12" t="s">
         <v>465</v>
       </c>
-      <c r="B57" s="9"/>
-      <c r="C57" s="11" t="s">
+      <c r="B57" s="10"/>
+      <c r="C57" s="12" t="s">
         <v>466</v>
       </c>
-      <c r="D57" s="10"/>
-      <c r="E57" s="9"/>
+      <c r="D57" s="11"/>
+      <c r="E57" s="10"/>
       <c r="F57" s="3" t="s">
         <v>467</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>468</v>
       </c>
       <c r="H57" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>469</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>470</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="L57" s="11" t="s">
+      <c r="L57" s="12" t="s">
         <v>471</v>
       </c>
-      <c r="M57" s="9"/>
+      <c r="M57" s="10"/>
       <c r="N57" s="3"/>
       <c r="O57" s="3" t="s">
         <v>472</v>
       </c>
       <c r="P57" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="58" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A58" s="12" t="s">
+      <c r="A58" s="13" t="s">
         <v>474</v>
       </c>
-      <c r="B58" s="9"/>
-      <c r="C58" s="12" t="s">
+      <c r="B58" s="10"/>
+      <c r="C58" s="13" t="s">
         <v>475</v>
       </c>
-      <c r="D58" s="10"/>
-      <c r="E58" s="9"/>
+      <c r="D58" s="11"/>
+      <c r="E58" s="10"/>
       <c r="F58" s="5" t="s">
         <v>476</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>477</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>478</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>479</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>480</v>
       </c>
-      <c r="L58" s="12" t="s">
+      <c r="L58" s="13" t="s">
         <v>481</v>
       </c>
-      <c r="M58" s="9"/>
+      <c r="M58" s="10"/>
       <c r="N58" s="5"/>
       <c r="O58" s="5" t="s">
         <v>72</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q58" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="59" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A59" s="11" t="s">
+      <c r="A59" s="12" t="s">
         <v>482</v>
       </c>
-      <c r="B59" s="9"/>
-      <c r="C59" s="11" t="s">
+      <c r="B59" s="10"/>
+      <c r="C59" s="12" t="s">
         <v>483</v>
       </c>
-      <c r="D59" s="10"/>
-      <c r="E59" s="9"/>
+      <c r="D59" s="11"/>
+      <c r="E59" s="10"/>
       <c r="F59" s="3" t="s">
         <v>484</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>485</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>486</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>487</v>
       </c>
       <c r="K59" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L59" s="12" t="s">
         <v>488</v>
       </c>
-      <c r="L59" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M59" s="9"/>
+      <c r="M59" s="10"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="P59" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q59" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="P59" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q59" s="3" t="s">
+    </row>
+    <row r="60" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A60" s="13" t="s">
         <v>491</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A60" s="12" t="s">
+      <c r="B60" s="10"/>
+      <c r="C60" s="13" t="s">
         <v>492</v>
       </c>
-      <c r="B60" s="9"/>
-      <c r="C60" s="12" t="s">
+      <c r="D60" s="11"/>
+      <c r="E60" s="10"/>
+      <c r="F60" s="5" t="s">
         <v>493</v>
       </c>
-      <c r="D60" s="10"/>
-[...1 lines deleted...]
-      <c r="F60" s="5" t="s">
+      <c r="G60" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="G60" s="5" t="s">
+      <c r="H60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="H60" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="K60" s="6" t="s">
         <v>497</v>
       </c>
-      <c r="K60" s="6" t="s">
+      <c r="L60" s="13" t="s">
         <v>498</v>
       </c>
-      <c r="L60" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M60" s="9"/>
+      <c r="M60" s="10"/>
       <c r="N60" s="5"/>
       <c r="O60" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="P60" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q60" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="P60" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q60" s="5" t="s">
+    </row>
+    <row r="61" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A61" s="12" t="s">
         <v>501</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A61" s="11" t="s">
+      <c r="B61" s="10"/>
+      <c r="C61" s="12" t="s">
         <v>502</v>
       </c>
-      <c r="B61" s="9"/>
-      <c r="C61" s="11" t="s">
+      <c r="D61" s="11"/>
+      <c r="E61" s="10"/>
+      <c r="F61" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="D61" s="10"/>
-[...1 lines deleted...]
-      <c r="F61" s="3" t="s">
+      <c r="G61" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="G61" s="3" t="s">
+      <c r="H61" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="H61" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I61" s="3" t="s">
+      <c r="J61" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="J61" s="3" t="s">
+      <c r="K61" s="4" t="s">
         <v>507</v>
       </c>
-      <c r="K61" s="4" t="s">
+      <c r="L61" s="12" t="s">
         <v>508</v>
       </c>
-      <c r="L61" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M61" s="9"/>
+      <c r="M61" s="10"/>
       <c r="N61" s="3"/>
       <c r="O61" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="P61" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q61" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="P61" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q61" s="3" t="s">
+    </row>
+    <row r="62" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A62" s="13" t="s">
         <v>511</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A62" s="12" t="s">
+      <c r="B62" s="10"/>
+      <c r="C62" s="13" t="s">
         <v>512</v>
       </c>
-      <c r="B62" s="9"/>
-      <c r="C62" s="12" t="s">
+      <c r="D62" s="11"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="D62" s="10"/>
-[...1 lines deleted...]
-      <c r="F62" s="5" t="s">
+      <c r="G62" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="G62" s="5" t="s">
+      <c r="H62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="5" t="s">
         <v>515</v>
       </c>
-      <c r="H62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I62" s="5" t="s">
+      <c r="J62" s="5" t="s">
         <v>516</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="K62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L62" s="13" t="s">
         <v>517</v>
       </c>
-      <c r="K62" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M62" s="9"/>
+      <c r="M62" s="10"/>
       <c r="N62" s="5"/>
       <c r="O62" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="P62" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q62" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="P62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q62" s="5" t="s">
+    </row>
+    <row r="63" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A63" s="12" t="s">
         <v>520</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A63" s="11" t="s">
+      <c r="B63" s="10"/>
+      <c r="C63" s="12" t="s">
         <v>521</v>
       </c>
-      <c r="B63" s="9"/>
-      <c r="C63" s="11" t="s">
+      <c r="D63" s="11"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="D63" s="10"/>
-[...1 lines deleted...]
-      <c r="F63" s="3" t="s">
+      <c r="G63" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="G63" s="3" t="s">
+      <c r="H63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="H63" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I63" s="3" t="s">
+      <c r="J63" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="J63" s="3" t="s">
+      <c r="K63" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L63" s="12" t="s">
         <v>526</v>
       </c>
-      <c r="K63" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M63" s="9"/>
+      <c r="M63" s="10"/>
       <c r="N63" s="3"/>
       <c r="O63" s="3" t="s">
         <v>159</v>
       </c>
       <c r="P63" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q63" s="3" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A64" s="13" t="s">
         <v>528</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A64" s="12" t="s">
+      <c r="B64" s="10"/>
+      <c r="C64" s="13" t="s">
         <v>529</v>
       </c>
-      <c r="B64" s="9"/>
-      <c r="C64" s="12" t="s">
+      <c r="D64" s="11"/>
+      <c r="E64" s="10"/>
+      <c r="F64" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="D64" s="10"/>
-[...1 lines deleted...]
-      <c r="F64" s="5" t="s">
+      <c r="G64" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="G64" s="5" t="s">
+      <c r="H64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="H64" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I64" s="5" t="s">
+      <c r="J64" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="J64" s="5" t="s">
+      <c r="K64" s="6" t="s">
         <v>534</v>
       </c>
-      <c r="K64" s="6" t="s">
+      <c r="L64" s="13" t="s">
         <v>535</v>
       </c>
-      <c r="L64" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M64" s="9"/>
+      <c r="M64" s="10"/>
       <c r="N64" s="5"/>
       <c r="O64" s="5" t="s">
         <v>169</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q64" s="5" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="12" t="s">
         <v>537</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A65" s="11" t="s">
+      <c r="B65" s="10"/>
+      <c r="C65" s="12" t="s">
         <v>538</v>
       </c>
-      <c r="B65" s="9"/>
-      <c r="C65" s="11" t="s">
+      <c r="D65" s="11"/>
+      <c r="E65" s="10"/>
+      <c r="F65" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="D65" s="10"/>
-[...1 lines deleted...]
-      <c r="F65" s="3" t="s">
+      <c r="G65" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="G65" s="3" t="s">
+      <c r="H65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="H65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I65" s="3" t="s">
+      <c r="J65" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="J65" s="3" t="s">
+      <c r="K65" s="4" t="s">
         <v>543</v>
       </c>
-      <c r="K65" s="4" t="s">
+      <c r="L65" s="12" t="s">
         <v>544</v>
       </c>
-      <c r="L65" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M65" s="9"/>
+      <c r="M65" s="10"/>
       <c r="N65" s="3"/>
       <c r="O65" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P65" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q65" s="3" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A66" s="12" t="s">
+      <c r="A66" s="13" t="s">
+        <v>545</v>
+      </c>
+      <c r="B66" s="10"/>
+      <c r="C66" s="13" t="s">
         <v>546</v>
       </c>
-      <c r="B66" s="9"/>
-      <c r="C66" s="12" t="s">
+      <c r="D66" s="11"/>
+      <c r="E66" s="10"/>
+      <c r="F66" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="D66" s="10"/>
-[...1 lines deleted...]
-      <c r="F66" s="5" t="s">
+      <c r="G66" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="G66" s="5" t="s">
+      <c r="H66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" s="5" t="s">
         <v>549</v>
       </c>
-      <c r="H66" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="K66" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L66" s="13" t="s">
         <v>551</v>
       </c>
-      <c r="K66" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L66" s="12" t="s">
+      <c r="M66" s="10"/>
+      <c r="N66" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="M66" s="9"/>
-      <c r="N66" s="5" t="s">
+      <c r="O66" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="O66" s="5" t="s">
+      <c r="P66" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q66" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="P66" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q66" s="5" t="s">
+    </row>
+    <row r="67" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="12" t="s">
         <v>555</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A67" s="11" t="s">
+      <c r="B67" s="10"/>
+      <c r="C67" s="12" t="s">
         <v>556</v>
       </c>
-      <c r="B67" s="9"/>
-      <c r="C67" s="11" t="s">
+      <c r="D67" s="11"/>
+      <c r="E67" s="10"/>
+      <c r="F67" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="D67" s="10"/>
-[...1 lines deleted...]
-      <c r="F67" s="3" t="s">
+      <c r="G67" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="G67" s="3" t="s">
+      <c r="H67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="H67" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I67" s="3" t="s">
+      <c r="J67" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="J67" s="3" t="s">
+      <c r="K67" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L67" s="12" t="s">
         <v>561</v>
       </c>
-      <c r="K67" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M67" s="9"/>
+      <c r="M67" s="10"/>
       <c r="N67" s="3"/>
       <c r="O67" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="P67" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q67" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="P67" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q67" s="3" t="s">
+    </row>
+    <row r="68" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="13" t="s">
         <v>564</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A68" s="12" t="s">
+      <c r="B68" s="10"/>
+      <c r="C68" s="13" t="s">
         <v>565</v>
       </c>
-      <c r="B68" s="9"/>
-      <c r="C68" s="12" t="s">
+      <c r="D68" s="11"/>
+      <c r="E68" s="10"/>
+      <c r="F68" s="5" t="s">
         <v>566</v>
       </c>
-      <c r="D68" s="10"/>
-[...1 lines deleted...]
-      <c r="F68" s="5" t="s">
+      <c r="G68" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="G68" s="5" t="s">
+      <c r="H68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="H68" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="K68" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L68" s="13" t="s">
         <v>570</v>
       </c>
-      <c r="K68" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M68" s="9"/>
+      <c r="M68" s="10"/>
       <c r="N68" s="5"/>
       <c r="O68" s="5" t="s">
         <v>118</v>
       </c>
       <c r="P68" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q68" s="5" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A69" s="12" t="s">
         <v>572</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A69" s="11" t="s">
+      <c r="B69" s="10"/>
+      <c r="C69" s="12" t="s">
         <v>573</v>
       </c>
-      <c r="B69" s="9"/>
-      <c r="C69" s="11" t="s">
+      <c r="D69" s="11"/>
+      <c r="E69" s="10"/>
+      <c r="F69" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="D69" s="10"/>
-[...1 lines deleted...]
-      <c r="F69" s="3" t="s">
+      <c r="G69" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="G69" s="3" t="s">
+      <c r="H69" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="H69" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I69" s="3" t="s">
+      <c r="J69" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="J69" s="3" t="s">
+      <c r="K69" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L69" s="12" t="s">
         <v>578</v>
       </c>
-      <c r="K69" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M69" s="9"/>
+      <c r="M69" s="10"/>
       <c r="N69" s="3"/>
       <c r="O69" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="P69" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q69" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="P69" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q69" s="3" t="s">
+    </row>
+    <row r="70" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A70" s="13" t="s">
         <v>581</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A70" s="12" t="s">
+      <c r="B70" s="10"/>
+      <c r="C70" s="13" t="s">
         <v>582</v>
       </c>
-      <c r="B70" s="9"/>
-      <c r="C70" s="12" t="s">
+      <c r="D70" s="11"/>
+      <c r="E70" s="10"/>
+      <c r="F70" s="5" t="s">
         <v>583</v>
       </c>
-      <c r="D70" s="10"/>
-[...1 lines deleted...]
-      <c r="F70" s="5" t="s">
+      <c r="G70" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="G70" s="5" t="s">
+      <c r="H70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="H70" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="L70" s="12" t="s">
+      <c r="L70" s="13" t="s">
+        <v>587</v>
+      </c>
+      <c r="M70" s="10"/>
+      <c r="N70" s="5" t="s">
         <v>588</v>
       </c>
-      <c r="M70" s="9"/>
-      <c r="N70" s="5" t="s">
+      <c r="O70" s="5" t="s">
         <v>589</v>
       </c>
-      <c r="O70" s="5" t="s">
+      <c r="P70" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q70" s="5" t="s">
         <v>590</v>
       </c>
-      <c r="P70" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q70" s="5" t="s">
+    </row>
+    <row r="71" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A71" s="12" t="s">
         <v>591</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A71" s="11" t="s">
+      <c r="B71" s="10"/>
+      <c r="C71" s="12" t="s">
         <v>592</v>
       </c>
-      <c r="B71" s="9"/>
-      <c r="C71" s="11" t="s">
+      <c r="D71" s="11"/>
+      <c r="E71" s="10"/>
+      <c r="F71" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="D71" s="10"/>
-[...1 lines deleted...]
-      <c r="F71" s="3" t="s">
+      <c r="G71" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="G71" s="3" t="s">
+      <c r="H71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="H71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I71" s="3" t="s">
+      <c r="J71" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="J71" s="3" t="s">
+      <c r="K71" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L71" s="12" t="s">
         <v>597</v>
       </c>
-      <c r="K71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L71" s="11" t="s">
+      <c r="M71" s="10"/>
+      <c r="N71" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="M71" s="9"/>
-      <c r="N71" s="3" t="s">
+      <c r="O71" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="O71" s="3" t="s">
+      <c r="P71" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q71" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="P71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q71" s="3" t="s">
+    </row>
+    <row r="72" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="13" t="s">
         <v>601</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="12" t="s">
+      <c r="B72" s="10"/>
+      <c r="C72" s="13" t="s">
         <v>602</v>
       </c>
-      <c r="B72" s="9"/>
-      <c r="C72" s="12" t="s">
+      <c r="D72" s="11"/>
+      <c r="E72" s="10"/>
+      <c r="F72" s="5" t="s">
         <v>603</v>
-      </c>
-[...3 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G72" s="5" t="s">
         <v>266</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="J72" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="J72" s="5" t="s">
+      <c r="K72" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L72" s="13" t="s">
         <v>606</v>
       </c>
-      <c r="K72" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M72" s="9"/>
+      <c r="M72" s="10"/>
       <c r="N72" s="5"/>
       <c r="O72" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="P72" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q72" s="5" t="s">
         <v>608</v>
       </c>
-      <c r="P72" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q72" s="5" t="s">
+    </row>
+    <row r="73" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="12" t="s">
         <v>609</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A73" s="11" t="s">
+      <c r="B73" s="10"/>
+      <c r="C73" s="12" t="s">
         <v>610</v>
       </c>
-      <c r="B73" s="9"/>
-      <c r="C73" s="11" t="s">
+      <c r="D73" s="11"/>
+      <c r="E73" s="10"/>
+      <c r="F73" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="D73" s="10"/>
-[...1 lines deleted...]
-      <c r="F73" s="3" t="s">
+      <c r="G73" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="G73" s="3" t="s">
+      <c r="H73" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I73" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="H73" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I73" s="3" t="s">
+      <c r="J73" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="J73" s="3" t="s">
+      <c r="K73" s="4" t="s">
         <v>615</v>
       </c>
-      <c r="K73" s="4" t="s">
+      <c r="L73" s="12" t="s">
         <v>616</v>
       </c>
-      <c r="L73" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M73" s="9"/>
+      <c r="M73" s="10"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3" t="s">
         <v>72</v>
       </c>
       <c r="P73" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q73" s="3" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="74" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A74" s="12" t="s">
+      <c r="A74" s="13" t="s">
+        <v>617</v>
+      </c>
+      <c r="B74" s="10"/>
+      <c r="C74" s="13" t="s">
         <v>618</v>
       </c>
-      <c r="B74" s="9"/>
-      <c r="C74" s="12" t="s">
+      <c r="D74" s="11"/>
+      <c r="E74" s="10"/>
+      <c r="F74" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="D74" s="10"/>
-[...1 lines deleted...]
-      <c r="F74" s="5" t="s">
+      <c r="G74" s="5" t="s">
         <v>620</v>
       </c>
-      <c r="G74" s="5" t="s">
+      <c r="H74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I74" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="H74" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="5" t="s">
+      <c r="J74" s="5" t="s">
         <v>622</v>
       </c>
-      <c r="J74" s="5" t="s">
+      <c r="K74" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L74" s="13" t="s">
         <v>623</v>
       </c>
-      <c r="K74" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M74" s="9"/>
+      <c r="M74" s="10"/>
       <c r="N74" s="5"/>
       <c r="O74" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="P74" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q74" s="5" t="s">
         <v>625</v>
       </c>
-      <c r="P74" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q74" s="5" t="s">
+    </row>
+    <row r="75" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A75" s="12" t="s">
         <v>626</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="11" t="s">
+      <c r="B75" s="10"/>
+      <c r="C75" s="12" t="s">
         <v>627</v>
       </c>
-      <c r="B75" s="9"/>
-      <c r="C75" s="11" t="s">
+      <c r="D75" s="11"/>
+      <c r="E75" s="10"/>
+      <c r="F75" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="D75" s="10"/>
-[...1 lines deleted...]
-      <c r="F75" s="3" t="s">
+      <c r="G75" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="G75" s="3" t="s">
+      <c r="H75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I75" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="H75" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I75" s="3" t="s">
+      <c r="J75" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="J75" s="3" t="s">
+      <c r="K75" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L75" s="12" t="s">
         <v>632</v>
       </c>
-      <c r="K75" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L75" s="11" t="s">
+      <c r="M75" s="10"/>
+      <c r="N75" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="M75" s="9"/>
-      <c r="N75" s="3" t="s">
+      <c r="O75" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="O75" s="3" t="s">
+      <c r="P75" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q75" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="P75" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q75" s="3" t="s">
+    </row>
+    <row r="76" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A76" s="13" t="s">
         <v>636</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A76" s="12" t="s">
+      <c r="B76" s="10"/>
+      <c r="C76" s="13" t="s">
         <v>637</v>
       </c>
-      <c r="B76" s="9"/>
-      <c r="C76" s="12" t="s">
+      <c r="D76" s="11"/>
+      <c r="E76" s="10"/>
+      <c r="F76" s="5" t="s">
         <v>638</v>
-      </c>
-[...3 lines deleted...]
-        <v>639</v>
       </c>
       <c r="G76" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="J76" s="5" t="s">
         <v>640</v>
       </c>
-      <c r="J76" s="5" t="s">
+      <c r="K76" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L76" s="13" t="s">
         <v>641</v>
       </c>
-      <c r="K76" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M76" s="9"/>
+      <c r="M76" s="10"/>
       <c r="N76" s="5"/>
       <c r="O76" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="P76" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q76" s="5" t="s">
         <v>643</v>
       </c>
-      <c r="P76" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q76" s="5" t="s">
+    </row>
+    <row r="77" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="12" t="s">
         <v>644</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A77" s="11" t="s">
+      <c r="B77" s="10"/>
+      <c r="C77" s="12" t="s">
         <v>645</v>
       </c>
-      <c r="B77" s="9"/>
-      <c r="C77" s="11" t="s">
+      <c r="D77" s="11"/>
+      <c r="E77" s="10"/>
+      <c r="F77" s="3" t="s">
         <v>646</v>
-      </c>
-[...3 lines deleted...]
-        <v>647</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>450</v>
       </c>
       <c r="H77" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="J77" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="J77" s="3" t="s">
+      <c r="K77" s="4" t="s">
         <v>649</v>
       </c>
-      <c r="K77" s="4" t="s">
+      <c r="L77" s="12" t="s">
         <v>650</v>
       </c>
-      <c r="L77" s="11" t="s">
+      <c r="M77" s="10"/>
+      <c r="N77" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="M77" s="9"/>
-      <c r="N77" s="3" t="s">
+      <c r="O77" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="O77" s="3" t="s">
+      <c r="P77" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q77" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="P77" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q77" s="3" t="s">
+    </row>
+    <row r="78" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A78" s="13" t="s">
         <v>654</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A78" s="12" t="s">
+      <c r="B78" s="10"/>
+      <c r="C78" s="13" t="s">
         <v>655</v>
       </c>
-      <c r="B78" s="9"/>
-      <c r="C78" s="12" t="s">
+      <c r="D78" s="11"/>
+      <c r="E78" s="10"/>
+      <c r="F78" s="5" t="s">
         <v>656</v>
       </c>
-      <c r="D78" s="10"/>
-[...1 lines deleted...]
-      <c r="F78" s="5" t="s">
+      <c r="G78" s="5" t="s">
         <v>657</v>
       </c>
-      <c r="G78" s="5" t="s">
+      <c r="H78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="H78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I78" s="5" t="s">
+      <c r="J78" s="5" t="s">
         <v>659</v>
       </c>
-      <c r="J78" s="5" t="s">
+      <c r="K78" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L78" s="13" t="s">
         <v>660</v>
       </c>
-      <c r="K78" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M78" s="9"/>
+      <c r="M78" s="10"/>
       <c r="N78" s="5"/>
       <c r="O78" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="P78" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q78" s="5" t="s">
         <v>662</v>
       </c>
-      <c r="P78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q78" s="5" t="s">
+    </row>
+    <row r="79" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A79" s="12" t="s">
         <v>663</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A79" s="11" t="s">
+      <c r="B79" s="10"/>
+      <c r="C79" s="12" t="s">
         <v>664</v>
       </c>
-      <c r="B79" s="9"/>
-      <c r="C79" s="11" t="s">
+      <c r="D79" s="11"/>
+      <c r="E79" s="10"/>
+      <c r="F79" s="3" t="s">
         <v>665</v>
-      </c>
-[...3 lines deleted...]
-        <v>666</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>403</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="J79" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="J79" s="3" t="s">
+      <c r="K79" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L79" s="12" t="s">
         <v>668</v>
       </c>
-      <c r="K79" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M79" s="9"/>
+      <c r="M79" s="10"/>
       <c r="N79" s="3"/>
       <c r="O79" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="P79" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q79" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="P79" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q79" s="3" t="s">
+    </row>
+    <row r="80" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A80" s="13" t="s">
         <v>671</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A80" s="12" t="s">
+      <c r="B80" s="10"/>
+      <c r="C80" s="13" t="s">
         <v>672</v>
       </c>
-      <c r="B80" s="9"/>
-      <c r="C80" s="12" t="s">
+      <c r="D80" s="11"/>
+      <c r="E80" s="10"/>
+      <c r="F80" s="5" t="s">
         <v>673</v>
       </c>
-      <c r="D80" s="10"/>
-[...1 lines deleted...]
-      <c r="F80" s="5" t="s">
+      <c r="G80" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I80" s="5" t="s">
         <v>674</v>
       </c>
-      <c r="G80" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I80" s="5" t="s">
+      <c r="J80" s="5" t="s">
         <v>675</v>
       </c>
-      <c r="J80" s="5" t="s">
+      <c r="K80" s="6" t="s">
         <v>676</v>
       </c>
-      <c r="K80" s="6" t="s">
+      <c r="L80" s="13" t="s">
         <v>677</v>
       </c>
-      <c r="L80" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M80" s="9"/>
+      <c r="M80" s="10"/>
       <c r="N80" s="5"/>
       <c r="O80" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="P80" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q80" s="5" t="s">
         <v>679</v>
       </c>
-      <c r="P80" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q80" s="5" t="s">
+    </row>
+    <row r="81" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="12" t="s">
         <v>680</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A81" s="11" t="s">
+      <c r="B81" s="10"/>
+      <c r="C81" s="12" t="s">
         <v>681</v>
       </c>
-      <c r="B81" s="9"/>
-      <c r="C81" s="11" t="s">
+      <c r="D81" s="11"/>
+      <c r="E81" s="10"/>
+      <c r="F81" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="D81" s="10"/>
-[...1 lines deleted...]
-      <c r="F81" s="3" t="s">
+      <c r="G81" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="G81" s="3" t="s">
+      <c r="H81" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="H81" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I81" s="3" t="s">
+      <c r="J81" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="J81" s="3" t="s">
+      <c r="K81" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L81" s="12" t="s">
         <v>686</v>
       </c>
-      <c r="K81" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M81" s="9"/>
+      <c r="M81" s="10"/>
       <c r="N81" s="3"/>
       <c r="O81" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="P81" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q81" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="P81" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q81" s="3" t="s">
+    </row>
+    <row r="82" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A82" s="13" t="s">
         <v>689</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A82" s="12" t="s">
+      <c r="B82" s="10"/>
+      <c r="C82" s="13" t="s">
         <v>690</v>
       </c>
-      <c r="B82" s="9"/>
-      <c r="C82" s="12" t="s">
+      <c r="D82" s="11"/>
+      <c r="E82" s="10"/>
+      <c r="F82" s="5" t="s">
         <v>691</v>
       </c>
-      <c r="D82" s="10"/>
-[...1 lines deleted...]
-      <c r="F82" s="5" t="s">
+      <c r="G82" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="G82" s="5" t="s">
+      <c r="H82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I82" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="H82" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="J82" s="5" t="s">
+      <c r="K82" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L82" s="13" t="s">
         <v>695</v>
       </c>
-      <c r="K82" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L82" s="12" t="s">
+      <c r="M82" s="10"/>
+      <c r="N82" s="5" t="s">
         <v>696</v>
       </c>
-      <c r="M82" s="9"/>
-      <c r="N82" s="5" t="s">
+      <c r="O82" s="5" t="s">
         <v>697</v>
       </c>
-      <c r="O82" s="5" t="s">
+      <c r="P82" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q82" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="P82" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q82" s="5" t="s">
+    </row>
+    <row r="83" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A83" s="12" t="s">
         <v>699</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A83" s="11" t="s">
+      <c r="B83" s="10"/>
+      <c r="C83" s="12" t="s">
         <v>700</v>
       </c>
-      <c r="B83" s="9"/>
-      <c r="C83" s="11" t="s">
+      <c r="D83" s="11"/>
+      <c r="E83" s="10"/>
+      <c r="F83" s="3" t="s">
         <v>701</v>
-      </c>
-[...3 lines deleted...]
-        <v>702</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>403</v>
       </c>
       <c r="H83" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="J83" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="J83" s="3" t="s">
+      <c r="K83" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L83" s="12" t="s">
         <v>704</v>
       </c>
-      <c r="K83" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M83" s="9"/>
+      <c r="M83" s="10"/>
       <c r="N83" s="3"/>
       <c r="O83" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="P83" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q83" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="P83" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q83" s="3" t="s">
+    </row>
+    <row r="84" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A84" s="13" t="s">
         <v>707</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A84" s="12" t="s">
+      <c r="B84" s="10"/>
+      <c r="C84" s="13" t="s">
         <v>708</v>
       </c>
-      <c r="B84" s="9"/>
-      <c r="C84" s="12" t="s">
+      <c r="D84" s="11"/>
+      <c r="E84" s="10"/>
+      <c r="F84" s="5" t="s">
         <v>709</v>
       </c>
-      <c r="D84" s="10"/>
-[...1 lines deleted...]
-      <c r="F84" s="5" t="s">
+      <c r="G84" s="5" t="s">
         <v>710</v>
       </c>
-      <c r="G84" s="5" t="s">
+      <c r="H84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" s="5" t="s">
         <v>711</v>
       </c>
-      <c r="H84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I84" s="5" t="s">
+      <c r="J84" s="5" t="s">
         <v>712</v>
       </c>
-      <c r="J84" s="5" t="s">
+      <c r="K84" s="6" t="s">
         <v>713</v>
       </c>
-      <c r="K84" s="6" t="s">
+      <c r="L84" s="13" t="s">
         <v>714</v>
       </c>
-      <c r="L84" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M84" s="9"/>
+      <c r="M84" s="10"/>
       <c r="N84" s="5"/>
       <c r="O84" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="P84" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q84" s="5" t="s">
         <v>716</v>
       </c>
-      <c r="P84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q84" s="5" t="s">
+    </row>
+    <row r="85" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A85" s="12" t="s">
         <v>717</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A85" s="11" t="s">
+      <c r="B85" s="10"/>
+      <c r="C85" s="12" t="s">
         <v>718</v>
       </c>
-      <c r="B85" s="9"/>
-      <c r="C85" s="11" t="s">
+      <c r="D85" s="11"/>
+      <c r="E85" s="10"/>
+      <c r="F85" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="D85" s="10"/>
-[...1 lines deleted...]
-      <c r="F85" s="3" t="s">
+      <c r="G85" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="G85" s="3" t="s">
+      <c r="H85" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" s="3" t="s">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>722</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L85" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M85" s="9"/>
+      <c r="L85" s="12" t="s">
+        <v>722</v>
+      </c>
+      <c r="M85" s="10"/>
       <c r="N85" s="3"/>
       <c r="O85" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="P85" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q85" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="P85" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q85" s="3" t="s">
+    </row>
+    <row r="86" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A86" s="13" t="s">
         <v>725</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A86" s="12" t="s">
+      <c r="B86" s="10"/>
+      <c r="C86" s="13" t="s">
         <v>726</v>
       </c>
-      <c r="B86" s="9"/>
-      <c r="C86" s="12" t="s">
+      <c r="D86" s="11"/>
+      <c r="E86" s="10"/>
+      <c r="F86" s="5" t="s">
         <v>727</v>
       </c>
-      <c r="D86" s="10"/>
-[...1 lines deleted...]
-      <c r="F86" s="5" t="s">
+      <c r="G86" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I86" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="G86" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I86" s="5" t="s">
+      <c r="J86" s="5" t="s">
         <v>729</v>
       </c>
-      <c r="J86" s="5" t="s">
+      <c r="K86" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L86" s="13" t="s">
         <v>730</v>
       </c>
-      <c r="K86" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M86" s="9"/>
+      <c r="M86" s="10"/>
       <c r="N86" s="5"/>
       <c r="O86" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="P86" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q86" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="P86" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q86" s="5" t="s">
+    </row>
+    <row r="87" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A87" s="12" t="s">
         <v>733</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A87" s="11" t="s">
+      <c r="B87" s="10"/>
+      <c r="C87" s="12" t="s">
         <v>734</v>
       </c>
-      <c r="B87" s="9"/>
-      <c r="C87" s="11" t="s">
+      <c r="D87" s="11"/>
+      <c r="E87" s="10"/>
+      <c r="F87" s="3" t="s">
         <v>735</v>
-      </c>
-[...3 lines deleted...]
-        <v>736</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H87" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="J87" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="J87" s="3" t="s">
+      <c r="K87" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L87" s="12" t="s">
         <v>738</v>
       </c>
-      <c r="K87" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M87" s="9"/>
+      <c r="M87" s="10"/>
       <c r="N87" s="3"/>
       <c r="O87" s="3" t="s">
         <v>252</v>
       </c>
       <c r="P87" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q87" s="3" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A88" s="13" t="s">
         <v>740</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A88" s="12" t="s">
+      <c r="B88" s="10"/>
+      <c r="C88" s="13" t="s">
         <v>741</v>
       </c>
-      <c r="B88" s="9"/>
-      <c r="C88" s="12" t="s">
+      <c r="D88" s="11"/>
+      <c r="E88" s="10"/>
+      <c r="F88" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="G88" s="5" t="s">
         <v>742</v>
       </c>
-      <c r="D88" s="10"/>
-[...4 lines deleted...]
-      <c r="G88" s="5" t="s">
+      <c r="H88" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="L88" s="13" t="s">
         <v>743</v>
       </c>
-      <c r="H88" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M88" s="9"/>
+      <c r="M88" s="10"/>
       <c r="N88" s="5"/>
       <c r="O88" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="P88" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q88" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="P88" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q88" s="5" t="s">
+    </row>
+    <row r="89" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="12" t="s">
         <v>746</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="11" t="s">
+      <c r="B89" s="10"/>
+      <c r="C89" s="12" t="s">
         <v>747</v>
       </c>
-      <c r="B89" s="9"/>
-      <c r="C89" s="11" t="s">
+      <c r="D89" s="11"/>
+      <c r="E89" s="10"/>
+      <c r="F89" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="D89" s="10"/>
-[...1 lines deleted...]
-      <c r="F89" s="3" t="s">
+      <c r="G89" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="G89" s="3" t="s">
+      <c r="H89" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I89" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="H89" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I89" s="3" t="s">
+      <c r="J89" s="3" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L89" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M89" s="9"/>
+      <c r="L89" s="12" t="s">
+        <v>752</v>
+      </c>
+      <c r="M89" s="10"/>
       <c r="N89" s="3"/>
       <c r="O89" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="P89" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q89" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="P89" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q89" s="3" t="s">
+    </row>
+    <row r="90" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A90" s="13" t="s">
         <v>755</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A90" s="12" t="s">
+      <c r="B90" s="10"/>
+      <c r="C90" s="13" t="s">
         <v>756</v>
       </c>
-      <c r="B90" s="9"/>
-      <c r="C90" s="12" t="s">
+      <c r="D90" s="11"/>
+      <c r="E90" s="10"/>
+      <c r="F90" s="5" t="s">
         <v>757</v>
-      </c>
-[...3 lines deleted...]
-        <v>758</v>
       </c>
       <c r="G90" s="5" t="s">
         <v>146</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="J90" s="5" t="s">
         <v>759</v>
       </c>
-      <c r="J90" s="5" t="s">
+      <c r="K90" s="6" t="s">
         <v>760</v>
       </c>
-      <c r="K90" s="6" t="s">
+      <c r="L90" s="13" t="s">
         <v>761</v>
       </c>
-      <c r="L90" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M90" s="9"/>
+      <c r="M90" s="10"/>
       <c r="N90" s="5"/>
       <c r="O90" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="P90" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q90" s="5" t="s">
         <v>763</v>
       </c>
-      <c r="P90" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q90" s="5" t="s">
+    </row>
+    <row r="91" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A91" s="12" t="s">
         <v>764</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A91" s="11" t="s">
+      <c r="B91" s="10"/>
+      <c r="C91" s="12" t="s">
         <v>765</v>
       </c>
-      <c r="B91" s="9"/>
-      <c r="C91" s="11" t="s">
+      <c r="D91" s="11"/>
+      <c r="E91" s="10"/>
+      <c r="F91" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="D91" s="10"/>
-[...1 lines deleted...]
-      <c r="F91" s="3" t="s">
+      <c r="G91" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="G91" s="3" t="s">
+      <c r="H91" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I91" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="H91" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I91" s="3" t="s">
+      <c r="J91" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="J91" s="3" t="s">
+      <c r="K91" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L91" s="12" t="s">
         <v>770</v>
       </c>
-      <c r="K91" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M91" s="9"/>
+      <c r="M91" s="10"/>
       <c r="N91" s="3"/>
       <c r="O91" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="P91" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q91" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="P91" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q91" s="3" t="s">
+    </row>
+    <row r="92" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A92" s="13" t="s">
         <v>773</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A92" s="12" t="s">
+      <c r="B92" s="10"/>
+      <c r="C92" s="13" t="s">
         <v>774</v>
       </c>
-      <c r="B92" s="9"/>
-      <c r="C92" s="12" t="s">
+      <c r="D92" s="11"/>
+      <c r="E92" s="10"/>
+      <c r="F92" s="5" t="s">
         <v>775</v>
-      </c>
-[...3 lines deleted...]
-        <v>776</v>
       </c>
       <c r="G92" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="J92" s="5" t="s">
         <v>777</v>
       </c>
-      <c r="J92" s="5" t="s">
+      <c r="K92" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L92" s="13" t="s">
         <v>778</v>
       </c>
-      <c r="K92" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L92" s="12" t="s">
+      <c r="M92" s="10"/>
+      <c r="N92" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="M92" s="9"/>
-      <c r="N92" s="5" t="s">
+      <c r="O92" s="5" t="s">
         <v>780</v>
       </c>
-      <c r="O92" s="5" t="s">
+      <c r="P92" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q92" s="5" t="s">
         <v>781</v>
       </c>
-      <c r="P92" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q92" s="5" t="s">
+    </row>
+    <row r="93" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A93" s="12" t="s">
         <v>782</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" s="11" t="s">
+      <c r="B93" s="10"/>
+      <c r="C93" s="12" t="s">
         <v>783</v>
       </c>
-      <c r="B93" s="9"/>
-      <c r="C93" s="11" t="s">
+      <c r="D93" s="11"/>
+      <c r="E93" s="10"/>
+      <c r="F93" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="K93" s="4" t="s">
         <v>784</v>
       </c>
-      <c r="D93" s="10"/>
-[...16 lines deleted...]
-      <c r="K93" s="4" t="s">
+      <c r="L93" s="12" t="s">
         <v>785</v>
       </c>
-      <c r="L93" s="11" t="s">
+      <c r="M93" s="10"/>
+      <c r="N93" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="M93" s="9"/>
-      <c r="N93" s="3" t="s">
+      <c r="O93" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="P93" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q93" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="O93" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q93" s="3" t="s">
+    </row>
+    <row r="94" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A94" s="13" t="s">
         <v>788</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A94" s="12" t="s">
+      <c r="B94" s="10"/>
+      <c r="C94" s="13" t="s">
         <v>789</v>
       </c>
-      <c r="B94" s="9"/>
-      <c r="C94" s="12" t="s">
+      <c r="D94" s="11"/>
+      <c r="E94" s="10"/>
+      <c r="F94" s="5" t="s">
         <v>790</v>
       </c>
-      <c r="D94" s="10"/>
-[...1 lines deleted...]
-      <c r="F94" s="5" t="s">
+      <c r="G94" s="5" t="s">
         <v>791</v>
       </c>
-      <c r="G94" s="5" t="s">
+      <c r="H94" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I94" s="5" t="s">
         <v>792</v>
       </c>
-      <c r="H94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I94" s="5" t="s">
+      <c r="J94" s="5" t="s">
         <v>793</v>
       </c>
-      <c r="J94" s="5" t="s">
+      <c r="K94" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L94" s="13" t="s">
         <v>794</v>
       </c>
-      <c r="K94" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M94" s="9"/>
+      <c r="M94" s="10"/>
       <c r="N94" s="5"/>
       <c r="O94" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="P94" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q94" s="5" t="s">
         <v>796</v>
       </c>
-      <c r="P94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q94" s="5" t="s">
+    </row>
+    <row r="95" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A95" s="12" t="s">
         <v>797</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95" s="11" t="s">
+      <c r="B95" s="10"/>
+      <c r="C95" s="12" t="s">
         <v>798</v>
       </c>
-      <c r="B95" s="9"/>
-      <c r="C95" s="11" t="s">
+      <c r="D95" s="11"/>
+      <c r="E95" s="10"/>
+      <c r="F95" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="D95" s="10"/>
-[...1 lines deleted...]
-      <c r="F95" s="3" t="s">
+      <c r="G95" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I95" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="G95" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I95" s="3" t="s">
+      <c r="J95" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="J95" s="3" t="s">
+      <c r="K95" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L95" s="12" t="s">
         <v>802</v>
       </c>
-      <c r="K95" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M95" s="9"/>
+      <c r="M95" s="10"/>
       <c r="N95" s="3"/>
       <c r="O95" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="P95" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q95" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="P95" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q95" s="3" t="s">
+    </row>
+    <row r="96" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A96" s="13" t="s">
         <v>805</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A96" s="12" t="s">
+      <c r="B96" s="10"/>
+      <c r="C96" s="13" t="s">
         <v>806</v>
       </c>
-      <c r="B96" s="9"/>
-      <c r="C96" s="12" t="s">
+      <c r="D96" s="11"/>
+      <c r="E96" s="10"/>
+      <c r="F96" s="5" t="s">
         <v>807</v>
       </c>
-      <c r="D96" s="10"/>
-[...1 lines deleted...]
-      <c r="F96" s="5" t="s">
+      <c r="G96" s="5" t="s">
         <v>808</v>
       </c>
-      <c r="G96" s="5" t="s">
+      <c r="H96" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I96" s="5" t="s">
         <v>809</v>
       </c>
-      <c r="H96" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I96" s="5" t="s">
+      <c r="J96" s="5" t="s">
         <v>810</v>
       </c>
-      <c r="J96" s="5" t="s">
+      <c r="K96" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L96" s="13" t="s">
         <v>811</v>
       </c>
-      <c r="K96" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M96" s="9"/>
+      <c r="M96" s="10"/>
       <c r="N96" s="5"/>
       <c r="O96" s="5" t="s">
         <v>51</v>
       </c>
       <c r="P96" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q96" s="5" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A97" s="12" t="s">
         <v>813</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A97" s="11" t="s">
+      <c r="B97" s="10"/>
+      <c r="C97" s="12" t="s">
         <v>814</v>
       </c>
-      <c r="B97" s="9"/>
-      <c r="C97" s="11" t="s">
+      <c r="D97" s="11"/>
+      <c r="E97" s="10"/>
+      <c r="F97" s="3" t="s">
         <v>815</v>
-      </c>
-[...3 lines deleted...]
-        <v>816</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>403</v>
       </c>
       <c r="H97" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="J97" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="J97" s="3" t="s">
+      <c r="K97" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L97" s="12" t="s">
         <v>818</v>
       </c>
-      <c r="K97" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M97" s="9"/>
+      <c r="M97" s="10"/>
       <c r="N97" s="3"/>
       <c r="O97" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="P97" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q97" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="P97" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q97" s="3" t="s">
+    </row>
+    <row r="98" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A98" s="13" t="s">
         <v>821</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A98" s="12" t="s">
+      <c r="B98" s="10"/>
+      <c r="C98" s="13" t="s">
         <v>822</v>
       </c>
-      <c r="B98" s="9"/>
-      <c r="C98" s="12" t="s">
+      <c r="D98" s="11"/>
+      <c r="E98" s="10"/>
+      <c r="F98" s="5" t="s">
         <v>823</v>
       </c>
-      <c r="D98" s="10"/>
-[...1 lines deleted...]
-      <c r="F98" s="5" t="s">
+      <c r="G98" s="5" t="s">
         <v>824</v>
       </c>
-      <c r="G98" s="5" t="s">
+      <c r="H98" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" s="5" t="s">
         <v>825</v>
       </c>
-      <c r="H98" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I98" s="5" t="s">
+      <c r="J98" s="5" t="s">
         <v>826</v>
       </c>
-      <c r="J98" s="5" t="s">
+      <c r="K98" s="6" t="s">
         <v>827</v>
       </c>
-      <c r="K98" s="6" t="s">
+      <c r="L98" s="13" t="s">
         <v>828</v>
       </c>
-      <c r="L98" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M98" s="9"/>
+      <c r="M98" s="10"/>
       <c r="N98" s="5"/>
       <c r="O98" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="P98" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q98" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="P98" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q98" s="5" t="s">
+    </row>
+    <row r="99" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A99" s="12" t="s">
         <v>831</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A99" s="11" t="s">
+      <c r="B99" s="10"/>
+      <c r="C99" s="12" t="s">
         <v>832</v>
       </c>
-      <c r="B99" s="9"/>
-      <c r="C99" s="11" t="s">
+      <c r="D99" s="11"/>
+      <c r="E99" s="10"/>
+      <c r="F99" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="D99" s="10"/>
-[...1 lines deleted...]
-      <c r="F99" s="3" t="s">
+      <c r="G99" s="3" t="s">
         <v>834</v>
       </c>
-      <c r="G99" s="3" t="s">
+      <c r="H99" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I99" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="H99" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I99" s="3" t="s">
+      <c r="J99" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="J99" s="3" t="s">
+      <c r="K99" s="4" t="s">
         <v>837</v>
       </c>
-      <c r="K99" s="4" t="s">
+      <c r="L99" s="12" t="s">
         <v>838</v>
       </c>
-      <c r="L99" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M99" s="9"/>
+      <c r="M99" s="10"/>
       <c r="N99" s="3"/>
       <c r="O99" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="P99" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q99" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="P99" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q99" s="3" t="s">
+    </row>
+    <row r="100" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="13" t="s">
         <v>841</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A100" s="12" t="s">
+      <c r="B100" s="10"/>
+      <c r="C100" s="13" t="s">
         <v>842</v>
       </c>
-      <c r="B100" s="9"/>
-      <c r="C100" s="12" t="s">
+      <c r="D100" s="11"/>
+      <c r="E100" s="10"/>
+      <c r="F100" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="D100" s="10"/>
-[...1 lines deleted...]
-      <c r="F100" s="5" t="s">
+      <c r="G100" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I100" s="5" t="s">
         <v>844</v>
       </c>
-      <c r="G100" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I100" s="5" t="s">
+      <c r="J100" s="5" t="s">
         <v>845</v>
       </c>
-      <c r="J100" s="5" t="s">
+      <c r="K100" s="6" t="s">
         <v>846</v>
       </c>
-      <c r="K100" s="6" t="s">
+      <c r="L100" s="13" t="s">
         <v>847</v>
       </c>
-      <c r="L100" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M100" s="9"/>
+      <c r="M100" s="10"/>
       <c r="N100" s="5"/>
       <c r="O100" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="P100" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q100" s="5" t="s">
         <v>849</v>
       </c>
-      <c r="P100" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q100" s="5" t="s">
+    </row>
+    <row r="101" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="12" t="s">
         <v>850</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A101" s="11" t="s">
+      <c r="B101" s="10"/>
+      <c r="C101" s="12" t="s">
         <v>851</v>
       </c>
-      <c r="B101" s="9"/>
-[...4 lines deleted...]
-      <c r="E101" s="9"/>
+      <c r="D101" s="11"/>
+      <c r="E101" s="10"/>
       <c r="F101" s="3" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H101" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L101" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M101" s="9"/>
+      <c r="L101" s="12" t="s">
+        <v>852</v>
+      </c>
+      <c r="M101" s="10"/>
       <c r="N101" s="3"/>
       <c r="O101" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="P101" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q101" s="3" t="s">
         <v>854</v>
       </c>
-      <c r="P101" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q101" s="3" t="s">
+    </row>
+    <row r="102" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A102" s="13" t="s">
         <v>855</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A102" s="12" t="s">
+      <c r="B102" s="10"/>
+      <c r="C102" s="13" t="s">
         <v>856</v>
       </c>
-      <c r="B102" s="9"/>
-      <c r="C102" s="12" t="s">
+      <c r="D102" s="11"/>
+      <c r="E102" s="10"/>
+      <c r="F102" s="5" t="s">
         <v>857</v>
       </c>
-      <c r="D102" s="10"/>
-[...1 lines deleted...]
-      <c r="F102" s="5" t="s">
+      <c r="G102" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I102" s="5" t="s">
         <v>858</v>
       </c>
-      <c r="G102" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I102" s="5" t="s">
+      <c r="J102" s="5" t="s">
         <v>859</v>
       </c>
-      <c r="J102" s="5" t="s">
+      <c r="K102" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L102" s="13" t="s">
         <v>860</v>
       </c>
-      <c r="K102" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M102" s="9"/>
+      <c r="M102" s="10"/>
       <c r="N102" s="5"/>
       <c r="O102" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="P102" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q102" s="5" t="s">
         <v>862</v>
       </c>
-      <c r="P102" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q102" s="5" t="s">
+    </row>
+    <row r="103" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A103" s="12" t="s">
         <v>863</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A103" s="11" t="s">
+      <c r="B103" s="10"/>
+      <c r="C103" s="12" t="s">
         <v>864</v>
       </c>
-      <c r="B103" s="9"/>
-      <c r="C103" s="11" t="s">
+      <c r="D103" s="11"/>
+      <c r="E103" s="10"/>
+      <c r="F103" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="D103" s="10"/>
-[...1 lines deleted...]
-      <c r="F103" s="3" t="s">
+      <c r="G103" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="G103" s="3" t="s">
+      <c r="H103" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="H103" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I103" s="3" t="s">
+      <c r="J103" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="J103" s="3" t="s">
+      <c r="K103" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L103" s="12" t="s">
         <v>869</v>
       </c>
-      <c r="K103" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M103" s="9"/>
+      <c r="M103" s="10"/>
       <c r="N103" s="3"/>
       <c r="O103" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="P103" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q103" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="P103" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q103" s="3" t="s">
+    </row>
+    <row r="104" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="13" t="s">
         <v>872</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A104" s="12" t="s">
+      <c r="B104" s="10"/>
+      <c r="C104" s="13" t="s">
         <v>873</v>
       </c>
-      <c r="B104" s="9"/>
-      <c r="C104" s="12" t="s">
+      <c r="D104" s="11"/>
+      <c r="E104" s="10"/>
+      <c r="F104" s="5" t="s">
         <v>874</v>
       </c>
-      <c r="D104" s="10"/>
-[...1 lines deleted...]
-      <c r="F104" s="5" t="s">
+      <c r="G104" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I104" s="5" t="s">
         <v>875</v>
       </c>
-      <c r="G104" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>876</v>
       </c>
-      <c r="J104" s="5" t="s">
+      <c r="K104" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L104" s="13" t="s">
         <v>877</v>
       </c>
-      <c r="K104" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M104" s="9"/>
+      <c r="M104" s="10"/>
       <c r="N104" s="5"/>
       <c r="O104" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="P104" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q104" s="5" t="s">
         <v>879</v>
       </c>
-      <c r="P104" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q104" s="5" t="s">
+    </row>
+    <row r="105" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A105" s="12" t="s">
         <v>880</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A105" s="11" t="s">
+      <c r="B105" s="10"/>
+      <c r="C105" s="12" t="s">
         <v>881</v>
       </c>
-      <c r="B105" s="9"/>
-      <c r="C105" s="11" t="s">
+      <c r="D105" s="11"/>
+      <c r="E105" s="10"/>
+      <c r="F105" s="3" t="s">
         <v>882</v>
       </c>
-      <c r="D105" s="10"/>
-[...1 lines deleted...]
-      <c r="F105" s="3" t="s">
+      <c r="G105" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="G105" s="3" t="s">
+      <c r="H105" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I105" s="3" t="s">
         <v>884</v>
       </c>
-      <c r="H105" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I105" s="3" t="s">
+      <c r="J105" s="3" t="s">
         <v>885</v>
       </c>
-      <c r="J105" s="3" t="s">
+      <c r="K105" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L105" s="12" t="s">
         <v>886</v>
       </c>
-      <c r="K105" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M105" s="9"/>
+      <c r="M105" s="10"/>
       <c r="N105" s="3"/>
       <c r="O105" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="P105" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q105" s="3" t="s">
         <v>888</v>
       </c>
-      <c r="P105" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q105" s="3" t="s">
+    </row>
+    <row r="106" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A106" s="13" t="s">
         <v>889</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A106" s="12" t="s">
+      <c r="B106" s="10"/>
+      <c r="C106" s="13" t="s">
         <v>890</v>
       </c>
-      <c r="B106" s="9"/>
-      <c r="C106" s="12" t="s">
+      <c r="D106" s="11"/>
+      <c r="E106" s="10"/>
+      <c r="F106" s="5" t="s">
         <v>891</v>
       </c>
-      <c r="D106" s="10"/>
-[...1 lines deleted...]
-      <c r="F106" s="5" t="s">
+      <c r="G106" s="5" t="s">
         <v>892</v>
       </c>
-      <c r="G106" s="5" t="s">
+      <c r="H106" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I106" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="H106" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I106" s="5" t="s">
+      <c r="J106" s="5" t="s">
         <v>894</v>
       </c>
-      <c r="J106" s="5" t="s">
+      <c r="K106" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L106" s="13" t="s">
         <v>895</v>
       </c>
-      <c r="K106" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M106" s="9"/>
+      <c r="M106" s="10"/>
       <c r="N106" s="5"/>
       <c r="O106" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="P106" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q106" s="5" t="s">
         <v>897</v>
       </c>
-      <c r="P106" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q106" s="5" t="s">
+    </row>
+    <row r="107" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A107" s="12" t="s">
         <v>898</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A107" s="11" t="s">
+      <c r="B107" s="10"/>
+      <c r="C107" s="12" t="s">
         <v>899</v>
       </c>
-      <c r="B107" s="9"/>
-      <c r="C107" s="11" t="s">
+      <c r="D107" s="11"/>
+      <c r="E107" s="10"/>
+      <c r="F107" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="D107" s="10"/>
-[...1 lines deleted...]
-      <c r="F107" s="3" t="s">
+      <c r="G107" s="3" t="s">
         <v>901</v>
       </c>
-      <c r="G107" s="3" t="s">
+      <c r="H107" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I107" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="H107" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I107" s="3" t="s">
+      <c r="J107" s="3" t="s">
         <v>903</v>
       </c>
-      <c r="J107" s="3" t="s">
+      <c r="K107" s="4" t="s">
         <v>904</v>
       </c>
-      <c r="K107" s="4" t="s">
+      <c r="L107" s="12" t="s">
         <v>905</v>
       </c>
-      <c r="L107" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M107" s="9"/>
+      <c r="M107" s="10"/>
       <c r="N107" s="3"/>
       <c r="O107" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="P107" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q107" s="3" t="s">
         <v>907</v>
       </c>
-      <c r="P107" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q107" s="3" t="s">
+    </row>
+    <row r="108" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A108" s="13" t="s">
         <v>908</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A108" s="12" t="s">
+      <c r="B108" s="10"/>
+      <c r="C108" s="13" t="s">
         <v>909</v>
       </c>
-      <c r="B108" s="9"/>
-      <c r="C108" s="12" t="s">
+      <c r="D108" s="11"/>
+      <c r="E108" s="10"/>
+      <c r="F108" s="5" t="s">
         <v>910</v>
-      </c>
-[...3 lines deleted...]
-        <v>911</v>
       </c>
       <c r="G108" s="5" t="s">
         <v>413</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="J108" s="5" t="s">
         <v>912</v>
       </c>
-      <c r="J108" s="5" t="s">
+      <c r="K108" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L108" s="13" t="s">
         <v>913</v>
       </c>
-      <c r="K108" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M108" s="9"/>
+      <c r="M108" s="10"/>
       <c r="N108" s="5"/>
       <c r="O108" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="P108" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q108" s="5" t="s">
         <v>915</v>
       </c>
-      <c r="P108" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q108" s="5" t="s">
+    </row>
+    <row r="109" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A109" s="12" t="s">
         <v>916</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A109" s="11" t="s">
+      <c r="B109" s="10"/>
+      <c r="C109" s="12" t="s">
         <v>917</v>
       </c>
-      <c r="B109" s="9"/>
-      <c r="C109" s="11" t="s">
+      <c r="D109" s="11"/>
+      <c r="E109" s="10"/>
+      <c r="F109" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="D109" s="10"/>
-[...1 lines deleted...]
-      <c r="F109" s="3" t="s">
+      <c r="G109" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H109" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I109" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="G109" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I109" s="3" t="s">
+      <c r="J109" s="3" t="s">
         <v>920</v>
       </c>
-      <c r="J109" s="3" t="s">
+      <c r="K109" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L109" s="12" t="s">
         <v>921</v>
       </c>
-      <c r="K109" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M109" s="9"/>
+      <c r="M109" s="10"/>
       <c r="N109" s="3"/>
       <c r="O109" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="P109" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q109" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="P109" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q109" s="3" t="s">
+    </row>
+    <row r="110" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A110" s="13" t="s">
         <v>924</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A110" s="12" t="s">
+      <c r="B110" s="10"/>
+      <c r="C110" s="13" t="s">
         <v>925</v>
       </c>
-      <c r="B110" s="9"/>
-      <c r="C110" s="12" t="s">
+      <c r="D110" s="11"/>
+      <c r="E110" s="10"/>
+      <c r="F110" s="5" t="s">
         <v>926</v>
-      </c>
-[...3 lines deleted...]
-        <v>927</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="J110" s="5" t="s">
         <v>928</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="K110" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L110" s="13" t="s">
         <v>929</v>
       </c>
-      <c r="K110" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M110" s="9"/>
+      <c r="M110" s="10"/>
       <c r="N110" s="5"/>
       <c r="O110" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="P110" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q110" s="5" t="s">
         <v>931</v>
       </c>
-      <c r="P110" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q110" s="5" t="s">
+    </row>
+    <row r="111" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A111" s="12" t="s">
         <v>932</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A111" s="11" t="s">
+      <c r="B111" s="10"/>
+      <c r="C111" s="12" t="s">
         <v>933</v>
       </c>
-      <c r="B111" s="9"/>
-      <c r="C111" s="11" t="s">
+      <c r="D111" s="11"/>
+      <c r="E111" s="10"/>
+      <c r="F111" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="D111" s="10"/>
-[...1 lines deleted...]
-      <c r="F111" s="3" t="s">
+      <c r="G111" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H111" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I111" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="G111" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I111" s="3" t="s">
+      <c r="J111" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="J111" s="3" t="s">
+      <c r="K111" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L111" s="12" t="s">
         <v>937</v>
       </c>
-      <c r="K111" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L111" s="11" t="s">
+      <c r="M111" s="10"/>
+      <c r="N111" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="M111" s="9"/>
-      <c r="N111" s="3" t="s">
+      <c r="O111" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="O111" s="3" t="s">
+      <c r="P111" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q111" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="P111" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q111" s="3" t="s">
+    </row>
+    <row r="112" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A112" s="13" t="s">
         <v>941</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A112" s="12" t="s">
+      <c r="B112" s="10"/>
+      <c r="C112" s="13" t="s">
         <v>942</v>
       </c>
-      <c r="B112" s="9"/>
-      <c r="C112" s="12" t="s">
+      <c r="D112" s="11"/>
+      <c r="E112" s="10"/>
+      <c r="F112" s="5" t="s">
         <v>943</v>
       </c>
-      <c r="D112" s="10"/>
-[...1 lines deleted...]
-      <c r="F112" s="5" t="s">
+      <c r="G112" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" s="5" t="s">
         <v>944</v>
       </c>
-      <c r="G112" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I112" s="5" t="s">
+      <c r="J112" s="5" t="s">
         <v>945</v>
       </c>
-      <c r="J112" s="5" t="s">
+      <c r="K112" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L112" s="13" t="s">
         <v>946</v>
       </c>
-      <c r="K112" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M112" s="9"/>
+      <c r="M112" s="10"/>
       <c r="N112" s="5"/>
       <c r="O112" s="5" t="s">
         <v>62</v>
       </c>
       <c r="P112" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q112" s="5" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A113" s="12" t="s">
         <v>948</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A113" s="11" t="s">
+      <c r="B113" s="10"/>
+      <c r="C113" s="12" t="s">
         <v>949</v>
       </c>
-      <c r="B113" s="9"/>
-      <c r="C113" s="11" t="s">
+      <c r="D113" s="11"/>
+      <c r="E113" s="10"/>
+      <c r="F113" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="D113" s="10"/>
-[...1 lines deleted...]
-      <c r="F113" s="3" t="s">
+      <c r="G113" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="G113" s="3" t="s">
+      <c r="H113" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I113" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="H113" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I113" s="3" t="s">
+      <c r="J113" s="3" t="s">
         <v>953</v>
       </c>
-      <c r="J113" s="3" t="s">
+      <c r="K113" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L113" s="12" t="s">
         <v>954</v>
       </c>
-      <c r="K113" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M113" s="9"/>
+      <c r="M113" s="10"/>
       <c r="N113" s="3"/>
       <c r="O113" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="P113" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q113" s="3" t="s">
         <v>956</v>
       </c>
-      <c r="P113" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q113" s="3" t="s">
+    </row>
+    <row r="114" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A114" s="13" t="s">
         <v>957</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A114" s="12" t="s">
+      <c r="B114" s="10"/>
+      <c r="C114" s="13" t="s">
         <v>958</v>
       </c>
-      <c r="B114" s="9"/>
-      <c r="C114" s="12" t="s">
+      <c r="D114" s="11"/>
+      <c r="E114" s="10"/>
+      <c r="F114" s="5" t="s">
         <v>959</v>
       </c>
-      <c r="D114" s="10"/>
-[...1 lines deleted...]
-      <c r="F114" s="5" t="s">
+      <c r="G114" s="5" t="s">
         <v>960</v>
       </c>
-      <c r="G114" s="5" t="s">
+      <c r="H114" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I114" s="5" t="s">
         <v>961</v>
       </c>
-      <c r="H114" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I114" s="5" t="s">
+      <c r="J114" s="5" t="s">
         <v>962</v>
       </c>
-      <c r="J114" s="5" t="s">
+      <c r="K114" s="6" t="s">
         <v>963</v>
       </c>
-      <c r="K114" s="6" t="s">
+      <c r="L114" s="13" t="s">
         <v>964</v>
       </c>
-      <c r="L114" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M114" s="9"/>
+      <c r="M114" s="10"/>
       <c r="N114" s="5"/>
       <c r="O114" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="P114" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q114" s="5" t="s">
         <v>966</v>
       </c>
-      <c r="P114" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q114" s="5" t="s">
+    </row>
+    <row r="115" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A115" s="12" t="s">
         <v>967</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A115" s="11" t="s">
+      <c r="B115" s="10"/>
+      <c r="C115" s="12" t="s">
         <v>968</v>
       </c>
-      <c r="B115" s="9"/>
-      <c r="C115" s="11" t="s">
+      <c r="D115" s="11"/>
+      <c r="E115" s="10"/>
+      <c r="F115" s="3" t="s">
         <v>969</v>
       </c>
-      <c r="D115" s="10"/>
-[...1 lines deleted...]
-      <c r="F115" s="3" t="s">
+      <c r="G115" s="3" t="s">
         <v>970</v>
       </c>
-      <c r="G115" s="3" t="s">
+      <c r="H115" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I115" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="H115" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I115" s="3" t="s">
+      <c r="J115" s="3" t="s">
         <v>972</v>
       </c>
-      <c r="J115" s="3" t="s">
+      <c r="K115" s="4" t="s">
         <v>973</v>
       </c>
-      <c r="K115" s="4" t="s">
+      <c r="L115" s="12" t="s">
         <v>974</v>
       </c>
-      <c r="L115" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M115" s="9"/>
+      <c r="M115" s="10"/>
       <c r="N115" s="3"/>
       <c r="O115" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="P115" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q115" s="3" t="s">
         <v>976</v>
       </c>
-      <c r="P115" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q115" s="3" t="s">
+    </row>
+    <row r="116" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A116" s="13" t="s">
         <v>977</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A116" s="12" t="s">
+      <c r="B116" s="10"/>
+      <c r="C116" s="13" t="s">
         <v>978</v>
       </c>
-      <c r="B116" s="9"/>
-[...4 lines deleted...]
-      <c r="E116" s="9"/>
+      <c r="D116" s="11"/>
+      <c r="E116" s="10"/>
       <c r="F116" s="5" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="G116" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="J116" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L116" s="13" t="s">
         <v>980</v>
       </c>
-      <c r="K116" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M116" s="9"/>
+      <c r="M116" s="10"/>
       <c r="N116" s="5"/>
       <c r="O116" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="P116" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q116" s="5" t="s">
         <v>982</v>
       </c>
-      <c r="P116" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q116" s="5" t="s">
+    </row>
+    <row r="117" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A117" s="12" t="s">
         <v>983</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A117" s="11" t="s">
+      <c r="B117" s="10"/>
+      <c r="C117" s="12" t="s">
         <v>984</v>
       </c>
-      <c r="B117" s="9"/>
-      <c r="C117" s="11" t="s">
+      <c r="D117" s="11"/>
+      <c r="E117" s="10"/>
+      <c r="F117" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="D117" s="10"/>
-[...1 lines deleted...]
-      <c r="F117" s="3" t="s">
+      <c r="G117" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="H117" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I117" s="3" t="s">
         <v>986</v>
       </c>
-      <c r="G117" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I117" s="3" t="s">
+      <c r="J117" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="J117" s="3" t="s">
+      <c r="K117" s="4" t="s">
         <v>988</v>
       </c>
-      <c r="K117" s="4" t="s">
+      <c r="L117" s="12" t="s">
         <v>989</v>
       </c>
-      <c r="L117" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M117" s="9"/>
+      <c r="M117" s="10"/>
       <c r="N117" s="3"/>
       <c r="O117" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="P117" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q117" s="3" t="s">
         <v>991</v>
       </c>
-      <c r="P117" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q117" s="3" t="s">
+    </row>
+    <row r="118" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A118" s="13" t="s">
         <v>992</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A118" s="12" t="s">
+      <c r="B118" s="10"/>
+      <c r="C118" s="13" t="s">
         <v>993</v>
       </c>
-      <c r="B118" s="9"/>
-      <c r="C118" s="12" t="s">
+      <c r="D118" s="11"/>
+      <c r="E118" s="10"/>
+      <c r="F118" s="5" t="s">
         <v>994</v>
       </c>
-      <c r="D118" s="10"/>
-[...1 lines deleted...]
-      <c r="F118" s="5" t="s">
+      <c r="G118" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I118" s="5" t="s">
         <v>995</v>
       </c>
-      <c r="G118" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I118" s="5" t="s">
+      <c r="J118" s="5" t="s">
         <v>996</v>
       </c>
-      <c r="J118" s="5" t="s">
+      <c r="K118" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L118" s="13" t="s">
         <v>997</v>
       </c>
-      <c r="K118" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L118" s="12" t="s">
+      <c r="M118" s="10"/>
+      <c r="N118" s="5" t="s">
         <v>998</v>
       </c>
-      <c r="M118" s="9"/>
-      <c r="N118" s="5" t="s">
+      <c r="O118" s="5" t="s">
         <v>999</v>
       </c>
-      <c r="O118" s="5" t="s">
+      <c r="P118" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q118" s="5" t="s">
         <v>1000</v>
       </c>
-      <c r="P118" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q118" s="5" t="s">
+    </row>
+    <row r="119" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A119" s="12" t="s">
         <v>1001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A119" s="11" t="s">
+      <c r="B119" s="10"/>
+      <c r="C119" s="12" t="s">
         <v>1002</v>
       </c>
-      <c r="B119" s="9"/>
-      <c r="C119" s="11" t="s">
+      <c r="D119" s="11"/>
+      <c r="E119" s="10"/>
+      <c r="F119" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="D119" s="10"/>
-[...1 lines deleted...]
-      <c r="F119" s="3" t="s">
+      <c r="G119" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="G119" s="3" t="s">
+      <c r="H119" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I119" s="3" t="s">
         <v>1005</v>
       </c>
-      <c r="H119" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I119" s="3" t="s">
+      <c r="J119" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="J119" s="3" t="s">
+      <c r="K119" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L119" s="12" t="s">
         <v>1007</v>
       </c>
-      <c r="K119" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M119" s="9"/>
+      <c r="M119" s="10"/>
       <c r="N119" s="3"/>
       <c r="O119" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P119" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q119" s="3" t="s">
         <v>1009</v>
       </c>
-      <c r="P119" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q119" s="3" t="s">
+    </row>
+    <row r="120" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A120" s="13" t="s">
         <v>1010</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A120" s="12" t="s">
+      <c r="B120" s="10"/>
+      <c r="C120" s="13" t="s">
         <v>1011</v>
       </c>
-      <c r="B120" s="9"/>
-      <c r="C120" s="12" t="s">
+      <c r="D120" s="11"/>
+      <c r="E120" s="10"/>
+      <c r="F120" s="5" t="s">
         <v>1012</v>
-      </c>
-[...3 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="G120" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J120" s="5" t="s">
         <v>1014</v>
       </c>
-      <c r="J120" s="5" t="s">
+      <c r="K120" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L120" s="13" t="s">
         <v>1015</v>
       </c>
-      <c r="K120" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M120" s="9"/>
+      <c r="M120" s="10"/>
       <c r="N120" s="5"/>
       <c r="O120" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P120" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q120" s="5" t="s">
         <v>1017</v>
       </c>
-      <c r="P120" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q120" s="5" t="s">
+    </row>
+    <row r="121" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A121" s="12" t="s">
         <v>1018</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A121" s="11" t="s">
+      <c r="B121" s="10"/>
+      <c r="C121" s="12" t="s">
         <v>1019</v>
       </c>
-      <c r="B121" s="9"/>
-      <c r="C121" s="11" t="s">
+      <c r="D121" s="11"/>
+      <c r="E121" s="10"/>
+      <c r="F121" s="3" t="s">
         <v>1020</v>
-      </c>
-[...3 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H121" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="J121" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="J121" s="3" t="s">
+      <c r="K121" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L121" s="12" t="s">
         <v>1023</v>
       </c>
-      <c r="K121" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M121" s="9"/>
+      <c r="M121" s="10"/>
       <c r="N121" s="3"/>
       <c r="O121" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P121" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q121" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="P121" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q121" s="3" t="s">
+    </row>
+    <row r="122" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A122" s="13" t="s">
         <v>1026</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A122" s="12" t="s">
+      <c r="B122" s="10"/>
+      <c r="C122" s="13" t="s">
         <v>1027</v>
       </c>
-      <c r="B122" s="9"/>
-[...4 lines deleted...]
-      <c r="E122" s="9"/>
+      <c r="D122" s="11"/>
+      <c r="E122" s="10"/>
       <c r="F122" s="5" t="s">
         <v>458</v>
       </c>
       <c r="G122" s="5" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>460</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>461</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L122" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M122" s="9"/>
+      <c r="L122" s="13" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M122" s="10"/>
       <c r="N122" s="5"/>
       <c r="O122" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P122" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q122" s="5" t="s">
         <v>1031</v>
       </c>
-      <c r="P122" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q122" s="5" t="s">
+    </row>
+    <row r="123" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A123" s="12" t="s">
         <v>1032</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A123" s="11" t="s">
+      <c r="B123" s="10"/>
+      <c r="C123" s="12" t="s">
         <v>1033</v>
       </c>
-      <c r="B123" s="9"/>
-      <c r="C123" s="11" t="s">
+      <c r="D123" s="11"/>
+      <c r="E123" s="10"/>
+      <c r="F123" s="3" t="s">
         <v>1034</v>
       </c>
-      <c r="D123" s="10"/>
-[...1 lines deleted...]
-      <c r="F123" s="3" t="s">
+      <c r="G123" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="G123" s="3" t="s">
+      <c r="H123" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I123" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="H123" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I123" s="3" t="s">
+      <c r="J123" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="J123" s="3" t="s">
+      <c r="K123" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L123" s="12" t="s">
         <v>1038</v>
       </c>
-      <c r="K123" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M123" s="9"/>
+      <c r="M123" s="10"/>
       <c r="N123" s="3"/>
       <c r="O123" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="P123" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q123" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="P123" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q123" s="3" t="s">
+    </row>
+    <row r="124" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A124" s="13" t="s">
         <v>1041</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A124" s="12" t="s">
+      <c r="B124" s="10"/>
+      <c r="C124" s="13" t="s">
         <v>1042</v>
       </c>
-      <c r="B124" s="9"/>
-[...4 lines deleted...]
-      <c r="E124" s="9"/>
+      <c r="D124" s="11"/>
+      <c r="E124" s="10"/>
       <c r="F124" s="5" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="G124" s="5" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="J124" s="5" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="L124" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M124" s="9"/>
+      <c r="L124" s="13" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M124" s="10"/>
       <c r="N124" s="5" t="s">
         <v>98</v>
       </c>
       <c r="O124" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P124" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q124" s="5" t="s">
         <v>1045</v>
       </c>
-      <c r="P124" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q124" s="5" t="s">
+    </row>
+    <row r="125" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A125" s="12" t="s">
         <v>1046</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A125" s="11" t="s">
+      <c r="B125" s="10"/>
+      <c r="C125" s="12" t="s">
         <v>1047</v>
       </c>
-      <c r="B125" s="9"/>
-      <c r="C125" s="11" t="s">
+      <c r="D125" s="11"/>
+      <c r="E125" s="10"/>
+      <c r="F125" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="D125" s="10"/>
-[...1 lines deleted...]
-      <c r="F125" s="3" t="s">
+      <c r="G125" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="H125" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I125" s="3" t="s">
         <v>1049</v>
       </c>
-      <c r="G125" s="3" t="s">
+      <c r="J125" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="H125" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I125" s="3" t="s">
+      <c r="K125" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L125" s="12" t="s">
         <v>1051</v>
       </c>
-      <c r="J125" s="3" t="s">
-[...8 lines deleted...]
-      <c r="M125" s="9"/>
+      <c r="M125" s="10"/>
       <c r="N125" s="3"/>
       <c r="O125" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P125" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q125" s="3" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A126" s="13" t="s">
         <v>1054</v>
       </c>
-      <c r="P125" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q125" s="3" t="s">
+      <c r="B126" s="10"/>
+      <c r="C126" s="13" t="s">
         <v>1055</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A126" s="12" t="s">
+      <c r="D126" s="11"/>
+      <c r="E126" s="10"/>
+      <c r="F126" s="5" t="s">
         <v>1056</v>
       </c>
-      <c r="B126" s="9"/>
-      <c r="C126" s="12" t="s">
+      <c r="G126" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H126" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I126" s="5" t="s">
         <v>1057</v>
       </c>
-      <c r="D126" s="10"/>
-[...1 lines deleted...]
-      <c r="F126" s="5" t="s">
+      <c r="J126" s="5" t="s">
         <v>1058</v>
       </c>
-      <c r="G126" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I126" s="5" t="s">
+      <c r="K126" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="L126" s="13" t="s">
         <v>1059</v>
       </c>
-      <c r="J126" s="5" t="s">
-[...8 lines deleted...]
-      <c r="M126" s="9"/>
+      <c r="M126" s="10"/>
       <c r="N126" s="5"/>
       <c r="O126" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="P126" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q126" s="5" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A127" s="12" t="s">
         <v>1062</v>
       </c>
-      <c r="P126" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q126" s="5" t="s">
+      <c r="B127" s="10"/>
+      <c r="C127" s="12" t="s">
         <v>1063</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A127" s="11" t="s">
+      <c r="D127" s="11"/>
+      <c r="E127" s="10"/>
+      <c r="F127" s="3" t="s">
         <v>1064</v>
       </c>
-      <c r="B127" s="9"/>
-      <c r="C127" s="11" t="s">
+      <c r="G127" s="3" t="s">
         <v>1065</v>
       </c>
-      <c r="D127" s="10"/>
-[...1 lines deleted...]
-      <c r="F127" s="3" t="s">
+      <c r="H127" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I127" s="3" t="s">
         <v>1066</v>
       </c>
-      <c r="G127" s="3" t="s">
+      <c r="J127" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="H127" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I127" s="3" t="s">
+      <c r="K127" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L127" s="12" t="s">
         <v>1068</v>
       </c>
-      <c r="J127" s="3" t="s">
-[...8 lines deleted...]
-      <c r="M127" s="9"/>
+      <c r="M127" s="10"/>
       <c r="N127" s="3"/>
       <c r="O127" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P127" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q127" s="3" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A128" s="13" t="s">
         <v>1071</v>
       </c>
-      <c r="P127" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q127" s="3" t="s">
+      <c r="B128" s="10"/>
+      <c r="C128" s="13" t="s">
         <v>1072</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A128" s="12" t="s">
+      <c r="D128" s="11"/>
+      <c r="E128" s="10"/>
+      <c r="F128" s="5" t="s">
         <v>1073</v>
       </c>
-      <c r="B128" s="9"/>
-      <c r="C128" s="12" t="s">
+      <c r="G128" s="5" t="s">
         <v>1074</v>
       </c>
-      <c r="D128" s="10"/>
-[...1 lines deleted...]
-      <c r="F128" s="5" t="s">
+      <c r="H128" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I128" s="5" t="s">
         <v>1075</v>
       </c>
-      <c r="G128" s="5" t="s">
+      <c r="J128" s="5" t="s">
         <v>1076</v>
-      </c>
-[...7 lines deleted...]
-        <v>1078</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>362</v>
       </c>
-      <c r="L128" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M128" s="9"/>
+      <c r="L128" s="13" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M128" s="10"/>
       <c r="N128" s="5"/>
       <c r="O128" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P128" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q128" s="5" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A129" s="12" t="s">
         <v>1080</v>
       </c>
-      <c r="P128" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q128" s="5" t="s">
+      <c r="B129" s="10"/>
+      <c r="C129" s="12" t="s">
         <v>1081</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A129" s="11" t="s">
+      <c r="D129" s="11"/>
+      <c r="E129" s="10"/>
+      <c r="F129" s="3" t="s">
         <v>1082</v>
-      </c>
-[...7 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H129" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="J129" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K129" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L129" s="12" t="s">
         <v>1085</v>
       </c>
-      <c r="J129" s="3" t="s">
-[...8 lines deleted...]
-      <c r="M129" s="9"/>
+      <c r="M129" s="10"/>
       <c r="N129" s="3"/>
       <c r="O129" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P129" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q129" s="3" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A130" s="13" t="s">
         <v>1088</v>
       </c>
-      <c r="P129" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q129" s="3" t="s">
+      <c r="B130" s="10"/>
+      <c r="C130" s="13" t="s">
         <v>1089</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A130" s="12" t="s">
+      <c r="D130" s="11"/>
+      <c r="E130" s="10"/>
+      <c r="F130" s="5" t="s">
         <v>1090</v>
-      </c>
-[...7 lines deleted...]
-        <v>1092</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L130" s="13" t="s">
         <v>1093</v>
       </c>
-      <c r="J130" s="5" t="s">
-[...8 lines deleted...]
-      <c r="M130" s="9"/>
+      <c r="M130" s="10"/>
       <c r="N130" s="5"/>
       <c r="O130" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P130" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q130" s="5" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A131" s="12" t="s">
         <v>1096</v>
       </c>
-      <c r="P130" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q130" s="5" t="s">
+      <c r="B131" s="10"/>
+      <c r="C131" s="12" t="s">
         <v>1097</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A131" s="11" t="s">
+      <c r="D131" s="11"/>
+      <c r="E131" s="10"/>
+      <c r="F131" s="3" t="s">
         <v>1098</v>
-      </c>
-[...7 lines deleted...]
-        <v>1100</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H131" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J131" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K131" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L131" s="12" t="s">
         <v>1101</v>
       </c>
-      <c r="J131" s="3" t="s">
-[...8 lines deleted...]
-      <c r="M131" s="9"/>
+      <c r="M131" s="10"/>
       <c r="N131" s="3"/>
       <c r="O131" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P131" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q131" s="3" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A132" s="13" t="s">
         <v>1104</v>
       </c>
-      <c r="P131" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q131" s="3" t="s">
+      <c r="B132" s="10"/>
+      <c r="C132" s="13" t="s">
         <v>1105</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A132" s="12" t="s">
+      <c r="D132" s="11"/>
+      <c r="E132" s="10"/>
+      <c r="F132" s="5" t="s">
         <v>1106</v>
-      </c>
-[...7 lines deleted...]
-        <v>1108</v>
       </c>
       <c r="G132" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L132" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M132" s="9"/>
+      <c r="L132" s="13" t="s">
+        <v>1108</v>
+      </c>
+      <c r="M132" s="10"/>
       <c r="N132" s="5"/>
       <c r="O132" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="P132" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q132" s="5" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A133" s="12" t="s">
         <v>1111</v>
       </c>
-      <c r="P132" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q132" s="5" t="s">
+      <c r="B133" s="10"/>
+      <c r="C133" s="12" t="s">
         <v>1112</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A133" s="11" t="s">
+      <c r="D133" s="11"/>
+      <c r="E133" s="10"/>
+      <c r="F133" s="3" t="s">
         <v>1113</v>
       </c>
-      <c r="B133" s="9"/>
-      <c r="C133" s="11" t="s">
+      <c r="G133" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H133" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I133" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="D133" s="10"/>
-[...1 lines deleted...]
-      <c r="F133" s="3" t="s">
+      <c r="J133" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="G133" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I133" s="3" t="s">
+      <c r="K133" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L133" s="12" t="s">
         <v>1116</v>
       </c>
-      <c r="J133" s="3" t="s">
-[...8 lines deleted...]
-      <c r="M133" s="9"/>
+      <c r="M133" s="10"/>
       <c r="N133" s="3"/>
       <c r="O133" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P133" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q133" s="3" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A134" s="13" t="s">
         <v>1119</v>
       </c>
-      <c r="P133" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q133" s="3" t="s">
+      <c r="B134" s="10"/>
+      <c r="C134" s="13" t="s">
         <v>1120</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A134" s="12" t="s">
+      <c r="D134" s="11"/>
+      <c r="E134" s="10"/>
+      <c r="F134" s="5" t="s">
         <v>1121</v>
       </c>
-      <c r="B134" s="9"/>
-      <c r="C134" s="12" t="s">
+      <c r="G134" s="5" t="s">
         <v>1122</v>
       </c>
-      <c r="D134" s="10"/>
-[...1 lines deleted...]
-      <c r="F134" s="5" t="s">
+      <c r="H134" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I134" s="5" t="s">
         <v>1123</v>
       </c>
-      <c r="G134" s="5" t="s">
+      <c r="J134" s="5" t="s">
         <v>1124</v>
       </c>
-      <c r="H134" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I134" s="5" t="s">
+      <c r="K134" s="6" t="s">
         <v>1125</v>
       </c>
-      <c r="J134" s="5" t="s">
+      <c r="L134" s="13" t="s">
         <v>1126</v>
       </c>
-      <c r="K134" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M134" s="9"/>
+      <c r="M134" s="10"/>
       <c r="N134" s="5"/>
       <c r="O134" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="P134" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q134" s="5" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A135" s="12" t="s">
         <v>1129</v>
       </c>
-      <c r="P134" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q134" s="5" t="s">
+      <c r="B135" s="10"/>
+      <c r="C135" s="12" t="s">
         <v>1130</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E135" s="9"/>
+      <c r="D135" s="11"/>
+      <c r="E135" s="10"/>
       <c r="F135" s="3" t="s">
         <v>348</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="H135" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="3" t="s">
         <v>350</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>351</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>1134</v>
-[...4 lines deleted...]
-      <c r="M135" s="9"/>
+        <v>1132</v>
+      </c>
+      <c r="L135" s="12" t="s">
+        <v>1133</v>
+      </c>
+      <c r="M135" s="10"/>
       <c r="N135" s="3"/>
       <c r="O135" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P135" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q135" s="3" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A136" s="13" t="s">
         <v>1136</v>
       </c>
-      <c r="P135" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q135" s="3" t="s">
+      <c r="B136" s="10"/>
+      <c r="C136" s="13" t="s">
         <v>1137</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A136" s="12" t="s">
+      <c r="D136" s="11"/>
+      <c r="E136" s="10"/>
+      <c r="F136" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="J136" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="K136" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="L136" s="13" t="s">
         <v>1138</v>
       </c>
-      <c r="B136" s="9"/>
-[...26 lines deleted...]
-      <c r="M136" s="9"/>
+      <c r="M136" s="10"/>
       <c r="N136" s="5"/>
       <c r="O136" s="5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P136" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q136" s="5" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A137" s="12" t="s">
         <v>1141</v>
       </c>
-      <c r="P136" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q136" s="5" t="s">
+      <c r="B137" s="10"/>
+      <c r="C137" s="12" t="s">
         <v>1142</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A137" s="11" t="s">
+      <c r="D137" s="11"/>
+      <c r="E137" s="10"/>
+      <c r="F137" s="3" t="s">
         <v>1143</v>
-      </c>
-[...7 lines deleted...]
-        <v>1145</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>257</v>
       </c>
       <c r="H137" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I137" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J137" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K137" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L137" s="12" t="s">
         <v>1146</v>
       </c>
-      <c r="J137" s="3" t="s">
+      <c r="M137" s="10"/>
+      <c r="N137" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="K137" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L137" s="11" t="s">
+      <c r="O137" s="3" t="s">
         <v>1148</v>
       </c>
-      <c r="M137" s="9"/>
-      <c r="N137" s="3" t="s">
+      <c r="P137" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q137" s="3" t="s">
         <v>1149</v>
       </c>
-      <c r="O137" s="3" t="s">
+    </row>
+    <row r="138" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A138" s="13" t="s">
         <v>1150</v>
       </c>
-      <c r="P137" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q137" s="3" t="s">
+      <c r="B138" s="10"/>
+      <c r="C138" s="13" t="s">
         <v>1151</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A138" s="12" t="s">
+      <c r="D138" s="11"/>
+      <c r="E138" s="10"/>
+      <c r="F138" s="5" t="s">
         <v>1152</v>
-      </c>
-[...7 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="G138" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I138" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="K138" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L138" s="13" t="s">
         <v>1155</v>
       </c>
-      <c r="J138" s="5" t="s">
-[...8 lines deleted...]
-      <c r="M138" s="9"/>
+      <c r="M138" s="10"/>
       <c r="N138" s="5"/>
       <c r="O138" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P138" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q138" s="5" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A139" s="12" t="s">
         <v>1158</v>
       </c>
-      <c r="P138" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q138" s="5" t="s">
+      <c r="B139" s="10"/>
+      <c r="C139" s="12" t="s">
         <v>1159</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E139" s="9"/>
+      <c r="D139" s="11"/>
+      <c r="E139" s="10"/>
       <c r="F139" s="3" t="s">
-        <v>1162</v>
+        <v>484</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>1163</v>
+        <v>485</v>
       </c>
       <c r="H139" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>486</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>487</v>
       </c>
       <c r="K139" s="4" t="s">
-        <v>488</v>
-[...4 lines deleted...]
-      <c r="M139" s="9"/>
+        <v>20</v>
+      </c>
+      <c r="L139" s="12" t="s">
+        <v>1160</v>
+      </c>
+      <c r="M139" s="10"/>
       <c r="N139" s="3"/>
       <c r="O139" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="P139" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q139" s="3" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A140" s="13" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B140" s="10"/>
+      <c r="C140" s="13" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D140" s="11"/>
+      <c r="E140" s="10"/>
+      <c r="F140" s="5" t="s">
         <v>1165</v>
       </c>
-      <c r="P139" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q139" s="3" t="s">
+      <c r="G140" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I140" s="5" t="s">
         <v>1166</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A140" s="12" t="s">
+      <c r="J140" s="5" t="s">
         <v>1167</v>
       </c>
-      <c r="B140" s="9"/>
-      <c r="C140" s="12" t="s">
+      <c r="K140" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L140" s="13" t="s">
         <v>1168</v>
       </c>
-      <c r="D140" s="10"/>
-[...22 lines deleted...]
-      <c r="M140" s="9"/>
+      <c r="M140" s="10"/>
       <c r="N140" s="5"/>
       <c r="O140" s="5" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="P140" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q140" s="5" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="141" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A141" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E141" s="9"/>
+      <c r="A141" s="12" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B141" s="10"/>
+      <c r="C141" s="12" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D141" s="11"/>
+      <c r="E141" s="10"/>
       <c r="F141" s="3" t="s">
         <v>484</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>721</v>
+        <v>485</v>
       </c>
       <c r="H141" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>486</v>
       </c>
       <c r="J141" s="3" t="s">
-        <v>1177</v>
+        <v>487</v>
       </c>
       <c r="K141" s="4" t="s">
-        <v>488</v>
-[...4 lines deleted...]
-      <c r="M141" s="9"/>
+        <v>20</v>
+      </c>
+      <c r="L141" s="12" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M141" s="10"/>
       <c r="N141" s="3"/>
       <c r="O141" s="3" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="P141" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="142" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A142" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E142" s="9"/>
+      <c r="A142" s="13" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B142" s="10"/>
+      <c r="C142" s="13" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D142" s="11"/>
+      <c r="E142" s="10"/>
       <c r="F142" s="5" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="G142" s="5" t="s">
         <v>266</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>378</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>1184</v>
+        <v>1179</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>1185</v>
-[...4 lines deleted...]
-      <c r="M142" s="9"/>
+        <v>1180</v>
+      </c>
+      <c r="L142" s="13" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M142" s="10"/>
       <c r="N142" s="5"/>
       <c r="O142" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P142" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q142" s="5" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A143" s="12" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B143" s="10"/>
+      <c r="C143" s="12" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D143" s="11"/>
+      <c r="E143" s="10"/>
+      <c r="F143" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G143" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="P142" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q142" s="5" t="s">
+      <c r="H143" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I143" s="3" t="s">
         <v>1188</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A143" s="11" t="s">
+      <c r="J143" s="3" t="s">
         <v>1189</v>
       </c>
-      <c r="B143" s="9"/>
-      <c r="C143" s="11" t="s">
+      <c r="K143" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L143" s="12" t="s">
         <v>1190</v>
       </c>
-      <c r="D143" s="10"/>
-[...1 lines deleted...]
-      <c r="F143" s="3" t="s">
+      <c r="M143" s="10"/>
+      <c r="N143" s="3" t="s">
         <v>1191</v>
       </c>
-      <c r="G143" s="3" t="s">
+      <c r="O143" s="3" t="s">
         <v>1192</v>
       </c>
-      <c r="H143" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I143" s="3" t="s">
+      <c r="P143" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q143" s="3" t="s">
         <v>1193</v>
       </c>
-      <c r="J143" s="3" t="s">
+    </row>
+    <row r="144" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A144" s="13" t="s">
         <v>1194</v>
       </c>
-      <c r="K143" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L143" s="11" t="s">
+      <c r="B144" s="10"/>
+      <c r="C144" s="13" t="s">
         <v>1195</v>
       </c>
-      <c r="M143" s="9"/>
-      <c r="N143" s="3" t="s">
+      <c r="D144" s="11"/>
+      <c r="E144" s="10"/>
+      <c r="F144" s="5" t="s">
         <v>1196</v>
-      </c>
-[...21 lines deleted...]
-        <v>1201</v>
       </c>
       <c r="G144" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="K144" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L144" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M144" s="9"/>
+      <c r="L144" s="13" t="s">
+        <v>1199</v>
+      </c>
+      <c r="M144" s="10"/>
       <c r="N144" s="5"/>
       <c r="O144" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="P144" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q144" s="5" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A145" s="12" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B145" s="10"/>
+      <c r="C145" s="12" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D145" s="11"/>
+      <c r="E145" s="10"/>
+      <c r="F145" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H145" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I145" s="3" t="s">
         <v>1205</v>
       </c>
-      <c r="P144" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q144" s="5" t="s">
+      <c r="J145" s="3" t="s">
         <v>1206</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A145" s="11" t="s">
+      <c r="K145" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L145" s="12" t="s">
         <v>1207</v>
       </c>
-      <c r="B145" s="9"/>
-[...26 lines deleted...]
-      <c r="M145" s="9"/>
+      <c r="M145" s="10"/>
       <c r="N145" s="3"/>
       <c r="O145" s="3" t="s">
-        <v>1213</v>
+        <v>1208</v>
       </c>
       <c r="P145" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>1214</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="146" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A146" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E146" s="9"/>
+      <c r="A146" s="13" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B146" s="10"/>
+      <c r="C146" s="13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D146" s="11"/>
+      <c r="E146" s="10"/>
       <c r="F146" s="5" t="s">
-        <v>1217</v>
+        <v>1212</v>
       </c>
       <c r="G146" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>1218</v>
+        <v>1213</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
       <c r="K146" s="6" t="s">
         <v>406</v>
       </c>
-      <c r="L146" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M146" s="9"/>
+      <c r="L146" s="13" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M146" s="10"/>
       <c r="N146" s="5"/>
       <c r="O146" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P146" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q146" s="5" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A147" s="12" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B147" s="10"/>
+      <c r="C147" s="12" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D147" s="11"/>
+      <c r="E147" s="10"/>
+      <c r="F147" s="3" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G147" s="3" t="s">
         <v>1221</v>
       </c>
-      <c r="P146" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q146" s="5" t="s">
+      <c r="H147" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I147" s="3" t="s">
         <v>1222</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A147" s="11" t="s">
+      <c r="J147" s="3" t="s">
         <v>1223</v>
       </c>
-      <c r="B147" s="9"/>
-      <c r="C147" s="11" t="s">
+      <c r="K147" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L147" s="12" t="s">
         <v>1224</v>
       </c>
-      <c r="D147" s="10"/>
-[...22 lines deleted...]
-      <c r="M147" s="9"/>
+      <c r="M147" s="10"/>
       <c r="N147" s="3"/>
       <c r="O147" s="3" t="s">
-        <v>1230</v>
+        <v>1225</v>
       </c>
       <c r="P147" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="148" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A148" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E148" s="9"/>
+      <c r="A148" s="13" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B148" s="10"/>
+      <c r="C148" s="13" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D148" s="11"/>
+      <c r="E148" s="10"/>
       <c r="F148" s="5" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="G148" s="5" t="s">
         <v>257</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="J148" s="5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K148" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L148" s="13" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M148" s="10"/>
+      <c r="N148" s="5" t="s">
         <v>1147</v>
       </c>
-      <c r="K148" s="6" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="O148" s="5" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="P148" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q148" s="5" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="149" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A149" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E149" s="9"/>
+      <c r="A149" s="12" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B149" s="10"/>
+      <c r="C149" s="12" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D149" s="11"/>
+      <c r="E149" s="10"/>
       <c r="F149" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G149" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="G149" s="3" t="s">
+      <c r="H149" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I149" s="3" t="s">
         <v>1005</v>
       </c>
-      <c r="H149" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I149" s="3" t="s">
+      <c r="J149" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="J149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K149" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L149" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M149" s="9"/>
+      <c r="L149" s="12" t="s">
+        <v>1233</v>
+      </c>
+      <c r="M149" s="10"/>
       <c r="N149" s="3"/>
       <c r="O149" s="3" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="P149" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>1240</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="150" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A150" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E150" s="9"/>
+      <c r="A150" s="13" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B150" s="10"/>
+      <c r="C150" s="13" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D150" s="11"/>
+      <c r="E150" s="10"/>
       <c r="F150" s="5" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="G150" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L150" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M150" s="9"/>
+      <c r="L150" s="13" t="s">
+        <v>1241</v>
+      </c>
+      <c r="M150" s="10"/>
       <c r="N150" s="5"/>
       <c r="O150" s="5" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P150" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q150" s="5" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A151" s="12" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B151" s="10"/>
+      <c r="C151" s="12" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D151" s="11"/>
+      <c r="E151" s="10"/>
+      <c r="F151" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H151" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I151" s="3" t="s">
         <v>1247</v>
       </c>
-      <c r="P150" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q150" s="5" t="s">
+      <c r="J151" s="3" t="s">
         <v>1248</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A151" s="11" t="s">
+      <c r="K151" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L151" s="12" t="s">
         <v>1249</v>
       </c>
-      <c r="B151" s="9"/>
-      <c r="C151" s="11" t="s">
+      <c r="M151" s="10"/>
+      <c r="N151" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="D151" s="10"/>
-[...1 lines deleted...]
-      <c r="F151" s="3" t="s">
+      <c r="O151" s="3" t="s">
         <v>1251</v>
       </c>
-      <c r="G151" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I151" s="3" t="s">
+      <c r="P151" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q151" s="3" t="s">
         <v>1252</v>
       </c>
-      <c r="J151" s="3" t="s">
+    </row>
+    <row r="152" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A152" s="13" t="s">
         <v>1253</v>
       </c>
-      <c r="K151" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L151" s="11" t="s">
+      <c r="B152" s="10"/>
+      <c r="C152" s="13" t="s">
         <v>1254</v>
       </c>
-      <c r="M151" s="9"/>
-      <c r="N151" s="3" t="s">
+      <c r="D152" s="11"/>
+      <c r="E152" s="10"/>
+      <c r="F152" s="5" t="s">
         <v>1255</v>
-      </c>
-[...21 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="G152" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1261</v>
+        <v>1256</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>1262</v>
+        <v>1257</v>
       </c>
       <c r="K152" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L152" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M152" s="9"/>
+      <c r="L152" s="13" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M152" s="10"/>
       <c r="N152" s="5"/>
       <c r="O152" s="5" t="s">
+        <v>1259</v>
+      </c>
+      <c r="P152" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q152" s="5" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A153" s="12" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B153" s="10"/>
+      <c r="C153" s="12" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D153" s="11"/>
+      <c r="E153" s="10"/>
+      <c r="F153" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G153" s="3" t="s">
         <v>1264</v>
       </c>
-      <c r="P152" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q152" s="5" t="s">
+      <c r="H153" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I153" s="3" t="s">
         <v>1265</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A153" s="11" t="s">
+      <c r="J153" s="3" t="s">
         <v>1266</v>
       </c>
-      <c r="B153" s="9"/>
-      <c r="C153" s="11" t="s">
+      <c r="K153" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L153" s="12" t="s">
         <v>1267</v>
       </c>
-      <c r="D153" s="10"/>
-[...22 lines deleted...]
-      <c r="M153" s="9"/>
+      <c r="M153" s="10"/>
       <c r="N153" s="3"/>
       <c r="O153" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="P153" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q153" s="3" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A154" s="13" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B154" s="10"/>
+      <c r="C154" s="13" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D154" s="11"/>
+      <c r="E154" s="10"/>
+      <c r="F154" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G154" s="5" t="s">
         <v>1273</v>
       </c>
-      <c r="P153" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q153" s="3" t="s">
+      <c r="H154" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I154" s="5" t="s">
         <v>1274</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A154" s="12" t="s">
+      <c r="J154" s="5" t="s">
         <v>1275</v>
       </c>
-      <c r="B154" s="9"/>
-      <c r="C154" s="12" t="s">
+      <c r="K154" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L154" s="13" t="s">
         <v>1276</v>
       </c>
-      <c r="D154" s="10"/>
-[...22 lines deleted...]
-      <c r="M154" s="9"/>
+      <c r="M154" s="10"/>
       <c r="N154" s="5"/>
       <c r="O154" s="5" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
       <c r="P154" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q154" s="5" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="155" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A155" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E155" s="9"/>
+      <c r="A155" s="12" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B155" s="10"/>
+      <c r="C155" s="12" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D155" s="11"/>
+      <c r="E155" s="10"/>
       <c r="F155" s="3" t="s">
-        <v>1286</v>
+        <v>1281</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H155" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="3" t="s">
-        <v>1287</v>
+        <v>1282</v>
       </c>
       <c r="J155" s="3" t="s">
-        <v>1288</v>
+        <v>1283</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L155" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M155" s="9"/>
+      <c r="L155" s="12" t="s">
+        <v>1284</v>
+      </c>
+      <c r="M155" s="10"/>
       <c r="N155" s="3"/>
       <c r="O155" s="3" t="s">
-        <v>1290</v>
+        <v>1285</v>
       </c>
       <c r="P155" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>1291</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="156" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A156" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E156" s="9"/>
+      <c r="A156" s="13" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B156" s="10"/>
+      <c r="C156" s="13" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D156" s="11"/>
+      <c r="E156" s="10"/>
       <c r="F156" s="5" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="G156" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="5" t="s">
         <v>378</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L156" s="12" t="s">
+      <c r="L156" s="13" t="s">
         <v>380</v>
       </c>
-      <c r="M156" s="9"/>
+      <c r="M156" s="10"/>
       <c r="N156" s="5" t="s">
         <v>98</v>
       </c>
       <c r="O156" s="5" t="s">
         <v>141</v>
       </c>
       <c r="P156" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q156" s="5" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="157" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A157" s="11" t="s">
+      <c r="A157" s="12" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B157" s="10"/>
+      <c r="C157" s="12" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D157" s="11"/>
+      <c r="E157" s="10"/>
+      <c r="F157" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H157" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J157" s="3" t="s">
+        <v>1293</v>
+      </c>
+      <c r="K157" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L157" s="12" t="s">
         <v>1294</v>
       </c>
-      <c r="B157" s="9"/>
-[...26 lines deleted...]
-      <c r="M157" s="9"/>
+      <c r="M157" s="10"/>
       <c r="N157" s="3"/>
       <c r="O157" s="3" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P157" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q157" s="3" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A158" s="13" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B158" s="10"/>
+      <c r="C158" s="13" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D158" s="11"/>
+      <c r="E158" s="10"/>
+      <c r="F158" s="5" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I158" s="5" t="s">
         <v>1300</v>
       </c>
-      <c r="P157" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q157" s="3" t="s">
+      <c r="J158" s="5" t="s">
         <v>1301</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A158" s="12" t="s">
+      <c r="K158" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L158" s="13" t="s">
         <v>1302</v>
       </c>
-      <c r="B158" s="9"/>
-[...26 lines deleted...]
-      <c r="M158" s="9"/>
+      <c r="M158" s="10"/>
       <c r="N158" s="5"/>
       <c r="O158" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="P158" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q158" s="5" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A159" s="12" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B159" s="10"/>
+      <c r="C159" s="12" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D159" s="11"/>
+      <c r="E159" s="10"/>
+      <c r="F159" s="3" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G159" s="3" t="s">
         <v>1308</v>
       </c>
-      <c r="P158" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q158" s="5" t="s">
+      <c r="H159" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I159" s="3" t="s">
         <v>1309</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A159" s="11" t="s">
+      <c r="J159" s="3" t="s">
         <v>1310</v>
       </c>
-      <c r="B159" s="9"/>
-      <c r="C159" s="11" t="s">
+      <c r="K159" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L159" s="12" t="s">
         <v>1311</v>
       </c>
-      <c r="D159" s="10"/>
-[...22 lines deleted...]
-      <c r="M159" s="9"/>
+      <c r="M159" s="10"/>
       <c r="N159" s="3"/>
       <c r="O159" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="P159" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q159" s="3" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A160" s="13" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B160" s="10"/>
+      <c r="C160" s="13" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D160" s="11"/>
+      <c r="E160" s="10"/>
+      <c r="F160" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="G160" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H160" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="J160" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="K160" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L160" s="13" t="s">
         <v>1317</v>
       </c>
-      <c r="P159" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M160" s="9"/>
+      <c r="M160" s="10"/>
       <c r="N160" s="5"/>
       <c r="O160" s="5" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="P160" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q160" s="5" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="161" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A161" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E161" s="9"/>
+      <c r="A161" s="12" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B161" s="10"/>
+      <c r="C161" s="12" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D161" s="11"/>
+      <c r="E161" s="10"/>
       <c r="F161" s="3" t="s">
         <v>484</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>1327</v>
+        <v>485</v>
       </c>
       <c r="H161" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>486</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>487</v>
       </c>
       <c r="K161" s="4" t="s">
-        <v>1328</v>
-[...4 lines deleted...]
-      <c r="M161" s="9"/>
+        <v>20</v>
+      </c>
+      <c r="L161" s="12" t="s">
+        <v>1322</v>
+      </c>
+      <c r="M161" s="10"/>
       <c r="N161" s="3"/>
       <c r="O161" s="3" t="s">
-        <v>1330</v>
+        <v>1323</v>
       </c>
       <c r="P161" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>1331</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="162" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A162" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E162" s="9"/>
+      <c r="A162" s="13" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B162" s="10"/>
+      <c r="C162" s="13" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D162" s="11"/>
+      <c r="E162" s="10"/>
       <c r="F162" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="G162" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H162" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I162" s="5" t="s">
         <v>844</v>
       </c>
-      <c r="G162" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J162" s="5" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>974</v>
-[...4 lines deleted...]
-      <c r="M162" s="9"/>
+        <v>973</v>
+      </c>
+      <c r="L162" s="13" t="s">
+        <v>1328</v>
+      </c>
+      <c r="M162" s="10"/>
       <c r="N162" s="5"/>
       <c r="O162" s="5" t="s">
-        <v>1336</v>
+        <v>1329</v>
       </c>
       <c r="P162" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q162" s="5" t="s">
-        <v>1337</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="163" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A163" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E163" s="9"/>
+      <c r="A163" s="12" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B163" s="10"/>
+      <c r="C163" s="12" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D163" s="11"/>
+      <c r="E163" s="10"/>
       <c r="F163" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H163" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I163" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="G163" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J163" s="3" t="s">
-        <v>1340</v>
+        <v>1333</v>
       </c>
       <c r="K163" s="4" t="s">
         <v>352</v>
       </c>
-      <c r="L163" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M163" s="9"/>
+      <c r="L163" s="12" t="s">
+        <v>1334</v>
+      </c>
+      <c r="M163" s="10"/>
       <c r="N163" s="3"/>
       <c r="O163" s="3" t="s">
+        <v>1335</v>
+      </c>
+      <c r="P163" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q163" s="3" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A164" s="13" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B164" s="10"/>
+      <c r="C164" s="13" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D164" s="11"/>
+      <c r="E164" s="10"/>
+      <c r="F164" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H164" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="J164" s="5" t="s">
         <v>1342</v>
       </c>
-      <c r="P163" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q163" s="3" t="s">
+      <c r="K164" s="6" t="s">
         <v>1343</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A164" s="12" t="s">
+      <c r="L164" s="13" t="s">
         <v>1344</v>
       </c>
-      <c r="B164" s="9"/>
-[...26 lines deleted...]
-      <c r="M164" s="9"/>
+      <c r="M164" s="10"/>
       <c r="N164" s="5"/>
       <c r="O164" s="5" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
       <c r="P164" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q164" s="5" t="s">
-        <v>1353</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="165" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A165" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E165" s="9"/>
+      <c r="A165" s="12" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B165" s="10"/>
+      <c r="C165" s="12" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D165" s="11"/>
+      <c r="E165" s="10"/>
       <c r="F165" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="G165" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="G165" s="3" t="s">
+      <c r="H165" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I165" s="3" t="s">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>722</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L165" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M165" s="9"/>
+      <c r="L165" s="12" t="s">
+        <v>1349</v>
+      </c>
+      <c r="M165" s="10"/>
       <c r="N165" s="3"/>
       <c r="O165" s="3" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="P165" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>1358</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="166" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A166" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E166" s="9"/>
+      <c r="A166" s="13" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B166" s="10"/>
+      <c r="C166" s="13" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D166" s="11"/>
+      <c r="E166" s="10"/>
       <c r="F166" s="5" t="s">
-        <v>1209</v>
+        <v>1204</v>
       </c>
       <c r="G166" s="5" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1210</v>
+        <v>1205</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>1361</v>
+        <v>1354</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L166" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M166" s="9"/>
+      <c r="L166" s="13" t="s">
+        <v>1355</v>
+      </c>
+      <c r="M166" s="10"/>
       <c r="N166" s="5"/>
       <c r="O166" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P166" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q166" s="5" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A167" s="12" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B167" s="10"/>
+      <c r="C167" s="12" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D167" s="11"/>
+      <c r="E167" s="10"/>
+      <c r="F167" s="3" t="s">
+        <v>1360</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H167" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>1361</v>
+      </c>
+      <c r="J167" s="3" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K167" s="4" t="s">
         <v>1363</v>
       </c>
-      <c r="P166" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q166" s="5" t="s">
+      <c r="L167" s="12" t="s">
         <v>1364</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M167" s="9"/>
+      <c r="M167" s="10"/>
       <c r="N167" s="3"/>
       <c r="O167" s="3" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="P167" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>1373</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="168" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A168" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E168" s="9"/>
+      <c r="A168" s="13" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B168" s="10"/>
+      <c r="C168" s="13" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D168" s="11"/>
+      <c r="E168" s="10"/>
       <c r="F168" s="5" t="s">
-        <v>1376</v>
+        <v>1369</v>
       </c>
       <c r="G168" s="5" t="s">
         <v>450</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1377</v>
+        <v>1370</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>1378</v>
+        <v>1371</v>
       </c>
       <c r="K168" s="6" t="s">
-        <v>1350</v>
-[...4 lines deleted...]
-      <c r="M168" s="9"/>
+        <v>1343</v>
+      </c>
+      <c r="L168" s="13" t="s">
+        <v>1372</v>
+      </c>
+      <c r="M168" s="10"/>
       <c r="N168" s="5"/>
       <c r="O168" s="5" t="s">
-        <v>1380</v>
+        <v>1373</v>
       </c>
       <c r="P168" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q168" s="5" t="s">
-        <v>1381</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="169" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A169" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E169" s="9"/>
+      <c r="A169" s="12" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B169" s="10"/>
+      <c r="C169" s="12" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D169" s="11"/>
+      <c r="E169" s="10"/>
       <c r="F169" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H169" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I169" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="G169" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J169" s="3" t="s">
-        <v>1385</v>
+        <v>1378</v>
       </c>
       <c r="K169" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L169" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M169" s="9"/>
+      <c r="L169" s="12" t="s">
+        <v>1379</v>
+      </c>
+      <c r="M169" s="10"/>
       <c r="N169" s="3"/>
       <c r="O169" s="3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="P169" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q169" s="3" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A170" s="13" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B170" s="10"/>
+      <c r="C170" s="13" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D170" s="11"/>
+      <c r="E170" s="10"/>
+      <c r="F170" s="5" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H170" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1385</v>
+      </c>
+      <c r="J170" s="5" t="s">
+        <v>1386</v>
+      </c>
+      <c r="K170" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L170" s="13" t="s">
         <v>1387</v>
       </c>
-      <c r="P169" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M170" s="9"/>
+      <c r="M170" s="10"/>
       <c r="N170" s="5"/>
       <c r="O170" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P170" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q170" s="5" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A171" s="12" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B171" s="10"/>
+      <c r="C171" s="12" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D171" s="11"/>
+      <c r="E171" s="10"/>
+      <c r="F171" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H171" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J171" s="3" t="s">
+        <v>1394</v>
+      </c>
+      <c r="K171" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L171" s="12" t="s">
         <v>1395</v>
       </c>
-      <c r="P170" s="6" t="s">
-[...37 lines deleted...]
-      <c r="M171" s="9"/>
+      <c r="M171" s="10"/>
       <c r="N171" s="3"/>
       <c r="O171" s="3" t="s">
         <v>231</v>
       </c>
       <c r="P171" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>1403</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="172" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A172" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E172" s="9"/>
+      <c r="A172" s="13" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B172" s="10"/>
+      <c r="C172" s="13" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D172" s="11"/>
+      <c r="E172" s="10"/>
       <c r="F172" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="G172" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="G172" s="5" t="s">
+      <c r="H172" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I172" s="5" t="s">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>722</v>
       </c>
       <c r="J172" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L172" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M172" s="9"/>
+      <c r="L172" s="13" t="s">
+        <v>1399</v>
+      </c>
+      <c r="M172" s="10"/>
       <c r="N172" s="5"/>
       <c r="O172" s="5" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
       <c r="P172" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q172" s="5" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="173" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A173" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E173" s="9"/>
+      <c r="A173" s="12" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B173" s="10"/>
+      <c r="C173" s="12" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D173" s="11"/>
+      <c r="E173" s="10"/>
       <c r="F173" s="3" t="s">
-        <v>1411</v>
+        <v>1404</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>403</v>
       </c>
       <c r="H173" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>1412</v>
+        <v>1405</v>
       </c>
       <c r="J173" s="3" t="s">
-        <v>1413</v>
+        <v>1406</v>
       </c>
       <c r="K173" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L173" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M173" s="9"/>
+      <c r="L173" s="12" t="s">
+        <v>1407</v>
+      </c>
+      <c r="M173" s="10"/>
       <c r="N173" s="3"/>
       <c r="O173" s="3" t="s">
-        <v>1415</v>
+        <v>1408</v>
       </c>
       <c r="P173" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>1416</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="174" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A174" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E174" s="9"/>
+      <c r="A174" s="13" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B174" s="10"/>
+      <c r="C174" s="13" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D174" s="11"/>
+      <c r="E174" s="10"/>
       <c r="F174" s="5" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="G174" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I174" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="J174" s="5" t="s">
         <v>859</v>
       </c>
-      <c r="J174" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K174" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M174" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L174" s="13" t="s">
+        <v>1412</v>
+      </c>
+      <c r="M174" s="10"/>
       <c r="N174" s="5" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="O174" s="5" t="s">
-        <v>1421</v>
+        <v>1414</v>
       </c>
       <c r="P174" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q174" s="5" t="s">
-        <v>1422</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="175" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A175" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E175" s="9"/>
+      <c r="A175" s="12" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B175" s="10"/>
+      <c r="C175" s="12" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D175" s="11"/>
+      <c r="E175" s="10"/>
       <c r="F175" s="3" t="s">
-        <v>1425</v>
+        <v>1418</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H175" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I175" s="3" t="s">
-        <v>1426</v>
+        <v>1419</v>
       </c>
       <c r="J175" s="3" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L175" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M175" s="9"/>
+      <c r="L175" s="12" t="s">
+        <v>1421</v>
+      </c>
+      <c r="M175" s="10"/>
       <c r="N175" s="3"/>
       <c r="O175" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="P175" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q175" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="P175" s="4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="176" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A176" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E176" s="9"/>
+      <c r="A176" s="13" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B176" s="10"/>
+      <c r="C176" s="13" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D176" s="11"/>
+      <c r="E176" s="10"/>
       <c r="F176" s="5" t="s">
-        <v>1431</v>
+        <v>1424</v>
       </c>
       <c r="G176" s="5" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="H176" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1432</v>
+        <v>1425</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>1433</v>
+        <v>1426</v>
       </c>
       <c r="K176" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L176" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M176" s="9"/>
+      <c r="L176" s="13" t="s">
+        <v>1427</v>
+      </c>
+      <c r="M176" s="10"/>
       <c r="N176" s="5"/>
       <c r="O176" s="5" t="s">
-        <v>1435</v>
+        <v>1428</v>
       </c>
       <c r="P176" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q176" s="5" t="s">
-        <v>1436</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="177" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A177" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E177" s="9"/>
+      <c r="A177" s="12" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B177" s="10"/>
+      <c r="C177" s="12" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D177" s="11"/>
+      <c r="E177" s="10"/>
       <c r="F177" s="3" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>1439</v>
+        <v>1432</v>
       </c>
       <c r="H177" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I177" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="J177" s="3" t="s">
         <v>972</v>
       </c>
-      <c r="J177" s="3" t="s">
+      <c r="K177" s="4" t="s">
         <v>973</v>
       </c>
-      <c r="K177" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M177" s="9"/>
+      <c r="L177" s="12" t="s">
+        <v>1433</v>
+      </c>
+      <c r="M177" s="10"/>
       <c r="N177" s="3"/>
       <c r="O177" s="3" t="s">
+        <v>1434</v>
+      </c>
+      <c r="P177" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q177" s="3" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A178" s="13" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B178" s="10"/>
+      <c r="C178" s="13" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D178" s="11"/>
+      <c r="E178" s="10"/>
+      <c r="F178" s="5" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1440</v>
+      </c>
+      <c r="J178" s="5" t="s">
         <v>1441</v>
       </c>
-      <c r="P177" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q177" s="3" t="s">
+      <c r="K178" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="L178" s="13" t="s">
         <v>1442</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M178" s="9"/>
+      <c r="M178" s="10"/>
       <c r="N178" s="5"/>
       <c r="O178" s="5" t="s">
+        <v>1443</v>
+      </c>
+      <c r="P178" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q178" s="5" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A179" s="12" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B179" s="10"/>
+      <c r="C179" s="12" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D179" s="11"/>
+      <c r="E179" s="10"/>
+      <c r="F179" s="3" t="s">
+        <v>1447</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H179" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>1449</v>
+      </c>
+      <c r="J179" s="3" t="s">
         <v>1450</v>
       </c>
-      <c r="P178" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q178" s="5" t="s">
+      <c r="K179" s="4" t="s">
         <v>1451</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A179" s="11" t="s">
+      <c r="L179" s="12" t="s">
         <v>1452</v>
       </c>
-      <c r="B179" s="9"/>
-[...26 lines deleted...]
-      <c r="M179" s="9"/>
+      <c r="M179" s="10"/>
       <c r="N179" s="3"/>
       <c r="O179" s="3" t="s">
-        <v>1460</v>
+        <v>1453</v>
       </c>
       <c r="P179" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>1461</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="180" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A180" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E180" s="9"/>
+      <c r="A180" s="13" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B180" s="10"/>
+      <c r="C180" s="13" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D180" s="11"/>
+      <c r="E180" s="10"/>
       <c r="F180" s="5" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="G180" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H180" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I180" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K180" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L180" s="13" t="s">
+        <v>1457</v>
+      </c>
+      <c r="M180" s="10"/>
+      <c r="N180" s="5" t="s">
         <v>1085</v>
       </c>
-      <c r="J180" s="5" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="O180" s="5" t="s">
-        <v>1465</v>
+        <v>1458</v>
       </c>
       <c r="P180" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q180" s="5" t="s">
-        <v>1466</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="181" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A181" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E181" s="9"/>
+      <c r="A181" s="12" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B181" s="10"/>
+      <c r="C181" s="12" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D181" s="11"/>
+      <c r="E181" s="10"/>
       <c r="F181" s="3" t="s">
-        <v>1469</v>
+        <v>1462</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>477</v>
       </c>
       <c r="H181" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>1470</v>
+        <v>1463</v>
       </c>
       <c r="J181" s="3" t="s">
-        <v>1471</v>
+        <v>1464</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L181" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M181" s="9"/>
+      <c r="L181" s="12" t="s">
+        <v>1465</v>
+      </c>
+      <c r="M181" s="10"/>
       <c r="N181" s="3"/>
       <c r="O181" s="3" t="s">
+        <v>1466</v>
+      </c>
+      <c r="P181" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q181" s="3" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A182" s="13" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B182" s="10"/>
+      <c r="C182" s="13" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D182" s="11"/>
+      <c r="E182" s="10"/>
+      <c r="F182" s="5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H182" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K182" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L182" s="13" t="s">
         <v>1473</v>
       </c>
-      <c r="P181" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M182" s="9"/>
+      <c r="M182" s="10"/>
       <c r="N182" s="5"/>
       <c r="O182" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="P182" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q182" s="5" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A183" s="12" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B183" s="10"/>
+      <c r="C183" s="12" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D183" s="11"/>
+      <c r="E183" s="10"/>
+      <c r="F183" s="3" t="s">
+        <v>1478</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="H183" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="J183" s="3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="K183" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L183" s="12" t="s">
         <v>1481</v>
       </c>
-      <c r="P182" s="6" t="s">
-[...37 lines deleted...]
-      <c r="M183" s="9"/>
+      <c r="M183" s="10"/>
       <c r="N183" s="3"/>
       <c r="O183" s="3" t="s">
+        <v>1482</v>
+      </c>
+      <c r="P183" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q183" s="3" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A184" s="13" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B184" s="10"/>
+      <c r="C184" s="13" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D184" s="11"/>
+      <c r="E184" s="10"/>
+      <c r="F184" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G184" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="J184" s="5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="K184" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L184" s="13" t="s">
         <v>1489</v>
       </c>
-      <c r="P183" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M184" s="9"/>
+      <c r="M184" s="10"/>
       <c r="N184" s="5"/>
       <c r="O184" s="5" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="P184" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q184" s="5" t="s">
-        <v>1498</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="185" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A185" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E185" s="9"/>
+      <c r="A185" s="12" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B185" s="10"/>
+      <c r="C185" s="12" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D185" s="11"/>
+      <c r="E185" s="10"/>
       <c r="F185" s="3" t="s">
-        <v>1501</v>
+        <v>1494</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H185" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
       <c r="J185" s="3" t="s">
-        <v>1503</v>
+        <v>1496</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L185" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M185" s="9"/>
+      <c r="L185" s="12" t="s">
+        <v>1497</v>
+      </c>
+      <c r="M185" s="10"/>
       <c r="N185" s="3"/>
       <c r="O185" s="3" t="s">
+        <v>1498</v>
+      </c>
+      <c r="P185" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q185" s="3" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A186" s="13" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B186" s="10"/>
+      <c r="C186" s="13" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D186" s="11"/>
+      <c r="E186" s="10"/>
+      <c r="F186" s="5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="J186" s="5" t="s">
         <v>1505</v>
       </c>
-      <c r="P185" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q185" s="3" t="s">
+      <c r="K186" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L186" s="13" t="s">
         <v>1506</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M186" s="9"/>
+      <c r="M186" s="10"/>
       <c r="N186" s="5"/>
       <c r="O186" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="P186" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q186" s="5" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A187" s="12" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B187" s="10"/>
+      <c r="C187" s="12" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D187" s="11"/>
+      <c r="E187" s="10"/>
+      <c r="F187" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="H187" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>1512</v>
+      </c>
+      <c r="J187" s="3" t="s">
+        <v>1513</v>
+      </c>
+      <c r="K187" s="4" t="s">
         <v>1514</v>
       </c>
-      <c r="P186" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q186" s="5" t="s">
+      <c r="L187" s="12" t="s">
         <v>1515</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M187" s="9"/>
+      <c r="M187" s="10"/>
       <c r="N187" s="3"/>
       <c r="O187" s="3" t="s">
+        <v>1516</v>
+      </c>
+      <c r="P187" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q187" s="3" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A188" s="13" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B188" s="10"/>
+      <c r="C188" s="13" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D188" s="11"/>
+      <c r="E188" s="10"/>
+      <c r="F188" s="5" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G188" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1521</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="K188" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L188" s="13" t="s">
         <v>1523</v>
       </c>
-      <c r="P187" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M188" s="9"/>
+      <c r="M188" s="10"/>
       <c r="N188" s="5"/>
       <c r="O188" s="5" t="s">
+        <v>1524</v>
+      </c>
+      <c r="P188" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q188" s="5" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A189" s="12" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B189" s="10"/>
+      <c r="C189" s="12" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D189" s="11"/>
+      <c r="E189" s="10"/>
+      <c r="F189" s="3" t="s">
+        <v>1528</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H189" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J189" s="3" t="s">
         <v>1531</v>
       </c>
-      <c r="P188" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q188" s="5" t="s">
+      <c r="K189" s="4" t="s">
+        <v>963</v>
+      </c>
+      <c r="L189" s="12" t="s">
         <v>1532</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M189" s="9"/>
+      <c r="M189" s="10"/>
       <c r="N189" s="3"/>
       <c r="O189" s="3" t="s">
-        <v>1540</v>
+        <v>1533</v>
       </c>
       <c r="P189" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>1541</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="190" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A190" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E190" s="9"/>
+      <c r="A190" s="13" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B190" s="10"/>
+      <c r="C190" s="13" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D190" s="11"/>
+      <c r="E190" s="10"/>
       <c r="F190" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H190" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I190" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="G190" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I190" s="5" t="s">
+      <c r="J190" s="5" t="s">
         <v>729</v>
       </c>
-      <c r="J190" s="5" t="s">
+      <c r="K190" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L190" s="13" t="s">
         <v>730</v>
       </c>
-      <c r="K190" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M190" s="9"/>
+      <c r="M190" s="10"/>
       <c r="N190" s="5"/>
       <c r="O190" s="5" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="P190" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q190" s="5" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A191" s="12" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B191" s="10"/>
+      <c r="C191" s="12" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D191" s="11"/>
+      <c r="E191" s="10"/>
+      <c r="F191" s="3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H191" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="J191" s="3" t="s">
+        <v>1543</v>
+      </c>
+      <c r="K191" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L191" s="12" t="s">
         <v>1544</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M191" s="9"/>
+      <c r="M191" s="10"/>
       <c r="N191" s="3"/>
       <c r="O191" s="3" t="s">
+        <v>1545</v>
+      </c>
+      <c r="P191" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q191" s="3" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A192" s="13" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B192" s="10"/>
+      <c r="C192" s="13" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D192" s="11"/>
+      <c r="E192" s="10"/>
+      <c r="F192" s="5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="G192" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="J192" s="5" t="s">
         <v>1552</v>
       </c>
-      <c r="P191" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q191" s="3" t="s">
+      <c r="K192" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L192" s="13" t="s">
         <v>1553</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M192" s="9"/>
+      <c r="M192" s="10"/>
       <c r="N192" s="5"/>
       <c r="O192" s="5" t="s">
-        <v>1561</v>
+        <v>1554</v>
       </c>
       <c r="P192" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q192" s="5" t="s">
-        <v>1562</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="193" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A193" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E193" s="9"/>
+      <c r="A193" s="12" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B193" s="10"/>
+      <c r="C193" s="12" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D193" s="11"/>
+      <c r="E193" s="10"/>
       <c r="F193" s="3" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="G193" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H193" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I193" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="J193" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="J193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K193" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L193" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M193" s="9"/>
+      <c r="L193" s="12" t="s">
+        <v>1558</v>
+      </c>
+      <c r="M193" s="10"/>
       <c r="N193" s="3"/>
       <c r="O193" s="3" t="s">
+        <v>1559</v>
+      </c>
+      <c r="P193" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q193" s="3" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A194" s="13" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B194" s="10"/>
+      <c r="C194" s="13" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D194" s="11"/>
+      <c r="E194" s="10"/>
+      <c r="F194" s="5" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G194" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J194" s="5" t="s">
         <v>1566</v>
       </c>
-      <c r="P193" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q193" s="3" t="s">
+      <c r="K194" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L194" s="13" t="s">
         <v>1567</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M194" s="9"/>
+      <c r="M194" s="10"/>
       <c r="N194" s="5"/>
       <c r="O194" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="P194" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q194" s="5" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A195" s="12" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B195" s="10"/>
+      <c r="C195" s="12" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D195" s="11"/>
+      <c r="E195" s="10"/>
+      <c r="F195" s="3" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H195" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="J195" s="3" t="s">
+        <v>1574</v>
+      </c>
+      <c r="K195" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L195" s="12" t="s">
         <v>1575</v>
       </c>
-      <c r="P194" s="6" t="s">
-[...37 lines deleted...]
-      <c r="M195" s="9"/>
+      <c r="M195" s="10"/>
       <c r="N195" s="3"/>
       <c r="O195" s="3" t="s">
-        <v>1583</v>
+        <v>1576</v>
       </c>
       <c r="P195" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>1584</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="196" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A196" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E196" s="9"/>
+      <c r="A196" s="13" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B196" s="10"/>
+      <c r="C196" s="13" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D196" s="11"/>
+      <c r="E196" s="10"/>
       <c r="F196" s="5" t="s">
         <v>256</v>
       </c>
       <c r="G196" s="5" t="s">
         <v>257</v>
       </c>
       <c r="H196" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="5" t="s">
         <v>258</v>
       </c>
       <c r="J196" s="5" t="s">
         <v>259</v>
       </c>
       <c r="K196" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L196" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M196" s="9"/>
+      <c r="L196" s="13" t="s">
+        <v>1580</v>
+      </c>
+      <c r="M196" s="10"/>
       <c r="N196" s="5"/>
       <c r="O196" s="5" t="s">
-        <v>1588</v>
+        <v>1581</v>
       </c>
       <c r="P196" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q196" s="5" t="s">
-        <v>1589</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="197" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A197" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E197" s="9"/>
+      <c r="A197" s="12" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B197" s="10"/>
+      <c r="C197" s="12" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D197" s="11"/>
+      <c r="E197" s="10"/>
       <c r="F197" s="3" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>1592</v>
+        <v>1585</v>
       </c>
       <c r="H197" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I197" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="J197" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="J197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K197" s="4" t="s">
-        <v>498</v>
-[...4 lines deleted...]
-      <c r="M197" s="9"/>
+        <v>497</v>
+      </c>
+      <c r="L197" s="12" t="s">
+        <v>1586</v>
+      </c>
+      <c r="M197" s="10"/>
       <c r="N197" s="3"/>
       <c r="O197" s="3" t="s">
-        <v>1594</v>
+        <v>1587</v>
       </c>
       <c r="P197" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>1576</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="198" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A198" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E198" s="9"/>
+      <c r="A198" s="13" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B198" s="10"/>
+      <c r="C198" s="13" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D198" s="11"/>
+      <c r="E198" s="10"/>
       <c r="F198" s="5" t="s">
-        <v>1597</v>
+        <v>1590</v>
       </c>
       <c r="G198" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1598</v>
+        <v>1591</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>1599</v>
+        <v>1592</v>
       </c>
       <c r="K198" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L198" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M198" s="9"/>
+      <c r="L198" s="13" t="s">
+        <v>1593</v>
+      </c>
+      <c r="M198" s="10"/>
       <c r="N198" s="5"/>
       <c r="O198" s="5" t="s">
+        <v>1594</v>
+      </c>
+      <c r="P198" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q198" s="5" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A199" s="12" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B199" s="10"/>
+      <c r="C199" s="12" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D199" s="11"/>
+      <c r="E199" s="10"/>
+      <c r="F199" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H199" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I199" s="3" t="s">
+        <v>1600</v>
+      </c>
+      <c r="J199" s="3" t="s">
         <v>1601</v>
       </c>
-      <c r="P198" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q198" s="5" t="s">
+      <c r="K199" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L199" s="12" t="s">
         <v>1602</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M199" s="9"/>
+      <c r="M199" s="10"/>
       <c r="N199" s="3"/>
       <c r="O199" s="3" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="P199" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>1611</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="200" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A200" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E200" s="9"/>
+      <c r="A200" s="13" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B200" s="10"/>
+      <c r="C200" s="13" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D200" s="11"/>
+      <c r="E200" s="10"/>
       <c r="F200" s="5" t="s">
-        <v>1614</v>
+        <v>1607</v>
       </c>
       <c r="G200" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H200" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>1616</v>
+        <v>1609</v>
       </c>
       <c r="K200" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L200" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M200" s="9"/>
+      <c r="L200" s="13" t="s">
+        <v>1610</v>
+      </c>
+      <c r="M200" s="10"/>
       <c r="N200" s="5"/>
       <c r="O200" s="5" t="s">
+        <v>1611</v>
+      </c>
+      <c r="P200" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q200" s="5" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A201" s="12" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B201" s="10"/>
+      <c r="C201" s="12" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D201" s="11"/>
+      <c r="E201" s="10"/>
+      <c r="F201" s="3" t="s">
+        <v>1615</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H201" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="J201" s="3" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K201" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L201" s="12" t="s">
         <v>1618</v>
       </c>
-      <c r="P200" s="6" t="s">
-[...37 lines deleted...]
-      <c r="M201" s="9"/>
+      <c r="M201" s="10"/>
       <c r="N201" s="3"/>
       <c r="O201" s="3" t="s">
+        <v>1619</v>
+      </c>
+      <c r="P201" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q201" s="3" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A202" s="13" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B202" s="10"/>
+      <c r="C202" s="13" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D202" s="11"/>
+      <c r="E202" s="10"/>
+      <c r="F202" s="5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G202" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H202" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="J202" s="5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K202" s="6" t="s">
+        <v>1514</v>
+      </c>
+      <c r="L202" s="13" t="s">
         <v>1626</v>
       </c>
-      <c r="P201" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M202" s="9"/>
+      <c r="M202" s="10"/>
       <c r="N202" s="5"/>
       <c r="O202" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="P202" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q202" s="5" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A203" s="12" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B203" s="10"/>
+      <c r="C203" s="12" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D203" s="11"/>
+      <c r="E203" s="10"/>
+      <c r="F203" s="3" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H203" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>1633</v>
+      </c>
+      <c r="J203" s="3" t="s">
         <v>1634</v>
       </c>
-      <c r="P202" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q202" s="5" t="s">
+      <c r="K203" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L203" s="12" t="s">
         <v>1635</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M203" s="9"/>
+      <c r="M203" s="10"/>
       <c r="N203" s="3"/>
       <c r="O203" s="3" t="s">
-        <v>1643</v>
+        <v>1636</v>
       </c>
       <c r="P203" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>1644</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="204" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A204" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E204" s="9"/>
+      <c r="A204" s="13" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B204" s="10"/>
+      <c r="C204" s="13" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D204" s="11"/>
+      <c r="E204" s="10"/>
       <c r="F204" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H204" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I204" s="5" t="s">
         <v>944</v>
       </c>
-      <c r="G204" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J204" s="5" t="s">
-        <v>1647</v>
+        <v>1640</v>
       </c>
       <c r="K204" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L204" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M204" s="9"/>
+      <c r="L204" s="13" t="s">
+        <v>1641</v>
+      </c>
+      <c r="M204" s="10"/>
       <c r="N204" s="5"/>
       <c r="O204" s="5" t="s">
-        <v>1649</v>
+        <v>1642</v>
       </c>
       <c r="P204" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q204" s="5" t="s">
-        <v>1650</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="205" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A205" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E205" s="9"/>
+      <c r="A205" s="12" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B205" s="10"/>
+      <c r="C205" s="12" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D205" s="11"/>
+      <c r="E205" s="10"/>
       <c r="F205" s="3" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>257</v>
       </c>
       <c r="H205" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I205" s="3" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="J205" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K205" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L205" s="12" t="s">
+        <v>1646</v>
+      </c>
+      <c r="M205" s="10"/>
+      <c r="N205" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="K205" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L205" s="11" t="s">
+      <c r="O205" s="3" t="s">
+        <v>1647</v>
+      </c>
+      <c r="P205" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q205" s="3" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A206" s="13" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B206" s="10"/>
+      <c r="C206" s="13" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D206" s="11"/>
+      <c r="E206" s="10"/>
+      <c r="F206" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G206" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H206" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1652</v>
+      </c>
+      <c r="J206" s="5" t="s">
         <v>1653</v>
       </c>
-      <c r="M205" s="9"/>
-[...3 lines deleted...]
-      <c r="O205" s="3" t="s">
+      <c r="K206" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L206" s="13" t="s">
         <v>1654</v>
       </c>
-      <c r="P205" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M206" s="9"/>
+      <c r="M206" s="10"/>
       <c r="N206" s="5"/>
       <c r="O206" s="5" t="s">
-        <v>1662</v>
+        <v>1655</v>
       </c>
       <c r="P206" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q206" s="5" t="s">
-        <v>1663</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="207" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A207" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E207" s="9"/>
+      <c r="A207" s="12" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B207" s="10"/>
+      <c r="C207" s="12" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D207" s="11"/>
+      <c r="E207" s="10"/>
       <c r="F207" s="3" t="s">
-        <v>1666</v>
+        <v>1659</v>
       </c>
       <c r="G207" s="3" t="s">
         <v>450</v>
       </c>
       <c r="H207" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I207" s="3" t="s">
-        <v>1667</v>
+        <v>1660</v>
       </c>
       <c r="J207" s="3" t="s">
-        <v>1668</v>
+        <v>1661</v>
       </c>
       <c r="K207" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L207" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M207" s="9"/>
+      <c r="L207" s="12" t="s">
+        <v>1662</v>
+      </c>
+      <c r="M207" s="10"/>
       <c r="N207" s="3"/>
       <c r="O207" s="3" t="s">
-        <v>1670</v>
+        <v>1663</v>
       </c>
       <c r="P207" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>1671</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="208" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A208" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E208" s="9"/>
+      <c r="A208" s="13" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B208" s="10"/>
+      <c r="C208" s="13" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D208" s="11"/>
+      <c r="E208" s="10"/>
       <c r="F208" s="5" t="s">
-        <v>1674</v>
+        <v>1667</v>
       </c>
       <c r="G208" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H208" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1675</v>
+        <v>1668</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1676</v>
+        <v>1669</v>
       </c>
       <c r="K208" s="6" t="s">
-        <v>1677</v>
-[...4 lines deleted...]
-      <c r="M208" s="9"/>
+        <v>1670</v>
+      </c>
+      <c r="L208" s="13" t="s">
+        <v>1671</v>
+      </c>
+      <c r="M208" s="10"/>
       <c r="N208" s="5"/>
       <c r="O208" s="5" t="s">
-        <v>1679</v>
+        <v>1672</v>
       </c>
       <c r="P208" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q208" s="5" t="s">
-        <v>1680</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="209" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A209" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E209" s="9"/>
+      <c r="A209" s="12" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B209" s="10"/>
+      <c r="C209" s="12" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D209" s="11"/>
+      <c r="E209" s="10"/>
       <c r="F209" s="3" t="s">
         <v>256</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>257</v>
       </c>
       <c r="H209" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I209" s="3" t="s">
         <v>258</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>259</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L209" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M209" s="9"/>
+      <c r="L209" s="12" t="s">
+        <v>1676</v>
+      </c>
+      <c r="M209" s="10"/>
       <c r="N209" s="3" t="s">
-        <v>1684</v>
+        <v>1677</v>
       </c>
       <c r="O209" s="3" t="s">
-        <v>1685</v>
+        <v>1678</v>
       </c>
       <c r="P209" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>1686</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="210" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A210" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E210" s="9"/>
+      <c r="A210" s="13" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B210" s="10"/>
+      <c r="C210" s="13" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D210" s="11"/>
+      <c r="E210" s="10"/>
       <c r="F210" s="5" t="s">
         <v>256</v>
       </c>
       <c r="G210" s="5" t="s">
         <v>257</v>
       </c>
       <c r="H210" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I210" s="5" t="s">
         <v>258</v>
       </c>
       <c r="J210" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K210" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L210" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M210" s="9"/>
+      <c r="L210" s="13" t="s">
+        <v>1682</v>
+      </c>
+      <c r="M210" s="10"/>
       <c r="N210" s="5"/>
       <c r="O210" s="5" t="s">
+        <v>1683</v>
+      </c>
+      <c r="P210" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q210" s="5" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="211" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A211" s="12" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B211" s="10"/>
+      <c r="C211" s="12" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D211" s="11"/>
+      <c r="E211" s="10"/>
+      <c r="F211" s="3" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H211" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I211" s="3" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J211" s="3" t="s">
         <v>1690</v>
-      </c>
-[...30 lines deleted...]
-        <v>1697</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L211" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M211" s="9"/>
+      <c r="L211" s="12" t="s">
+        <v>1691</v>
+      </c>
+      <c r="M211" s="10"/>
       <c r="N211" s="3"/>
       <c r="O211" s="3" t="s">
-        <v>1699</v>
+        <v>1692</v>
       </c>
       <c r="P211" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>1700</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="212" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A212" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E212" s="9"/>
+      <c r="A212" s="13" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B212" s="10"/>
+      <c r="C212" s="13" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D212" s="11"/>
+      <c r="E212" s="10"/>
       <c r="F212" s="5" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="G212" s="5" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="H212" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>1703</v>
+        <v>1696</v>
       </c>
       <c r="K212" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L212" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M212" s="9"/>
+      <c r="L212" s="13" t="s">
+        <v>1697</v>
+      </c>
+      <c r="M212" s="10"/>
       <c r="N212" s="5"/>
       <c r="O212" s="5" t="s">
+        <v>1698</v>
+      </c>
+      <c r="P212" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q212" s="5" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A213" s="12" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B213" s="10"/>
+      <c r="C213" s="12" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D213" s="11"/>
+      <c r="E213" s="10"/>
+      <c r="F213" s="3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H213" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I213" s="3" t="s">
+        <v>1703</v>
+      </c>
+      <c r="J213" s="3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="K213" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L213" s="12" t="s">
         <v>1705</v>
       </c>
-      <c r="P212" s="6" t="s">
-[...37 lines deleted...]
-      <c r="M213" s="9"/>
+      <c r="M213" s="10"/>
       <c r="N213" s="3"/>
       <c r="O213" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P213" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q213" s="3" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A214" s="13" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B214" s="10"/>
+      <c r="C214" s="13" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D214" s="11"/>
+      <c r="E214" s="10"/>
+      <c r="F214" s="5" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G214" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H214" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J214" s="5" t="s">
         <v>1713</v>
       </c>
-      <c r="P213" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q213" s="3" t="s">
+      <c r="K214" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L214" s="13" t="s">
         <v>1714</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M214" s="9"/>
+      <c r="M214" s="10"/>
       <c r="N214" s="5"/>
       <c r="O214" s="5" t="s">
-        <v>1722</v>
+        <v>1715</v>
       </c>
       <c r="P214" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q214" s="5" t="s">
-        <v>1723</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="215" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A215" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E215" s="9"/>
+      <c r="A215" s="12" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B215" s="10"/>
+      <c r="C215" s="12" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D215" s="11"/>
+      <c r="E215" s="10"/>
       <c r="F215" s="3" t="s">
-        <v>1501</v>
+        <v>1494</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H215" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I215" s="3" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
       <c r="J215" s="3" t="s">
-        <v>1726</v>
+        <v>1719</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L215" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M215" s="9"/>
+      <c r="L215" s="12" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M215" s="10"/>
       <c r="N215" s="3"/>
       <c r="O215" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="P215" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q215" s="3" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A216" s="13" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B216" s="10"/>
+      <c r="C216" s="13" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D216" s="11"/>
+      <c r="E216" s="10"/>
+      <c r="F216" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G216" s="5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H216" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="J216" s="5" t="s">
         <v>1728</v>
       </c>
-      <c r="P215" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q215" s="3" t="s">
+      <c r="K216" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L216" s="13" t="s">
         <v>1729</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A216" s="12" t="s">
+      <c r="M216" s="10"/>
+      <c r="N216" s="5" t="s">
         <v>1730</v>
       </c>
-      <c r="B216" s="9"/>
-      <c r="C216" s="12" t="s">
+      <c r="O216" s="5" t="s">
         <v>1731</v>
       </c>
-      <c r="D216" s="10"/>
-[...1 lines deleted...]
-      <c r="F216" s="5" t="s">
+      <c r="P216" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q216" s="5" t="s">
         <v>1732</v>
       </c>
-      <c r="G216" s="5" t="s">
+    </row>
+    <row r="217" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A217" s="12" t="s">
         <v>1733</v>
       </c>
-      <c r="H216" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I216" s="5" t="s">
+      <c r="B217" s="10"/>
+      <c r="C217" s="12" t="s">
         <v>1734</v>
       </c>
-      <c r="J216" s="5" t="s">
-[...31 lines deleted...]
-      <c r="E217" s="9"/>
+      <c r="D217" s="11"/>
+      <c r="E217" s="10"/>
       <c r="F217" s="3" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H217" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="3" t="s">
         <v>378</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L217" s="11" t="s">
+      <c r="L217" s="12" t="s">
         <v>380</v>
       </c>
-      <c r="M217" s="9"/>
+      <c r="M217" s="10"/>
       <c r="N217" s="3"/>
       <c r="O217" s="3" t="s">
         <v>141</v>
       </c>
       <c r="P217" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q217" s="3" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="218" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A218" s="12" t="s">
+      <c r="A218" s="13" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B218" s="10"/>
+      <c r="C218" s="13" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D218" s="11"/>
+      <c r="E218" s="10"/>
+      <c r="F218" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="G218" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H218" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="K218" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L218" s="13" t="s">
+        <v>1740</v>
+      </c>
+      <c r="M218" s="10"/>
+      <c r="N218" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="O218" s="5" t="s">
         <v>1742</v>
       </c>
-      <c r="B218" s="9"/>
-      <c r="C218" s="12" t="s">
+      <c r="P218" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q218" s="5" t="s">
         <v>1743</v>
       </c>
-      <c r="D218" s="10"/>
-[...1 lines deleted...]
-      <c r="F218" s="5" t="s">
+    </row>
+    <row r="219" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A219" s="12" t="s">
         <v>1744</v>
       </c>
-      <c r="G218" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I218" s="5" t="s">
+      <c r="B219" s="10"/>
+      <c r="C219" s="12" t="s">
         <v>1745</v>
       </c>
-      <c r="J218" s="5" t="s">
+      <c r="D219" s="11"/>
+      <c r="E219" s="10"/>
+      <c r="F219" s="3" t="s">
         <v>1746</v>
       </c>
-      <c r="K218" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L218" s="12" t="s">
+      <c r="G219" s="3" t="s">
         <v>1747</v>
       </c>
-      <c r="M218" s="9"/>
-      <c r="N218" s="5" t="s">
+      <c r="H219" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I219" s="3" t="s">
         <v>1748</v>
       </c>
-      <c r="O218" s="5" t="s">
+      <c r="J219" s="3" t="s">
         <v>1749</v>
       </c>
-      <c r="P218" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q218" s="5" t="s">
+      <c r="K219" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L219" s="12" t="s">
         <v>1750</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M219" s="9"/>
+      <c r="M219" s="10"/>
       <c r="N219" s="3"/>
       <c r="O219" s="3" t="s">
-        <v>1758</v>
+        <v>1751</v>
       </c>
       <c r="P219" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>1759</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="220" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A220" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E220" s="9"/>
+      <c r="A220" s="13" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B220" s="10"/>
+      <c r="C220" s="13" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D220" s="11"/>
+      <c r="E220" s="10"/>
       <c r="F220" s="5" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="G220" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H220" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J220" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K220" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L220" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M220" s="9"/>
+      <c r="L220" s="13" t="s">
+        <v>1755</v>
+      </c>
+      <c r="M220" s="10"/>
       <c r="N220" s="5"/>
       <c r="O220" s="5" t="s">
-        <v>1763</v>
+        <v>1756</v>
       </c>
       <c r="P220" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q220" s="5" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="221" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A221" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E221" s="9"/>
+      <c r="A221" s="12" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B221" s="10"/>
+      <c r="C221" s="12" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D221" s="11"/>
+      <c r="E221" s="10"/>
       <c r="F221" s="3" t="s">
-        <v>1767</v>
+        <v>1760</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H221" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I221" s="3" t="s">
-        <v>1768</v>
+        <v>1761</v>
       </c>
       <c r="J221" s="3" t="s">
-        <v>1769</v>
+        <v>1762</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L221" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M221" s="9"/>
+      <c r="L221" s="12" t="s">
+        <v>1763</v>
+      </c>
+      <c r="M221" s="10"/>
       <c r="N221" s="3"/>
       <c r="O221" s="3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="P221" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q221" s="3" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A222" s="13" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B222" s="10"/>
+      <c r="C222" s="13" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D222" s="11"/>
+      <c r="E222" s="10"/>
+      <c r="F222" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G222" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H222" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>1769</v>
+      </c>
+      <c r="J222" s="5" t="s">
+        <v>1770</v>
+      </c>
+      <c r="K222" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L222" s="13" t="s">
         <v>1771</v>
       </c>
-      <c r="P221" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M222" s="9"/>
+      <c r="M222" s="10"/>
       <c r="N222" s="5"/>
       <c r="O222" s="5" t="s">
-        <v>1779</v>
+        <v>1772</v>
       </c>
       <c r="P222" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q222" s="5" t="s">
-        <v>1780</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="223" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A223" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E223" s="9"/>
+      <c r="A223" s="12" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B223" s="10"/>
+      <c r="C223" s="12" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D223" s="11"/>
+      <c r="E223" s="10"/>
       <c r="F223" s="3" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="H223" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I223" s="3" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="J223" s="3" t="s">
-        <v>1783</v>
+        <v>1776</v>
       </c>
       <c r="K223" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L223" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M223" s="9"/>
+      <c r="L223" s="12" t="s">
+        <v>1777</v>
+      </c>
+      <c r="M223" s="10"/>
       <c r="N223" s="3"/>
       <c r="O223" s="3" t="s">
+        <v>1778</v>
+      </c>
+      <c r="P223" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q223" s="3" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A224" s="13" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B224" s="10"/>
+      <c r="C224" s="13" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D224" s="11"/>
+      <c r="E224" s="10"/>
+      <c r="F224" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G224" s="5" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H224" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1784</v>
+      </c>
+      <c r="J224" s="5" t="s">
         <v>1785</v>
       </c>
-      <c r="P223" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q223" s="3" t="s">
+      <c r="K224" s="6" t="s">
         <v>1786</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A224" s="12" t="s">
+      <c r="L224" s="13" t="s">
         <v>1787</v>
       </c>
-      <c r="B224" s="9"/>
-[...26 lines deleted...]
-      <c r="M224" s="9"/>
+      <c r="M224" s="10"/>
       <c r="N224" s="5"/>
       <c r="O224" s="5" t="s">
-        <v>1795</v>
+        <v>1788</v>
       </c>
       <c r="P224" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q224" s="5" t="s">
-        <v>1796</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="225" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A225" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E225" s="9"/>
+      <c r="A225" s="12" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B225" s="10"/>
+      <c r="C225" s="12" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D225" s="11"/>
+      <c r="E225" s="10"/>
       <c r="F225" s="3" t="s">
-        <v>1799</v>
+        <v>1792</v>
       </c>
       <c r="G225" s="3" t="s">
         <v>477</v>
       </c>
       <c r="H225" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="3" t="s">
-        <v>1800</v>
+        <v>1793</v>
       </c>
       <c r="J225" s="3" t="s">
-        <v>1801</v>
+        <v>1794</v>
       </c>
       <c r="K225" s="4" t="s">
-        <v>1802</v>
-[...4 lines deleted...]
-      <c r="M225" s="9"/>
+        <v>1795</v>
+      </c>
+      <c r="L225" s="12" t="s">
+        <v>1796</v>
+      </c>
+      <c r="M225" s="10"/>
       <c r="N225" s="3"/>
       <c r="O225" s="3" t="s">
-        <v>1804</v>
+        <v>1797</v>
       </c>
       <c r="P225" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>1805</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="226" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A226" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E226" s="9"/>
+      <c r="A226" s="13" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B226" s="10"/>
+      <c r="C226" s="13" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D226" s="11"/>
+      <c r="E226" s="10"/>
       <c r="F226" s="5" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="G226" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H226" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="K226" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L226" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M226" s="9"/>
+      <c r="L226" s="13" t="s">
+        <v>1801</v>
+      </c>
+      <c r="M226" s="10"/>
       <c r="N226" s="5"/>
       <c r="O226" s="5" t="s">
+        <v>1802</v>
+      </c>
+      <c r="P226" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q226" s="5" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A227" s="12" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B227" s="10"/>
+      <c r="C227" s="12" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D227" s="11"/>
+      <c r="E227" s="10"/>
+      <c r="F227" s="3" t="s">
+        <v>1806</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="H227" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I227" s="3" t="s">
+        <v>1807</v>
+      </c>
+      <c r="J227" s="3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="K227" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L227" s="12" t="s">
         <v>1809</v>
       </c>
-      <c r="P226" s="6" t="s">
-[...37 lines deleted...]
-      <c r="M227" s="9"/>
+      <c r="M227" s="10"/>
       <c r="N227" s="3"/>
       <c r="O227" s="3" t="s">
+        <v>1810</v>
+      </c>
+      <c r="P227" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q227" s="3" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A228" s="13" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B228" s="10"/>
+      <c r="C228" s="13" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D228" s="11"/>
+      <c r="E228" s="10"/>
+      <c r="F228" s="5" t="s">
+        <v>1814</v>
+      </c>
+      <c r="G228" s="5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H228" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>1815</v>
+      </c>
+      <c r="J228" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="K228" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L228" s="13" t="s">
         <v>1817</v>
       </c>
-      <c r="P227" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q227" s="3" t="s">
+      <c r="M228" s="10"/>
+      <c r="N228" s="5" t="s">
         <v>1818</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A228" s="12" t="s">
+      <c r="O228" s="5" t="s">
         <v>1819</v>
       </c>
-      <c r="B228" s="9"/>
-      <c r="C228" s="12" t="s">
+      <c r="P228" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q228" s="5" t="s">
         <v>1820</v>
       </c>
-      <c r="D228" s="10"/>
-[...1 lines deleted...]
-      <c r="F228" s="5" t="s">
+    </row>
+    <row r="229" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A229" s="12" t="s">
         <v>1821</v>
       </c>
-      <c r="G228" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I228" s="5" t="s">
+      <c r="B229" s="10"/>
+      <c r="C229" s="12" t="s">
         <v>1822</v>
       </c>
-      <c r="J228" s="5" t="s">
+      <c r="D229" s="11"/>
+      <c r="E229" s="10"/>
+      <c r="F229" s="3" t="s">
         <v>1823</v>
       </c>
-      <c r="K228" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L228" s="12" t="s">
+      <c r="G229" s="3" t="s">
         <v>1824</v>
       </c>
-      <c r="M228" s="9"/>
-      <c r="N228" s="5" t="s">
+      <c r="H229" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I229" s="3" t="s">
         <v>1825</v>
       </c>
-      <c r="O228" s="5" t="s">
+      <c r="J229" s="3" t="s">
         <v>1826</v>
       </c>
-      <c r="P228" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q228" s="5" t="s">
+      <c r="K229" s="4" t="s">
         <v>1827</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A229" s="11" t="s">
+      <c r="L229" s="12" t="s">
         <v>1828</v>
       </c>
-      <c r="B229" s="9"/>
-[...26 lines deleted...]
-      <c r="M229" s="9"/>
+      <c r="M229" s="10"/>
       <c r="N229" s="3"/>
       <c r="O229" s="3" t="s">
+        <v>1829</v>
+      </c>
+      <c r="P229" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q229" s="3" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A230" s="13" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B230" s="10"/>
+      <c r="C230" s="13" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D230" s="11"/>
+      <c r="E230" s="10"/>
+      <c r="F230" s="5" t="s">
+        <v>1833</v>
+      </c>
+      <c r="G230" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H230" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="J230" s="5" t="s">
+        <v>1835</v>
+      </c>
+      <c r="K230" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L230" s="13" t="s">
         <v>1836</v>
       </c>
-      <c r="P229" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M230" s="9"/>
+      <c r="M230" s="10"/>
       <c r="N230" s="5"/>
       <c r="O230" s="5" t="s">
         <v>196</v>
       </c>
       <c r="P230" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q230" s="5" t="s">
-        <v>1844</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="231" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A231" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E231" s="9"/>
+      <c r="A231" s="12" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B231" s="10"/>
+      <c r="C231" s="12" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D231" s="11"/>
+      <c r="E231" s="10"/>
       <c r="F231" s="3" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="G231" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H231" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I231" s="3" t="s">
-        <v>1848</v>
+        <v>1841</v>
       </c>
       <c r="J231" s="3" t="s">
-        <v>1849</v>
+        <v>1842</v>
       </c>
       <c r="K231" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L231" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M231" s="9"/>
+      <c r="L231" s="12" t="s">
+        <v>1843</v>
+      </c>
+      <c r="M231" s="10"/>
       <c r="N231" s="3"/>
       <c r="O231" s="3" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
       <c r="P231" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="232" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A232" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E232" s="9"/>
+      <c r="A232" s="13" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B232" s="10"/>
+      <c r="C232" s="13" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D232" s="11"/>
+      <c r="E232" s="10"/>
       <c r="F232" s="5" t="s">
-        <v>1855</v>
+        <v>1848</v>
       </c>
       <c r="G232" s="5" t="s">
         <v>285</v>
       </c>
       <c r="H232" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1856</v>
+        <v>1849</v>
       </c>
       <c r="J232" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K232" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L232" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M232" s="9"/>
+      <c r="L232" s="13" t="s">
+        <v>1850</v>
+      </c>
+      <c r="M232" s="10"/>
       <c r="N232" s="5" t="s">
-        <v>1858</v>
+        <v>1851</v>
       </c>
       <c r="O232" s="5" t="s">
-        <v>1859</v>
+        <v>1852</v>
       </c>
       <c r="P232" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q232" s="5" t="s">
-        <v>1860</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="233" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A233" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E233" s="9"/>
+      <c r="A233" s="12" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B233" s="10"/>
+      <c r="C233" s="12" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D233" s="11"/>
+      <c r="E233" s="10"/>
       <c r="F233" s="3" t="s">
-        <v>1863</v>
+        <v>1856</v>
       </c>
       <c r="G233" s="3" t="s">
         <v>294</v>
       </c>
       <c r="H233" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="3" t="s">
-        <v>1864</v>
+        <v>1857</v>
       </c>
       <c r="J233" s="3" t="s">
-        <v>1865</v>
+        <v>1858</v>
       </c>
       <c r="K233" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L233" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M233" s="9"/>
+      <c r="L233" s="12" t="s">
+        <v>1859</v>
+      </c>
+      <c r="M233" s="10"/>
       <c r="N233" s="3"/>
       <c r="O233" s="3" t="s">
-        <v>1867</v>
+        <v>1860</v>
       </c>
       <c r="P233" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>1868</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="234" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A234" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E234" s="9"/>
+      <c r="A234" s="13" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B234" s="10"/>
+      <c r="C234" s="13" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D234" s="11"/>
+      <c r="E234" s="10"/>
       <c r="F234" s="5" t="s">
-        <v>1871</v>
+        <v>1864</v>
       </c>
       <c r="G234" s="5" t="s">
         <v>477</v>
       </c>
       <c r="H234" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1872</v>
+        <v>1865</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1873</v>
+        <v>1866</v>
       </c>
       <c r="K234" s="6" t="s">
         <v>435</v>
       </c>
-      <c r="L234" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M234" s="9"/>
+      <c r="L234" s="13" t="s">
+        <v>1867</v>
+      </c>
+      <c r="M234" s="10"/>
       <c r="N234" s="5"/>
       <c r="O234" s="5" t="s">
-        <v>1875</v>
+        <v>1868</v>
       </c>
       <c r="P234" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q234" s="5" t="s">
-        <v>1876</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="235" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A235" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E235" s="9"/>
+      <c r="A235" s="12" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B235" s="10"/>
+      <c r="C235" s="12" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D235" s="11"/>
+      <c r="E235" s="10"/>
       <c r="F235" s="3" t="s">
-        <v>1879</v>
+        <v>1872</v>
       </c>
       <c r="G235" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H235" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I235" s="3" t="s">
-        <v>1880</v>
+        <v>1873</v>
       </c>
       <c r="J235" s="3" t="s">
-        <v>1881</v>
+        <v>1874</v>
       </c>
       <c r="K235" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L235" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M235" s="9"/>
+      <c r="L235" s="12" t="s">
+        <v>1875</v>
+      </c>
+      <c r="M235" s="10"/>
       <c r="N235" s="3"/>
       <c r="O235" s="3" t="s">
-        <v>1883</v>
+        <v>1876</v>
       </c>
       <c r="P235" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>1884</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="236" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A236" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E236" s="9"/>
+      <c r="A236" s="13" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B236" s="10"/>
+      <c r="C236" s="13" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D236" s="11"/>
+      <c r="E236" s="10"/>
       <c r="F236" s="5" t="s">
-        <v>1887</v>
+        <v>1880</v>
       </c>
       <c r="G236" s="5" t="s">
         <v>257</v>
       </c>
       <c r="H236" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1888</v>
+        <v>1881</v>
       </c>
       <c r="J236" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K236" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L236" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M236" s="9"/>
+      <c r="L236" s="13" t="s">
+        <v>1882</v>
+      </c>
+      <c r="M236" s="10"/>
       <c r="N236" s="5"/>
       <c r="O236" s="5" t="s">
-        <v>1890</v>
+        <v>1883</v>
       </c>
       <c r="P236" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q236" s="5" t="s">
-        <v>1891</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="237" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A237" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E237" s="9"/>
+      <c r="A237" s="12" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B237" s="10"/>
+      <c r="C237" s="12" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D237" s="11"/>
+      <c r="E237" s="10"/>
       <c r="F237" s="3" t="s">
-        <v>1894</v>
+        <v>1887</v>
       </c>
       <c r="G237" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H237" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="3" t="s">
-        <v>1895</v>
+        <v>1888</v>
       </c>
       <c r="J237" s="3" t="s">
-        <v>1896</v>
+        <v>1889</v>
       </c>
       <c r="K237" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L237" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M237" s="9"/>
+      <c r="L237" s="12" t="s">
+        <v>1890</v>
+      </c>
+      <c r="M237" s="10"/>
       <c r="N237" s="3"/>
       <c r="O237" s="3" t="s">
-        <v>1898</v>
+        <v>1891</v>
       </c>
       <c r="P237" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>1899</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="238" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A238" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E238" s="9"/>
+      <c r="A238" s="13" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B238" s="10"/>
+      <c r="C238" s="13" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D238" s="11"/>
+      <c r="E238" s="10"/>
       <c r="F238" s="5" t="s">
-        <v>1902</v>
+        <v>1895</v>
       </c>
       <c r="G238" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H238" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1903</v>
+        <v>1896</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>1904</v>
+        <v>1897</v>
       </c>
       <c r="K238" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L238" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M238" s="9"/>
+      <c r="L238" s="13" t="s">
+        <v>1898</v>
+      </c>
+      <c r="M238" s="10"/>
       <c r="N238" s="5"/>
       <c r="O238" s="5" t="s">
-        <v>1906</v>
+        <v>1899</v>
       </c>
       <c r="P238" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q238" s="5" t="s">
-        <v>1907</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="239" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A239" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E239" s="9"/>
+      <c r="A239" s="12" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B239" s="10"/>
+      <c r="C239" s="12" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D239" s="11"/>
+      <c r="E239" s="10"/>
       <c r="F239" s="3" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="G239" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H239" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I239" s="3" t="s">
         <v>378</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K239" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L239" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M239" s="9"/>
+      <c r="L239" s="12" t="s">
+        <v>1903</v>
+      </c>
+      <c r="M239" s="10"/>
       <c r="N239" s="3"/>
       <c r="O239" s="3" t="s">
+        <v>1904</v>
+      </c>
+      <c r="P239" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q239" s="3" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A240" s="13" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B240" s="10"/>
+      <c r="C240" s="13" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D240" s="11"/>
+      <c r="E240" s="10"/>
+      <c r="F240" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="G240" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H240" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J240" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="K240" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L240" s="13" t="s">
         <v>1911</v>
       </c>
-      <c r="P239" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M240" s="9"/>
+      <c r="M240" s="10"/>
       <c r="N240" s="5"/>
       <c r="O240" s="5" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="P240" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q240" s="5" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="241" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A241" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E241" s="9"/>
+      <c r="A241" s="12" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B241" s="10"/>
+      <c r="C241" s="12" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D241" s="11"/>
+      <c r="E241" s="10"/>
       <c r="F241" s="3" t="s">
-        <v>1923</v>
+        <v>1916</v>
       </c>
       <c r="G241" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H241" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="3" t="s">
-        <v>1924</v>
+        <v>1917</v>
       </c>
       <c r="J241" s="3" t="s">
-        <v>1925</v>
+        <v>1918</v>
       </c>
       <c r="K241" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L241" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M241" s="9"/>
+      <c r="L241" s="12" t="s">
+        <v>1919</v>
+      </c>
+      <c r="M241" s="10"/>
       <c r="N241" s="3"/>
       <c r="O241" s="3" t="s">
-        <v>1927</v>
+        <v>1920</v>
       </c>
       <c r="P241" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>1928</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="242" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A242" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E242" s="9"/>
+      <c r="A242" s="13" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B242" s="10"/>
+      <c r="C242" s="13" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D242" s="11"/>
+      <c r="E242" s="10"/>
       <c r="F242" s="5" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
       <c r="G242" s="5" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="H242" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="K242" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L242" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M242" s="9"/>
+      <c r="L242" s="13" t="s">
+        <v>1924</v>
+      </c>
+      <c r="M242" s="10"/>
       <c r="N242" s="5"/>
       <c r="O242" s="5" t="s">
-        <v>1932</v>
+        <v>1925</v>
       </c>
       <c r="P242" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q242" s="5" t="s">
-        <v>1933</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="243" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A243" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E243" s="9"/>
+      <c r="A243" s="12" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B243" s="10"/>
+      <c r="C243" s="12" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D243" s="11"/>
+      <c r="E243" s="10"/>
       <c r="F243" s="3" t="s">
         <v>431</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="H243" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I243" s="3" t="s">
         <v>433</v>
       </c>
       <c r="J243" s="3" t="s">
         <v>434</v>
       </c>
       <c r="K243" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L243" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M243" s="9"/>
+      <c r="L243" s="12" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M243" s="10"/>
       <c r="N243" s="3" t="s">
-        <v>1938</v>
+        <v>1931</v>
       </c>
       <c r="O243" s="3" t="s">
-        <v>1939</v>
+        <v>1932</v>
       </c>
       <c r="P243" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>1940</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="244" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A244" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E244" s="9"/>
+      <c r="A244" s="13" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B244" s="10"/>
+      <c r="C244" s="13" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D244" s="11"/>
+      <c r="E244" s="10"/>
       <c r="F244" s="5" t="s">
-        <v>1943</v>
+        <v>1936</v>
       </c>
       <c r="G244" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H244" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I244" s="5" t="s">
-        <v>1944</v>
+        <v>1937</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1945</v>
+        <v>1938</v>
       </c>
       <c r="K244" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L244" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M244" s="9"/>
+      <c r="L244" s="13" t="s">
+        <v>1939</v>
+      </c>
+      <c r="M244" s="10"/>
       <c r="N244" s="5"/>
       <c r="O244" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="P244" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q244" s="5" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="245" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A245" s="12" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B245" s="10"/>
+      <c r="C245" s="12" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D245" s="11"/>
+      <c r="E245" s="10"/>
+      <c r="F245" s="3" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H245" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I245" s="3" t="s">
+        <v>1946</v>
+      </c>
+      <c r="J245" s="3" t="s">
         <v>1947</v>
-      </c>
-[...30 lines deleted...]
-        <v>1954</v>
       </c>
       <c r="K245" s="4" t="s">
         <v>306</v>
       </c>
-      <c r="L245" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M245" s="9"/>
+      <c r="L245" s="12" t="s">
+        <v>1948</v>
+      </c>
+      <c r="M245" s="10"/>
       <c r="N245" s="3"/>
       <c r="O245" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="P245" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q245" s="3" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="246" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A246" s="13" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B246" s="10"/>
+      <c r="C246" s="13" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D246" s="11"/>
+      <c r="E246" s="10"/>
+      <c r="F246" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="G246" s="5" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H246" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J246" s="5" t="s">
         <v>1956</v>
       </c>
-      <c r="P245" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q245" s="3" t="s">
+      <c r="K246" s="6" t="s">
         <v>1957</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A246" s="12" t="s">
+      <c r="L246" s="13" t="s">
         <v>1958</v>
       </c>
-      <c r="B246" s="9"/>
-[...26 lines deleted...]
-      <c r="M246" s="9"/>
+      <c r="M246" s="10"/>
       <c r="N246" s="5"/>
       <c r="O246" s="5" t="s">
+        <v>1959</v>
+      </c>
+      <c r="P246" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q246" s="5" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="247" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A247" s="12" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B247" s="10"/>
+      <c r="C247" s="12" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D247" s="11"/>
+      <c r="E247" s="10"/>
+      <c r="F247" s="3" t="s">
+        <v>1963</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H247" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I247" s="3" t="s">
+        <v>1965</v>
+      </c>
+      <c r="J247" s="3" t="s">
         <v>1966</v>
       </c>
-      <c r="P246" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q246" s="5" t="s">
+      <c r="K247" s="4" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L247" s="12" t="s">
         <v>1967</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M247" s="9"/>
+      <c r="M247" s="10"/>
       <c r="N247" s="3"/>
       <c r="O247" s="3" t="s">
+        <v>1968</v>
+      </c>
+      <c r="P247" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q247" s="3" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="248" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A248" s="13" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B248" s="10"/>
+      <c r="C248" s="13" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D248" s="11"/>
+      <c r="E248" s="10"/>
+      <c r="F248" s="5" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G248" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H248" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="J248" s="5" t="s">
         <v>1975</v>
-      </c>
-[...30 lines deleted...]
-        <v>1982</v>
       </c>
       <c r="K248" s="6" t="s">
         <v>352</v>
       </c>
-      <c r="L248" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M248" s="9"/>
+      <c r="L248" s="13" t="s">
+        <v>1976</v>
+      </c>
+      <c r="M248" s="10"/>
       <c r="N248" s="5"/>
       <c r="O248" s="5" t="s">
-        <v>1984</v>
+        <v>1977</v>
       </c>
       <c r="P248" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q248" s="5" t="s">
-        <v>1985</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="249" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A249" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E249" s="9"/>
+      <c r="A249" s="12" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B249" s="10"/>
+      <c r="C249" s="12" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D249" s="11"/>
+      <c r="E249" s="10"/>
       <c r="F249" s="3" t="s">
-        <v>1988</v>
+        <v>1981</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>67</v>
       </c>
       <c r="H249" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I249" s="3" t="s">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="J249" s="3" t="s">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="K249" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L249" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M249" s="9"/>
+      <c r="L249" s="12" t="s">
+        <v>1984</v>
+      </c>
+      <c r="M249" s="10"/>
       <c r="N249" s="3"/>
       <c r="O249" s="3" t="s">
+        <v>1985</v>
+      </c>
+      <c r="P249" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q249" s="3" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="250" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A250" s="13" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B250" s="10"/>
+      <c r="C250" s="13" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D250" s="11"/>
+      <c r="E250" s="10"/>
+      <c r="F250" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="G250" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="H250" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I250" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="J250" s="5" t="s">
+        <v>1991</v>
+      </c>
+      <c r="K250" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L250" s="13" t="s">
         <v>1992</v>
       </c>
-      <c r="P249" s="4" t="s">
-[...37 lines deleted...]
-      <c r="M250" s="9"/>
+      <c r="M250" s="10"/>
       <c r="N250" s="5"/>
       <c r="O250" s="5" t="s">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="P250" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q250" s="5" t="s">
-        <v>2001</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="251" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A251" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E251" s="9"/>
+      <c r="A251" s="12" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B251" s="10"/>
+      <c r="C251" s="12" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D251" s="11"/>
+      <c r="E251" s="10"/>
       <c r="F251" s="3" t="s">
-        <v>1789</v>
+        <v>1782</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="H251" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="3" t="s">
-        <v>1791</v>
+        <v>1784</v>
       </c>
       <c r="J251" s="3" t="s">
-        <v>1792</v>
+        <v>1785</v>
       </c>
       <c r="K251" s="4" t="s">
-        <v>1793</v>
-[...4 lines deleted...]
-      <c r="M251" s="9"/>
+        <v>1786</v>
+      </c>
+      <c r="L251" s="12" t="s">
+        <v>1998</v>
+      </c>
+      <c r="M251" s="10"/>
       <c r="N251" s="3"/>
       <c r="O251" s="3" t="s">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="P251" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>2007</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="252" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A252" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E252" s="9"/>
+      <c r="A252" s="13" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B252" s="10"/>
+      <c r="C252" s="13" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D252" s="11"/>
+      <c r="E252" s="10"/>
       <c r="F252" s="5" t="s">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G252" s="5" t="s">
         <v>403</v>
       </c>
       <c r="H252" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="K252" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L252" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M252" s="9"/>
+      <c r="L252" s="13" t="s">
+        <v>2006</v>
+      </c>
+      <c r="M252" s="10"/>
       <c r="N252" s="5"/>
       <c r="O252" s="5" t="s">
+        <v>2007</v>
+      </c>
+      <c r="P252" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q252" s="5" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="253" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A253" s="12" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B253" s="10"/>
+      <c r="C253" s="12" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D253" s="11"/>
+      <c r="E253" s="10"/>
+      <c r="F253" s="3" t="s">
+        <v>2011</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H253" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I253" s="3" t="s">
+        <v>2013</v>
+      </c>
+      <c r="J253" s="3" t="s">
         <v>2014</v>
       </c>
-      <c r="P252" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q252" s="5" t="s">
+      <c r="K253" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L253" s="12" t="s">
         <v>2015</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M253" s="9"/>
+      <c r="M253" s="10"/>
       <c r="N253" s="3"/>
       <c r="O253" s="3" t="s">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="P253" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>2024</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="254" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A254" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E254" s="9"/>
+      <c r="A254" s="13" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B254" s="10"/>
+      <c r="C254" s="13" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D254" s="11"/>
+      <c r="E254" s="10"/>
       <c r="F254" s="5" t="s">
-        <v>2027</v>
+        <v>2020</v>
       </c>
       <c r="G254" s="5" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="H254" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>2028</v>
+        <v>2021</v>
       </c>
       <c r="J254" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K254" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L254" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M254" s="9"/>
+      <c r="L254" s="13" t="s">
+        <v>2022</v>
+      </c>
+      <c r="M254" s="10"/>
       <c r="N254" s="5"/>
       <c r="O254" s="5" t="s">
-        <v>2030</v>
+        <v>2023</v>
       </c>
       <c r="P254" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q254" s="5" t="s">
-        <v>2031</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="255" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A255" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E255" s="9"/>
+      <c r="A255" s="12" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B255" s="10"/>
+      <c r="C255" s="12" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D255" s="11"/>
+      <c r="E255" s="10"/>
       <c r="F255" s="3" t="s">
-        <v>2034</v>
+        <v>2027</v>
       </c>
       <c r="G255" s="3" t="s">
         <v>146</v>
       </c>
       <c r="H255" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I255" s="3" t="s">
+        <v>2028</v>
+      </c>
+      <c r="J255" s="3" t="s">
+        <v>2029</v>
+      </c>
+      <c r="K255" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L255" s="12" t="s">
+        <v>2030</v>
+      </c>
+      <c r="M255" s="10"/>
+      <c r="N255" s="3" t="s">
+        <v>2031</v>
+      </c>
+      <c r="O255" s="3" t="s">
+        <v>2032</v>
+      </c>
+      <c r="P255" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q255" s="3" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="256" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A256" s="13" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B256" s="10"/>
+      <c r="C256" s="13" t="s">
         <v>2035</v>
       </c>
-      <c r="J255" s="3" t="s">
+      <c r="D256" s="11"/>
+      <c r="E256" s="10"/>
+      <c r="F256" s="5" t="s">
         <v>2036</v>
       </c>
-      <c r="K255" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L255" s="11" t="s">
+      <c r="G256" s="5" t="s">
         <v>2037</v>
       </c>
-      <c r="M255" s="9"/>
-      <c r="N255" s="3" t="s">
+      <c r="H256" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I256" s="5" t="s">
         <v>2038</v>
       </c>
-      <c r="O255" s="3" t="s">
+      <c r="J256" s="5" t="s">
         <v>2039</v>
       </c>
-      <c r="P255" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q255" s="3" t="s">
+      <c r="K256" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L256" s="13" t="s">
         <v>2040</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M256" s="9"/>
+      <c r="M256" s="10"/>
       <c r="N256" s="5"/>
       <c r="O256" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P256" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q256" s="5" t="s">
-        <v>2048</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="257" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A257" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E257" s="9"/>
+      <c r="A257" s="12" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B257" s="10"/>
+      <c r="C257" s="12" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D257" s="11"/>
+      <c r="E257" s="10"/>
       <c r="F257" s="3" t="s">
-        <v>2051</v>
+        <v>2044</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H257" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I257" s="3" t="s">
-        <v>2052</v>
+        <v>2045</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K257" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L257" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M257" s="9"/>
+      <c r="L257" s="12" t="s">
+        <v>2046</v>
+      </c>
+      <c r="M257" s="10"/>
       <c r="N257" s="3"/>
       <c r="O257" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P257" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q257" s="3" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="258" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A258" s="12" t="s">
+      <c r="A258" s="13" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B258" s="10"/>
+      <c r="C258" s="13" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D258" s="11"/>
+      <c r="E258" s="10"/>
+      <c r="F258" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G258" s="5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H258" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J258" s="5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="K258" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L258" s="13" t="s">
+        <v>2053</v>
+      </c>
+      <c r="M258" s="10"/>
+      <c r="N258" s="5" t="s">
         <v>2054</v>
       </c>
-      <c r="B258" s="9"/>
-      <c r="C258" s="12" t="s">
+      <c r="O258" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="P258" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q258" s="5" t="s">
         <v>2055</v>
       </c>
-      <c r="D258" s="10"/>
-[...1 lines deleted...]
-      <c r="F258" s="5" t="s">
+    </row>
+    <row r="259" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A259" s="12" t="s">
         <v>2056</v>
       </c>
-      <c r="G258" s="5" t="s">
+      <c r="B259" s="10"/>
+      <c r="C259" s="12" t="s">
         <v>2057</v>
       </c>
-      <c r="H258" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I258" s="5" t="s">
+      <c r="D259" s="11"/>
+      <c r="E259" s="10"/>
+      <c r="F259" s="3" t="s">
         <v>2058</v>
       </c>
-      <c r="J258" s="5" t="s">
+      <c r="G259" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="H259" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I259" s="3" t="s">
         <v>2059</v>
       </c>
-      <c r="K258" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L258" s="12" t="s">
+      <c r="J259" s="3" t="s">
         <v>2060</v>
-      </c>
-[...37 lines deleted...]
-        <v>2067</v>
       </c>
       <c r="K259" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L259" s="11" t="s">
+      <c r="L259" s="12" t="s">
+        <v>2061</v>
+      </c>
+      <c r="M259" s="10"/>
+      <c r="N259" s="3" t="s">
+        <v>2062</v>
+      </c>
+      <c r="O259" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="P259" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q259" s="3" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="260" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A260" s="13" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B260" s="10"/>
+      <c r="C260" s="13" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D260" s="11"/>
+      <c r="E260" s="10"/>
+      <c r="F260" s="5" t="s">
+        <v>2066</v>
+      </c>
+      <c r="G260" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H260" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I260" s="5" t="s">
         <v>2068</v>
       </c>
-      <c r="M259" s="9"/>
-      <c r="N259" s="3" t="s">
+      <c r="J260" s="5" t="s">
         <v>2069</v>
-      </c>
-[...33 lines deleted...]
-        <v>2076</v>
       </c>
       <c r="K260" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="L260" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M260" s="9"/>
+      <c r="L260" s="13" t="s">
+        <v>2070</v>
+      </c>
+      <c r="M260" s="10"/>
       <c r="N260" s="5" t="s">
-        <v>2078</v>
+        <v>2071</v>
       </c>
       <c r="O260" s="5" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="P260" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q260" s="5" t="s">
-        <v>2079</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="261" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A261" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E261" s="9"/>
+      <c r="A261" s="12" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B261" s="10"/>
+      <c r="C261" s="12" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D261" s="11"/>
+      <c r="E261" s="10"/>
       <c r="F261" s="3" t="s">
-        <v>2082</v>
+        <v>2075</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H261" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I261" s="3" t="s">
-        <v>2083</v>
+        <v>2076</v>
       </c>
       <c r="J261" s="3" t="s">
-        <v>2084</v>
+        <v>2077</v>
       </c>
       <c r="K261" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L261" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M261" s="9"/>
+      <c r="L261" s="12" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M261" s="10"/>
       <c r="N261" s="3" t="s">
-        <v>2086</v>
+        <v>2079</v>
       </c>
       <c r="O261" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P261" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q261" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A262" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E262" s="9"/>
+      <c r="A262" s="13" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B262" s="10"/>
+      <c r="C262" s="13" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D262" s="11"/>
+      <c r="E262" s="10"/>
       <c r="F262" s="5" t="s">
-        <v>2089</v>
+        <v>2082</v>
       </c>
       <c r="G262" s="5" t="s">
-        <v>2090</v>
+        <v>2083</v>
       </c>
       <c r="H262" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>2091</v>
+        <v>2084</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>2092</v>
+        <v>2085</v>
       </c>
       <c r="K262" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L262" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M262" s="9"/>
+      <c r="L262" s="13" t="s">
+        <v>2086</v>
+      </c>
+      <c r="M262" s="10"/>
       <c r="N262" s="5"/>
       <c r="O262" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P262" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q262" s="5" t="s">
-        <v>2094</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="263" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A263" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E263" s="9"/>
+      <c r="A263" s="12" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B263" s="10"/>
+      <c r="C263" s="12" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D263" s="11"/>
+      <c r="E263" s="10"/>
       <c r="F263" s="3" t="s">
-        <v>2097</v>
+        <v>2090</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H263" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I263" s="3" t="s">
-        <v>2098</v>
+        <v>2091</v>
       </c>
       <c r="J263" s="3" t="s">
-        <v>2099</v>
+        <v>2092</v>
       </c>
       <c r="K263" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L263" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M263" s="9"/>
+      <c r="L263" s="12" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M263" s="10"/>
       <c r="N263" s="3"/>
       <c r="O263" s="3" t="s">
         <v>398</v>
       </c>
       <c r="P263" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q263" s="3" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="264" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A264" s="13" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B264" s="10"/>
+      <c r="C264" s="13" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D264" s="11"/>
+      <c r="E264" s="10"/>
+      <c r="F264" s="5" t="s">
+        <v>2097</v>
+      </c>
+      <c r="G264" s="5" t="s">
+        <v>2098</v>
+      </c>
+      <c r="H264" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J264" s="5" t="s">
+        <v>2100</v>
+      </c>
+      <c r="K264" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L264" s="13" t="s">
         <v>2101</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A264" s="12" t="s">
+      <c r="M264" s="10"/>
+      <c r="N264" s="5" t="s">
         <v>2102</v>
-      </c>
-[...29 lines deleted...]
-        <v>2109</v>
       </c>
       <c r="O264" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P264" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q264" s="5" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="265" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A265" s="12" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B265" s="10"/>
+      <c r="C265" s="12" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D265" s="11"/>
+      <c r="E265" s="10"/>
+      <c r="F265" s="3" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H265" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I265" s="3" t="s">
+        <v>2108</v>
+      </c>
+      <c r="J265" s="3" t="s">
+        <v>2109</v>
+      </c>
+      <c r="K265" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L265" s="12" t="s">
         <v>2110</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A265" s="11" t="s">
+      <c r="M265" s="10"/>
+      <c r="N265" s="3" t="s">
         <v>2111</v>
-      </c>
-[...29 lines deleted...]
-        <v>2118</v>
       </c>
       <c r="O265" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P265" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q265" s="3" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="266" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A266" s="13" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B266" s="10"/>
+      <c r="C266" s="13" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D266" s="11"/>
+      <c r="E266" s="10"/>
+      <c r="F266" s="5" t="s">
+        <v>2115</v>
+      </c>
+      <c r="G266" s="5" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H266" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J266" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="K266" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L266" s="13" t="s">
         <v>2119</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A266" s="12" t="s">
+      <c r="M266" s="10"/>
+      <c r="N266" s="5" t="s">
         <v>2120</v>
-      </c>
-[...29 lines deleted...]
-        <v>2127</v>
       </c>
       <c r="O266" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P266" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q266" s="5" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="267" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A267" s="12" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B267" s="10"/>
+      <c r="C267" s="12" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D267" s="11"/>
+      <c r="E267" s="10"/>
+      <c r="F267" s="3" t="s">
+        <v>2124</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H267" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I267" s="3" t="s">
+        <v>2126</v>
+      </c>
+      <c r="J267" s="3" t="s">
+        <v>2127</v>
+      </c>
+      <c r="K267" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L267" s="12" t="s">
         <v>2128</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M267" s="9"/>
+      <c r="M267" s="10"/>
       <c r="N267" s="3"/>
       <c r="O267" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P267" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="268" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A268" s="12" t="s">
+      <c r="A268" s="13" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B268" s="10"/>
+      <c r="C268" s="13" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D268" s="11"/>
+      <c r="E268" s="10"/>
+      <c r="F268" s="5" t="s">
+        <v>2131</v>
+      </c>
+      <c r="G268" s="5" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H268" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I268" s="5" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J268" s="5" t="s">
+        <v>2134</v>
+      </c>
+      <c r="K268" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L268" s="13" t="s">
+        <v>2135</v>
+      </c>
+      <c r="M268" s="10"/>
+      <c r="N268" s="5" t="s">
         <v>2136</v>
-      </c>
-[...29 lines deleted...]
-        <v>2143</v>
       </c>
       <c r="O268" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P268" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q268" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="269" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A269" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E269" s="9"/>
+      <c r="A269" s="12" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B269" s="10"/>
+      <c r="C269" s="12" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D269" s="11"/>
+      <c r="E269" s="10"/>
       <c r="F269" s="3" t="s">
-        <v>2146</v>
+        <v>2139</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>2147</v>
+        <v>2140</v>
       </c>
       <c r="H269" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I269" s="3" t="s">
-        <v>2148</v>
+        <v>2141</v>
       </c>
       <c r="J269" s="3" t="s">
-        <v>2149</v>
+        <v>2142</v>
       </c>
       <c r="K269" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L269" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M269" s="9"/>
+      <c r="L269" s="12" t="s">
+        <v>2143</v>
+      </c>
+      <c r="M269" s="10"/>
       <c r="N269" s="3"/>
       <c r="O269" s="3" t="s">
         <v>72</v>
       </c>
       <c r="P269" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q269" s="3" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="270" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A270" s="13" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B270" s="10"/>
+      <c r="C270" s="13" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D270" s="11"/>
+      <c r="E270" s="10"/>
+      <c r="F270" s="5" t="s">
+        <v>2147</v>
+      </c>
+      <c r="G270" s="5" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H270" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J270" s="5" t="s">
+        <v>2150</v>
+      </c>
+      <c r="K270" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L270" s="13" t="s">
         <v>2151</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M270" s="9"/>
+      <c r="M270" s="10"/>
       <c r="N270" s="5"/>
       <c r="O270" s="5" t="s">
         <v>72</v>
       </c>
       <c r="P270" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q270" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="271" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A271" s="11" t="s">
+      <c r="A271" s="12" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B271" s="10"/>
+      <c r="C271" s="12" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D271" s="11"/>
+      <c r="E271" s="10"/>
+      <c r="F271" s="3" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H271" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I271" s="3" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J271" s="3" t="s">
+        <v>2157</v>
+      </c>
+      <c r="K271" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L271" s="12" t="s">
+        <v>2158</v>
+      </c>
+      <c r="M271" s="10"/>
+      <c r="N271" s="3" t="s">
         <v>2159</v>
-      </c>
-[...29 lines deleted...]
-        <v>2166</v>
       </c>
       <c r="O271" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P271" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q271" s="3" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="272" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A272" s="13" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B272" s="10"/>
+      <c r="C272" s="13" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D272" s="11"/>
+      <c r="E272" s="10"/>
+      <c r="F272" s="5" t="s">
+        <v>2163</v>
+      </c>
+      <c r="G272" s="5" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H272" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>2165</v>
+      </c>
+      <c r="J272" s="5" t="s">
+        <v>2166</v>
+      </c>
+      <c r="K272" s="6" t="s">
         <v>2167</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A272" s="12" t="s">
+      <c r="L272" s="13" t="s">
         <v>2168</v>
       </c>
-      <c r="B272" s="9"/>
-      <c r="C272" s="12" t="s">
+      <c r="M272" s="10"/>
+      <c r="N272" s="5" t="s">
         <v>2169</v>
-      </c>
-[...25 lines deleted...]
-        <v>2176</v>
       </c>
       <c r="O272" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P272" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q272" s="5" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="273" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A273" s="11" t="s">
+      <c r="A273" s="12" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B273" s="10"/>
+      <c r="C273" s="12" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D273" s="11"/>
+      <c r="E273" s="10"/>
+      <c r="F273" s="3" t="s">
+        <v>2172</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H273" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I273" s="3" t="s">
+        <v>2174</v>
+      </c>
+      <c r="J273" s="3" t="s">
+        <v>2175</v>
+      </c>
+      <c r="K273" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L273" s="12" t="s">
+        <v>2176</v>
+      </c>
+      <c r="M273" s="10"/>
+      <c r="N273" s="3" t="s">
         <v>2177</v>
-      </c>
-[...29 lines deleted...]
-        <v>2184</v>
       </c>
       <c r="O273" s="3" t="s">
         <v>326</v>
       </c>
       <c r="P273" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q273" s="3" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="274" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A274" s="13" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B274" s="10"/>
+      <c r="C274" s="13" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D274" s="11"/>
+      <c r="E274" s="10"/>
+      <c r="F274" s="5" t="s">
+        <v>2181</v>
+      </c>
+      <c r="G274" s="5" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H274" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>2183</v>
+      </c>
+      <c r="J274" s="5" t="s">
+        <v>2184</v>
+      </c>
+      <c r="K274" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L274" s="13" t="s">
         <v>2185</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M274" s="9"/>
+      <c r="M274" s="10"/>
       <c r="N274" s="5"/>
       <c r="O274" s="5" t="s">
         <v>326</v>
       </c>
       <c r="P274" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q274" s="5" t="s">
-        <v>2193</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="275" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A275" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E275" s="9"/>
+      <c r="A275" s="12" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B275" s="10"/>
+      <c r="C275" s="12" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D275" s="11"/>
+      <c r="E275" s="10"/>
       <c r="F275" s="3" t="s">
-        <v>2196</v>
+        <v>2189</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>276</v>
       </c>
       <c r="H275" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I275" s="3" t="s">
-        <v>2197</v>
+        <v>2190</v>
       </c>
       <c r="J275" s="3" t="s">
-        <v>2198</v>
+        <v>2191</v>
       </c>
       <c r="K275" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L275" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M275" s="9"/>
+      <c r="L275" s="12" t="s">
+        <v>2192</v>
+      </c>
+      <c r="M275" s="10"/>
       <c r="N275" s="3" t="s">
-        <v>2200</v>
+        <v>2193</v>
       </c>
       <c r="O275" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P275" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q275" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A276" s="12" t="s">
+      <c r="A276" s="13" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B276" s="10"/>
+      <c r="C276" s="13" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D276" s="11"/>
+      <c r="E276" s="10"/>
+      <c r="F276" s="5" t="s">
+        <v>2196</v>
+      </c>
+      <c r="G276" s="5" t="s">
+        <v>2197</v>
+      </c>
+      <c r="H276" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>2198</v>
+      </c>
+      <c r="J276" s="5" t="s">
+        <v>2199</v>
+      </c>
+      <c r="K276" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L276" s="13" t="s">
+        <v>2200</v>
+      </c>
+      <c r="M276" s="10"/>
+      <c r="N276" s="5" t="s">
         <v>2201</v>
       </c>
-      <c r="B276" s="9"/>
-      <c r="C276" s="12" t="s">
+      <c r="O276" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="P276" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q276" s="5" t="s">
         <v>2202</v>
       </c>
-      <c r="D276" s="10"/>
-[...1 lines deleted...]
-      <c r="F276" s="5" t="s">
+    </row>
+    <row r="277" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A277" s="12" t="s">
         <v>2203</v>
       </c>
-      <c r="G276" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I276" s="5" t="s">
+      <c r="B277" s="10"/>
+      <c r="C277" s="12" t="s">
         <v>2204</v>
       </c>
-      <c r="J276" s="5" t="s">
+      <c r="D277" s="11"/>
+      <c r="E277" s="10"/>
+      <c r="F277" s="3" t="s">
         <v>2205</v>
       </c>
-      <c r="K276" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L276" s="12" t="s">
+      <c r="G277" s="3" t="s">
         <v>2206</v>
       </c>
-      <c r="M276" s="9"/>
-      <c r="N276" s="5" t="s">
+      <c r="H277" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I277" s="3" t="s">
         <v>2207</v>
       </c>
-      <c r="O276" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q276" s="5" t="s">
+      <c r="J277" s="3" t="s">
         <v>2208</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A277" s="11" t="s">
+      <c r="K277" s="4" t="s">
         <v>2209</v>
       </c>
-      <c r="B277" s="9"/>
-      <c r="C277" s="11" t="s">
+      <c r="L277" s="12" t="s">
         <v>2210</v>
       </c>
-      <c r="D277" s="10"/>
-[...22 lines deleted...]
-      <c r="M277" s="9"/>
+      <c r="M277" s="10"/>
       <c r="N277" s="3"/>
       <c r="O277" s="3" t="s">
+        <v>2211</v>
+      </c>
+      <c r="P277" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q277" s="3" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="278" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A278" s="13" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B278" s="10"/>
+      <c r="C278" s="13" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D278" s="11"/>
+      <c r="E278" s="10"/>
+      <c r="F278" s="5" t="s">
+        <v>2215</v>
+      </c>
+      <c r="G278" s="5" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H278" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I278" s="5" t="s">
         <v>2217</v>
       </c>
-      <c r="P277" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q277" s="3" t="s">
+      <c r="J278" s="5" t="s">
         <v>2218</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A278" s="12" t="s">
+      <c r="K278" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L278" s="13" t="s">
         <v>2219</v>
       </c>
-      <c r="B278" s="9"/>
-[...26 lines deleted...]
-      <c r="M278" s="9"/>
+      <c r="M278" s="10"/>
       <c r="N278" s="5"/>
       <c r="O278" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P278" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q278" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="279" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A279" s="11" t="s">
+      <c r="A279" s="12" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B279" s="10"/>
+      <c r="C279" s="12" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D279" s="11"/>
+      <c r="E279" s="10"/>
+      <c r="F279" s="3" t="s">
+        <v>2222</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H279" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I279" s="3" t="s">
+        <v>2224</v>
+      </c>
+      <c r="J279" s="3" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K279" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L279" s="12" t="s">
         <v>2226</v>
       </c>
-      <c r="B279" s="9"/>
-[...26 lines deleted...]
-      <c r="M279" s="9"/>
+      <c r="M279" s="10"/>
       <c r="N279" s="3"/>
       <c r="O279" s="3" t="s">
-        <v>2233</v>
+        <v>2227</v>
       </c>
       <c r="P279" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>2234</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="280" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A280" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E280" s="9"/>
+      <c r="A280" s="13" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B280" s="10"/>
+      <c r="C280" s="13" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D280" s="11"/>
+      <c r="E280" s="10"/>
       <c r="F280" s="5" t="s">
-        <v>2237</v>
+        <v>2231</v>
       </c>
       <c r="G280" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H280" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>2238</v>
+        <v>2232</v>
       </c>
       <c r="J280" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K280" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L280" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M280" s="9"/>
+      <c r="L280" s="13" t="s">
+        <v>2233</v>
+      </c>
+      <c r="M280" s="10"/>
       <c r="N280" s="5"/>
       <c r="O280" s="5" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="P280" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q280" s="5" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="281" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A281" s="12" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B281" s="10"/>
+      <c r="C281" s="12" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D281" s="11"/>
+      <c r="E281" s="10"/>
+      <c r="F281" s="3" t="s">
+        <v>2237</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H281" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I281" s="3" t="s">
+        <v>2239</v>
+      </c>
+      <c r="J281" s="3" t="s">
         <v>2240</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A281" s="11" t="s">
+      <c r="K281" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L281" s="12" t="s">
         <v>2241</v>
       </c>
-      <c r="B281" s="9"/>
-[...26 lines deleted...]
-      <c r="M281" s="9"/>
+      <c r="M281" s="10"/>
       <c r="N281" s="3"/>
       <c r="O281" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P281" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q281" s="3" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="282" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A282" s="13" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B282" s="10"/>
+      <c r="C282" s="13" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D282" s="11"/>
+      <c r="E282" s="10"/>
+      <c r="F282" s="5" t="s">
+        <v>2245</v>
+      </c>
+      <c r="G282" s="5" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H282" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>2247</v>
+      </c>
+      <c r="J282" s="5" t="s">
         <v>2248</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A282" s="12" t="s">
+      <c r="K282" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L282" s="13" t="s">
         <v>2249</v>
       </c>
-      <c r="B282" s="9"/>
-[...26 lines deleted...]
-      <c r="M282" s="9"/>
+      <c r="M282" s="10"/>
       <c r="N282" s="5"/>
       <c r="O282" s="5" t="s">
         <v>298</v>
       </c>
       <c r="P282" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q282" s="5" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="283" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A283" s="12" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B283" s="10"/>
+      <c r="C283" s="12" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D283" s="11"/>
+      <c r="E283" s="10"/>
+      <c r="F283" s="3" t="s">
+        <v>2253</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="H283" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I283" s="3" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J283" s="3" t="s">
+        <v>2255</v>
+      </c>
+      <c r="K283" s="4" t="s">
         <v>2256</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A283" s="11" t="s">
+      <c r="L283" s="12" t="s">
         <v>2257</v>
       </c>
-      <c r="B283" s="9"/>
-[...26 lines deleted...]
-      <c r="M283" s="9"/>
+      <c r="M283" s="10"/>
       <c r="N283" s="3"/>
       <c r="O283" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P283" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q283" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="284" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A284" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E284" s="9"/>
+      <c r="A284" s="13" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B284" s="10"/>
+      <c r="C284" s="13" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D284" s="11"/>
+      <c r="E284" s="10"/>
       <c r="F284" s="5" t="s">
-        <v>2266</v>
+        <v>2260</v>
       </c>
       <c r="G284" s="5" t="s">
         <v>285</v>
       </c>
       <c r="H284" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>2267</v>
+        <v>2261</v>
       </c>
       <c r="J284" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K284" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L284" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M284" s="9"/>
+      <c r="L284" s="13" t="s">
+        <v>2262</v>
+      </c>
+      <c r="M284" s="10"/>
       <c r="N284" s="5"/>
       <c r="O284" s="5" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="P284" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q284" s="5" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="285" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A285" s="12" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B285" s="10"/>
+      <c r="C285" s="12" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D285" s="11"/>
+      <c r="E285" s="10"/>
+      <c r="F285" s="3" t="s">
+        <v>2266</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>2267</v>
+      </c>
+      <c r="H285" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I285" s="3" t="s">
+        <v>2268</v>
+      </c>
+      <c r="J285" s="3" t="s">
         <v>2269</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A285" s="11" t="s">
+      <c r="K285" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L285" s="12" t="s">
         <v>2270</v>
       </c>
-      <c r="B285" s="9"/>
-[...26 lines deleted...]
-      <c r="M285" s="9"/>
+      <c r="M285" s="10"/>
       <c r="N285" s="3"/>
       <c r="O285" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P285" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q285" s="3" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="286" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A286" s="13" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B286" s="10"/>
+      <c r="C286" s="13" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D286" s="11"/>
+      <c r="E286" s="10"/>
+      <c r="F286" s="5" t="s">
+        <v>2274</v>
+      </c>
+      <c r="G286" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="H286" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>2275</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>2276</v>
+      </c>
+      <c r="K286" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L286" s="13" t="s">
         <v>2277</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A286" s="12" t="s">
+      <c r="M286" s="10"/>
+      <c r="N286" s="5" t="s">
         <v>2278</v>
-      </c>
-[...29 lines deleted...]
-        <v>2284</v>
       </c>
       <c r="O286" s="5" t="s">
         <v>118</v>
       </c>
       <c r="P286" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q286" s="5" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="287" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A287" s="12" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B287" s="10"/>
+      <c r="C287" s="12" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D287" s="11"/>
+      <c r="E287" s="10"/>
+      <c r="F287" s="3" t="s">
+        <v>2282</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H287" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I287" s="3" t="s">
+        <v>2284</v>
+      </c>
+      <c r="J287" s="3" t="s">
         <v>2285</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A287" s="11" t="s">
+      <c r="K287" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L287" s="12" t="s">
         <v>2286</v>
       </c>
-      <c r="B287" s="9"/>
-      <c r="C287" s="11" t="s">
+      <c r="M287" s="10"/>
+      <c r="N287" s="3" t="s">
         <v>2287</v>
-      </c>
-[...25 lines deleted...]
-        <v>2293</v>
       </c>
       <c r="O287" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P287" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q287" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A288" s="12" t="s">
+      <c r="A288" s="13" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B288" s="10"/>
+      <c r="C288" s="13" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D288" s="11"/>
+      <c r="E288" s="10"/>
+      <c r="F288" s="5" t="s">
+        <v>2290</v>
+      </c>
+      <c r="G288" s="5" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H288" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>2292</v>
+      </c>
+      <c r="J288" s="5" t="s">
+        <v>2293</v>
+      </c>
+      <c r="K288" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L288" s="13" t="s">
         <v>2294</v>
       </c>
-      <c r="B288" s="9"/>
-[...26 lines deleted...]
-      <c r="M288" s="9"/>
+      <c r="M288" s="10"/>
       <c r="N288" s="5"/>
       <c r="O288" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P288" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q288" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="289" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A289" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E289" s="9"/>
+      <c r="A289" s="12" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B289" s="10"/>
+      <c r="C289" s="12" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D289" s="11"/>
+      <c r="E289" s="10"/>
       <c r="F289" s="3" t="s">
-        <v>2303</v>
+        <v>2297</v>
       </c>
       <c r="G289" s="3" t="s">
         <v>164</v>
       </c>
       <c r="H289" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I289" s="3" t="s">
+        <v>2298</v>
+      </c>
+      <c r="J289" s="3" t="s">
+        <v>2299</v>
+      </c>
+      <c r="K289" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L289" s="12" t="s">
+        <v>2300</v>
+      </c>
+      <c r="M289" s="10"/>
+      <c r="N289" s="3" t="s">
+        <v>2301</v>
+      </c>
+      <c r="O289" s="3" t="s">
+        <v>2302</v>
+      </c>
+      <c r="P289" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q289" s="3" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="290" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A290" s="13" t="s">
         <v>2304</v>
       </c>
-      <c r="J289" s="3" t="s">
+      <c r="B290" s="10"/>
+      <c r="C290" s="13" t="s">
         <v>2305</v>
       </c>
-      <c r="K289" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L289" s="11" t="s">
+      <c r="D290" s="11"/>
+      <c r="E290" s="10"/>
+      <c r="F290" s="5" t="s">
         <v>2306</v>
-      </c>
-[...25 lines deleted...]
-        <v>2312</v>
       </c>
       <c r="G290" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H290" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
       <c r="J290" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K290" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L290" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M290" s="9"/>
+      <c r="L290" s="13" t="s">
+        <v>2308</v>
+      </c>
+      <c r="M290" s="10"/>
       <c r="N290" s="5"/>
       <c r="O290" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P290" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q290" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="291" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A291" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E291" s="9"/>
+      <c r="A291" s="12" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B291" s="10"/>
+      <c r="C291" s="12" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D291" s="11"/>
+      <c r="E291" s="10"/>
       <c r="F291" s="3" t="s">
-        <v>2317</v>
+        <v>2311</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>2318</v>
+        <v>2312</v>
       </c>
       <c r="H291" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I291" s="3" t="s">
-        <v>2319</v>
+        <v>2313</v>
       </c>
       <c r="J291" s="3" t="s">
-        <v>2320</v>
+        <v>2314</v>
       </c>
       <c r="K291" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L291" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M291" s="9"/>
+      <c r="L291" s="12" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M291" s="10"/>
       <c r="N291" s="3"/>
       <c r="O291" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P291" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q291" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="292" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A292" s="12" t="s">
+      <c r="A292" s="13" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B292" s="10"/>
+      <c r="C292" s="13" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D292" s="11"/>
+      <c r="E292" s="10"/>
+      <c r="F292" s="5" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G292" s="5" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H292" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J292" s="5" t="s">
+        <v>2320</v>
+      </c>
+      <c r="K292" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L292" s="13" t="s">
         <v>2321</v>
       </c>
-      <c r="B292" s="9"/>
-[...26 lines deleted...]
-      <c r="M292" s="9"/>
+      <c r="M292" s="10"/>
       <c r="N292" s="5" t="s">
-        <v>2078</v>
+        <v>2071</v>
       </c>
       <c r="O292" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P292" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q292" s="5" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="293" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A293" s="12" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B293" s="10"/>
+      <c r="C293" s="12" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D293" s="11"/>
+      <c r="E293" s="10"/>
+      <c r="F293" s="3" t="s">
+        <v>2325</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H293" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I293" s="3" t="s">
+        <v>2327</v>
+      </c>
+      <c r="J293" s="3" t="s">
         <v>2328</v>
-      </c>
-[...24 lines deleted...]
-        <v>2334</v>
       </c>
       <c r="K293" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="L293" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M293" s="9"/>
+      <c r="L293" s="12" t="s">
+        <v>2329</v>
+      </c>
+      <c r="M293" s="10"/>
       <c r="N293" s="3" t="s">
-        <v>2336</v>
+        <v>2330</v>
       </c>
       <c r="O293" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="P293" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q293" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="P293" s="4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="294" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A294" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E294" s="9"/>
+      <c r="A294" s="13" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B294" s="10"/>
+      <c r="C294" s="13" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D294" s="11"/>
+      <c r="E294" s="10"/>
       <c r="F294" s="5" t="s">
-        <v>2196</v>
+        <v>2189</v>
       </c>
       <c r="G294" s="5" t="s">
         <v>276</v>
       </c>
       <c r="H294" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>2197</v>
+        <v>2190</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>2198</v>
+        <v>2191</v>
       </c>
       <c r="K294" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L294" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M294" s="9"/>
+      <c r="L294" s="13" t="s">
+        <v>2333</v>
+      </c>
+      <c r="M294" s="10"/>
       <c r="N294" s="5"/>
       <c r="O294" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P294" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q294" s="5" t="s">
-        <v>2340</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="295" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A295" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E295" s="9"/>
+      <c r="A295" s="12" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B295" s="10"/>
+      <c r="C295" s="12" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D295" s="11"/>
+      <c r="E295" s="10"/>
       <c r="F295" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>313</v>
       </c>
       <c r="H295" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I295" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J295" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K295" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L295" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M295" s="9"/>
+      <c r="L295" s="12" t="s">
+        <v>2340</v>
+      </c>
+      <c r="M295" s="10"/>
       <c r="N295" s="3" t="s">
-        <v>2347</v>
+        <v>2341</v>
       </c>
       <c r="O295" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P295" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="296" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A296" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E296" s="9"/>
+      <c r="A296" s="13" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B296" s="10"/>
+      <c r="C296" s="13" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D296" s="11"/>
+      <c r="E296" s="10"/>
       <c r="F296" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G296" s="5" t="s">
         <v>313</v>
       </c>
       <c r="H296" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I296" s="5" t="s">
+        <v>2338</v>
+      </c>
+      <c r="J296" s="5" t="s">
+        <v>2339</v>
+      </c>
+      <c r="K296" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L296" s="13" t="s">
         <v>2344</v>
       </c>
-      <c r="J296" s="5" t="s">
-[...8 lines deleted...]
-      <c r="M296" s="9"/>
+      <c r="M296" s="10"/>
       <c r="N296" s="5" t="s">
-        <v>2347</v>
+        <v>2341</v>
       </c>
       <c r="O296" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P296" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q296" s="5" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="297" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A297" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E297" s="9"/>
+      <c r="A297" s="12" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B297" s="10"/>
+      <c r="C297" s="12" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D297" s="11"/>
+      <c r="E297" s="10"/>
       <c r="F297" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>313</v>
       </c>
       <c r="H297" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I297" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J297" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K297" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L297" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M297" s="9"/>
+      <c r="L297" s="12" t="s">
+        <v>2346</v>
+      </c>
+      <c r="M297" s="10"/>
       <c r="N297" s="3" t="s">
-        <v>2347</v>
+        <v>2341</v>
       </c>
       <c r="O297" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P297" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q297" s="3" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="298" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A298" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E298" s="9"/>
+      <c r="A298" s="13" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B298" s="10"/>
+      <c r="C298" s="13" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D298" s="11"/>
+      <c r="E298" s="10"/>
       <c r="F298" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G298" s="5" t="s">
         <v>313</v>
       </c>
       <c r="H298" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I298" s="5" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K298" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L298" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M298" s="9"/>
+      <c r="L298" s="13" t="s">
+        <v>2348</v>
+      </c>
+      <c r="M298" s="10"/>
       <c r="N298" s="5" t="s">
-        <v>2347</v>
+        <v>2341</v>
       </c>
       <c r="O298" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P298" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q298" s="5" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="299" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A299" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E299" s="9"/>
+      <c r="A299" s="12" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B299" s="10"/>
+      <c r="C299" s="12" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D299" s="11"/>
+      <c r="E299" s="10"/>
       <c r="F299" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>313</v>
       </c>
       <c r="H299" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I299" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J299" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K299" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L299" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M299" s="9"/>
+      <c r="L299" s="12" t="s">
+        <v>2350</v>
+      </c>
+      <c r="M299" s="10"/>
       <c r="N299" s="3" t="s">
-        <v>2347</v>
+        <v>2341</v>
       </c>
       <c r="O299" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P299" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q299" s="3" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="300" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A300" s="12" t="s">
+      <c r="A300" s="13" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B300" s="10"/>
+      <c r="C300" s="13" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D300" s="11"/>
+      <c r="E300" s="10"/>
+      <c r="F300" s="5" t="s">
+        <v>2353</v>
+      </c>
+      <c r="G300" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H300" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>2354</v>
+      </c>
+      <c r="J300" s="5" t="s">
+        <v>2355</v>
+      </c>
+      <c r="K300" s="6" t="s">
+        <v>2356</v>
+      </c>
+      <c r="L300" s="13" t="s">
         <v>2357</v>
       </c>
-      <c r="B300" s="9"/>
-[...26 lines deleted...]
-      <c r="M300" s="9"/>
+      <c r="M300" s="10"/>
       <c r="N300" s="5"/>
       <c r="O300" s="5" t="s">
+        <v>2358</v>
+      </c>
+      <c r="P300" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q300" s="5" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="301" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A301" s="12" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B301" s="10"/>
+      <c r="C301" s="12" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D301" s="11"/>
+      <c r="E301" s="10"/>
+      <c r="F301" s="3" t="s">
+        <v>2362</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>2363</v>
+      </c>
+      <c r="H301" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I301" s="3" t="s">
         <v>2364</v>
       </c>
-      <c r="P300" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q300" s="5" t="s">
+      <c r="J301" s="3" t="s">
         <v>2365</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A301" s="11" t="s">
+      <c r="K301" s="4" t="s">
+        <v>827</v>
+      </c>
+      <c r="L301" s="12" t="s">
         <v>2366</v>
       </c>
-      <c r="B301" s="9"/>
-[...26 lines deleted...]
-      <c r="M301" s="9"/>
+      <c r="M301" s="10"/>
       <c r="N301" s="3"/>
       <c r="O301" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P301" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q301" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="302" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A302" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E302" s="9"/>
+      <c r="A302" s="13" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B302" s="10"/>
+      <c r="C302" s="13" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D302" s="11"/>
+      <c r="E302" s="10"/>
       <c r="F302" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G302" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H302" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K302" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M302" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L302" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M302" s="10"/>
       <c r="N302" s="5"/>
       <c r="O302" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P302" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q302" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="303" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A303" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E303" s="9"/>
+      <c r="A303" s="12" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B303" s="10"/>
+      <c r="C303" s="12" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D303" s="11"/>
+      <c r="E303" s="10"/>
       <c r="F303" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H303" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I303" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J303" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K303" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M303" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L303" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M303" s="10"/>
       <c r="N303" s="3"/>
       <c r="O303" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P303" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q303" s="3" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="304" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A304" s="13" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B304" s="10"/>
+      <c r="C304" s="13" t="s">
         <v>2373</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E304" s="9"/>
+      <c r="D304" s="11"/>
+      <c r="E304" s="10"/>
       <c r="F304" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G304" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H304" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I304" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K304" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M304" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L304" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M304" s="10"/>
       <c r="N304" s="5"/>
       <c r="O304" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P304" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q304" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="305" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A305" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E305" s="9"/>
+      <c r="A305" s="12" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B305" s="10"/>
+      <c r="C305" s="12" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D305" s="11"/>
+      <c r="E305" s="10"/>
       <c r="F305" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H305" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I305" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J305" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K305" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M305" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L305" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M305" s="10"/>
       <c r="N305" s="3"/>
       <c r="O305" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P305" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q305" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="306" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A306" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E306" s="9"/>
+      <c r="A306" s="13" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B306" s="10"/>
+      <c r="C306" s="13" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D306" s="11"/>
+      <c r="E306" s="10"/>
       <c r="F306" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G306" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H306" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K306" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M306" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L306" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M306" s="10"/>
       <c r="N306" s="5"/>
       <c r="O306" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P306" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q306" s="5" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="307" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A307" s="12" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B307" s="10"/>
+      <c r="C307" s="12" t="s">
         <v>2373</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E307" s="9"/>
+      <c r="D307" s="11"/>
+      <c r="E307" s="10"/>
       <c r="F307" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H307" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I307" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J307" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K307" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M307" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L307" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M307" s="10"/>
       <c r="N307" s="3"/>
       <c r="O307" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P307" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q307" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="308" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A308" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E308" s="9"/>
+      <c r="A308" s="13" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B308" s="10"/>
+      <c r="C308" s="13" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D308" s="11"/>
+      <c r="E308" s="10"/>
       <c r="F308" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G308" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H308" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K308" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M308" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L308" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M308" s="10"/>
       <c r="N308" s="5"/>
       <c r="O308" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P308" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q308" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="309" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A309" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E309" s="9"/>
+      <c r="A309" s="12" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B309" s="10"/>
+      <c r="C309" s="12" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D309" s="11"/>
+      <c r="E309" s="10"/>
       <c r="F309" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H309" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I309" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J309" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K309" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M309" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L309" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M309" s="10"/>
       <c r="N309" s="3"/>
       <c r="O309" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P309" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q309" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="310" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A310" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E310" s="9"/>
+      <c r="A310" s="13" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B310" s="10"/>
+      <c r="C310" s="13" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D310" s="11"/>
+      <c r="E310" s="10"/>
       <c r="F310" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G310" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H310" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K310" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M310" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L310" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M310" s="10"/>
       <c r="N310" s="5"/>
       <c r="O310" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P310" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q310" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="311" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A311" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E311" s="9"/>
+      <c r="A311" s="12" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B311" s="10"/>
+      <c r="C311" s="12" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D311" s="11"/>
+      <c r="E311" s="10"/>
       <c r="F311" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H311" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I311" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J311" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K311" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M311" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L311" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M311" s="10"/>
       <c r="N311" s="3"/>
       <c r="O311" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P311" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q311" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="312" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A312" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E312" s="9"/>
+      <c r="A312" s="13" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B312" s="10"/>
+      <c r="C312" s="13" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D312" s="11"/>
+      <c r="E312" s="10"/>
       <c r="F312" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G312" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H312" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K312" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M312" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L312" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M312" s="10"/>
       <c r="N312" s="5"/>
       <c r="O312" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P312" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q312" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="313" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A313" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E313" s="9"/>
+      <c r="A313" s="12" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B313" s="10"/>
+      <c r="C313" s="12" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D313" s="11"/>
+      <c r="E313" s="10"/>
       <c r="F313" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H313" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I313" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J313" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K313" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M313" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L313" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M313" s="10"/>
       <c r="N313" s="3"/>
       <c r="O313" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P313" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q313" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="314" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A314" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E314" s="9"/>
+      <c r="A314" s="13" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B314" s="10"/>
+      <c r="C314" s="13" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D314" s="11"/>
+      <c r="E314" s="10"/>
       <c r="F314" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G314" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H314" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K314" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M314" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L314" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M314" s="10"/>
       <c r="N314" s="5"/>
       <c r="O314" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P314" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q314" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="315" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A315" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E315" s="9"/>
+      <c r="A315" s="12" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B315" s="10"/>
+      <c r="C315" s="12" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D315" s="11"/>
+      <c r="E315" s="10"/>
       <c r="F315" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H315" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I315" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J315" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K315" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M315" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L315" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M315" s="10"/>
       <c r="N315" s="3"/>
       <c r="O315" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P315" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q315" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="316" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A316" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E316" s="9"/>
+      <c r="A316" s="13" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B316" s="10"/>
+      <c r="C316" s="13" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D316" s="11"/>
+      <c r="E316" s="10"/>
       <c r="F316" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G316" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H316" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K316" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M316" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L316" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M316" s="10"/>
       <c r="N316" s="5"/>
       <c r="O316" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P316" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q316" s="5" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="317" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A317" s="12" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B317" s="10"/>
+      <c r="C317" s="12" t="s">
         <v>2373</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E317" s="9"/>
+      <c r="D317" s="11"/>
+      <c r="E317" s="10"/>
       <c r="F317" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H317" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I317" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J317" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K317" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M317" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L317" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M317" s="10"/>
       <c r="N317" s="3"/>
       <c r="O317" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P317" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q317" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="318" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A318" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E318" s="9"/>
+      <c r="A318" s="13" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B318" s="10"/>
+      <c r="C318" s="13" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D318" s="11"/>
+      <c r="E318" s="10"/>
       <c r="F318" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G318" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H318" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K318" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M318" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L318" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M318" s="10"/>
       <c r="N318" s="5"/>
       <c r="O318" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P318" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q318" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="319" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A319" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E319" s="9"/>
+      <c r="A319" s="12" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B319" s="10"/>
+      <c r="C319" s="12" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D319" s="11"/>
+      <c r="E319" s="10"/>
       <c r="F319" s="3" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H319" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I319" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J319" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K319" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M319" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L319" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M319" s="10"/>
       <c r="N319" s="3"/>
       <c r="O319" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P319" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q319" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="320" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A320" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E320" s="9"/>
+      <c r="A320" s="13" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B320" s="10"/>
+      <c r="C320" s="13" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D320" s="11"/>
+      <c r="E320" s="10"/>
       <c r="F320" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G320" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H320" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K320" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M320" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L320" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M320" s="10"/>
       <c r="N320" s="5"/>
       <c r="O320" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P320" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q320" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="321" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A321" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E321" s="9"/>
+      <c r="A321" s="12" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B321" s="10"/>
+      <c r="C321" s="12" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D321" s="11"/>
+      <c r="E321" s="10"/>
       <c r="F321" s="3" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H321" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I321" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J321" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K321" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M321" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L321" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M321" s="10"/>
       <c r="N321" s="3"/>
       <c r="O321" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P321" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q321" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="322" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A322" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E322" s="9"/>
+      <c r="A322" s="13" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B322" s="10"/>
+      <c r="C322" s="13" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D322" s="11"/>
+      <c r="E322" s="10"/>
       <c r="F322" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G322" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H322" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K322" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M322" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L322" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M322" s="10"/>
       <c r="N322" s="5"/>
       <c r="O322" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P322" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q322" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="323" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A323" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E323" s="9"/>
+      <c r="A323" s="12" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B323" s="10"/>
+      <c r="C323" s="12" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D323" s="11"/>
+      <c r="E323" s="10"/>
       <c r="F323" s="3" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H323" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I323" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J323" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K323" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M323" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L323" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M323" s="10"/>
       <c r="N323" s="3"/>
       <c r="O323" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P323" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q323" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="324" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A324" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E324" s="9"/>
+      <c r="A324" s="13" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B324" s="10"/>
+      <c r="C324" s="13" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D324" s="11"/>
+      <c r="E324" s="10"/>
       <c r="F324" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G324" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H324" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I324" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J324" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K324" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M324" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L324" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M324" s="10"/>
       <c r="N324" s="5"/>
       <c r="O324" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P324" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q324" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="325" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A325" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E325" s="9"/>
+      <c r="A325" s="12" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B325" s="10"/>
+      <c r="C325" s="12" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D325" s="11"/>
+      <c r="E325" s="10"/>
       <c r="F325" s="3" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H325" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I325" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J325" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K325" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M325" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L325" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M325" s="10"/>
       <c r="N325" s="3"/>
       <c r="O325" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P325" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q325" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="326" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A326" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E326" s="9"/>
+      <c r="A326" s="13" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B326" s="10"/>
+      <c r="C326" s="13" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D326" s="11"/>
+      <c r="E326" s="10"/>
       <c r="F326" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G326" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H326" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K326" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M326" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L326" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M326" s="10"/>
       <c r="N326" s="5"/>
       <c r="O326" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P326" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q326" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="327" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A327" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E327" s="9"/>
+      <c r="A327" s="12" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B327" s="10"/>
+      <c r="C327" s="12" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D327" s="11"/>
+      <c r="E327" s="10"/>
       <c r="F327" s="3" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H327" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I327" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J327" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K327" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M327" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L327" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M327" s="10"/>
       <c r="N327" s="3"/>
       <c r="O327" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P327" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q327" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="328" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A328" s="12" t="s">
+      <c r="A328" s="13" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B328" s="10"/>
+      <c r="C328" s="13" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D328" s="11"/>
+      <c r="E328" s="10"/>
+      <c r="F328" s="5" t="s">
+        <v>2418</v>
+      </c>
+      <c r="G328" s="5" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H328" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>2420</v>
+      </c>
+      <c r="J328" s="5" t="s">
+        <v>2421</v>
+      </c>
+      <c r="K328" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L328" s="13" t="s">
         <v>2422</v>
       </c>
-      <c r="B328" s="9"/>
-[...26 lines deleted...]
-      <c r="M328" s="9"/>
+      <c r="M328" s="10"/>
       <c r="N328" s="5" t="s">
         <v>98</v>
       </c>
       <c r="O328" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P328" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q328" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A329" s="11" t="s">
+      <c r="A329" s="12" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B329" s="10"/>
+      <c r="C329" s="12" t="s">
+        <v>2424</v>
+      </c>
+      <c r="D329" s="11"/>
+      <c r="E329" s="10"/>
+      <c r="F329" s="3" t="s">
+        <v>2425</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H329" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I329" s="3" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J329" s="3" t="s">
+        <v>2428</v>
+      </c>
+      <c r="K329" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L329" s="12" t="s">
         <v>2429</v>
       </c>
-      <c r="B329" s="9"/>
-      <c r="C329" s="11" t="s">
+      <c r="M329" s="10"/>
+      <c r="N329" s="3" t="s">
         <v>2430</v>
       </c>
-      <c r="D329" s="10"/>
-[...1 lines deleted...]
-      <c r="F329" s="3" t="s">
+      <c r="O329" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P329" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q329" s="3" t="s">
         <v>2431</v>
       </c>
-      <c r="G329" s="3" t="s">
+    </row>
+    <row r="330" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A330" s="13" t="s">
         <v>2432</v>
       </c>
-      <c r="H329" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I329" s="3" t="s">
+      <c r="B330" s="10"/>
+      <c r="C330" s="13" t="s">
         <v>2433</v>
       </c>
-      <c r="J329" s="3" t="s">
+      <c r="D330" s="11"/>
+      <c r="E330" s="10"/>
+      <c r="F330" s="5" t="s">
+        <v>2425</v>
+      </c>
+      <c r="G330" s="5" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H330" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I330" s="5" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J330" s="5" t="s">
+        <v>2428</v>
+      </c>
+      <c r="K330" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L330" s="13" t="s">
+        <v>2429</v>
+      </c>
+      <c r="M330" s="10"/>
+      <c r="N330" s="5" t="s">
+        <v>2430</v>
+      </c>
+      <c r="O330" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P330" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q330" s="5" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="331" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A331" s="12" t="s">
         <v>2434</v>
       </c>
-      <c r="K329" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L329" s="11" t="s">
+      <c r="B331" s="10"/>
+      <c r="C331" s="12" t="s">
         <v>2435</v>
       </c>
-      <c r="M329" s="9"/>
-      <c r="N329" s="3" t="s">
+      <c r="D331" s="11"/>
+      <c r="E331" s="10"/>
+      <c r="F331" s="3" t="s">
+        <v>2425</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H331" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I331" s="3" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J331" s="3" t="s">
+        <v>2428</v>
+      </c>
+      <c r="K331" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L331" s="12" t="s">
+        <v>2429</v>
+      </c>
+      <c r="M331" s="10"/>
+      <c r="N331" s="3" t="s">
+        <v>2430</v>
+      </c>
+      <c r="O331" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P331" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q331" s="3" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="332" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A332" s="13" t="s">
         <v>2436</v>
       </c>
-      <c r="O329" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q329" s="3" t="s">
+      <c r="B332" s="10"/>
+      <c r="C332" s="13" t="s">
         <v>2437</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A330" s="12" t="s">
+      <c r="D332" s="11"/>
+      <c r="E332" s="10"/>
+      <c r="F332" s="5" t="s">
         <v>2438</v>
       </c>
-      <c r="B330" s="9"/>
-      <c r="C330" s="12" t="s">
+      <c r="G332" s="5" t="s">
         <v>2439</v>
       </c>
-      <c r="D330" s="10"/>
-[...37 lines deleted...]
-      <c r="A331" s="11" t="s">
+      <c r="H332" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I332" s="5" t="s">
         <v>2440</v>
       </c>
-      <c r="B331" s="9"/>
-      <c r="C331" s="11" t="s">
+      <c r="J332" s="5" t="s">
         <v>2441</v>
       </c>
-      <c r="D331" s="10"/>
-[...37 lines deleted...]
-      <c r="A332" s="12" t="s">
+      <c r="K332" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L332" s="13" t="s">
         <v>2442</v>
       </c>
-      <c r="B332" s="9"/>
-[...26 lines deleted...]
-      <c r="M332" s="9"/>
+      <c r="M332" s="10"/>
       <c r="N332" s="5"/>
       <c r="O332" s="5" t="s">
         <v>318</v>
       </c>
       <c r="P332" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q332" s="5" t="s">
-        <v>2449</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="333" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A333" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E333" s="9"/>
+      <c r="A333" s="12" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B333" s="10"/>
+      <c r="C333" s="12" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D333" s="11"/>
+      <c r="E333" s="10"/>
       <c r="F333" s="3" t="s">
-        <v>2424</v>
+        <v>2418</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>2452</v>
+        <v>2446</v>
       </c>
       <c r="H333" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I333" s="3" t="s">
-        <v>2453</v>
+        <v>2447</v>
       </c>
       <c r="J333" s="3" t="s">
-        <v>2427</v>
+        <v>2421</v>
       </c>
       <c r="K333" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L333" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M333" s="9"/>
+      <c r="L333" s="12" t="s">
+        <v>2448</v>
+      </c>
+      <c r="M333" s="10"/>
       <c r="N333" s="3"/>
       <c r="O333" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P333" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q333" s="3" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="334" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A334" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E334" s="9"/>
+      <c r="A334" s="13" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B334" s="10"/>
+      <c r="C334" s="13" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D334" s="11"/>
+      <c r="E334" s="10"/>
       <c r="F334" s="5" t="s">
-        <v>2457</v>
+        <v>2451</v>
       </c>
       <c r="G334" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H334" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I334" s="5" t="s">
-        <v>2458</v>
+        <v>2452</v>
       </c>
       <c r="J334" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K334" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L334" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M334" s="9"/>
+      <c r="L334" s="13" t="s">
+        <v>2453</v>
+      </c>
+      <c r="M334" s="10"/>
       <c r="N334" s="5" t="s">
-        <v>2460</v>
+        <v>2454</v>
       </c>
       <c r="O334" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P334" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q334" s="5" t="s">
-        <v>2461</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="335" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A335" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E335" s="9"/>
+      <c r="A335" s="12" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B335" s="10"/>
+      <c r="C335" s="12" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D335" s="11"/>
+      <c r="E335" s="10"/>
       <c r="F335" s="3" t="s">
-        <v>2457</v>
+        <v>2451</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H335" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I335" s="3" t="s">
-        <v>2458</v>
+        <v>2452</v>
       </c>
       <c r="J335" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K335" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L335" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M335" s="9"/>
+      <c r="L335" s="12" t="s">
+        <v>2453</v>
+      </c>
+      <c r="M335" s="10"/>
       <c r="N335" s="3" t="s">
-        <v>2460</v>
+        <v>2454</v>
       </c>
       <c r="O335" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P335" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q335" s="3" t="s">
-        <v>2461</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="336" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A336" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E336" s="9"/>
+      <c r="A336" s="13" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B336" s="10"/>
+      <c r="C336" s="13" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D336" s="11"/>
+      <c r="E336" s="10"/>
       <c r="F336" s="5" t="s">
-        <v>2424</v>
+        <v>2418</v>
       </c>
       <c r="G336" s="5" t="s">
-        <v>2425</v>
+        <v>2419</v>
       </c>
       <c r="H336" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I336" s="5" t="s">
-        <v>2426</v>
+        <v>2420</v>
       </c>
       <c r="J336" s="5" t="s">
-        <v>2427</v>
+        <v>2421</v>
       </c>
       <c r="K336" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L336" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M336" s="9"/>
+      <c r="L336" s="13" t="s">
+        <v>2460</v>
+      </c>
+      <c r="M336" s="10"/>
       <c r="N336" s="5"/>
       <c r="O336" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P336" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q336" s="5" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="337" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A337" s="11" t="s">
+      <c r="A337" s="12" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B337" s="10"/>
+      <c r="C337" s="12" t="s">
+        <v>2462</v>
+      </c>
+      <c r="D337" s="11"/>
+      <c r="E337" s="10"/>
+      <c r="F337" s="3" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H337" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I337" s="3" t="s">
+        <v>2465</v>
+      </c>
+      <c r="J337" s="3" t="s">
+        <v>2466</v>
+      </c>
+      <c r="K337" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L337" s="12" t="s">
         <v>2467</v>
       </c>
-      <c r="B337" s="9"/>
-[...26 lines deleted...]
-      <c r="M337" s="9"/>
+      <c r="M337" s="10"/>
       <c r="N337" s="3"/>
       <c r="O337" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P337" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q337" s="3" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="338" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A338" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E338" s="9"/>
+      <c r="A338" s="13" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B338" s="10"/>
+      <c r="C338" s="13" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D338" s="11"/>
+      <c r="E338" s="10"/>
       <c r="F338" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G338" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H338" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I338" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J338" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K338" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M338" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L338" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M338" s="10"/>
       <c r="N338" s="5"/>
       <c r="O338" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P338" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q338" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="339" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A339" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E339" s="9"/>
+      <c r="A339" s="12" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B339" s="10"/>
+      <c r="C339" s="12" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D339" s="11"/>
+      <c r="E339" s="10"/>
       <c r="F339" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H339" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I339" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J339" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K339" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M339" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L339" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M339" s="10"/>
       <c r="N339" s="3"/>
       <c r="O339" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P339" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q339" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="340" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A340" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E340" s="9"/>
+      <c r="A340" s="13" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B340" s="10"/>
+      <c r="C340" s="13" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D340" s="11"/>
+      <c r="E340" s="10"/>
       <c r="F340" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G340" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H340" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K340" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M340" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L340" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M340" s="10"/>
       <c r="N340" s="5"/>
       <c r="O340" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P340" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q340" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="341" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A341" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E341" s="9"/>
+      <c r="A341" s="12" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B341" s="10"/>
+      <c r="C341" s="12" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D341" s="11"/>
+      <c r="E341" s="10"/>
       <c r="F341" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H341" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I341" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J341" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K341" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M341" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L341" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M341" s="10"/>
       <c r="N341" s="3"/>
       <c r="O341" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P341" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q341" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="342" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A342" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E342" s="9"/>
+      <c r="A342" s="13" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B342" s="10"/>
+      <c r="C342" s="13" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D342" s="11"/>
+      <c r="E342" s="10"/>
       <c r="F342" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G342" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H342" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K342" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M342" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L342" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M342" s="10"/>
       <c r="N342" s="5"/>
       <c r="O342" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P342" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q342" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="343" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A343" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E343" s="9"/>
+      <c r="A343" s="12" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B343" s="10"/>
+      <c r="C343" s="12" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D343" s="11"/>
+      <c r="E343" s="10"/>
       <c r="F343" s="3" t="s">
-        <v>2485</v>
+        <v>2479</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="H343" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I343" s="3" t="s">
-        <v>2486</v>
+        <v>2480</v>
       </c>
       <c r="J343" s="3" t="s">
-        <v>2487</v>
+        <v>2481</v>
       </c>
       <c r="K343" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L343" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M343" s="9"/>
+      <c r="L343" s="12" t="s">
+        <v>2482</v>
+      </c>
+      <c r="M343" s="10"/>
       <c r="N343" s="3"/>
       <c r="O343" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P343" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q343" s="3" t="s">
-        <v>2489</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="344" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A344" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E344" s="9"/>
+      <c r="A344" s="13" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B344" s="10"/>
+      <c r="C344" s="13" t="s">
+        <v>2485</v>
+      </c>
+      <c r="D344" s="11"/>
+      <c r="E344" s="10"/>
       <c r="F344" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G344" s="5" t="s">
-        <v>2492</v>
+        <v>2486</v>
       </c>
       <c r="H344" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K344" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M344" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L344" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M344" s="10"/>
       <c r="N344" s="5"/>
       <c r="O344" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P344" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q344" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="345" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A345" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E345" s="9"/>
+      <c r="A345" s="12" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B345" s="10"/>
+      <c r="C345" s="12" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D345" s="11"/>
+      <c r="E345" s="10"/>
       <c r="F345" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H345" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I345" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J345" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K345" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M345" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L345" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M345" s="10"/>
       <c r="N345" s="3"/>
       <c r="O345" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P345" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q345" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="346" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A346" s="12" t="s">
+      <c r="A346" s="13" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B346" s="10"/>
+      <c r="C346" s="13" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D346" s="11"/>
+      <c r="E346" s="10"/>
+      <c r="F346" s="5" t="s">
+        <v>2491</v>
+      </c>
+      <c r="G346" s="5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H346" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I346" s="5" t="s">
+        <v>2493</v>
+      </c>
+      <c r="J346" s="5" t="s">
+        <v>2494</v>
+      </c>
+      <c r="K346" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L346" s="13" t="s">
         <v>2495</v>
       </c>
-      <c r="B346" s="9"/>
-[...26 lines deleted...]
-      <c r="M346" s="9"/>
+      <c r="M346" s="10"/>
       <c r="N346" s="5"/>
       <c r="O346" s="5" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="P346" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q346" s="5" t="s">
-        <v>2502</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="347" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A347" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E347" s="9"/>
+      <c r="A347" s="12" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B347" s="10"/>
+      <c r="C347" s="12" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D347" s="11"/>
+      <c r="E347" s="10"/>
       <c r="F347" s="3" t="s">
-        <v>2444</v>
+        <v>2438</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="H347" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I347" s="3" t="s">
-        <v>2446</v>
+        <v>2440</v>
       </c>
       <c r="J347" s="3" t="s">
-        <v>2447</v>
+        <v>2441</v>
       </c>
       <c r="K347" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L347" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M347" s="9"/>
+      <c r="L347" s="12" t="s">
+        <v>2499</v>
+      </c>
+      <c r="M347" s="10"/>
       <c r="N347" s="3"/>
       <c r="O347" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P347" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q347" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="348" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A348" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E348" s="9"/>
+      <c r="A348" s="13" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B348" s="10"/>
+      <c r="C348" s="13" t="s">
+        <v>2501</v>
+      </c>
+      <c r="D348" s="11"/>
+      <c r="E348" s="10"/>
       <c r="F348" s="5" t="s">
-        <v>2444</v>
+        <v>2438</v>
       </c>
       <c r="G348" s="5" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="H348" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I348" s="5" t="s">
-        <v>2446</v>
+        <v>2440</v>
       </c>
       <c r="J348" s="5" t="s">
-        <v>2447</v>
+        <v>2441</v>
       </c>
       <c r="K348" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L348" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M348" s="9"/>
+      <c r="L348" s="13" t="s">
+        <v>2502</v>
+      </c>
+      <c r="M348" s="10"/>
       <c r="N348" s="5" t="s">
-        <v>2509</v>
+        <v>2503</v>
       </c>
       <c r="O348" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P348" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q348" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="349" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A349" s="11" t="s">
+      <c r="A349" s="12" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B349" s="10"/>
+      <c r="C349" s="12" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D349" s="11"/>
+      <c r="E349" s="10"/>
+      <c r="F349" s="3" t="s">
+        <v>2506</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>2507</v>
+      </c>
+      <c r="H349" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I349" s="3" t="s">
+        <v>2508</v>
+      </c>
+      <c r="J349" s="3" t="s">
+        <v>2509</v>
+      </c>
+      <c r="K349" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L349" s="12" t="s">
         <v>2510</v>
       </c>
-      <c r="B349" s="9"/>
-[...26 lines deleted...]
-      <c r="M349" s="9"/>
+      <c r="M349" s="10"/>
       <c r="N349" s="3"/>
       <c r="O349" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P349" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q349" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="350" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A350" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E350" s="9"/>
+      <c r="A350" s="13" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B350" s="10"/>
+      <c r="C350" s="13" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D350" s="11"/>
+      <c r="E350" s="10"/>
       <c r="F350" s="5" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G350" s="5" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H350" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I350" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K350" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M350" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L350" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M350" s="10"/>
       <c r="N350" s="5"/>
       <c r="O350" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P350" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q350" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="351" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A351" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E351" s="9"/>
+      <c r="A351" s="12" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B351" s="10"/>
+      <c r="C351" s="12" t="s">
+        <v>2514</v>
+      </c>
+      <c r="D351" s="11"/>
+      <c r="E351" s="10"/>
       <c r="F351" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H351" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I351" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J351" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K351" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M351" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L351" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M351" s="10"/>
       <c r="N351" s="3"/>
       <c r="O351" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P351" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q351" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="352" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A352" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E352" s="9"/>
+      <c r="A352" s="13" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B352" s="10"/>
+      <c r="C352" s="13" t="s">
+        <v>2516</v>
+      </c>
+      <c r="D352" s="11"/>
+      <c r="E352" s="10"/>
       <c r="F352" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G352" s="5" t="s">
-        <v>2492</v>
+        <v>2486</v>
       </c>
       <c r="H352" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I352" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J352" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K352" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M352" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L352" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M352" s="10"/>
       <c r="N352" s="5"/>
       <c r="O352" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P352" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q352" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="353" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A353" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E353" s="9"/>
+      <c r="A353" s="12" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B353" s="10"/>
+      <c r="C353" s="12" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D353" s="11"/>
+      <c r="E353" s="10"/>
       <c r="F353" s="3" t="s">
-        <v>2485</v>
+        <v>2479</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="H353" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I353" s="3" t="s">
-        <v>2486</v>
+        <v>2480</v>
       </c>
       <c r="J353" s="3" t="s">
-        <v>2487</v>
+        <v>2481</v>
       </c>
       <c r="K353" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L353" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M353" s="9"/>
+      <c r="L353" s="12" t="s">
+        <v>2519</v>
+      </c>
+      <c r="M353" s="10"/>
       <c r="N353" s="3"/>
       <c r="O353" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P353" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q353" s="3" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="354" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A354" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E354" s="9"/>
+      <c r="A354" s="13" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B354" s="10"/>
+      <c r="C354" s="13" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D354" s="11"/>
+      <c r="E354" s="10"/>
       <c r="F354" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G354" s="5" t="s">
-        <v>2528</v>
+        <v>2522</v>
       </c>
       <c r="H354" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I354" s="5" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J354" s="5" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K354" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L354" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M354" s="9"/>
+      <c r="L354" s="13" t="s">
+        <v>2523</v>
+      </c>
+      <c r="M354" s="10"/>
       <c r="N354" s="5" t="s">
-        <v>2530</v>
+        <v>2524</v>
       </c>
       <c r="O354" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P354" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q354" s="5" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="355" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A355" s="12" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B355" s="10"/>
+      <c r="C355" s="12" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D355" s="11"/>
+      <c r="E355" s="10"/>
+      <c r="F355" s="3" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>2529</v>
+      </c>
+      <c r="H355" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I355" s="3" t="s">
+        <v>2530</v>
+      </c>
+      <c r="J355" s="3" t="s">
         <v>2531</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A355" s="11" t="s">
+      <c r="K355" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L355" s="12" t="s">
         <v>2532</v>
       </c>
-      <c r="B355" s="9"/>
-      <c r="C355" s="11" t="s">
+      <c r="M355" s="10"/>
+      <c r="N355" s="3" t="s">
         <v>2533</v>
-      </c>
-[...25 lines deleted...]
-        <v>2539</v>
       </c>
       <c r="O355" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P355" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q355" s="3" t="s">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="356" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A356" s="13" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B356" s="10"/>
+      <c r="C356" s="13" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D356" s="11"/>
+      <c r="E356" s="10"/>
+      <c r="F356" s="5" t="s">
+        <v>2537</v>
+      </c>
+      <c r="G356" s="5" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H356" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>2539</v>
+      </c>
+      <c r="J356" s="5" t="s">
         <v>2540</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A356" s="12" t="s">
+      <c r="K356" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L356" s="13" t="s">
         <v>2541</v>
       </c>
-      <c r="B356" s="9"/>
-      <c r="C356" s="12" t="s">
+      <c r="M356" s="10"/>
+      <c r="N356" s="5" t="s">
         <v>2542</v>
-      </c>
-[...25 lines deleted...]
-        <v>2548</v>
       </c>
       <c r="O356" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P356" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q356" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="357" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A357" s="11" t="s">
-[...3 lines deleted...]
-      <c r="C357" s="11" t="s">
+      <c r="A357" s="12" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B357" s="10"/>
+      <c r="C357" s="12" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D357" s="11"/>
+      <c r="E357" s="10"/>
+      <c r="F357" s="3" t="s">
+        <v>2537</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H357" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I357" s="3" t="s">
+        <v>2539</v>
+      </c>
+      <c r="J357" s="3" t="s">
+        <v>2540</v>
+      </c>
+      <c r="K357" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L357" s="12" t="s">
+        <v>2541</v>
+      </c>
+      <c r="M357" s="10"/>
+      <c r="N357" s="3" t="s">
         <v>2542</v>
-      </c>
-[...25 lines deleted...]
-        <v>2548</v>
       </c>
       <c r="O357" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P357" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q357" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="358" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A358" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E358" s="9"/>
+      <c r="A358" s="13" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B358" s="10"/>
+      <c r="C358" s="13" t="s">
+        <v>2546</v>
+      </c>
+      <c r="D358" s="11"/>
+      <c r="E358" s="10"/>
       <c r="F358" s="5" t="s">
-        <v>2485</v>
+        <v>2479</v>
       </c>
       <c r="G358" s="5" t="s">
-        <v>2553</v>
+        <v>2547</v>
       </c>
       <c r="H358" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I358" s="5" t="s">
-        <v>2486</v>
+        <v>2480</v>
       </c>
       <c r="J358" s="5" t="s">
-        <v>2487</v>
+        <v>2481</v>
       </c>
       <c r="K358" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L358" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M358" s="9"/>
+      <c r="L358" s="13" t="s">
+        <v>2086</v>
+      </c>
+      <c r="M358" s="10"/>
       <c r="N358" s="5"/>
       <c r="O358" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P358" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q358" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="359" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A359" s="11" t="s">
+      <c r="A359" s="12" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B359" s="10"/>
+      <c r="C359" s="12" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D359" s="11"/>
+      <c r="E359" s="10"/>
+      <c r="F359" s="3" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>2551</v>
+      </c>
+      <c r="H359" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I359" s="3" t="s">
+        <v>2552</v>
+      </c>
+      <c r="J359" s="3" t="s">
+        <v>2553</v>
+      </c>
+      <c r="K359" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L359" s="12" t="s">
         <v>2554</v>
       </c>
-      <c r="B359" s="9"/>
-[...26 lines deleted...]
-      <c r="M359" s="9"/>
+      <c r="M359" s="10"/>
       <c r="N359" s="3"/>
       <c r="O359" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P359" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q359" s="3" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="360" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A360" s="13" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B360" s="10"/>
+      <c r="C360" s="13" t="s">
+        <v>2557</v>
+      </c>
+      <c r="D360" s="11"/>
+      <c r="E360" s="10"/>
+      <c r="F360" s="5" t="s">
+        <v>2558</v>
+      </c>
+      <c r="G360" s="5" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H360" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>2560</v>
+      </c>
+      <c r="J360" s="5" t="s">
         <v>2561</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A360" s="12" t="s">
+      <c r="K360" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L360" s="13" t="s">
         <v>2562</v>
       </c>
-      <c r="B360" s="9"/>
-      <c r="C360" s="12" t="s">
+      <c r="M360" s="10"/>
+      <c r="N360" s="5" t="s">
         <v>2563</v>
       </c>
-      <c r="D360" s="10"/>
-[...1 lines deleted...]
-      <c r="F360" s="5" t="s">
+      <c r="O360" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P360" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q360" s="5" t="s">
         <v>2564</v>
       </c>
-      <c r="G360" s="5" t="s">
+    </row>
+    <row r="361" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A361" s="12" t="s">
         <v>2565</v>
       </c>
-      <c r="H360" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I360" s="5" t="s">
+      <c r="B361" s="10"/>
+      <c r="C361" s="12" t="s">
         <v>2566</v>
       </c>
-      <c r="J360" s="5" t="s">
+      <c r="D361" s="11"/>
+      <c r="E361" s="10"/>
+      <c r="F361" s="3" t="s">
         <v>2567</v>
       </c>
-      <c r="K360" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L360" s="12" t="s">
+      <c r="G361" s="3" t="s">
         <v>2568</v>
       </c>
-      <c r="M360" s="9"/>
-      <c r="N360" s="5" t="s">
+      <c r="H361" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I361" s="3" t="s">
         <v>2569</v>
       </c>
-      <c r="O360" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q360" s="5" t="s">
+      <c r="J361" s="3" t="s">
         <v>2570</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A361" s="11" t="s">
+      <c r="K361" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L361" s="12" t="s">
         <v>2571</v>
       </c>
-      <c r="B361" s="9"/>
-      <c r="C361" s="11" t="s">
+      <c r="M361" s="10"/>
+      <c r="N361" s="3" t="s">
         <v>2572</v>
-      </c>
-[...25 lines deleted...]
-        <v>2578</v>
       </c>
       <c r="O361" s="3" t="s">
         <v>335</v>
       </c>
       <c r="P361" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q361" s="3" t="s">
-        <v>2579</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="362" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A362" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E362" s="9"/>
+      <c r="A362" s="13" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B362" s="10"/>
+      <c r="C362" s="13" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D362" s="11"/>
+      <c r="E362" s="10"/>
       <c r="F362" s="5" t="s">
-        <v>2089</v>
+        <v>2082</v>
       </c>
       <c r="G362" s="5" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="H362" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I362" s="5" t="s">
-        <v>2091</v>
+        <v>2084</v>
       </c>
       <c r="J362" s="5" t="s">
-        <v>2092</v>
+        <v>2085</v>
       </c>
       <c r="K362" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L362" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M362" s="9"/>
+      <c r="L362" s="13" t="s">
+        <v>2086</v>
+      </c>
+      <c r="M362" s="10"/>
       <c r="N362" s="5"/>
       <c r="O362" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P362" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q362" s="5" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="363" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A363" s="11" t="s">
+      <c r="A363" s="12" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B363" s="10"/>
+      <c r="C363" s="12" t="s">
+        <v>2577</v>
+      </c>
+      <c r="D363" s="11"/>
+      <c r="E363" s="10"/>
+      <c r="F363" s="3" t="s">
+        <v>2578</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>2579</v>
+      </c>
+      <c r="H363" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I363" s="3" t="s">
+        <v>2580</v>
+      </c>
+      <c r="J363" s="3" t="s">
+        <v>2581</v>
+      </c>
+      <c r="K363" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L363" s="12" t="s">
         <v>2582</v>
       </c>
-      <c r="B363" s="9"/>
-[...26 lines deleted...]
-      <c r="M363" s="9"/>
+      <c r="M363" s="10"/>
       <c r="N363" s="3"/>
       <c r="O363" s="3" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="P363" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q363" s="3" t="s">
+        <v>2583</v>
+      </c>
+    </row>
+    <row r="364" spans="1:17" ht="56" x14ac:dyDescent="0.2">
+      <c r="A364" s="13" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B364" s="10"/>
+      <c r="C364" s="13" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D364" s="11"/>
+      <c r="E364" s="10"/>
+      <c r="F364" s="5" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G364" s="5" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H364" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>2588</v>
+      </c>
+      <c r="J364" s="5" t="s">
         <v>2589</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A364" s="12" t="s">
+      <c r="K364" s="6" t="s">
         <v>2590</v>
       </c>
-      <c r="B364" s="9"/>
-      <c r="C364" s="12" t="s">
+      <c r="L364" s="13" t="s">
         <v>2591</v>
       </c>
-      <c r="D364" s="10"/>
-[...1 lines deleted...]
-      <c r="F364" s="5" t="s">
+      <c r="M364" s="10"/>
+      <c r="N364" s="5" t="s">
         <v>2592</v>
-      </c>
-[...20 lines deleted...]
-        <v>2598</v>
       </c>
       <c r="O364" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P364" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q364" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="365" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A365" s="11" t="s">
+      <c r="A365" s="12" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B365" s="10"/>
+      <c r="C365" s="12" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D365" s="11"/>
+      <c r="E365" s="10"/>
+      <c r="F365" s="3" t="s">
+        <v>2595</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H365" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I365" s="3" t="s">
+        <v>2596</v>
+      </c>
+      <c r="J365" s="3" t="s">
+        <v>2597</v>
+      </c>
+      <c r="K365" s="4" t="s">
+        <v>2598</v>
+      </c>
+      <c r="L365" s="12" t="s">
         <v>2599</v>
       </c>
-      <c r="B365" s="9"/>
-[...26 lines deleted...]
-      <c r="M365" s="9"/>
+      <c r="M365" s="10"/>
       <c r="N365" s="3"/>
       <c r="O365" s="3" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="P365" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q365" s="3" t="s">
-        <v>2269</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="366" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A366" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E366" s="9"/>
+      <c r="A366" s="13" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B366" s="10"/>
+      <c r="C366" s="13" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D366" s="11"/>
+      <c r="E366" s="10"/>
       <c r="F366" s="5" t="s">
-        <v>2104</v>
+        <v>2097</v>
       </c>
       <c r="G366" s="5" t="s">
-        <v>2105</v>
+        <v>2098</v>
       </c>
       <c r="H366" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I366" s="5" t="s">
-        <v>2106</v>
+        <v>2099</v>
       </c>
       <c r="J366" s="5" t="s">
-        <v>2107</v>
+        <v>2100</v>
       </c>
       <c r="K366" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L366" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M366" s="9"/>
+      <c r="L366" s="13" t="s">
+        <v>2602</v>
+      </c>
+      <c r="M366" s="10"/>
       <c r="N366" s="5"/>
       <c r="O366" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P366" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q366" s="5" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="367" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A367" s="12" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B367" s="10"/>
+      <c r="C367" s="12" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D367" s="11"/>
+      <c r="E367" s="10"/>
+      <c r="F367" s="3" t="s">
+        <v>2606</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>2607</v>
+      </c>
+      <c r="H367" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I367" s="3" t="s">
+        <v>2608</v>
+      </c>
+      <c r="J367" s="3" t="s">
         <v>2609</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A367" s="11" t="s">
+      <c r="K367" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L367" s="12" t="s">
         <v>2610</v>
       </c>
-      <c r="B367" s="9"/>
-[...26 lines deleted...]
-      <c r="M367" s="9"/>
+      <c r="M367" s="10"/>
       <c r="N367" s="3"/>
       <c r="O367" s="3" t="s">
         <v>364</v>
       </c>
       <c r="P367" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q367" s="3" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="368" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A368" s="13" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B368" s="10"/>
+      <c r="C368" s="13" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D368" s="11"/>
+      <c r="E368" s="10"/>
+      <c r="F368" s="5" t="s">
+        <v>2614</v>
+      </c>
+      <c r="G368" s="5" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H368" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I368" s="5" t="s">
+        <v>2616</v>
+      </c>
+      <c r="J368" s="5" t="s">
         <v>2617</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A368" s="12" t="s">
+      <c r="K368" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L368" s="13" t="s">
         <v>2618</v>
       </c>
-      <c r="B368" s="9"/>
-[...26 lines deleted...]
-      <c r="M368" s="9"/>
+      <c r="M368" s="10"/>
       <c r="N368" s="5"/>
       <c r="O368" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P368" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q368" s="5" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="369" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A369" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E369" s="9"/>
+      <c r="A369" s="12" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B369" s="10"/>
+      <c r="C369" s="12" t="s">
+        <v>2620</v>
+      </c>
+      <c r="D369" s="11"/>
+      <c r="E369" s="10"/>
       <c r="F369" s="3" t="s">
-        <v>2243</v>
+        <v>2237</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>2627</v>
+        <v>2621</v>
       </c>
       <c r="H369" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I369" s="3" t="s">
-        <v>2245</v>
+        <v>2239</v>
       </c>
       <c r="J369" s="3" t="s">
-        <v>2628</v>
+        <v>2622</v>
       </c>
       <c r="K369" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L369" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M369" s="9"/>
+      <c r="L369" s="12" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M369" s="10"/>
       <c r="N369" s="3"/>
       <c r="O369" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P369" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q369" s="3" t="s">
-        <v>2248</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="370" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A370" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E370" s="9"/>
+      <c r="A370" s="13" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B370" s="10"/>
+      <c r="C370" s="13" t="s">
+        <v>2624</v>
+      </c>
+      <c r="D370" s="11"/>
+      <c r="E370" s="10"/>
       <c r="F370" s="5" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G370" s="5" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H370" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>2588</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>2589</v>
+      </c>
+      <c r="K370" s="6" t="s">
+        <v>2590</v>
+      </c>
+      <c r="L370" s="13" t="s">
+        <v>2626</v>
+      </c>
+      <c r="M370" s="10"/>
+      <c r="N370" s="5" t="s">
         <v>2592</v>
-      </c>
-[...20 lines deleted...]
-        <v>2598</v>
       </c>
       <c r="O370" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P370" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q370" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="371" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A371" s="11" t="s">
+      <c r="A371" s="12" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B371" s="10"/>
+      <c r="C371" s="12" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D371" s="11"/>
+      <c r="E371" s="10"/>
+      <c r="F371" s="3" t="s">
+        <v>2629</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H371" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I371" s="3" t="s">
+        <v>2630</v>
+      </c>
+      <c r="J371" s="3" t="s">
+        <v>2631</v>
+      </c>
+      <c r="K371" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L371" s="12" t="s">
+        <v>2632</v>
+      </c>
+      <c r="M371" s="10"/>
+      <c r="N371" s="3" t="s">
         <v>2633</v>
-      </c>
-[...29 lines deleted...]
-        <v>2639</v>
       </c>
       <c r="O371" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P371" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q371" s="3" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="372" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A372" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E372" s="9"/>
+      <c r="A372" s="13" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B372" s="10"/>
+      <c r="C372" s="13" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D372" s="11"/>
+      <c r="E372" s="10"/>
       <c r="F372" s="5" t="s">
-        <v>2643</v>
+        <v>2637</v>
       </c>
       <c r="G372" s="5" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="H372" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I372" s="5" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="J372" s="5" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="K372" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L372" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M372" s="9"/>
+      <c r="L372" s="13" t="s">
+        <v>2638</v>
+      </c>
+      <c r="M372" s="10"/>
       <c r="N372" s="5" t="s">
-        <v>2645</v>
+        <v>2639</v>
       </c>
       <c r="O372" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P372" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q372" s="5" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="373" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A373" s="12" t="s">
         <v>2640</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E373" s="9"/>
+      <c r="B373" s="10"/>
+      <c r="C373" s="12" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D373" s="11"/>
+      <c r="E373" s="10"/>
       <c r="F373" s="3" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="H373" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I373" s="3" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="J373" s="3" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="K373" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L373" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M373" s="9"/>
+      <c r="L373" s="12" t="s">
+        <v>2632</v>
+      </c>
+      <c r="M373" s="10"/>
       <c r="N373" s="3" t="s">
-        <v>2639</v>
+        <v>2633</v>
       </c>
       <c r="O373" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P373" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q373" s="3" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="374" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A374" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E374" s="9"/>
+      <c r="A374" s="13" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B374" s="10"/>
+      <c r="C374" s="13" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D374" s="11"/>
+      <c r="E374" s="10"/>
       <c r="F374" s="5" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="G374" s="5" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="H374" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I374" s="5" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="J374" s="5" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="K374" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L374" s="12" t="s">
+      <c r="L374" s="13" t="s">
+        <v>2638</v>
+      </c>
+      <c r="M374" s="10"/>
+      <c r="N374" s="5" t="s">
         <v>2644</v>
-      </c>
-[...2 lines deleted...]
-        <v>2650</v>
       </c>
       <c r="O374" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P374" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q374" s="5" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="375" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A375" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E375" s="9"/>
+      <c r="A375" s="12" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B375" s="10"/>
+      <c r="C375" s="12" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D375" s="11"/>
+      <c r="E375" s="10"/>
       <c r="F375" s="3" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="H375" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I375" s="3" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="J375" s="3" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="K375" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L375" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M375" s="9"/>
+      <c r="L375" s="12" t="s">
+        <v>2647</v>
+      </c>
+      <c r="M375" s="10"/>
       <c r="N375" s="3"/>
       <c r="O375" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P375" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q375" s="3" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="376" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A376" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E376" s="9"/>
+      <c r="A376" s="13" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B376" s="10"/>
+      <c r="C376" s="13" t="s">
+        <v>2649</v>
+      </c>
+      <c r="D376" s="11"/>
+      <c r="E376" s="10"/>
       <c r="F376" s="5" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="G376" s="5" t="s">
-        <v>1980</v>
+        <v>1973</v>
       </c>
       <c r="H376" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I376" s="5" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="J376" s="5" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="K376" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L376" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M376" s="9"/>
+      <c r="L376" s="13" t="s">
+        <v>2650</v>
+      </c>
+      <c r="M376" s="10"/>
       <c r="N376" s="5"/>
       <c r="O376" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P376" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q376" s="5" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="377" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A377" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E377" s="9"/>
+      <c r="A377" s="12" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B377" s="10"/>
+      <c r="C377" s="12" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D377" s="11"/>
+      <c r="E377" s="10"/>
       <c r="F377" s="3" t="s">
-        <v>2659</v>
+        <v>2653</v>
       </c>
       <c r="G377" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H377" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I377" s="3" t="s">
-        <v>2660</v>
+        <v>2654</v>
       </c>
       <c r="J377" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K377" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L377" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M377" s="9"/>
+      <c r="L377" s="12" t="s">
+        <v>2655</v>
+      </c>
+      <c r="M377" s="10"/>
       <c r="N377" s="3"/>
       <c r="O377" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P377" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q377" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="378" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A378" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E378" s="9"/>
+      <c r="A378" s="13" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B378" s="10"/>
+      <c r="C378" s="13" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D378" s="11"/>
+      <c r="E378" s="10"/>
       <c r="F378" s="5" t="s">
-        <v>2104</v>
+        <v>2097</v>
       </c>
       <c r="G378" s="5" t="s">
-        <v>2105</v>
+        <v>2098</v>
       </c>
       <c r="H378" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I378" s="5" t="s">
-        <v>2106</v>
+        <v>2099</v>
       </c>
       <c r="J378" s="5" t="s">
-        <v>2107</v>
+        <v>2100</v>
       </c>
       <c r="K378" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L378" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M378" s="9"/>
+      <c r="L378" s="13" t="s">
+        <v>2658</v>
+      </c>
+      <c r="M378" s="10"/>
       <c r="N378" s="5" t="s">
-        <v>2665</v>
+        <v>2659</v>
       </c>
       <c r="O378" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P378" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q378" s="5" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="379" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A379" s="11" t="s">
+      <c r="A379" s="12" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B379" s="10"/>
+      <c r="C379" s="12" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D379" s="11"/>
+      <c r="E379" s="10"/>
+      <c r="F379" s="3" t="s">
+        <v>2662</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H379" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I379" s="3" t="s">
+        <v>2664</v>
+      </c>
+      <c r="J379" s="3" t="s">
+        <v>2665</v>
+      </c>
+      <c r="K379" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L379" s="12" t="s">
         <v>2666</v>
       </c>
-      <c r="B379" s="9"/>
-      <c r="C379" s="11" t="s">
+      <c r="M379" s="10"/>
+      <c r="N379" s="3" t="s">
         <v>2667</v>
-      </c>
-[...25 lines deleted...]
-        <v>2673</v>
       </c>
       <c r="O379" s="3" t="s">
         <v>463</v>
       </c>
       <c r="P379" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q379" s="3" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="380" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A380" s="13" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B380" s="10"/>
+      <c r="C380" s="13" t="s">
+        <v>2670</v>
+      </c>
+      <c r="D380" s="11"/>
+      <c r="E380" s="10"/>
+      <c r="F380" s="5" t="s">
+        <v>2671</v>
+      </c>
+      <c r="G380" s="5" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H380" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I380" s="5" t="s">
+        <v>2673</v>
+      </c>
+      <c r="J380" s="5" t="s">
         <v>2674</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A380" s="12" t="s">
+      <c r="K380" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L380" s="13" t="s">
         <v>2675</v>
       </c>
-      <c r="B380" s="9"/>
-      <c r="C380" s="12" t="s">
+      <c r="M380" s="10"/>
+      <c r="N380" s="5" t="s">
         <v>2676</v>
-      </c>
-[...25 lines deleted...]
-        <v>2682</v>
       </c>
       <c r="O380" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P380" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q380" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="381" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A381" s="11" t="s">
+      <c r="A381" s="12" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B381" s="10"/>
+      <c r="C381" s="12" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D381" s="11"/>
+      <c r="E381" s="10"/>
+      <c r="F381" s="3" t="s">
+        <v>2679</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H381" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I381" s="3" t="s">
+        <v>2681</v>
+      </c>
+      <c r="J381" s="3" t="s">
+        <v>2682</v>
+      </c>
+      <c r="K381" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L381" s="12" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M381" s="10"/>
+      <c r="N381" s="3" t="s">
         <v>2683</v>
-      </c>
-[...29 lines deleted...]
-        <v>2689</v>
       </c>
       <c r="O381" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P381" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q381" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="382" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A382" s="12" t="s">
+      <c r="A382" s="13" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B382" s="10"/>
+      <c r="C382" s="13" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D382" s="11"/>
+      <c r="E382" s="10"/>
+      <c r="F382" s="5" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G382" s="5" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H382" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I382" s="5" t="s">
+        <v>2688</v>
+      </c>
+      <c r="J382" s="5" t="s">
+        <v>2689</v>
+      </c>
+      <c r="K382" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L382" s="13" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M382" s="10"/>
+      <c r="N382" s="5" t="s">
         <v>2690</v>
-      </c>
-[...29 lines deleted...]
-        <v>2696</v>
       </c>
       <c r="O382" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P382" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q382" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="383" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A383" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E383" s="9"/>
+      <c r="A383" s="12" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B383" s="10"/>
+      <c r="C383" s="12" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D383" s="11"/>
+      <c r="E383" s="10"/>
       <c r="F383" s="3" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="H383" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I383" s="3" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="J383" s="3" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="K383" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L383" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M383" s="9"/>
+      <c r="L383" s="12" t="s">
+        <v>2693</v>
+      </c>
+      <c r="M383" s="10"/>
       <c r="N383" s="3"/>
       <c r="O383" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P383" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q383" s="3" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="384" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A384" s="12" t="s">
+      <c r="A384" s="13" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B384" s="10"/>
+      <c r="C384" s="13" t="s">
+        <v>2695</v>
+      </c>
+      <c r="D384" s="11"/>
+      <c r="E384" s="10"/>
+      <c r="F384" s="5" t="s">
+        <v>2696</v>
+      </c>
+      <c r="G384" s="5" t="s">
+        <v>2697</v>
+      </c>
+      <c r="H384" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I384" s="5" t="s">
+        <v>2698</v>
+      </c>
+      <c r="J384" s="5" t="s">
+        <v>2699</v>
+      </c>
+      <c r="K384" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L384" s="13" t="s">
         <v>2700</v>
       </c>
-      <c r="B384" s="9"/>
-[...26 lines deleted...]
-      <c r="M384" s="9"/>
+      <c r="M384" s="10"/>
       <c r="N384" s="5"/>
       <c r="O384" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P384" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q384" s="5" t="s">
-        <v>2707</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="385" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A385" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E385" s="9"/>
+      <c r="A385" s="12" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B385" s="10"/>
+      <c r="C385" s="12" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D385" s="11"/>
+      <c r="E385" s="10"/>
       <c r="F385" s="3" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="H385" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I385" s="3" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="J385" s="3" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="K385" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L385" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M385" s="9"/>
+      <c r="L385" s="12" t="s">
+        <v>2693</v>
+      </c>
+      <c r="M385" s="10"/>
       <c r="N385" s="3"/>
       <c r="O385" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P385" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q385" s="3" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="386" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A386" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E386" s="9"/>
+      <c r="A386" s="13" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B386" s="10"/>
+      <c r="C386" s="13" t="s">
+        <v>2705</v>
+      </c>
+      <c r="D386" s="11"/>
+      <c r="E386" s="10"/>
       <c r="F386" s="5" t="s">
-        <v>2712</v>
+        <v>2706</v>
       </c>
       <c r="G386" s="5" t="s">
         <v>313</v>
       </c>
       <c r="H386" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I386" s="5" t="s">
-        <v>2713</v>
+        <v>2707</v>
       </c>
       <c r="J386" s="5" t="s">
-        <v>2714</v>
+        <v>2708</v>
       </c>
       <c r="K386" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L386" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M386" s="9"/>
+      <c r="L386" s="13" t="s">
+        <v>2709</v>
+      </c>
+      <c r="M386" s="10"/>
       <c r="N386" s="5" t="s">
         <v>20</v>
       </c>
       <c r="O386" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P386" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q386" s="5" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="387" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A387" s="12" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B387" s="10"/>
+      <c r="C387" s="12" t="s">
+        <v>2712</v>
+      </c>
+      <c r="D387" s="11"/>
+      <c r="E387" s="10"/>
+      <c r="F387" s="3" t="s">
+        <v>2713</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H387" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I387" s="3" t="s">
+        <v>2715</v>
+      </c>
+      <c r="J387" s="3" t="s">
         <v>2716</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A387" s="11" t="s">
+      <c r="K387" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L387" s="12" t="s">
         <v>2717</v>
       </c>
-      <c r="B387" s="9"/>
-      <c r="C387" s="11" t="s">
+      <c r="M387" s="10"/>
+      <c r="N387" s="3" t="s">
         <v>2718</v>
       </c>
-      <c r="D387" s="10"/>
-[...1 lines deleted...]
-      <c r="F387" s="3" t="s">
+      <c r="O387" s="3" t="s">
         <v>2719</v>
       </c>
-      <c r="G387" s="3" t="s">
+      <c r="P387" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q387" s="3" t="s">
         <v>2720</v>
       </c>
-      <c r="H387" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I387" s="3" t="s">
+    </row>
+    <row r="388" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A388" s="13" t="s">
         <v>2721</v>
       </c>
-      <c r="J387" s="3" t="s">
+      <c r="B388" s="10"/>
+      <c r="C388" s="13" t="s">
         <v>2722</v>
       </c>
-      <c r="K387" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L387" s="11" t="s">
+      <c r="D388" s="11"/>
+      <c r="E388" s="10"/>
+      <c r="F388" s="5" t="s">
         <v>2723</v>
       </c>
-      <c r="M387" s="9"/>
-      <c r="N387" s="3" t="s">
+      <c r="G388" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="H388" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I388" s="5" t="s">
         <v>2724</v>
       </c>
-      <c r="O387" s="3" t="s">
+      <c r="J388" s="5" t="s">
         <v>2725</v>
       </c>
-      <c r="P387" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q387" s="3" t="s">
+      <c r="K388" s="6" t="s">
         <v>2726</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A388" s="12" t="s">
+      <c r="L388" s="13" t="s">
         <v>2727</v>
       </c>
-      <c r="B388" s="9"/>
-[...26 lines deleted...]
-      <c r="M388" s="9"/>
+      <c r="M388" s="10"/>
       <c r="N388" s="5"/>
       <c r="O388" s="5" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="P388" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q388" s="5" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="389" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A389" s="12" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B389" s="10"/>
+      <c r="C389" s="12" t="s">
+        <v>2730</v>
+      </c>
+      <c r="D389" s="11"/>
+      <c r="E389" s="10"/>
+      <c r="F389" s="3" t="s">
+        <v>2731</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H389" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I389" s="3" t="s">
+        <v>2733</v>
+      </c>
+      <c r="J389" s="3" t="s">
         <v>2734</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A389" s="11" t="s">
+      <c r="K389" s="4" t="s">
         <v>2735</v>
       </c>
-      <c r="B389" s="9"/>
-      <c r="C389" s="11" t="s">
+      <c r="L389" s="12" t="s">
         <v>2736</v>
       </c>
-      <c r="D389" s="10"/>
-[...1 lines deleted...]
-      <c r="F389" s="3" t="s">
+      <c r="M389" s="10"/>
+      <c r="N389" s="3" t="s">
         <v>2737</v>
       </c>
-      <c r="G389" s="3" t="s">
+      <c r="O389" s="3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P389" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q389" s="3" t="s">
         <v>2738</v>
       </c>
-      <c r="H389" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I389" s="3" t="s">
+    </row>
+    <row r="390" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A390" s="13" t="s">
         <v>2739</v>
       </c>
-      <c r="J389" s="3" t="s">
+      <c r="B390" s="10"/>
+      <c r="C390" s="13" t="s">
         <v>2740</v>
       </c>
-      <c r="K389" s="4" t="s">
+      <c r="D390" s="11"/>
+      <c r="E390" s="10"/>
+      <c r="F390" s="5" t="s">
         <v>2741</v>
       </c>
-      <c r="L389" s="11" t="s">
+      <c r="G390" s="5" t="s">
         <v>2742</v>
       </c>
-      <c r="M389" s="9"/>
-      <c r="N389" s="3" t="s">
+      <c r="H390" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I390" s="5" t="s">
         <v>2743</v>
       </c>
-      <c r="O389" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q389" s="3" t="s">
+      <c r="J390" s="5" t="s">
         <v>2744</v>
-      </c>
-[...24 lines deleted...]
-        <v>2750</v>
       </c>
       <c r="K390" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="L390" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M390" s="9"/>
+      <c r="L390" s="13" t="s">
+        <v>2745</v>
+      </c>
+      <c r="M390" s="10"/>
       <c r="N390" s="5"/>
       <c r="O390" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P390" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q390" s="5" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="391" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A391" s="11" t="s">
+      <c r="A391" s="12" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B391" s="10"/>
+      <c r="C391" s="12" t="s">
+        <v>2747</v>
+      </c>
+      <c r="D391" s="11"/>
+      <c r="E391" s="10"/>
+      <c r="F391" s="3" t="s">
+        <v>2748</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>2749</v>
+      </c>
+      <c r="H391" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I391" s="3" t="s">
+        <v>2750</v>
+      </c>
+      <c r="J391" s="3" t="s">
+        <v>2751</v>
+      </c>
+      <c r="K391" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L391" s="12" t="s">
         <v>2752</v>
       </c>
-      <c r="B391" s="9"/>
-[...26 lines deleted...]
-      <c r="M391" s="9"/>
+      <c r="M391" s="10"/>
       <c r="N391" s="3" t="s">
-        <v>2183</v>
+        <v>2176</v>
       </c>
       <c r="O391" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P391" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q391" s="3" t="s">
-        <v>2759</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="392" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A392" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E392" s="9"/>
+      <c r="A392" s="13" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B392" s="10"/>
+      <c r="C392" s="13" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D392" s="11"/>
+      <c r="E392" s="10"/>
       <c r="F392" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G392" s="5" t="s">
-        <v>2492</v>
+        <v>2486</v>
       </c>
       <c r="H392" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I392" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J392" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K392" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M392" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L392" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M392" s="10"/>
       <c r="N392" s="5"/>
       <c r="O392" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P392" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q392" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="393" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A393" s="11" t="s">
+      <c r="A393" s="12" t="s">
+        <v>2756</v>
+      </c>
+      <c r="B393" s="10"/>
+      <c r="C393" s="12" t="s">
+        <v>2757</v>
+      </c>
+      <c r="D393" s="11"/>
+      <c r="E393" s="10"/>
+      <c r="F393" s="3" t="s">
+        <v>2758</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H393" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I393" s="3" t="s">
+        <v>2760</v>
+      </c>
+      <c r="J393" s="3" t="s">
+        <v>2761</v>
+      </c>
+      <c r="K393" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L393" s="12" t="s">
         <v>2762</v>
       </c>
-      <c r="B393" s="9"/>
-[...26 lines deleted...]
-      <c r="M393" s="9"/>
+      <c r="M393" s="10"/>
       <c r="N393" s="3"/>
       <c r="O393" s="3" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="P393" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q393" s="3" t="s">
-        <v>2769</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="394" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A394" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E394" s="9"/>
+      <c r="A394" s="13" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B394" s="10"/>
+      <c r="C394" s="13" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D394" s="11"/>
+      <c r="E394" s="10"/>
       <c r="F394" s="5" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G394" s="5" t="s">
-        <v>2492</v>
+        <v>2486</v>
       </c>
       <c r="H394" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I394" s="5" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J394" s="5" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K394" s="6" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M394" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L394" s="13" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M394" s="10"/>
       <c r="N394" s="5"/>
       <c r="O394" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P394" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q394" s="5" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="395" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A395" s="11" t="s">
+      <c r="A395" s="12" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B395" s="10"/>
+      <c r="C395" s="12" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D395" s="11"/>
+      <c r="E395" s="10"/>
+      <c r="F395" s="3" t="s">
+        <v>2768</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H395" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I395" s="3" t="s">
+        <v>2770</v>
+      </c>
+      <c r="J395" s="3" t="s">
+        <v>2771</v>
+      </c>
+      <c r="K395" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L395" s="12" t="s">
         <v>2772</v>
       </c>
-      <c r="B395" s="9"/>
-[...26 lines deleted...]
-      <c r="M395" s="9"/>
+      <c r="M395" s="10"/>
       <c r="N395" s="3"/>
       <c r="O395" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P395" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q395" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A396" s="12" t="s">
+      <c r="A396" s="13" t="s">
+        <v>2773</v>
+      </c>
+      <c r="B396" s="10"/>
+      <c r="C396" s="13" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D396" s="11"/>
+      <c r="E396" s="10"/>
+      <c r="F396" s="5" t="s">
+        <v>2775</v>
+      </c>
+      <c r="G396" s="5" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H396" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>2777</v>
+      </c>
+      <c r="J396" s="5" t="s">
+        <v>2778</v>
+      </c>
+      <c r="K396" s="6" t="s">
         <v>2779</v>
       </c>
-      <c r="B396" s="9"/>
-      <c r="C396" s="12" t="s">
+      <c r="L396" s="13" t="s">
         <v>2780</v>
       </c>
-      <c r="D396" s="10"/>
-[...22 lines deleted...]
-      <c r="M396" s="9"/>
+      <c r="M396" s="10"/>
       <c r="N396" s="5"/>
       <c r="O396" s="5" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="P396" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q396" s="5" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="397" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A397" s="12" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B397" s="10"/>
+      <c r="C397" s="12" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D397" s="11"/>
+      <c r="E397" s="10"/>
+      <c r="F397" s="3" t="s">
+        <v>2784</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H397" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I397" s="3" t="s">
+        <v>2786</v>
+      </c>
+      <c r="J397" s="3" t="s">
         <v>2787</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A397" s="11" t="s">
+      <c r="K397" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L397" s="12" t="s">
         <v>2788</v>
       </c>
-      <c r="B397" s="9"/>
-      <c r="C397" s="11" t="s">
+      <c r="M397" s="10"/>
+      <c r="N397" s="3" t="s">
         <v>2789</v>
-      </c>
-[...25 lines deleted...]
-        <v>2795</v>
       </c>
       <c r="O397" s="3" t="s">
         <v>118</v>
       </c>
       <c r="P397" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q397" s="3" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="398" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A398" s="12" t="s">
+      <c r="A398" s="13" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B398" s="10"/>
+      <c r="C398" s="13" t="s">
+        <v>2791</v>
+      </c>
+      <c r="D398" s="11"/>
+      <c r="E398" s="10"/>
+      <c r="F398" s="5" t="s">
+        <v>2792</v>
+      </c>
+      <c r="G398" s="5" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H398" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I398" s="5" t="s">
+        <v>2793</v>
+      </c>
+      <c r="J398" s="5" t="s">
+        <v>2794</v>
+      </c>
+      <c r="K398" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L398" s="13" t="s">
+        <v>2795</v>
+      </c>
+      <c r="M398" s="10"/>
+      <c r="N398" s="5" t="s">
         <v>2796</v>
       </c>
-      <c r="B398" s="9"/>
-      <c r="C398" s="12" t="s">
+      <c r="O398" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="P398" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q398" s="5" t="s">
         <v>2797</v>
       </c>
-      <c r="D398" s="10"/>
-[...1 lines deleted...]
-      <c r="F398" s="5" t="s">
+    </row>
+    <row r="399" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A399" s="12" t="s">
         <v>2798</v>
       </c>
-      <c r="G398" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I398" s="5" t="s">
+      <c r="B399" s="10"/>
+      <c r="C399" s="12" t="s">
         <v>2799</v>
       </c>
-      <c r="J398" s="5" t="s">
+      <c r="D399" s="11"/>
+      <c r="E399" s="10"/>
+      <c r="F399" s="3" t="s">
         <v>2800</v>
       </c>
-      <c r="K398" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L398" s="12" t="s">
+      <c r="G399" s="3" t="s">
         <v>2801</v>
       </c>
-      <c r="M398" s="9"/>
-      <c r="N398" s="5" t="s">
+      <c r="H399" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I399" s="3" t="s">
         <v>2802</v>
       </c>
-      <c r="O398" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q398" s="5" t="s">
+      <c r="J399" s="3" t="s">
         <v>2803</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A399" s="11" t="s">
+      <c r="K399" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L399" s="12" t="s">
         <v>2804</v>
       </c>
-      <c r="B399" s="9"/>
-[...26 lines deleted...]
-      <c r="M399" s="9"/>
+      <c r="M399" s="10"/>
       <c r="N399" s="3"/>
       <c r="O399" s="3" t="s">
-        <v>2811</v>
+        <v>2805</v>
       </c>
       <c r="P399" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q399" s="3" t="s">
-        <v>2812</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="400" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A400" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E400" s="9"/>
+      <c r="A400" s="13" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B400" s="10"/>
+      <c r="C400" s="13" t="s">
+        <v>2808</v>
+      </c>
+      <c r="D400" s="11"/>
+      <c r="E400" s="10"/>
       <c r="F400" s="5" t="s">
-        <v>2512</v>
+        <v>2506</v>
       </c>
       <c r="G400" s="5" t="s">
-        <v>2513</v>
+        <v>2507</v>
       </c>
       <c r="H400" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I400" s="5" t="s">
-        <v>2514</v>
+        <v>2508</v>
       </c>
       <c r="J400" s="5" t="s">
-        <v>2515</v>
+        <v>2509</v>
       </c>
       <c r="K400" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L400" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M400" s="9"/>
+      <c r="L400" s="13" t="s">
+        <v>2510</v>
+      </c>
+      <c r="M400" s="10"/>
       <c r="N400" s="5"/>
       <c r="O400" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P400" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q400" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="401" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A401" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E401" s="9"/>
+      <c r="A401" s="12" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B401" s="10"/>
+      <c r="C401" s="12" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D401" s="11"/>
+      <c r="E401" s="10"/>
       <c r="F401" s="3" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H401" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I401" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J401" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K401" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M401" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L401" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M401" s="10"/>
       <c r="N401" s="3"/>
       <c r="O401" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P401" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q401" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="402" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A402" s="12" t="s">
+      <c r="A402" s="13" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B402" s="10"/>
+      <c r="C402" s="13" t="s">
+        <v>2812</v>
+      </c>
+      <c r="D402" s="11"/>
+      <c r="E402" s="10"/>
+      <c r="F402" s="5" t="s">
+        <v>2813</v>
+      </c>
+      <c r="G402" s="5" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H402" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I402" s="5" t="s">
+        <v>2814</v>
+      </c>
+      <c r="J402" s="5" t="s">
+        <v>2815</v>
+      </c>
+      <c r="K402" s="6" t="s">
+        <v>2816</v>
+      </c>
+      <c r="L402" s="13" t="s">
         <v>2817</v>
       </c>
-      <c r="B402" s="9"/>
-[...26 lines deleted...]
-      <c r="M402" s="9"/>
+      <c r="M402" s="10"/>
       <c r="N402" s="5"/>
       <c r="O402" s="5" t="s">
         <v>344</v>
       </c>
       <c r="P402" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q402" s="5" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="403" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A403" s="12" t="s">
+        <v>2819</v>
+      </c>
+      <c r="B403" s="10"/>
+      <c r="C403" s="12" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D403" s="11"/>
+      <c r="E403" s="10"/>
+      <c r="F403" s="3" t="s">
+        <v>2821</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>2822</v>
+      </c>
+      <c r="H403" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I403" s="3" t="s">
+        <v>2823</v>
+      </c>
+      <c r="J403" s="3" t="s">
         <v>2824</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A403" s="11" t="s">
+      <c r="K403" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L403" s="12" t="s">
+        <v>2737</v>
+      </c>
+      <c r="M403" s="10"/>
+      <c r="N403" s="3" t="s">
         <v>2825</v>
-      </c>
-[...29 lines deleted...]
-        <v>2831</v>
       </c>
       <c r="O403" s="3" t="s">
         <v>454</v>
       </c>
       <c r="P403" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q403" s="3" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="404" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A404" s="13" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B404" s="10"/>
+      <c r="C404" s="13" t="s">
+        <v>2828</v>
+      </c>
+      <c r="D404" s="11"/>
+      <c r="E404" s="10"/>
+      <c r="F404" s="5" t="s">
+        <v>2829</v>
+      </c>
+      <c r="G404" s="5" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H404" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I404" s="5" t="s">
+        <v>2830</v>
+      </c>
+      <c r="J404" s="5" t="s">
+        <v>2831</v>
+      </c>
+      <c r="K404" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L404" s="13" t="s">
         <v>2832</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M404" s="9"/>
+      <c r="M404" s="10"/>
       <c r="N404" s="5"/>
       <c r="O404" s="5" t="s">
         <v>179</v>
       </c>
       <c r="P404" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q404" s="5" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="405" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A405" s="12" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B405" s="10"/>
+      <c r="C405" s="12" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D405" s="11"/>
+      <c r="E405" s="10"/>
+      <c r="F405" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>2837</v>
+      </c>
+      <c r="H405" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I405" s="3" t="s">
+        <v>2838</v>
+      </c>
+      <c r="J405" s="3" t="s">
         <v>2839</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A405" s="11" t="s">
+      <c r="K405" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L405" s="12" t="s">
         <v>2840</v>
       </c>
-      <c r="B405" s="9"/>
-[...26 lines deleted...]
-      <c r="M405" s="9"/>
+      <c r="M405" s="10"/>
       <c r="N405" s="3"/>
       <c r="O405" s="3" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="P405" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q405" s="3" t="s">
-        <v>2734</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="406" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A406" s="12" t="s">
+      <c r="A406" s="13" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B406" s="10"/>
+      <c r="C406" s="13" t="s">
+        <v>2842</v>
+      </c>
+      <c r="D406" s="11"/>
+      <c r="E406" s="10"/>
+      <c r="F406" s="5" t="s">
+        <v>2843</v>
+      </c>
+      <c r="G406" s="5" t="s">
+        <v>2844</v>
+      </c>
+      <c r="H406" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I406" s="5" t="s">
+        <v>2845</v>
+      </c>
+      <c r="J406" s="5" t="s">
+        <v>2846</v>
+      </c>
+      <c r="K406" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L406" s="13" t="s">
         <v>2847</v>
       </c>
-      <c r="B406" s="9"/>
-      <c r="C406" s="12" t="s">
+      <c r="M406" s="10"/>
+      <c r="N406" s="5" t="s">
         <v>2848</v>
       </c>
-      <c r="D406" s="10"/>
-[...1 lines deleted...]
-      <c r="F406" s="5" t="s">
+      <c r="O406" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="P406" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q406" s="5" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="407" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A407" s="12" t="s">
         <v>2849</v>
       </c>
-      <c r="G406" s="5" t="s">
+      <c r="B407" s="10"/>
+      <c r="C407" s="12" t="s">
         <v>2850</v>
       </c>
-      <c r="H406" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I406" s="5" t="s">
+      <c r="D407" s="11"/>
+      <c r="E407" s="10"/>
+      <c r="F407" s="3" t="s">
         <v>2851</v>
-      </c>
-[...34 lines deleted...]
-        <v>2857</v>
       </c>
       <c r="G407" s="3" t="s">
         <v>276</v>
       </c>
       <c r="H407" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I407" s="3" t="s">
-        <v>2858</v>
+        <v>2852</v>
       </c>
       <c r="J407" s="3" t="s">
-        <v>2859</v>
+        <v>2853</v>
       </c>
       <c r="K407" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L407" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M407" s="9"/>
+      <c r="L407" s="12" t="s">
+        <v>2854</v>
+      </c>
+      <c r="M407" s="10"/>
       <c r="N407" s="3" t="s">
-        <v>2861</v>
+        <v>2855</v>
       </c>
       <c r="O407" s="3" t="s">
         <v>62</v>
       </c>
       <c r="P407" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q407" s="3" t="s">
-        <v>2862</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="408" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A408" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E408" s="9"/>
+      <c r="A408" s="13" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B408" s="10"/>
+      <c r="C408" s="13" t="s">
+        <v>2858</v>
+      </c>
+      <c r="D408" s="11"/>
+      <c r="E408" s="10"/>
       <c r="F408" s="5" t="s">
-        <v>2865</v>
+        <v>2859</v>
       </c>
       <c r="G408" s="5" t="s">
         <v>155</v>
       </c>
       <c r="H408" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I408" s="5" t="s">
-        <v>2866</v>
+        <v>2860</v>
       </c>
       <c r="J408" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K408" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L408" s="12" t="s">
+      <c r="L408" s="13" t="s">
+        <v>2861</v>
+      </c>
+      <c r="M408" s="10"/>
+      <c r="N408" s="5" t="s">
+        <v>2862</v>
+      </c>
+      <c r="O408" s="5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="P408" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q408" s="5" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="409" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A409" s="12" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B409" s="10"/>
+      <c r="C409" s="12" t="s">
+        <v>2864</v>
+      </c>
+      <c r="D409" s="11"/>
+      <c r="E409" s="10"/>
+      <c r="F409" s="3" t="s">
+        <v>2865</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>2866</v>
+      </c>
+      <c r="H409" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I409" s="3" t="s">
         <v>2867</v>
       </c>
-      <c r="M408" s="9"/>
-      <c r="N408" s="5" t="s">
+      <c r="J409" s="3" t="s">
         <v>2868</v>
       </c>
-      <c r="O408" s="5" t="s">
-[...10 lines deleted...]
-      <c r="A409" s="11" t="s">
+      <c r="K409" s="4" t="s">
         <v>2869</v>
       </c>
-      <c r="B409" s="9"/>
-      <c r="C409" s="11" t="s">
+      <c r="L409" s="12" t="s">
         <v>2870</v>
       </c>
-      <c r="D409" s="10"/>
-[...22 lines deleted...]
-      <c r="M409" s="9"/>
+      <c r="M409" s="10"/>
       <c r="N409" s="3"/>
       <c r="O409" s="3" t="s">
         <v>463</v>
       </c>
       <c r="P409" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q409" s="3" t="s">
+        <v>2871</v>
+      </c>
+    </row>
+    <row r="410" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A410" s="13" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B410" s="10"/>
+      <c r="C410" s="13" t="s">
+        <v>2873</v>
+      </c>
+      <c r="D410" s="11"/>
+      <c r="E410" s="10"/>
+      <c r="F410" s="5" t="s">
+        <v>2874</v>
+      </c>
+      <c r="G410" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H410" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I410" s="5" t="s">
+        <v>2875</v>
+      </c>
+      <c r="J410" s="5" t="s">
+        <v>2876</v>
+      </c>
+      <c r="K410" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L410" s="13" t="s">
         <v>2877</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M410" s="9"/>
+      <c r="M410" s="10"/>
       <c r="N410" s="5"/>
       <c r="O410" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P410" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q410" s="5" t="s">
-        <v>2561</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="411" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A411" s="11" t="s">
+      <c r="A411" s="12" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B411" s="10"/>
+      <c r="C411" s="12" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D411" s="11"/>
+      <c r="E411" s="10"/>
+      <c r="F411" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H411" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I411" s="3" t="s">
+        <v>2882</v>
+      </c>
+      <c r="J411" s="3" t="s">
+        <v>2883</v>
+      </c>
+      <c r="K411" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L411" s="12" t="s">
         <v>2884</v>
       </c>
-      <c r="B411" s="9"/>
-[...26 lines deleted...]
-      <c r="M411" s="9"/>
+      <c r="M411" s="10"/>
       <c r="N411" s="3"/>
       <c r="O411" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P411" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q411" s="3" t="s">
-        <v>2531</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="412" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A412" s="12" t="s">
+      <c r="A412" s="13" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B412" s="10"/>
+      <c r="C412" s="13" t="s">
+        <v>2886</v>
+      </c>
+      <c r="D412" s="11"/>
+      <c r="E412" s="10"/>
+      <c r="F412" s="5" t="s">
+        <v>2887</v>
+      </c>
+      <c r="G412" s="5" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H412" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I412" s="5" t="s">
+        <v>2889</v>
+      </c>
+      <c r="J412" s="5" t="s">
+        <v>2890</v>
+      </c>
+      <c r="K412" s="6" t="s">
         <v>2891</v>
       </c>
-      <c r="B412" s="9"/>
-      <c r="C412" s="12" t="s">
+      <c r="L412" s="13" t="s">
         <v>2892</v>
       </c>
-      <c r="D412" s="10"/>
-[...22 lines deleted...]
-      <c r="M412" s="9"/>
+      <c r="M412" s="10"/>
       <c r="N412" s="5"/>
       <c r="O412" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P412" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q412" s="5" t="s">
-        <v>2561</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="413" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A413" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E413" s="9"/>
+      <c r="A413" s="12" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B413" s="10"/>
+      <c r="C413" s="12" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D413" s="11"/>
+      <c r="E413" s="10"/>
       <c r="F413" s="3" t="s">
-        <v>2405</v>
+        <v>2399</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H413" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I413" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J413" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K413" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M413" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L413" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M413" s="10"/>
       <c r="N413" s="3"/>
       <c r="O413" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P413" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q413" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="414" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A414" s="12" t="s">
+      <c r="A414" s="13" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B414" s="10"/>
+      <c r="C414" s="13" t="s">
+        <v>2896</v>
+      </c>
+      <c r="D414" s="11"/>
+      <c r="E414" s="10"/>
+      <c r="F414" s="5" t="s">
+        <v>2897</v>
+      </c>
+      <c r="G414" s="5" t="s">
+        <v>2898</v>
+      </c>
+      <c r="H414" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>2899</v>
+      </c>
+      <c r="J414" s="5" t="s">
+        <v>2900</v>
+      </c>
+      <c r="K414" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L414" s="13" t="s">
         <v>2901</v>
       </c>
-      <c r="B414" s="9"/>
-[...26 lines deleted...]
-      <c r="M414" s="9"/>
+      <c r="M414" s="10"/>
       <c r="N414" s="5"/>
       <c r="O414" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P414" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q414" s="5" t="s">
-        <v>2561</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="415" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A415" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E415" s="9"/>
+      <c r="A415" s="12" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B415" s="10"/>
+      <c r="C415" s="12" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D415" s="11"/>
+      <c r="E415" s="10"/>
       <c r="F415" s="3" t="s">
-        <v>2312</v>
+        <v>2306</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>2910</v>
+        <v>2904</v>
       </c>
       <c r="H415" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I415" s="3" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
       <c r="J415" s="3" t="s">
-        <v>2911</v>
+        <v>2905</v>
       </c>
       <c r="K415" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L415" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M415" s="9"/>
+      <c r="L415" s="12" t="s">
+        <v>2906</v>
+      </c>
+      <c r="M415" s="10"/>
       <c r="N415" s="3"/>
       <c r="O415" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P415" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q415" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="416" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A416" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E416" s="9"/>
+      <c r="A416" s="13" t="s">
+        <v>2907</v>
+      </c>
+      <c r="B416" s="10"/>
+      <c r="C416" s="13" t="s">
+        <v>2908</v>
+      </c>
+      <c r="D416" s="11"/>
+      <c r="E416" s="10"/>
       <c r="F416" s="5" t="s">
-        <v>2915</v>
+        <v>2909</v>
       </c>
       <c r="G416" s="5" t="s">
-        <v>2916</v>
+        <v>2910</v>
       </c>
       <c r="H416" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I416" s="5" t="s">
-        <v>2917</v>
+        <v>2911</v>
       </c>
       <c r="J416" s="5" t="s">
-        <v>2918</v>
+        <v>2912</v>
       </c>
       <c r="K416" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L416" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M416" s="9"/>
+      <c r="L416" s="13" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M416" s="10"/>
       <c r="N416" s="5"/>
       <c r="O416" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P416" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q416" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="417" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A417" s="11" t="s">
+      <c r="A417" s="12" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B417" s="10"/>
+      <c r="C417" s="12" t="s">
+        <v>2914</v>
+      </c>
+      <c r="D417" s="11"/>
+      <c r="E417" s="10"/>
+      <c r="F417" s="3" t="s">
+        <v>2915</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>2916</v>
+      </c>
+      <c r="H417" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I417" s="3" t="s">
+        <v>2917</v>
+      </c>
+      <c r="J417" s="3" t="s">
+        <v>2918</v>
+      </c>
+      <c r="K417" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L417" s="12" t="s">
         <v>2919</v>
       </c>
-      <c r="B417" s="9"/>
-[...26 lines deleted...]
-      <c r="M417" s="9"/>
+      <c r="M417" s="10"/>
       <c r="N417" s="3"/>
       <c r="O417" s="3" t="s">
-        <v>1450</v>
+        <v>1443</v>
       </c>
       <c r="P417" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q417" s="3" t="s">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="418" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A418" s="13" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B418" s="10"/>
+      <c r="C418" s="13" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D418" s="11"/>
+      <c r="E418" s="10"/>
+      <c r="F418" s="5" t="s">
+        <v>2923</v>
+      </c>
+      <c r="G418" s="5" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H418" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I418" s="5" t="s">
+        <v>2925</v>
+      </c>
+      <c r="J418" s="5" t="s">
         <v>2926</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A418" s="12" t="s">
+      <c r="K418" s="6" t="s">
         <v>2927</v>
       </c>
-      <c r="B418" s="9"/>
-      <c r="C418" s="12" t="s">
+      <c r="L418" s="13" t="s">
         <v>2928</v>
       </c>
-      <c r="D418" s="10"/>
-[...22 lines deleted...]
-      <c r="M418" s="9"/>
+      <c r="M418" s="10"/>
       <c r="N418" s="5"/>
       <c r="O418" s="5" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="P418" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q418" s="5" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="419" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A419" s="12" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B419" s="10"/>
+      <c r="C419" s="12" t="s">
+        <v>2931</v>
+      </c>
+      <c r="D419" s="11"/>
+      <c r="E419" s="10"/>
+      <c r="F419" s="3" t="s">
+        <v>2932</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H419" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I419" s="3" t="s">
+        <v>2933</v>
+      </c>
+      <c r="J419" s="3" t="s">
+        <v>2934</v>
+      </c>
+      <c r="K419" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L419" s="12" t="s">
         <v>2935</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M419" s="9"/>
+      <c r="M419" s="10"/>
       <c r="N419" s="3"/>
       <c r="O419" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P419" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q419" s="3" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="420" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A420" s="12" t="s">
+      <c r="A420" s="13" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B420" s="10"/>
+      <c r="C420" s="13" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D420" s="11"/>
+      <c r="E420" s="10"/>
+      <c r="F420" s="5" t="s">
+        <v>2938</v>
+      </c>
+      <c r="G420" s="5" t="s">
+        <v>2939</v>
+      </c>
+      <c r="H420" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I420" s="5" t="s">
+        <v>2940</v>
+      </c>
+      <c r="J420" s="5" t="s">
+        <v>2941</v>
+      </c>
+      <c r="K420" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L420" s="13" t="s">
         <v>2942</v>
       </c>
-      <c r="B420" s="9"/>
-      <c r="C420" s="12" t="s">
+      <c r="M420" s="10"/>
+      <c r="N420" s="5" t="s">
         <v>2943</v>
       </c>
-      <c r="D420" s="10"/>
-[...1 lines deleted...]
-      <c r="F420" s="5" t="s">
+      <c r="O420" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P420" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q420" s="5" t="s">
         <v>2944</v>
       </c>
-      <c r="G420" s="5" t="s">
+    </row>
+    <row r="421" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A421" s="12" t="s">
         <v>2945</v>
       </c>
-      <c r="H420" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I420" s="5" t="s">
+      <c r="B421" s="10"/>
+      <c r="C421" s="12" t="s">
         <v>2946</v>
       </c>
-      <c r="J420" s="5" t="s">
+      <c r="D421" s="11"/>
+      <c r="E421" s="10"/>
+      <c r="F421" s="3" t="s">
         <v>2947</v>
       </c>
-      <c r="K420" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L420" s="12" t="s">
+      <c r="G421" s="3" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H421" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I421" s="3" t="s">
         <v>2948</v>
       </c>
-      <c r="M420" s="9"/>
-      <c r="N420" s="5" t="s">
+      <c r="J421" s="3" t="s">
         <v>2949</v>
       </c>
-      <c r="O420" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q420" s="5" t="s">
+      <c r="K421" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L421" s="12" t="s">
         <v>2950</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M421" s="9"/>
+      <c r="M421" s="10"/>
       <c r="N421" s="3"/>
       <c r="O421" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P421" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q421" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="422" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A422" s="12" t="s">
+      <c r="A422" s="13" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B422" s="10"/>
+      <c r="C422" s="13" t="s">
+        <v>2952</v>
+      </c>
+      <c r="D422" s="11"/>
+      <c r="E422" s="10"/>
+      <c r="F422" s="5" t="s">
+        <v>2953</v>
+      </c>
+      <c r="G422" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="H422" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I422" s="5" t="s">
+        <v>2954</v>
+      </c>
+      <c r="J422" s="5" t="s">
+        <v>2955</v>
+      </c>
+      <c r="K422" s="6" t="s">
+        <v>2956</v>
+      </c>
+      <c r="L422" s="13" t="s">
         <v>2957</v>
       </c>
-      <c r="B422" s="9"/>
-[...26 lines deleted...]
-      <c r="M422" s="9"/>
+      <c r="M422" s="10"/>
       <c r="N422" s="5"/>
       <c r="O422" s="5" t="s">
         <v>118</v>
       </c>
       <c r="P422" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q422" s="5" t="s">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="423" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A423" s="12" t="s">
+        <v>2959</v>
+      </c>
+      <c r="B423" s="10"/>
+      <c r="C423" s="12" t="s">
+        <v>2960</v>
+      </c>
+      <c r="D423" s="11"/>
+      <c r="E423" s="10"/>
+      <c r="F423" s="3" t="s">
+        <v>2961</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H423" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I423" s="3" t="s">
+        <v>2962</v>
+      </c>
+      <c r="J423" s="3" t="s">
+        <v>2963</v>
+      </c>
+      <c r="K423" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L423" s="12" t="s">
         <v>2964</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A423" s="11" t="s">
+      <c r="M423" s="10"/>
+      <c r="N423" s="3" t="s">
         <v>2965</v>
       </c>
-      <c r="B423" s="9"/>
-      <c r="C423" s="11" t="s">
+      <c r="O423" s="3" t="s">
         <v>2966</v>
       </c>
-      <c r="D423" s="10"/>
-[...1 lines deleted...]
-      <c r="F423" s="3" t="s">
+      <c r="P423" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q423" s="3" t="s">
         <v>2967</v>
       </c>
-      <c r="G423" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I423" s="3" t="s">
+    </row>
+    <row r="424" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A424" s="13" t="s">
         <v>2968</v>
       </c>
-      <c r="J423" s="3" t="s">
+      <c r="B424" s="10"/>
+      <c r="C424" s="13" t="s">
         <v>2969</v>
       </c>
-      <c r="K423" s="4" t="s">
-[...28 lines deleted...]
-      <c r="E424" s="9"/>
+      <c r="D424" s="11"/>
+      <c r="E424" s="10"/>
       <c r="F424" s="5" t="s">
-        <v>2424</v>
+        <v>2418</v>
       </c>
       <c r="G424" s="5" t="s">
-        <v>2452</v>
+        <v>2446</v>
       </c>
       <c r="H424" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I424" s="5" t="s">
-        <v>2453</v>
+        <v>2447</v>
       </c>
       <c r="J424" s="5" t="s">
-        <v>2427</v>
+        <v>2421</v>
       </c>
       <c r="K424" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L424" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M424" s="9"/>
+      <c r="L424" s="13" t="s">
+        <v>2448</v>
+      </c>
+      <c r="M424" s="10"/>
       <c r="N424" s="5" t="s">
         <v>98</v>
       </c>
       <c r="O424" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P424" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q424" s="5" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="425" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A425" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E425" s="9"/>
+      <c r="A425" s="12" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B425" s="10"/>
+      <c r="C425" s="12" t="s">
+        <v>2971</v>
+      </c>
+      <c r="D425" s="11"/>
+      <c r="E425" s="10"/>
       <c r="F425" s="3" t="s">
-        <v>2444</v>
+        <v>2438</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="H425" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I425" s="3" t="s">
-        <v>2446</v>
+        <v>2440</v>
       </c>
       <c r="J425" s="3" t="s">
-        <v>2447</v>
+        <v>2441</v>
       </c>
       <c r="K425" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L425" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M425" s="9"/>
+      <c r="L425" s="12" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M425" s="10"/>
       <c r="N425" s="3" t="s">
-        <v>2978</v>
+        <v>2972</v>
       </c>
       <c r="O425" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P425" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q425" s="3" t="s">
-        <v>2979</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="426" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A426" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E426" s="9"/>
+      <c r="A426" s="13" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B426" s="10"/>
+      <c r="C426" s="13" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D426" s="11"/>
+      <c r="E426" s="10"/>
       <c r="F426" s="5" t="s">
-        <v>2444</v>
+        <v>2438</v>
       </c>
       <c r="G426" s="5" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="H426" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I426" s="5" t="s">
-        <v>2446</v>
+        <v>2440</v>
       </c>
       <c r="J426" s="5" t="s">
-        <v>2447</v>
+        <v>2441</v>
       </c>
       <c r="K426" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L426" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M426" s="9"/>
+      <c r="L426" s="13" t="s">
+        <v>2976</v>
+      </c>
+      <c r="M426" s="10"/>
       <c r="N426" s="5"/>
       <c r="O426" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P426" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q426" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="427" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A427" s="11" t="s">
+      <c r="A427" s="12" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B427" s="10"/>
+      <c r="C427" s="12" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D427" s="11"/>
+      <c r="E427" s="10"/>
+      <c r="F427" s="3" t="s">
+        <v>2979</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>2980</v>
+      </c>
+      <c r="H427" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I427" s="3" t="s">
+        <v>2981</v>
+      </c>
+      <c r="J427" s="3" t="s">
+        <v>2982</v>
+      </c>
+      <c r="K427" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L427" s="12" t="s">
         <v>2983</v>
       </c>
-      <c r="B427" s="9"/>
-[...26 lines deleted...]
-      <c r="M427" s="9"/>
+      <c r="M427" s="10"/>
       <c r="N427" s="3"/>
       <c r="O427" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P427" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q427" s="3" t="s">
-        <v>2561</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="428" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A428" s="12" t="s">
+      <c r="A428" s="13" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B428" s="10"/>
+      <c r="C428" s="13" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D428" s="11"/>
+      <c r="E428" s="10"/>
+      <c r="F428" s="5" t="s">
+        <v>2986</v>
+      </c>
+      <c r="G428" s="5" t="s">
+        <v>2987</v>
+      </c>
+      <c r="H428" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I428" s="5" t="s">
+        <v>2988</v>
+      </c>
+      <c r="J428" s="5" t="s">
+        <v>2989</v>
+      </c>
+      <c r="K428" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L428" s="13" t="s">
         <v>2990</v>
       </c>
-      <c r="B428" s="9"/>
-      <c r="C428" s="12" t="s">
+      <c r="M428" s="10"/>
+      <c r="N428" s="5" t="s">
         <v>2991</v>
-      </c>
-[...25 lines deleted...]
-        <v>2997</v>
       </c>
       <c r="O428" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P428" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q428" s="5" t="s">
-        <v>2998</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="429" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A429" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E429" s="9"/>
+      <c r="A429" s="12" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B429" s="10"/>
+      <c r="C429" s="12" t="s">
+        <v>2994</v>
+      </c>
+      <c r="D429" s="11"/>
+      <c r="E429" s="10"/>
       <c r="F429" s="3" t="s">
-        <v>2424</v>
+        <v>2418</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>2425</v>
+        <v>2419</v>
       </c>
       <c r="H429" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I429" s="3" t="s">
-        <v>2426</v>
+        <v>2420</v>
       </c>
       <c r="J429" s="3" t="s">
-        <v>2427</v>
+        <v>2421</v>
       </c>
       <c r="K429" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L429" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M429" s="9"/>
+      <c r="L429" s="12" t="s">
+        <v>2448</v>
+      </c>
+      <c r="M429" s="10"/>
       <c r="N429" s="3"/>
       <c r="O429" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P429" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q429" s="3" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="430" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A430" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E430" s="9"/>
+      <c r="A430" s="13" t="s">
+        <v>2995</v>
+      </c>
+      <c r="B430" s="10"/>
+      <c r="C430" s="13" t="s">
+        <v>2996</v>
+      </c>
+      <c r="D430" s="11"/>
+      <c r="E430" s="10"/>
       <c r="F430" s="5" t="s">
         <v>209</v>
       </c>
       <c r="G430" s="5" t="s">
-        <v>3003</v>
+        <v>2997</v>
       </c>
       <c r="H430" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I430" s="5" t="s">
         <v>211</v>
       </c>
       <c r="J430" s="5" t="s">
         <v>212</v>
       </c>
       <c r="K430" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L430" s="12" t="s">
+      <c r="L430" s="13" t="s">
         <v>213</v>
       </c>
-      <c r="M430" s="9"/>
+      <c r="M430" s="10"/>
       <c r="N430" s="5"/>
       <c r="O430" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P430" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q430" s="5" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="431" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A431" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E431" s="9"/>
+      <c r="A431" s="12" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B431" s="10"/>
+      <c r="C431" s="12" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D431" s="11"/>
+      <c r="E431" s="10"/>
       <c r="F431" s="3" t="s">
-        <v>3006</v>
+        <v>3000</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="H431" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I431" s="3" t="s">
-        <v>3007</v>
+        <v>3001</v>
       </c>
       <c r="J431" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K431" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L431" s="11" t="s">
+      <c r="L431" s="12" t="s">
+        <v>3002</v>
+      </c>
+      <c r="M431" s="10"/>
+      <c r="N431" s="3" t="s">
+        <v>3003</v>
+      </c>
+      <c r="O431" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="P431" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q431" s="3" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="432" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A432" s="13" t="s">
+        <v>3005</v>
+      </c>
+      <c r="B432" s="10"/>
+      <c r="C432" s="13" t="s">
+        <v>3006</v>
+      </c>
+      <c r="D432" s="11"/>
+      <c r="E432" s="10"/>
+      <c r="F432" s="5" t="s">
+        <v>3007</v>
+      </c>
+      <c r="G432" s="5" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H432" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I432" s="5" t="s">
         <v>3008</v>
       </c>
-      <c r="M431" s="9"/>
-      <c r="N431" s="3" t="s">
+      <c r="J432" s="5" t="s">
         <v>3009</v>
       </c>
-      <c r="O431" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q431" s="3" t="s">
+      <c r="K432" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L432" s="13" t="s">
         <v>3010</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A432" s="12" t="s">
+      <c r="M432" s="10"/>
+      <c r="N432" s="5" t="s">
         <v>3011</v>
-      </c>
-[...29 lines deleted...]
-        <v>3017</v>
       </c>
       <c r="O432" s="5" t="s">
         <v>72</v>
       </c>
       <c r="P432" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q432" s="5" t="s">
+        <v>3012</v>
+      </c>
+    </row>
+    <row r="433" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A433" s="12" t="s">
+        <v>3013</v>
+      </c>
+      <c r="B433" s="10"/>
+      <c r="C433" s="12" t="s">
+        <v>3014</v>
+      </c>
+      <c r="D433" s="11"/>
+      <c r="E433" s="10"/>
+      <c r="F433" s="3" t="s">
+        <v>3015</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H433" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I433" s="3" t="s">
+        <v>3016</v>
+      </c>
+      <c r="J433" s="3" t="s">
+        <v>3017</v>
+      </c>
+      <c r="K433" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L433" s="12" t="s">
         <v>3018</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M433" s="9"/>
+      <c r="M433" s="10"/>
       <c r="N433" s="3"/>
       <c r="O433" s="3" t="s">
+        <v>3019</v>
+      </c>
+      <c r="P433" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q433" s="3" t="s">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="434" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A434" s="13" t="s">
+        <v>3021</v>
+      </c>
+      <c r="B434" s="10"/>
+      <c r="C434" s="13" t="s">
+        <v>3022</v>
+      </c>
+      <c r="D434" s="11"/>
+      <c r="E434" s="10"/>
+      <c r="F434" s="5" t="s">
+        <v>3023</v>
+      </c>
+      <c r="G434" s="5" t="s">
+        <v>3024</v>
+      </c>
+      <c r="H434" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I434" s="5" t="s">
         <v>3025</v>
       </c>
-      <c r="P433" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q433" s="3" t="s">
+      <c r="J434" s="5" t="s">
         <v>3026</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A434" s="12" t="s">
+      <c r="K434" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L434" s="13" t="s">
         <v>3027</v>
       </c>
-      <c r="B434" s="9"/>
-[...26 lines deleted...]
-      <c r="M434" s="9"/>
+      <c r="M434" s="10"/>
       <c r="N434" s="5"/>
       <c r="O434" s="5" t="s">
+        <v>3028</v>
+      </c>
+      <c r="P434" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q434" s="5" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="435" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A435" s="12" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B435" s="10"/>
+      <c r="C435" s="12" t="s">
+        <v>3031</v>
+      </c>
+      <c r="D435" s="11"/>
+      <c r="E435" s="10"/>
+      <c r="F435" s="3" t="s">
+        <v>3032</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H435" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I435" s="3" t="s">
         <v>3034</v>
       </c>
-      <c r="P434" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q434" s="5" t="s">
+      <c r="J435" s="3" t="s">
         <v>3035</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A435" s="11" t="s">
+      <c r="K435" s="4" t="s">
         <v>3036</v>
       </c>
-      <c r="B435" s="9"/>
-      <c r="C435" s="11" t="s">
+      <c r="L435" s="12" t="s">
         <v>3037</v>
       </c>
-      <c r="D435" s="10"/>
-[...22 lines deleted...]
-      <c r="M435" s="9"/>
+      <c r="M435" s="10"/>
       <c r="N435" s="3"/>
       <c r="O435" s="3" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
       <c r="P435" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q435" s="3" t="s">
-        <v>3044</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="436" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A436" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E436" s="9"/>
+      <c r="A436" s="13" t="s">
+        <v>3039</v>
+      </c>
+      <c r="B436" s="10"/>
+      <c r="C436" s="13" t="s">
+        <v>3040</v>
+      </c>
+      <c r="D436" s="11"/>
+      <c r="E436" s="10"/>
       <c r="F436" s="5" t="s">
-        <v>3038</v>
+        <v>3032</v>
       </c>
       <c r="G436" s="5" t="s">
-        <v>3039</v>
+        <v>3033</v>
       </c>
       <c r="H436" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I436" s="5" t="s">
-        <v>3040</v>
+        <v>3034</v>
       </c>
       <c r="J436" s="5" t="s">
-        <v>3041</v>
+        <v>3035</v>
       </c>
       <c r="K436" s="6" t="s">
-        <v>3042</v>
-[...4 lines deleted...]
-      <c r="M436" s="9"/>
+        <v>3036</v>
+      </c>
+      <c r="L436" s="13" t="s">
+        <v>3037</v>
+      </c>
+      <c r="M436" s="10"/>
       <c r="N436" s="5"/>
       <c r="O436" s="5" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
       <c r="P436" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q436" s="5" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="437" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A437" s="12" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B437" s="10"/>
+      <c r="C437" s="12" t="s">
+        <v>3042</v>
+      </c>
+      <c r="D437" s="11"/>
+      <c r="E437" s="10"/>
+      <c r="F437" s="3" t="s">
+        <v>3043</v>
+      </c>
+      <c r="G437" s="3" t="s">
         <v>3044</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A437" s="11" t="s">
+      <c r="H437" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I437" s="3" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J437" s="3" t="s">
+        <v>3046</v>
+      </c>
+      <c r="K437" s="4" t="s">
         <v>3047</v>
       </c>
-      <c r="B437" s="9"/>
-      <c r="C437" s="11" t="s">
+      <c r="L437" s="12" t="s">
         <v>3048</v>
       </c>
-      <c r="D437" s="10"/>
-[...22 lines deleted...]
-      <c r="M437" s="9"/>
+      <c r="M437" s="10"/>
       <c r="N437" s="3"/>
       <c r="O437" s="3" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="P437" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q437" s="3" t="s">
-        <v>3055</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="438" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A438" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E438" s="9"/>
+      <c r="A438" s="13" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B438" s="10"/>
+      <c r="C438" s="13" t="s">
+        <v>3051</v>
+      </c>
+      <c r="D438" s="11"/>
+      <c r="E438" s="10"/>
       <c r="F438" s="5" t="s">
-        <v>3058</v>
+        <v>3052</v>
       </c>
       <c r="G438" s="5" t="s">
         <v>285</v>
       </c>
       <c r="H438" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I438" s="5" t="s">
-        <v>3059</v>
+        <v>3053</v>
       </c>
       <c r="J438" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K438" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L438" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M438" s="9"/>
+      <c r="L438" s="13" t="s">
+        <v>3054</v>
+      </c>
+      <c r="M438" s="10"/>
       <c r="N438" s="5"/>
       <c r="O438" s="5" t="s">
-        <v>1290</v>
+        <v>1285</v>
       </c>
       <c r="P438" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q438" s="5" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="439" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A439" s="12" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B439" s="10"/>
+      <c r="C439" s="12" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D439" s="11"/>
+      <c r="E439" s="10"/>
+      <c r="F439" s="3" t="s">
+        <v>3058</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>3059</v>
+      </c>
+      <c r="H439" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I439" s="3" t="s">
+        <v>3060</v>
+      </c>
+      <c r="J439" s="3" t="s">
         <v>3061</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A439" s="11" t="s">
+      <c r="K439" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L439" s="12" t="s">
         <v>3062</v>
       </c>
-      <c r="B439" s="9"/>
-[...26 lines deleted...]
-      <c r="M439" s="9"/>
+      <c r="M439" s="10"/>
       <c r="N439" s="3"/>
       <c r="O439" s="3" t="s">
-        <v>3069</v>
+        <v>3063</v>
       </c>
       <c r="P439" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q439" s="3" t="s">
-        <v>2062</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="440" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A440" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E440" s="9"/>
+      <c r="A440" s="13" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B440" s="10"/>
+      <c r="C440" s="13" t="s">
+        <v>3065</v>
+      </c>
+      <c r="D440" s="11"/>
+      <c r="E440" s="10"/>
       <c r="F440" s="5" t="s">
-        <v>3064</v>
+        <v>3058</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>3065</v>
+        <v>3059</v>
       </c>
       <c r="H440" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I440" s="5" t="s">
-        <v>3066</v>
+        <v>3060</v>
       </c>
       <c r="J440" s="5" t="s">
-        <v>3067</v>
+        <v>3061</v>
       </c>
       <c r="K440" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L440" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M440" s="9"/>
+      <c r="L440" s="13" t="s">
+        <v>3062</v>
+      </c>
+      <c r="M440" s="10"/>
       <c r="N440" s="5"/>
       <c r="O440" s="5" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="P440" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q440" s="5" t="s">
-        <v>2062</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="441" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A441" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E441" s="9"/>
+      <c r="A441" s="12" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B441" s="10"/>
+      <c r="C441" s="12" t="s">
+        <v>3067</v>
+      </c>
+      <c r="D441" s="11"/>
+      <c r="E441" s="10"/>
       <c r="F441" s="3" t="s">
-        <v>3074</v>
+        <v>3068</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>2090</v>
+        <v>2083</v>
       </c>
       <c r="H441" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I441" s="3" t="s">
-        <v>3075</v>
+        <v>3069</v>
       </c>
       <c r="J441" s="3" t="s">
-        <v>3076</v>
+        <v>3070</v>
       </c>
       <c r="K441" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L441" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M441" s="9"/>
+      <c r="L441" s="12" t="s">
+        <v>3071</v>
+      </c>
+      <c r="M441" s="10"/>
       <c r="N441" s="3"/>
       <c r="O441" s="3" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="P441" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q441" s="3" t="s">
-        <v>2787</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="442" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A442" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E442" s="9"/>
+      <c r="A442" s="13" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B442" s="10"/>
+      <c r="C442" s="13" t="s">
+        <v>3073</v>
+      </c>
+      <c r="D442" s="11"/>
+      <c r="E442" s="10"/>
       <c r="F442" s="5" t="s">
-        <v>2097</v>
+        <v>2090</v>
       </c>
       <c r="G442" s="5" t="s">
-        <v>3080</v>
+        <v>3074</v>
       </c>
       <c r="H442" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I442" s="5" t="s">
-        <v>2098</v>
+        <v>2091</v>
       </c>
       <c r="J442" s="5" t="s">
-        <v>2099</v>
+        <v>2092</v>
       </c>
       <c r="K442" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L442" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M442" s="9"/>
+      <c r="L442" s="13" t="s">
+        <v>3075</v>
+      </c>
+      <c r="M442" s="10"/>
       <c r="N442" s="5"/>
       <c r="O442" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P442" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q442" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="443" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A443" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E443" s="9"/>
+      <c r="A443" s="12" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B443" s="10"/>
+      <c r="C443" s="12" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D443" s="11"/>
+      <c r="E443" s="10"/>
       <c r="F443" s="3" t="s">
-        <v>3084</v>
+        <v>3078</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>2922</v>
+        <v>2916</v>
       </c>
       <c r="H443" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I443" s="3" t="s">
-        <v>3085</v>
+        <v>3079</v>
       </c>
       <c r="J443" s="3" t="s">
-        <v>3086</v>
+        <v>3080</v>
       </c>
       <c r="K443" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L443" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M443" s="9"/>
+      <c r="L443" s="12" t="s">
+        <v>3081</v>
+      </c>
+      <c r="M443" s="10"/>
       <c r="N443" s="3"/>
       <c r="O443" s="3" t="s">
-        <v>1594</v>
+        <v>1587</v>
       </c>
       <c r="P443" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q443" s="3" t="s">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="444" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A444" s="13" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B444" s="10"/>
+      <c r="C444" s="13" t="s">
+        <v>3084</v>
+      </c>
+      <c r="D444" s="11"/>
+      <c r="E444" s="10"/>
+      <c r="F444" s="5" t="s">
+        <v>3085</v>
+      </c>
+      <c r="G444" s="5" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H444" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I444" s="5" t="s">
+        <v>3087</v>
+      </c>
+      <c r="J444" s="5" t="s">
         <v>3088</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A444" s="12" t="s">
+      <c r="K444" s="6" t="s">
         <v>3089</v>
       </c>
-      <c r="B444" s="9"/>
-      <c r="C444" s="12" t="s">
+      <c r="L444" s="13" t="s">
         <v>3090</v>
       </c>
-      <c r="D444" s="10"/>
-[...22 lines deleted...]
-      <c r="M444" s="9"/>
+      <c r="M444" s="10"/>
       <c r="N444" s="5"/>
       <c r="O444" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P444" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q444" s="5" t="s">
-        <v>3097</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="445" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A445" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E445" s="9"/>
+      <c r="A445" s="12" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B445" s="10"/>
+      <c r="C445" s="12" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D445" s="11"/>
+      <c r="E445" s="10"/>
       <c r="F445" s="3" t="s">
-        <v>3100</v>
+        <v>3094</v>
       </c>
       <c r="G445" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H445" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I445" s="3" t="s">
-        <v>3101</v>
+        <v>3095</v>
       </c>
       <c r="J445" s="3" t="s">
         <v>157</v>
       </c>
       <c r="K445" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L445" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M445" s="9"/>
+      <c r="L445" s="12" t="s">
+        <v>3096</v>
+      </c>
+      <c r="M445" s="10"/>
       <c r="N445" s="3" t="s">
-        <v>3103</v>
+        <v>3097</v>
       </c>
       <c r="O445" s="3" t="s">
-        <v>3104</v>
+        <v>3098</v>
       </c>
       <c r="P445" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q445" s="3" t="s">
-        <v>3105</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="446" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A446" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E446" s="9"/>
+      <c r="A446" s="13" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B446" s="10"/>
+      <c r="C446" s="13" t="s">
+        <v>3101</v>
+      </c>
+      <c r="D446" s="11"/>
+      <c r="E446" s="10"/>
       <c r="F446" s="5" t="s">
-        <v>2512</v>
+        <v>2506</v>
       </c>
       <c r="G446" s="5" t="s">
-        <v>2513</v>
+        <v>2507</v>
       </c>
       <c r="H446" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I446" s="5" t="s">
-        <v>2514</v>
+        <v>2508</v>
       </c>
       <c r="J446" s="5" t="s">
-        <v>2515</v>
+        <v>2509</v>
       </c>
       <c r="K446" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L446" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M446" s="9"/>
+      <c r="L446" s="13" t="s">
+        <v>2510</v>
+      </c>
+      <c r="M446" s="10"/>
       <c r="N446" s="5"/>
       <c r="O446" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P446" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q446" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="447" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A447" s="11" t="s">
+      <c r="A447" s="12" t="s">
+        <v>3102</v>
+      </c>
+      <c r="B447" s="10"/>
+      <c r="C447" s="12" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D447" s="11"/>
+      <c r="E447" s="10"/>
+      <c r="F447" s="3" t="s">
+        <v>3104</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H447" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I447" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J447" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K447" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L447" s="12" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M447" s="10"/>
+      <c r="N447" s="3" t="s">
         <v>3108</v>
-      </c>
-[...29 lines deleted...]
-        <v>3114</v>
       </c>
       <c r="O447" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P447" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q447" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="448" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A448" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E448" s="9"/>
+      <c r="A448" s="13" t="s">
+        <v>3109</v>
+      </c>
+      <c r="B448" s="10"/>
+      <c r="C448" s="13" t="s">
+        <v>3110</v>
+      </c>
+      <c r="D448" s="11"/>
+      <c r="E448" s="10"/>
       <c r="F448" s="5" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G448" s="5" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H448" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I448" s="5" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J448" s="5" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K448" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L448" s="13" t="s">
         <v>3111</v>
       </c>
-      <c r="H448" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I448" s="5" t="s">
+      <c r="M448" s="10"/>
+      <c r="N448" s="5" t="s">
         <v>3112</v>
-      </c>
-[...11 lines deleted...]
-        <v>3118</v>
       </c>
       <c r="O448" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P448" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q448" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="449" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A449" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E449" s="9"/>
+      <c r="A449" s="12" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B449" s="10"/>
+      <c r="C449" s="12" t="s">
+        <v>3114</v>
+      </c>
+      <c r="D449" s="11"/>
+      <c r="E449" s="10"/>
       <c r="F449" s="3" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G449" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H449" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I449" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J449" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K449" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L449" s="12" t="s">
         <v>3111</v>
       </c>
-      <c r="H449" s="4" t="s">
-[...14 lines deleted...]
-      <c r="M449" s="9"/>
+      <c r="M449" s="10"/>
       <c r="N449" s="3" t="s">
-        <v>3121</v>
+        <v>3115</v>
       </c>
       <c r="O449" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P449" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q449" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="450" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A450" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E450" s="9"/>
+      <c r="A450" s="13" t="s">
+        <v>3116</v>
+      </c>
+      <c r="B450" s="10"/>
+      <c r="C450" s="13" t="s">
+        <v>3114</v>
+      </c>
+      <c r="D450" s="11"/>
+      <c r="E450" s="10"/>
       <c r="F450" s="5" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G450" s="5" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H450" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I450" s="5" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J450" s="5" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K450" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L450" s="13" t="s">
         <v>3111</v>
       </c>
-      <c r="H450" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M450" s="9"/>
+      <c r="M450" s="10"/>
       <c r="N450" s="5" t="s">
-        <v>3121</v>
+        <v>3115</v>
       </c>
       <c r="O450" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P450" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q450" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="451" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A451" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E451" s="9"/>
+      <c r="A451" s="12" t="s">
+        <v>3117</v>
+      </c>
+      <c r="B451" s="10"/>
+      <c r="C451" s="12" t="s">
+        <v>3118</v>
+      </c>
+      <c r="D451" s="11"/>
+      <c r="E451" s="10"/>
       <c r="F451" s="3" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G451" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H451" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I451" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J451" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K451" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L451" s="12" t="s">
         <v>3111</v>
       </c>
-      <c r="H451" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I451" s="3" t="s">
+      <c r="M451" s="10"/>
+      <c r="N451" s="3" t="s">
         <v>3112</v>
-      </c>
-[...11 lines deleted...]
-        <v>3118</v>
       </c>
       <c r="O451" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P451" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q451" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="452" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A452" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E452" s="9"/>
+      <c r="A452" s="13" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B452" s="10"/>
+      <c r="C452" s="13" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D452" s="11"/>
+      <c r="E452" s="10"/>
       <c r="F452" s="5" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G452" s="5" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H452" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I452" s="5" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J452" s="5" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K452" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L452" s="13" t="s">
         <v>3111</v>
       </c>
-      <c r="H452" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M452" s="9"/>
+      <c r="M452" s="10"/>
       <c r="N452" s="5" t="s">
-        <v>3127</v>
+        <v>3121</v>
       </c>
       <c r="O452" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P452" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q452" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="453" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A453" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E453" s="9"/>
+      <c r="A453" s="12" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B453" s="10"/>
+      <c r="C453" s="12" t="s">
+        <v>3123</v>
+      </c>
+      <c r="D453" s="11"/>
+      <c r="E453" s="10"/>
       <c r="F453" s="3" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G453" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H453" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I453" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J453" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K453" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L453" s="12" t="s">
         <v>3111</v>
       </c>
-      <c r="H453" s="4" t="s">
-[...14 lines deleted...]
-      <c r="M453" s="9"/>
+      <c r="M453" s="10"/>
       <c r="N453" s="3" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O453" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P453" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q453" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="454" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A454" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E454" s="9"/>
+      <c r="A454" s="13" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B454" s="10"/>
+      <c r="C454" s="13" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D454" s="11"/>
+      <c r="E454" s="10"/>
       <c r="F454" s="5" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G454" s="5" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H454" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I454" s="5" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J454" s="5" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K454" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L454" s="13" t="s">
         <v>3111</v>
       </c>
-      <c r="H454" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M454" s="9"/>
+      <c r="M454" s="10"/>
       <c r="N454" s="5" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O454" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P454" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q454" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="455" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A455" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E455" s="9"/>
+      <c r="A455" s="12" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B455" s="10"/>
+      <c r="C455" s="12" t="s">
+        <v>3128</v>
+      </c>
+      <c r="D455" s="11"/>
+      <c r="E455" s="10"/>
       <c r="F455" s="3" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G455" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H455" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I455" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J455" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K455" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L455" s="12" t="s">
         <v>3111</v>
       </c>
-      <c r="H455" s="4" t="s">
-[...14 lines deleted...]
-      <c r="M455" s="9"/>
+      <c r="M455" s="10"/>
       <c r="N455" s="3" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O455" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P455" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q455" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="456" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A456" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E456" s="9"/>
+      <c r="A456" s="13" t="s">
+        <v>3129</v>
+      </c>
+      <c r="B456" s="10"/>
+      <c r="C456" s="13" t="s">
+        <v>3130</v>
+      </c>
+      <c r="D456" s="11"/>
+      <c r="E456" s="10"/>
       <c r="F456" s="5" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G456" s="5" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H456" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I456" s="5" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J456" s="5" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K456" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L456" s="13" t="s">
         <v>3111</v>
       </c>
-      <c r="H456" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M456" s="9"/>
+      <c r="M456" s="10"/>
       <c r="N456" s="5" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O456" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P456" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q456" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="457" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A457" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E457" s="9"/>
+      <c r="A457" s="12" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B457" s="10"/>
+      <c r="C457" s="12" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D457" s="11"/>
+      <c r="E457" s="10"/>
       <c r="F457" s="3" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G457" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H457" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I457" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J457" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K457" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L457" s="12" t="s">
         <v>3111</v>
       </c>
-      <c r="H457" s="4" t="s">
-[...14 lines deleted...]
-      <c r="M457" s="9"/>
+      <c r="M457" s="10"/>
       <c r="N457" s="3" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O457" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P457" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q457" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="458" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A458" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E458" s="9"/>
+      <c r="A458" s="13" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B458" s="10"/>
+      <c r="C458" s="13" t="s">
+        <v>3134</v>
+      </c>
+      <c r="D458" s="11"/>
+      <c r="E458" s="10"/>
       <c r="F458" s="5" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G458" s="5" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H458" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I458" s="5" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J458" s="5" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K458" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L458" s="13" t="s">
         <v>3111</v>
       </c>
-      <c r="H458" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M458" s="9"/>
+      <c r="M458" s="10"/>
       <c r="N458" s="5" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O458" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P458" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q458" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="459" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A459" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E459" s="9"/>
+      <c r="A459" s="12" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B459" s="10"/>
+      <c r="C459" s="12" t="s">
+        <v>3134</v>
+      </c>
+      <c r="D459" s="11"/>
+      <c r="E459" s="10"/>
       <c r="F459" s="3" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G459" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H459" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I459" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J459" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K459" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L459" s="12" t="s">
         <v>3111</v>
       </c>
-      <c r="H459" s="4" t="s">
-[...14 lines deleted...]
-      <c r="M459" s="9"/>
+      <c r="M459" s="10"/>
       <c r="N459" s="3" t="s">
-        <v>3142</v>
+        <v>3136</v>
       </c>
       <c r="O459" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P459" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q459" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="460" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A460" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E460" s="9"/>
+      <c r="A460" s="13" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B460" s="10"/>
+      <c r="C460" s="13" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D460" s="11"/>
+      <c r="E460" s="10"/>
       <c r="F460" s="5" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G460" s="5" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H460" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I460" s="5" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J460" s="5" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K460" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L460" s="13" t="s">
         <v>3111</v>
       </c>
-      <c r="H460" s="6" t="s">
-[...14 lines deleted...]
-      <c r="M460" s="9"/>
+      <c r="M460" s="10"/>
       <c r="N460" s="5" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O460" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P460" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q460" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="461" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A461" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E461" s="9"/>
+      <c r="A461" s="12" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B461" s="10"/>
+      <c r="C461" s="12" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D461" s="11"/>
+      <c r="E461" s="10"/>
       <c r="F461" s="3" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="G461" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="H461" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I461" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="J461" s="3" t="s">
+        <v>3107</v>
+      </c>
+      <c r="K461" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L461" s="12" t="s">
         <v>3111</v>
       </c>
-      <c r="H461" s="4" t="s">
-[...14 lines deleted...]
-      <c r="M461" s="9"/>
+      <c r="M461" s="10"/>
       <c r="N461" s="3" t="s">
-        <v>3130</v>
+        <v>3124</v>
       </c>
       <c r="O461" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P461" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q461" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="462" spans="1:17" ht="56" x14ac:dyDescent="0.2">
-      <c r="A462" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E462" s="9"/>
+      <c r="A462" s="13" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B462" s="10"/>
+      <c r="C462" s="13" t="s">
+        <v>3142</v>
+      </c>
+      <c r="D462" s="11"/>
+      <c r="E462" s="10"/>
       <c r="F462" s="5" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G462" s="5" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H462" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I462" s="5" t="s">
+        <v>2588</v>
+      </c>
+      <c r="J462" s="5" t="s">
+        <v>2589</v>
+      </c>
+      <c r="K462" s="6" t="s">
+        <v>2590</v>
+      </c>
+      <c r="L462" s="13" t="s">
+        <v>2626</v>
+      </c>
+      <c r="M462" s="10"/>
+      <c r="N462" s="5" t="s">
         <v>2592</v>
-      </c>
-[...20 lines deleted...]
-        <v>2598</v>
       </c>
       <c r="O462" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P462" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q462" s="5" t="s">
-        <v>3149</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="463" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A463" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E463" s="9"/>
+      <c r="A463" s="12" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B463" s="10"/>
+      <c r="C463" s="12" t="s">
+        <v>3145</v>
+      </c>
+      <c r="D463" s="11"/>
+      <c r="E463" s="10"/>
       <c r="F463" s="3" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="H463" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I463" s="3" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="J463" s="3" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="K463" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L463" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M463" s="9"/>
+      <c r="L463" s="12" t="s">
+        <v>2700</v>
+      </c>
+      <c r="M463" s="10"/>
       <c r="N463" s="3"/>
       <c r="O463" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P463" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q463" s="3" t="s">
-        <v>2707</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="464" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A464" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E464" s="9"/>
+      <c r="A464" s="13" t="s">
+        <v>3146</v>
+      </c>
+      <c r="B464" s="10"/>
+      <c r="C464" s="13" t="s">
+        <v>3147</v>
+      </c>
+      <c r="D464" s="11"/>
+      <c r="E464" s="10"/>
       <c r="F464" s="5" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="G464" s="5" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="H464" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I464" s="5" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="J464" s="5" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="K464" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L464" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M464" s="9"/>
+      <c r="L464" s="13" t="s">
+        <v>3148</v>
+      </c>
+      <c r="M464" s="10"/>
       <c r="N464" s="5" t="s">
-        <v>3155</v>
+        <v>3149</v>
       </c>
       <c r="O464" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P464" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q464" s="5" t="s">
-        <v>2707</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="465" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A465" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E465" s="9"/>
+      <c r="A465" s="12" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B465" s="10"/>
+      <c r="C465" s="12" t="s">
+        <v>3151</v>
+      </c>
+      <c r="D465" s="11"/>
+      <c r="E465" s="10"/>
       <c r="F465" s="3" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="H465" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I465" s="3" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="J465" s="3" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="K465" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L465" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M465" s="9"/>
+      <c r="L465" s="12" t="s">
+        <v>3149</v>
+      </c>
+      <c r="M465" s="10"/>
       <c r="N465" s="3" t="s">
-        <v>3154</v>
+        <v>3148</v>
       </c>
       <c r="O465" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P465" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q465" s="3" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="466" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A466" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E466" s="9"/>
+      <c r="A466" s="13" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B466" s="10"/>
+      <c r="C466" s="13" t="s">
+        <v>3153</v>
+      </c>
+      <c r="D466" s="11"/>
+      <c r="E466" s="10"/>
       <c r="F466" s="5" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="G466" s="5" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="H466" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I466" s="5" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="J466" s="5" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="K466" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L466" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M466" s="9"/>
+      <c r="L466" s="13" t="s">
+        <v>3149</v>
+      </c>
+      <c r="M466" s="10"/>
       <c r="N466" s="5"/>
       <c r="O466" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P466" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q466" s="5" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="467" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A467" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E467" s="9"/>
+      <c r="A467" s="12" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B467" s="10"/>
+      <c r="C467" s="12" t="s">
+        <v>3155</v>
+      </c>
+      <c r="D467" s="11"/>
+      <c r="E467" s="10"/>
       <c r="F467" s="3" t="s">
-        <v>3162</v>
+        <v>3156</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="H467" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I467" s="3" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="J467" s="3" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="K467" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L467" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M467" s="9"/>
+      <c r="L467" s="12" t="s">
+        <v>3157</v>
+      </c>
+      <c r="M467" s="10"/>
       <c r="N467" s="3" t="s">
         <v>20</v>
       </c>
       <c r="O467" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P467" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q467" s="3" t="s">
-        <v>2707</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="468" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A468" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E468" s="9"/>
+      <c r="A468" s="13" t="s">
+        <v>3158</v>
+      </c>
+      <c r="B468" s="10"/>
+      <c r="C468" s="13" t="s">
+        <v>3159</v>
+      </c>
+      <c r="D468" s="11"/>
+      <c r="E468" s="10"/>
       <c r="F468" s="5" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="G468" s="5" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="H468" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I468" s="5" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="J468" s="5" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="K468" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L468" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M468" s="9"/>
+      <c r="L468" s="13" t="s">
+        <v>2700</v>
+      </c>
+      <c r="M468" s="10"/>
       <c r="N468" s="5"/>
       <c r="O468" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P468" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q468" s="5" t="s">
-        <v>2707</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="469" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A469" s="11" t="s">
+      <c r="A469" s="12" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B469" s="10"/>
+      <c r="C469" s="12" t="s">
+        <v>3161</v>
+      </c>
+      <c r="D469" s="11"/>
+      <c r="E469" s="10"/>
+      <c r="F469" s="3" t="s">
+        <v>3162</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>3163</v>
+      </c>
+      <c r="H469" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I469" s="3" t="s">
+        <v>3164</v>
+      </c>
+      <c r="J469" s="3" t="s">
+        <v>3165</v>
+      </c>
+      <c r="K469" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L469" s="12" t="s">
         <v>3166</v>
       </c>
-      <c r="B469" s="9"/>
-      <c r="C469" s="11" t="s">
+      <c r="M469" s="10"/>
+      <c r="N469" s="3" t="s">
         <v>3167</v>
-      </c>
-[...25 lines deleted...]
-        <v>3173</v>
       </c>
       <c r="O469" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P469" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q469" s="3" t="s">
+        <v>3168</v>
+      </c>
+    </row>
+    <row r="470" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A470" s="13" t="s">
+        <v>3169</v>
+      </c>
+      <c r="B470" s="10"/>
+      <c r="C470" s="13" t="s">
+        <v>3170</v>
+      </c>
+      <c r="D470" s="11"/>
+      <c r="E470" s="10"/>
+      <c r="F470" s="5" t="s">
+        <v>3171</v>
+      </c>
+      <c r="G470" s="5" t="s">
+        <v>3172</v>
+      </c>
+      <c r="H470" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I470" s="5" t="s">
+        <v>3173</v>
+      </c>
+      <c r="J470" s="5" t="s">
         <v>3174</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A470" s="12" t="s">
+      <c r="K470" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L470" s="13" t="s">
         <v>3175</v>
       </c>
-      <c r="B470" s="9"/>
-[...26 lines deleted...]
-      <c r="M470" s="9"/>
+      <c r="M470" s="10"/>
       <c r="N470" s="5"/>
       <c r="O470" s="5" t="s">
-        <v>3182</v>
+        <v>3176</v>
       </c>
       <c r="P470" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q470" s="5" t="s">
-        <v>3183</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="471" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A471" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E471" s="9"/>
+      <c r="A471" s="12" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B471" s="10"/>
+      <c r="C471" s="12" t="s">
+        <v>3179</v>
+      </c>
+      <c r="D471" s="11"/>
+      <c r="E471" s="10"/>
       <c r="F471" s="3" t="s">
-        <v>2953</v>
+        <v>2947</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>2544</v>
+        <v>2538</v>
       </c>
       <c r="H471" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I471" s="3" t="s">
-        <v>2954</v>
+        <v>2948</v>
       </c>
       <c r="J471" s="3" t="s">
-        <v>3186</v>
+        <v>3180</v>
       </c>
       <c r="K471" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L471" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M471" s="9"/>
+      <c r="L471" s="12" t="s">
+        <v>3181</v>
+      </c>
+      <c r="M471" s="10"/>
       <c r="N471" s="3"/>
       <c r="O471" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P471" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q471" s="3" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="472" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A472" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E472" s="9"/>
+      <c r="A472" s="13" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B472" s="10"/>
+      <c r="C472" s="13" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D472" s="11"/>
+      <c r="E472" s="10"/>
       <c r="F472" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G472" s="5" t="s">
         <v>276</v>
       </c>
       <c r="H472" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I472" s="5" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J472" s="5" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K472" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L472" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M472" s="9"/>
+      <c r="L472" s="13" t="s">
+        <v>3184</v>
+      </c>
+      <c r="M472" s="10"/>
       <c r="N472" s="5" t="s">
-        <v>3191</v>
+        <v>3185</v>
       </c>
       <c r="O472" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P472" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q472" s="5" t="s">
-        <v>2094</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="473" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A473" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E473" s="9"/>
+      <c r="A473" s="12" t="s">
+        <v>3186</v>
+      </c>
+      <c r="B473" s="10"/>
+      <c r="C473" s="12" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D473" s="11"/>
+      <c r="E473" s="10"/>
       <c r="F473" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G473" s="3" t="s">
         <v>276</v>
       </c>
       <c r="H473" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I473" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J473" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K473" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L473" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M473" s="9"/>
+      <c r="L473" s="12" t="s">
+        <v>3188</v>
+      </c>
+      <c r="M473" s="10"/>
       <c r="N473" s="3"/>
       <c r="O473" s="3" t="s">
-        <v>3195</v>
+        <v>3189</v>
       </c>
       <c r="P473" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q473" s="3" t="s">
-        <v>3196</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="474" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A474" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E474" s="9"/>
+      <c r="A474" s="13" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B474" s="10"/>
+      <c r="C474" s="13" t="s">
+        <v>3192</v>
+      </c>
+      <c r="D474" s="11"/>
+      <c r="E474" s="10"/>
       <c r="F474" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>3199</v>
+        <v>3193</v>
       </c>
       <c r="H474" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I474" s="5" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J474" s="5" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K474" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L474" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M474" s="9"/>
+      <c r="L474" s="13" t="s">
+        <v>3194</v>
+      </c>
+      <c r="M474" s="10"/>
       <c r="N474" s="5"/>
       <c r="O474" s="5" t="s">
         <v>99</v>
       </c>
       <c r="P474" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q474" s="5" t="s">
-        <v>3201</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="475" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A475" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E475" s="9"/>
+      <c r="A475" s="12" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B475" s="10"/>
+      <c r="C475" s="12" t="s">
+        <v>3197</v>
+      </c>
+      <c r="D475" s="11"/>
+      <c r="E475" s="10"/>
       <c r="F475" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G475" s="3" t="s">
         <v>276</v>
       </c>
       <c r="H475" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I475" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J475" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K475" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L475" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M475" s="9"/>
+      <c r="L475" s="12" t="s">
+        <v>3198</v>
+      </c>
+      <c r="M475" s="10"/>
       <c r="N475" s="3"/>
       <c r="O475" s="3" t="s">
-        <v>3205</v>
+        <v>3199</v>
       </c>
       <c r="P475" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q475" s="3" t="s">
-        <v>3206</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="476" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A476" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E476" s="9"/>
+      <c r="A476" s="13" t="s">
+        <v>3201</v>
+      </c>
+      <c r="B476" s="10"/>
+      <c r="C476" s="13" t="s">
+        <v>3202</v>
+      </c>
+      <c r="D476" s="11"/>
+      <c r="E476" s="10"/>
       <c r="F476" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G476" s="5" t="s">
         <v>276</v>
       </c>
       <c r="H476" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K476" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L476" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M476" s="9"/>
+      <c r="L476" s="13" t="s">
+        <v>3203</v>
+      </c>
+      <c r="M476" s="10"/>
       <c r="N476" s="5"/>
       <c r="O476" s="5" t="s">
         <v>72</v>
       </c>
       <c r="P476" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q476" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="477" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A477" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E477" s="9"/>
+      <c r="A477" s="12" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B477" s="10"/>
+      <c r="C477" s="12" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D477" s="11"/>
+      <c r="E477" s="10"/>
       <c r="F477" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G477" s="3" t="s">
         <v>276</v>
       </c>
       <c r="H477" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I477" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J477" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K477" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L477" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M477" s="9"/>
+      <c r="L477" s="12" t="s">
+        <v>3206</v>
+      </c>
+      <c r="M477" s="10"/>
       <c r="N477" s="3"/>
       <c r="O477" s="3" t="s">
         <v>196</v>
       </c>
       <c r="P477" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q477" s="3" t="s">
-        <v>3213</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="478" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A478" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E478" s="9"/>
+      <c r="A478" s="13" t="s">
+        <v>3208</v>
+      </c>
+      <c r="B478" s="10"/>
+      <c r="C478" s="13" t="s">
+        <v>3209</v>
+      </c>
+      <c r="D478" s="11"/>
+      <c r="E478" s="10"/>
       <c r="F478" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G478" s="5" t="s">
         <v>276</v>
       </c>
       <c r="H478" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I478" s="5" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J478" s="5" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K478" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L478" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M478" s="9"/>
+      <c r="L478" s="13" t="s">
+        <v>3210</v>
+      </c>
+      <c r="M478" s="10"/>
       <c r="N478" s="5"/>
       <c r="O478" s="5" t="s">
         <v>261</v>
       </c>
       <c r="P478" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q478" s="5" t="s">
-        <v>3217</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="479" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A479" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E479" s="9"/>
+      <c r="A479" s="12" t="s">
+        <v>3212</v>
+      </c>
+      <c r="B479" s="10"/>
+      <c r="C479" s="12" t="s">
+        <v>3213</v>
+      </c>
+      <c r="D479" s="11"/>
+      <c r="E479" s="10"/>
       <c r="F479" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G479" s="3" t="s">
         <v>276</v>
       </c>
       <c r="H479" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I479" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J479" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K479" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L479" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M479" s="9"/>
+      <c r="L479" s="12" t="s">
+        <v>3214</v>
+      </c>
+      <c r="M479" s="10"/>
       <c r="N479" s="3" t="s">
-        <v>3221</v>
+        <v>3215</v>
       </c>
       <c r="O479" s="3" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="P479" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q479" s="3" t="s">
-        <v>3222</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="480" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A480" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E480" s="9"/>
+      <c r="A480" s="13" t="s">
+        <v>3217</v>
+      </c>
+      <c r="B480" s="10"/>
+      <c r="C480" s="13" t="s">
+        <v>3218</v>
+      </c>
+      <c r="D480" s="11"/>
+      <c r="E480" s="10"/>
       <c r="F480" s="5" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G480" s="5" t="s">
         <v>276</v>
       </c>
       <c r="H480" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I480" s="5" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J480" s="5" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K480" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L480" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M480" s="9"/>
+      <c r="L480" s="13" t="s">
+        <v>3219</v>
+      </c>
+      <c r="M480" s="10"/>
       <c r="N480" s="5" t="s">
-        <v>3226</v>
+        <v>3220</v>
       </c>
       <c r="O480" s="5" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="P480" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q480" s="5" t="s">
-        <v>3227</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="481" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A481" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E481" s="9"/>
+      <c r="A481" s="12" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B481" s="10"/>
+      <c r="C481" s="12" t="s">
+        <v>3223</v>
+      </c>
+      <c r="D481" s="11"/>
+      <c r="E481" s="10"/>
       <c r="F481" s="3" t="s">
-        <v>2343</v>
+        <v>2337</v>
       </c>
       <c r="G481" s="3" t="s">
         <v>276</v>
       </c>
       <c r="H481" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I481" s="3" t="s">
-        <v>2344</v>
+        <v>2338</v>
       </c>
       <c r="J481" s="3" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="K481" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L481" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M481" s="9"/>
+      <c r="L481" s="12" t="s">
+        <v>3224</v>
+      </c>
+      <c r="M481" s="10"/>
       <c r="N481" s="3"/>
       <c r="O481" s="3" t="s">
         <v>99</v>
       </c>
       <c r="P481" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q481" s="3" t="s">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="482" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A482" s="13" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B482" s="10"/>
+      <c r="C482" s="13" t="s">
+        <v>3227</v>
+      </c>
+      <c r="D482" s="11"/>
+      <c r="E482" s="10"/>
+      <c r="F482" s="5" t="s">
+        <v>3228</v>
+      </c>
+      <c r="G482" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H482" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I482" s="5" t="s">
+        <v>3229</v>
+      </c>
+      <c r="J482" s="5" t="s">
+        <v>3230</v>
+      </c>
+      <c r="K482" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L482" s="13" t="s">
         <v>3231</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M482" s="9"/>
+      <c r="M482" s="10"/>
       <c r="N482" s="5"/>
       <c r="O482" s="5" t="s">
+        <v>3232</v>
+      </c>
+      <c r="P482" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q482" s="5" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="483" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A483" s="12" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B483" s="10"/>
+      <c r="C483" s="12" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D483" s="11"/>
+      <c r="E483" s="10"/>
+      <c r="F483" s="3" t="s">
+        <v>3236</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H483" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I483" s="3" t="s">
+        <v>3237</v>
+      </c>
+      <c r="J483" s="3" t="s">
         <v>3238</v>
       </c>
-      <c r="P482" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q482" s="5" t="s">
+      <c r="K483" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L483" s="12" t="s">
         <v>3239</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A483" s="11" t="s">
+      <c r="M483" s="10"/>
+      <c r="N483" s="3" t="s">
         <v>3240</v>
       </c>
-      <c r="B483" s="9"/>
-      <c r="C483" s="11" t="s">
+      <c r="O483" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="P483" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q483" s="3" t="s">
         <v>3241</v>
       </c>
-      <c r="D483" s="10"/>
-[...1 lines deleted...]
-      <c r="F483" s="3" t="s">
+    </row>
+    <row r="484" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A484" s="13" t="s">
         <v>3242</v>
       </c>
-      <c r="G483" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I483" s="3" t="s">
+      <c r="B484" s="10"/>
+      <c r="C484" s="13" t="s">
         <v>3243</v>
       </c>
-      <c r="J483" s="3" t="s">
+      <c r="D484" s="11"/>
+      <c r="E484" s="10"/>
+      <c r="F484" s="5" t="s">
         <v>3244</v>
       </c>
-      <c r="K483" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L483" s="11" t="s">
+      <c r="G484" s="5" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H484" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I484" s="5" t="s">
         <v>3245</v>
       </c>
-      <c r="M483" s="9"/>
-      <c r="N483" s="3" t="s">
+      <c r="J484" s="5" t="s">
         <v>3246</v>
       </c>
-      <c r="O483" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q483" s="3" t="s">
+      <c r="K484" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L484" s="13" t="s">
         <v>3247</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M484" s="9"/>
+      <c r="M484" s="10"/>
       <c r="N484" s="5"/>
       <c r="O484" s="5" t="s">
         <v>159</v>
       </c>
       <c r="P484" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q484" s="5" t="s">
+        <v>3248</v>
+      </c>
+    </row>
+    <row r="485" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A485" s="12" t="s">
+        <v>3249</v>
+      </c>
+      <c r="B485" s="10"/>
+      <c r="C485" s="12" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D485" s="11"/>
+      <c r="E485" s="10"/>
+      <c r="F485" s="3" t="s">
+        <v>3251</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>3252</v>
+      </c>
+      <c r="H485" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I485" s="3" t="s">
+        <v>3253</v>
+      </c>
+      <c r="J485" s="3" t="s">
         <v>3254</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A485" s="11" t="s">
+      <c r="K485" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L485" s="12" t="s">
         <v>3255</v>
       </c>
-      <c r="B485" s="9"/>
-[...26 lines deleted...]
-      <c r="M485" s="9"/>
+      <c r="M485" s="10"/>
       <c r="N485" s="3"/>
       <c r="O485" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P485" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q485" s="3" t="s">
-        <v>3262</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="486" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A486" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E486" s="9"/>
+      <c r="A486" s="13" t="s">
+        <v>3257</v>
+      </c>
+      <c r="B486" s="10"/>
+      <c r="C486" s="13" t="s">
+        <v>3258</v>
+      </c>
+      <c r="D486" s="11"/>
+      <c r="E486" s="10"/>
       <c r="F486" s="5" t="s">
-        <v>2424</v>
+        <v>2418</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>2425</v>
+        <v>2419</v>
       </c>
       <c r="H486" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I486" s="5" t="s">
-        <v>2426</v>
+        <v>2420</v>
       </c>
       <c r="J486" s="5" t="s">
-        <v>2427</v>
+        <v>2421</v>
       </c>
       <c r="K486" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L486" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M486" s="9"/>
+      <c r="L486" s="13" t="s">
+        <v>2448</v>
+      </c>
+      <c r="M486" s="10"/>
       <c r="N486" s="5"/>
       <c r="O486" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P486" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q486" s="5" t="s">
-        <v>2348</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="487" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A487" s="11" t="s">
+      <c r="A487" s="12" t="s">
+        <v>3259</v>
+      </c>
+      <c r="B487" s="10"/>
+      <c r="C487" s="12" t="s">
+        <v>3260</v>
+      </c>
+      <c r="D487" s="11"/>
+      <c r="E487" s="10"/>
+      <c r="F487" s="3" t="s">
+        <v>3261</v>
+      </c>
+      <c r="G487" s="3" t="s">
+        <v>2697</v>
+      </c>
+      <c r="H487" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I487" s="3" t="s">
+        <v>3262</v>
+      </c>
+      <c r="J487" s="3" t="s">
+        <v>3263</v>
+      </c>
+      <c r="K487" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L487" s="12" t="s">
+        <v>3264</v>
+      </c>
+      <c r="M487" s="10"/>
+      <c r="N487" s="3" t="s">
         <v>3265</v>
       </c>
-      <c r="B487" s="9"/>
-      <c r="C487" s="11" t="s">
+      <c r="O487" s="3" t="s">
         <v>3266</v>
       </c>
-      <c r="D487" s="10"/>
-[...1 lines deleted...]
-      <c r="F487" s="3" t="s">
+      <c r="P487" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q487" s="3" t="s">
         <v>3267</v>
       </c>
-      <c r="G487" s="3" t="s">
-[...5 lines deleted...]
-      <c r="I487" s="3" t="s">
+    </row>
+    <row r="488" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A488" s="13" t="s">
         <v>3268</v>
       </c>
-      <c r="J487" s="3" t="s">
+      <c r="B488" s="10"/>
+      <c r="C488" s="13" t="s">
         <v>3269</v>
       </c>
-      <c r="K487" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L487" s="11" t="s">
+      <c r="D488" s="11"/>
+      <c r="E488" s="10"/>
+      <c r="F488" s="5" t="s">
         <v>3270</v>
       </c>
-      <c r="M487" s="9"/>
-      <c r="N487" s="3" t="s">
+      <c r="G488" s="5" t="s">
         <v>3271</v>
       </c>
-      <c r="O487" s="3" t="s">
+      <c r="H488" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I488" s="5" t="s">
         <v>3272</v>
       </c>
-      <c r="P487" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q487" s="3" t="s">
+      <c r="J488" s="5" t="s">
         <v>3273</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A488" s="12" t="s">
+      <c r="K488" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L488" s="13" t="s">
         <v>3274</v>
       </c>
-      <c r="B488" s="9"/>
-      <c r="C488" s="12" t="s">
+      <c r="M488" s="10"/>
+      <c r="N488" s="5" t="s">
         <v>3275</v>
-      </c>
-[...25 lines deleted...]
-        <v>3281</v>
       </c>
       <c r="O488" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P488" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q488" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="489" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A489" s="11" t="s">
+      <c r="A489" s="12" t="s">
+        <v>3276</v>
+      </c>
+      <c r="B489" s="10"/>
+      <c r="C489" s="12" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D489" s="11"/>
+      <c r="E489" s="10"/>
+      <c r="F489" s="3" t="s">
+        <v>3278</v>
+      </c>
+      <c r="G489" s="3" t="s">
+        <v>3279</v>
+      </c>
+      <c r="H489" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I489" s="3" t="s">
+        <v>3280</v>
+      </c>
+      <c r="J489" s="3" t="s">
+        <v>3281</v>
+      </c>
+      <c r="K489" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L489" s="12" t="s">
         <v>3282</v>
       </c>
-      <c r="B489" s="9"/>
-      <c r="C489" s="11" t="s">
+      <c r="M489" s="10"/>
+      <c r="N489" s="3" t="s">
         <v>3283</v>
-      </c>
-[...25 lines deleted...]
-        <v>3289</v>
       </c>
       <c r="O489" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P489" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q489" s="3" t="s">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="490" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A490" s="13" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B490" s="10"/>
+      <c r="C490" s="13" t="s">
+        <v>3286</v>
+      </c>
+      <c r="D490" s="11"/>
+      <c r="E490" s="10"/>
+      <c r="F490" s="5" t="s">
+        <v>3287</v>
+      </c>
+      <c r="G490" s="5" t="s">
+        <v>3288</v>
+      </c>
+      <c r="H490" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I490" s="5" t="s">
+        <v>3289</v>
+      </c>
+      <c r="J490" s="5" t="s">
         <v>3290</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A490" s="12" t="s">
+      <c r="K490" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L490" s="13" t="s">
         <v>3291</v>
       </c>
-      <c r="B490" s="9"/>
-[...26 lines deleted...]
-      <c r="M490" s="9"/>
+      <c r="M490" s="10"/>
       <c r="N490" s="5" t="s">
-        <v>3281</v>
+        <v>3275</v>
       </c>
       <c r="O490" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P490" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q490" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="491" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A491" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E491" s="9"/>
+      <c r="A491" s="12" t="s">
+        <v>3292</v>
+      </c>
+      <c r="B491" s="10"/>
+      <c r="C491" s="12" t="s">
+        <v>3293</v>
+      </c>
+      <c r="D491" s="11"/>
+      <c r="E491" s="10"/>
       <c r="F491" s="3" t="s">
-        <v>3276</v>
+        <v>3270</v>
       </c>
       <c r="G491" s="3" t="s">
         <v>226</v>
       </c>
       <c r="H491" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I491" s="3" t="s">
-        <v>3278</v>
+        <v>3272</v>
       </c>
       <c r="J491" s="3" t="s">
-        <v>3279</v>
+        <v>3273</v>
       </c>
       <c r="K491" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L491" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M491" s="9"/>
+      <c r="L491" s="12" t="s">
+        <v>3291</v>
+      </c>
+      <c r="M491" s="10"/>
       <c r="N491" s="3" t="s">
-        <v>3281</v>
+        <v>3275</v>
       </c>
       <c r="O491" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P491" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q491" s="3" t="s">
-        <v>3290</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="492" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A492" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E492" s="9"/>
+      <c r="A492" s="13" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B492" s="10"/>
+      <c r="C492" s="13" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D492" s="11"/>
+      <c r="E492" s="10"/>
       <c r="F492" s="5" t="s">
-        <v>3302</v>
+        <v>3296</v>
       </c>
       <c r="G492" s="5" t="s">
         <v>226</v>
       </c>
       <c r="H492" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I492" s="5" t="s">
-        <v>3303</v>
+        <v>3297</v>
       </c>
       <c r="J492" s="5" t="s">
-        <v>3304</v>
+        <v>3298</v>
       </c>
       <c r="K492" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L492" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M492" s="9"/>
+      <c r="L492" s="13" t="s">
+        <v>3291</v>
+      </c>
+      <c r="M492" s="10"/>
       <c r="N492" s="5" t="s">
-        <v>3305</v>
+        <v>3299</v>
       </c>
       <c r="O492" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P492" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q492" s="5" t="s">
-        <v>3306</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="493" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A493" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E493" s="9"/>
+      <c r="A493" s="12" t="s">
+        <v>3301</v>
+      </c>
+      <c r="B493" s="10"/>
+      <c r="C493" s="12" t="s">
+        <v>3302</v>
+      </c>
+      <c r="D493" s="11"/>
+      <c r="E493" s="10"/>
       <c r="F493" s="3" t="s">
-        <v>3276</v>
+        <v>3270</v>
       </c>
       <c r="G493" s="3" t="s">
         <v>226</v>
       </c>
       <c r="H493" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I493" s="3" t="s">
-        <v>3278</v>
+        <v>3272</v>
       </c>
       <c r="J493" s="3" t="s">
-        <v>3279</v>
+        <v>3273</v>
       </c>
       <c r="K493" s="4" t="s">
-        <v>3309</v>
-[...4 lines deleted...]
-      <c r="M493" s="9"/>
+        <v>3303</v>
+      </c>
+      <c r="L493" s="12" t="s">
+        <v>3291</v>
+      </c>
+      <c r="M493" s="10"/>
       <c r="N493" s="3" t="s">
-        <v>3281</v>
+        <v>3275</v>
       </c>
       <c r="O493" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P493" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q493" s="3" t="s">
-        <v>3290</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="494" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A494" s="12" t="s">
+      <c r="A494" s="13" t="s">
+        <v>3304</v>
+      </c>
+      <c r="B494" s="10"/>
+      <c r="C494" s="13" t="s">
+        <v>3305</v>
+      </c>
+      <c r="D494" s="11"/>
+      <c r="E494" s="10"/>
+      <c r="F494" s="5" t="s">
+        <v>3306</v>
+      </c>
+      <c r="G494" s="5" t="s">
+        <v>3307</v>
+      </c>
+      <c r="H494" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I494" s="5" t="s">
+        <v>3308</v>
+      </c>
+      <c r="J494" s="5" t="s">
+        <v>3309</v>
+      </c>
+      <c r="K494" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L494" s="13" t="s">
         <v>3310</v>
       </c>
-      <c r="B494" s="9"/>
-      <c r="C494" s="12" t="s">
+      <c r="M494" s="10"/>
+      <c r="N494" s="5" t="s">
         <v>3311</v>
-      </c>
-[...25 lines deleted...]
-        <v>3317</v>
       </c>
       <c r="O494" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P494" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q494" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="495" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A495" s="11" t="s">
+      <c r="A495" s="12" t="s">
+        <v>3312</v>
+      </c>
+      <c r="B495" s="10"/>
+      <c r="C495" s="12" t="s">
+        <v>3313</v>
+      </c>
+      <c r="D495" s="11"/>
+      <c r="E495" s="10"/>
+      <c r="F495" s="3" t="s">
+        <v>3314</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>3315</v>
+      </c>
+      <c r="H495" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I495" s="3" t="s">
+        <v>3316</v>
+      </c>
+      <c r="J495" s="3" t="s">
+        <v>3317</v>
+      </c>
+      <c r="K495" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L495" s="12" t="s">
+        <v>3291</v>
+      </c>
+      <c r="M495" s="10"/>
+      <c r="N495" s="3" t="s">
         <v>3318</v>
-      </c>
-[...29 lines deleted...]
-        <v>3324</v>
       </c>
       <c r="O495" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P495" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q495" s="3" t="s">
-        <v>3325</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="496" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A496" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E496" s="9"/>
+      <c r="A496" s="13" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B496" s="10"/>
+      <c r="C496" s="13" t="s">
+        <v>3321</v>
+      </c>
+      <c r="D496" s="11"/>
+      <c r="E496" s="10"/>
       <c r="F496" s="5" t="s">
-        <v>3293</v>
+        <v>3287</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="H496" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I496" s="5" t="s">
-        <v>3295</v>
+        <v>3289</v>
       </c>
       <c r="J496" s="5" t="s">
-        <v>3296</v>
+        <v>3290</v>
       </c>
       <c r="K496" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L496" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M496" s="9"/>
+      <c r="L496" s="13" t="s">
+        <v>3291</v>
+      </c>
+      <c r="M496" s="10"/>
       <c r="N496" s="5" t="s">
-        <v>3281</v>
+        <v>3275</v>
       </c>
       <c r="O496" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P496" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q496" s="5" t="s">
-        <v>3328</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="497" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A497" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E497" s="9"/>
+      <c r="A497" s="12" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B497" s="10"/>
+      <c r="C497" s="12" t="s">
+        <v>3324</v>
+      </c>
+      <c r="D497" s="11"/>
+      <c r="E497" s="10"/>
       <c r="F497" s="3" t="s">
-        <v>3293</v>
+        <v>3287</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>3285</v>
+        <v>3279</v>
       </c>
       <c r="H497" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I497" s="3" t="s">
-        <v>3295</v>
+        <v>3289</v>
       </c>
       <c r="J497" s="3" t="s">
-        <v>3296</v>
+        <v>3290</v>
       </c>
       <c r="K497" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L497" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M497" s="9"/>
+      <c r="L497" s="12" t="s">
+        <v>3291</v>
+      </c>
+      <c r="M497" s="10"/>
       <c r="N497" s="3" t="s">
-        <v>3331</v>
+        <v>3325</v>
       </c>
       <c r="O497" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P497" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q497" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="498" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A498" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E498" s="9"/>
+      <c r="A498" s="13" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B498" s="10"/>
+      <c r="C498" s="13" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D498" s="11"/>
+      <c r="E498" s="10"/>
       <c r="F498" s="5" t="s">
-        <v>3284</v>
+        <v>3278</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>3285</v>
+        <v>3279</v>
       </c>
       <c r="H498" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I498" s="5" t="s">
-        <v>3286</v>
+        <v>3280</v>
       </c>
       <c r="J498" s="5" t="s">
-        <v>3287</v>
+        <v>3281</v>
       </c>
       <c r="K498" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L498" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M498" s="9"/>
+      <c r="L498" s="13" t="s">
+        <v>3282</v>
+      </c>
+      <c r="M498" s="10"/>
       <c r="N498" s="5" t="s">
-        <v>3331</v>
+        <v>3325</v>
       </c>
       <c r="O498" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P498" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q498" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="499" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A499" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E499" s="9"/>
+      <c r="A499" s="12" t="s">
+        <v>3328</v>
+      </c>
+      <c r="B499" s="10"/>
+      <c r="C499" s="12" t="s">
+        <v>3329</v>
+      </c>
+      <c r="D499" s="11"/>
+      <c r="E499" s="10"/>
       <c r="F499" s="3" t="s">
-        <v>3336</v>
+        <v>3330</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>3277</v>
+        <v>3271</v>
       </c>
       <c r="H499" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I499" s="3" t="s">
-        <v>3337</v>
+        <v>3331</v>
       </c>
       <c r="J499" s="3" t="s">
-        <v>3338</v>
+        <v>3332</v>
       </c>
       <c r="K499" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L499" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M499" s="9"/>
+      <c r="L499" s="12" t="s">
+        <v>3282</v>
+      </c>
+      <c r="M499" s="10"/>
       <c r="N499" s="3"/>
       <c r="O499" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P499" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q499" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="500" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A500" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E500" s="9"/>
+      <c r="A500" s="13" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B500" s="10"/>
+      <c r="C500" s="13" t="s">
+        <v>3334</v>
+      </c>
+      <c r="D500" s="11"/>
+      <c r="E500" s="10"/>
       <c r="F500" s="5" t="s">
-        <v>3341</v>
+        <v>3335</v>
       </c>
       <c r="G500" s="5" t="s">
-        <v>3342</v>
+        <v>3336</v>
       </c>
       <c r="H500" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I500" s="5" t="s">
-        <v>3343</v>
+        <v>3337</v>
       </c>
       <c r="J500" s="5" t="s">
-        <v>3344</v>
+        <v>3338</v>
       </c>
       <c r="K500" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L500" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M500" s="9"/>
+      <c r="L500" s="13" t="s">
+        <v>3282</v>
+      </c>
+      <c r="M500" s="10"/>
       <c r="N500" s="5"/>
       <c r="O500" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P500" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q500" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="501" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A501" s="11" t="s">
+      <c r="A501" s="12" t="s">
+        <v>3339</v>
+      </c>
+      <c r="B501" s="10"/>
+      <c r="C501" s="12" t="s">
+        <v>3340</v>
+      </c>
+      <c r="D501" s="11"/>
+      <c r="E501" s="10"/>
+      <c r="F501" s="3" t="s">
+        <v>3341</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>3279</v>
+      </c>
+      <c r="H501" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I501" s="3" t="s">
+        <v>3342</v>
+      </c>
+      <c r="J501" s="3" t="s">
+        <v>3343</v>
+      </c>
+      <c r="K501" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L501" s="12" t="s">
+        <v>3344</v>
+      </c>
+      <c r="M501" s="10"/>
+      <c r="N501" s="3" t="s">
         <v>3345</v>
-      </c>
-[...29 lines deleted...]
-        <v>3351</v>
       </c>
       <c r="O501" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P501" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q501" s="3" t="s">
-        <v>3352</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="502" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A502" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E502" s="9"/>
+      <c r="A502" s="13" t="s">
+        <v>3347</v>
+      </c>
+      <c r="B502" s="10"/>
+      <c r="C502" s="13" t="s">
+        <v>3348</v>
+      </c>
+      <c r="D502" s="11"/>
+      <c r="E502" s="10"/>
       <c r="F502" s="5" t="s">
-        <v>3293</v>
+        <v>3287</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>3285</v>
+        <v>3279</v>
       </c>
       <c r="H502" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I502" s="5" t="s">
-        <v>3295</v>
+        <v>3289</v>
       </c>
       <c r="J502" s="5" t="s">
-        <v>3296</v>
+        <v>3290</v>
       </c>
       <c r="K502" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L502" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M502" s="9"/>
+      <c r="L502" s="13" t="s">
+        <v>3349</v>
+      </c>
+      <c r="M502" s="10"/>
       <c r="N502" s="5" t="s">
-        <v>3288</v>
+        <v>3282</v>
       </c>
       <c r="O502" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P502" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q502" s="5" t="s">
-        <v>3356</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="503" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A503" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E503" s="9"/>
+      <c r="A503" s="12" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B503" s="10"/>
+      <c r="C503" s="12" t="s">
+        <v>3352</v>
+      </c>
+      <c r="D503" s="11"/>
+      <c r="E503" s="10"/>
       <c r="F503" s="3" t="s">
-        <v>3347</v>
+        <v>3341</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>3285</v>
+        <v>3279</v>
       </c>
       <c r="H503" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I503" s="3" t="s">
-        <v>3348</v>
+        <v>3342</v>
       </c>
       <c r="J503" s="3" t="s">
-        <v>3349</v>
+        <v>3343</v>
       </c>
       <c r="K503" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L503" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M503" s="9"/>
+      <c r="L503" s="12" t="s">
+        <v>3353</v>
+      </c>
+      <c r="M503" s="10"/>
       <c r="N503" s="3"/>
       <c r="O503" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P503" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q503" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="504" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A504" s="12" t="s">
+      <c r="A504" s="13" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B504" s="10"/>
+      <c r="C504" s="13" t="s">
+        <v>3355</v>
+      </c>
+      <c r="D504" s="11"/>
+      <c r="E504" s="10"/>
+      <c r="F504" s="5" t="s">
+        <v>3356</v>
+      </c>
+      <c r="G504" s="5" t="s">
+        <v>3357</v>
+      </c>
+      <c r="H504" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I504" s="5" t="s">
+        <v>3358</v>
+      </c>
+      <c r="J504" s="5" t="s">
+        <v>3359</v>
+      </c>
+      <c r="K504" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L504" s="13" t="s">
         <v>3360</v>
       </c>
-      <c r="B504" s="9"/>
-[...26 lines deleted...]
-      <c r="M504" s="9"/>
+      <c r="M504" s="10"/>
       <c r="N504" s="5"/>
       <c r="O504" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P504" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q504" s="5" t="s">
-        <v>3367</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="505" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A505" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E505" s="9"/>
+      <c r="A505" s="12" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B505" s="10"/>
+      <c r="C505" s="12" t="s">
+        <v>3363</v>
+      </c>
+      <c r="D505" s="11"/>
+      <c r="E505" s="10"/>
       <c r="F505" s="3" t="s">
-        <v>3341</v>
+        <v>3335</v>
       </c>
       <c r="G505" s="3" t="s">
-        <v>3342</v>
+        <v>3336</v>
       </c>
       <c r="H505" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I505" s="3" t="s">
-        <v>3343</v>
+        <v>3337</v>
       </c>
       <c r="J505" s="3" t="s">
-        <v>3344</v>
+        <v>3338</v>
       </c>
       <c r="K505" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L505" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M505" s="9"/>
+      <c r="L505" s="12" t="s">
+        <v>3282</v>
+      </c>
+      <c r="M505" s="10"/>
       <c r="N505" s="3"/>
       <c r="O505" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P505" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q505" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="506" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A506" s="12" t="s">
+      <c r="A506" s="13" t="s">
+        <v>3364</v>
+      </c>
+      <c r="B506" s="10"/>
+      <c r="C506" s="13" t="s">
+        <v>3365</v>
+      </c>
+      <c r="D506" s="11"/>
+      <c r="E506" s="10"/>
+      <c r="F506" s="5" t="s">
+        <v>3366</v>
+      </c>
+      <c r="G506" s="5" t="s">
+        <v>3367</v>
+      </c>
+      <c r="H506" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I506" s="5" t="s">
+        <v>3368</v>
+      </c>
+      <c r="J506" s="5" t="s">
+        <v>2589</v>
+      </c>
+      <c r="K506" s="6" t="s">
+        <v>3369</v>
+      </c>
+      <c r="L506" s="13" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M506" s="10"/>
+      <c r="N506" s="5" t="s">
         <v>3370</v>
-      </c>
-[...29 lines deleted...]
-        <v>3376</v>
       </c>
       <c r="O506" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P506" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q506" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="507" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A507" s="11" t="s">
+      <c r="A507" s="12" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B507" s="10"/>
+      <c r="C507" s="12" t="s">
+        <v>3372</v>
+      </c>
+      <c r="D507" s="11"/>
+      <c r="E507" s="10"/>
+      <c r="F507" s="3" t="s">
+        <v>3373</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H507" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I507" s="3" t="s">
+        <v>3375</v>
+      </c>
+      <c r="J507" s="3" t="s">
+        <v>3376</v>
+      </c>
+      <c r="K507" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L507" s="12" t="s">
         <v>3377</v>
       </c>
-      <c r="B507" s="9"/>
-      <c r="C507" s="11" t="s">
+      <c r="M507" s="10"/>
+      <c r="N507" s="3" t="s">
         <v>3378</v>
-      </c>
-[...25 lines deleted...]
-        <v>3384</v>
       </c>
       <c r="O507" s="3" t="s">
         <v>118</v>
       </c>
       <c r="P507" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q507" s="3" t="s">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="508" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A508" s="13" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B508" s="10"/>
+      <c r="C508" s="13" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D508" s="11"/>
+      <c r="E508" s="10"/>
+      <c r="F508" s="5" t="s">
+        <v>3382</v>
+      </c>
+      <c r="G508" s="5" t="s">
+        <v>3383</v>
+      </c>
+      <c r="H508" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I508" s="5" t="s">
+        <v>3384</v>
+      </c>
+      <c r="J508" s="5" t="s">
         <v>3385</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A508" s="12" t="s">
+      <c r="K508" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L508" s="13" t="s">
         <v>3386</v>
       </c>
-      <c r="B508" s="9"/>
-      <c r="C508" s="12" t="s">
+      <c r="M508" s="10"/>
+      <c r="N508" s="5" t="s">
         <v>3387</v>
       </c>
-      <c r="D508" s="10"/>
-[...1 lines deleted...]
-      <c r="F508" s="5" t="s">
+      <c r="O508" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="P508" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q508" s="5" t="s">
         <v>3388</v>
       </c>
-      <c r="G508" s="5" t="s">
+    </row>
+    <row r="509" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A509" s="12" t="s">
         <v>3389</v>
       </c>
-      <c r="H508" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I508" s="5" t="s">
+      <c r="B509" s="10"/>
+      <c r="C509" s="12" t="s">
         <v>3390</v>
       </c>
-      <c r="J508" s="5" t="s">
+      <c r="D509" s="11"/>
+      <c r="E509" s="10"/>
+      <c r="F509" s="3" t="s">
         <v>3391</v>
       </c>
-      <c r="K508" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L508" s="12" t="s">
+      <c r="G509" s="3" t="s">
         <v>3392</v>
       </c>
-      <c r="M508" s="9"/>
-      <c r="N508" s="5" t="s">
+      <c r="H509" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I509" s="3" t="s">
         <v>3393</v>
       </c>
-      <c r="O508" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q508" s="5" t="s">
+      <c r="J509" s="3" t="s">
         <v>3394</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A509" s="11" t="s">
+      <c r="K509" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L509" s="12" t="s">
+        <v>2572</v>
+      </c>
+      <c r="M509" s="10"/>
+      <c r="N509" s="3" t="s">
         <v>3395</v>
       </c>
-      <c r="B509" s="9"/>
-      <c r="C509" s="11" t="s">
+      <c r="O509" s="3" t="s">
+        <v>1899</v>
+      </c>
+      <c r="P509" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q509" s="3" t="s">
         <v>3396</v>
       </c>
-      <c r="D509" s="10"/>
-[...1 lines deleted...]
-      <c r="F509" s="3" t="s">
+    </row>
+    <row r="510" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A510" s="13" t="s">
         <v>3397</v>
       </c>
-      <c r="G509" s="3" t="s">
+      <c r="B510" s="10"/>
+      <c r="C510" s="13" t="s">
         <v>3398</v>
       </c>
-      <c r="H509" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I509" s="3" t="s">
+      <c r="D510" s="11"/>
+      <c r="E510" s="10"/>
+      <c r="F510" s="5" t="s">
         <v>3399</v>
       </c>
-      <c r="J509" s="3" t="s">
+      <c r="G510" s="5" t="s">
         <v>3400</v>
       </c>
-      <c r="K509" s="4" t="s">
-[...6 lines deleted...]
-      <c r="N509" s="3" t="s">
+      <c r="H510" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I510" s="5" t="s">
         <v>3401</v>
       </c>
-      <c r="O509" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q509" s="3" t="s">
+      <c r="J510" s="5" t="s">
         <v>3402</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A510" s="12" t="s">
+      <c r="K510" s="6" t="s">
         <v>3403</v>
       </c>
-      <c r="B510" s="9"/>
-      <c r="C510" s="12" t="s">
+      <c r="L510" s="13" t="s">
         <v>3404</v>
       </c>
-      <c r="D510" s="10"/>
-[...22 lines deleted...]
-      <c r="M510" s="9"/>
+      <c r="M510" s="10"/>
       <c r="N510" s="5"/>
       <c r="O510" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P510" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q510" s="5" t="s">
+        <v>3405</v>
+      </c>
+    </row>
+    <row r="511" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A511" s="12" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B511" s="10"/>
+      <c r="C511" s="12" t="s">
+        <v>3407</v>
+      </c>
+      <c r="D511" s="11"/>
+      <c r="E511" s="10"/>
+      <c r="F511" s="3" t="s">
+        <v>3408</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>3409</v>
+      </c>
+      <c r="H511" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I511" s="3" t="s">
+        <v>3410</v>
+      </c>
+      <c r="J511" s="3" t="s">
         <v>3411</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A511" s="11" t="s">
+      <c r="K511" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L511" s="12" t="s">
         <v>3412</v>
       </c>
-      <c r="B511" s="9"/>
-      <c r="C511" s="11" t="s">
+      <c r="M511" s="10"/>
+      <c r="N511" s="3" t="s">
         <v>3413</v>
       </c>
-      <c r="D511" s="10"/>
-[...1 lines deleted...]
-      <c r="F511" s="3" t="s">
+      <c r="O511" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="P511" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q511" s="3" t="s">
         <v>3414</v>
       </c>
-      <c r="G511" s="3" t="s">
+    </row>
+    <row r="512" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A512" s="13" t="s">
         <v>3415</v>
       </c>
-      <c r="H511" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I511" s="3" t="s">
+      <c r="B512" s="10"/>
+      <c r="C512" s="13" t="s">
         <v>3416</v>
       </c>
-      <c r="J511" s="3" t="s">
+      <c r="D512" s="11"/>
+      <c r="E512" s="10"/>
+      <c r="F512" s="5" t="s">
         <v>3417</v>
       </c>
-      <c r="K511" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L511" s="11" t="s">
+      <c r="G512" s="5" t="s">
         <v>3418</v>
       </c>
-      <c r="M511" s="9"/>
-      <c r="N511" s="3" t="s">
+      <c r="H512" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I512" s="5" t="s">
         <v>3419</v>
       </c>
-      <c r="O511" s="3" t="s">
-[...5 lines deleted...]
-      <c r="Q511" s="3" t="s">
+      <c r="J512" s="5" t="s">
         <v>3420</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A512" s="12" t="s">
+      <c r="K512" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L512" s="13" t="s">
         <v>3421</v>
       </c>
-      <c r="B512" s="9"/>
-      <c r="C512" s="12" t="s">
+      <c r="M512" s="10"/>
+      <c r="N512" s="5" t="s">
         <v>3422</v>
       </c>
-      <c r="D512" s="10"/>
-[...1 lines deleted...]
-      <c r="F512" s="5" t="s">
+      <c r="O512" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="P512" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q512" s="5" t="s">
         <v>3423</v>
       </c>
-      <c r="G512" s="5" t="s">
+    </row>
+    <row r="513" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A513" s="12" t="s">
         <v>3424</v>
       </c>
-      <c r="H512" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I512" s="5" t="s">
+      <c r="B513" s="10"/>
+      <c r="C513" s="12" t="s">
         <v>3425</v>
       </c>
-      <c r="J512" s="5" t="s">
-[...31 lines deleted...]
-      <c r="E513" s="9"/>
+      <c r="D513" s="11"/>
+      <c r="E513" s="10"/>
       <c r="F513" s="3" t="s">
-        <v>2243</v>
+        <v>2237</v>
       </c>
       <c r="G513" s="3" t="s">
-        <v>2244</v>
+        <v>2238</v>
       </c>
       <c r="H513" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I513" s="3" t="s">
-        <v>2245</v>
+        <v>2239</v>
       </c>
       <c r="J513" s="3" t="s">
-        <v>2246</v>
+        <v>2240</v>
       </c>
       <c r="K513" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L513" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M513" s="9"/>
+      <c r="L513" s="12" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M513" s="10"/>
       <c r="N513" s="3"/>
       <c r="O513" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P513" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q513" s="3" t="s">
-        <v>2248</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="514" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A514" s="12" t="s">
+      <c r="A514" s="13" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B514" s="10"/>
+      <c r="C514" s="13" t="s">
+        <v>3427</v>
+      </c>
+      <c r="D514" s="11"/>
+      <c r="E514" s="10"/>
+      <c r="F514" s="5" t="s">
+        <v>3428</v>
+      </c>
+      <c r="G514" s="5" t="s">
+        <v>3429</v>
+      </c>
+      <c r="H514" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I514" s="5" t="s">
+        <v>3430</v>
+      </c>
+      <c r="J514" s="5" t="s">
+        <v>3431</v>
+      </c>
+      <c r="K514" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L514" s="13" t="s">
         <v>3432</v>
       </c>
-      <c r="B514" s="9"/>
-      <c r="C514" s="12" t="s">
+      <c r="M514" s="10"/>
+      <c r="N514" s="5" t="s">
         <v>3433</v>
-      </c>
-[...25 lines deleted...]
-        <v>3439</v>
       </c>
       <c r="O514" s="5" t="s">
         <v>22</v>
       </c>
       <c r="P514" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q514" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="515" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A515" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E515" s="9"/>
+      <c r="A515" s="12" t="s">
+        <v>3434</v>
+      </c>
+      <c r="B515" s="10"/>
+      <c r="C515" s="12" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D515" s="11"/>
+      <c r="E515" s="10"/>
       <c r="F515" s="3" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>2369</v>
+        <v>2363</v>
       </c>
       <c r="H515" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I515" s="3" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="J515" s="3" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="K515" s="4" t="s">
-        <v>828</v>
-[...4 lines deleted...]
-      <c r="M515" s="9"/>
+        <v>827</v>
+      </c>
+      <c r="L515" s="12" t="s">
+        <v>2366</v>
+      </c>
+      <c r="M515" s="10"/>
       <c r="N515" s="3"/>
       <c r="O515" s="3" t="s">
         <v>22</v>
       </c>
       <c r="P515" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q515" s="3" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="516" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A516" s="12" t="s">
-[...7 lines deleted...]
-      <c r="E516" s="9"/>
+      <c r="A516" s="13" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B516" s="10"/>
+      <c r="C516" s="13" t="s">
+        <v>3437</v>
+      </c>
+      <c r="D516" s="11"/>
+      <c r="E516" s="10"/>
       <c r="F516" s="5" t="s">
-        <v>3444</v>
+        <v>3438</v>
       </c>
       <c r="G516" s="5" t="s">
         <v>226</v>
       </c>
       <c r="H516" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I516" s="5" t="s">
-        <v>3445</v>
+        <v>3439</v>
       </c>
       <c r="J516" s="5" t="s">
-        <v>3446</v>
+        <v>3440</v>
       </c>
       <c r="K516" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L516" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M516" s="9"/>
+      <c r="L516" s="13" t="s">
+        <v>3441</v>
+      </c>
+      <c r="M516" s="10"/>
       <c r="N516" s="5" t="s">
-        <v>3448</v>
+        <v>3442</v>
       </c>
       <c r="O516" s="5" t="s">
         <v>159</v>
       </c>
       <c r="P516" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q516" s="5" t="s">
+        <v>3443</v>
+      </c>
+    </row>
+    <row r="517" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A517" s="12" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B517" s="10"/>
+      <c r="C517" s="12" t="s">
+        <v>3445</v>
+      </c>
+      <c r="D517" s="11"/>
+      <c r="E517" s="10"/>
+      <c r="F517" s="3" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="H517" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I517" s="3" t="s">
+        <v>3447</v>
+      </c>
+      <c r="J517" s="3" t="s">
+        <v>3448</v>
+      </c>
+      <c r="K517" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L517" s="12" t="s">
         <v>3449</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="M517" s="9"/>
+      <c r="M517" s="10"/>
       <c r="N517" s="3"/>
       <c r="O517" s="3" t="s">
         <v>118</v>
       </c>
       <c r="P517" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q517" s="3" t="s">
+        <v>3450</v>
+      </c>
+    </row>
+    <row r="518" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A518" s="13" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B518" s="10"/>
+      <c r="C518" s="13" t="s">
+        <v>3452</v>
+      </c>
+      <c r="D518" s="11"/>
+      <c r="E518" s="10"/>
+      <c r="F518" s="5" t="s">
+        <v>3453</v>
+      </c>
+      <c r="G518" s="5" t="s">
+        <v>3454</v>
+      </c>
+      <c r="H518" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I518" s="5" t="s">
+        <v>3455</v>
+      </c>
+      <c r="J518" s="5" t="s">
         <v>3456</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A518" s="12" t="s">
+      <c r="K518" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L518" s="13" t="s">
         <v>3457</v>
       </c>
-      <c r="B518" s="9"/>
-[...26 lines deleted...]
-      <c r="M518" s="9"/>
+      <c r="M518" s="10"/>
       <c r="N518" s="5"/>
       <c r="O518" s="5" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="P518" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q518" s="5" t="s">
-        <v>3464</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="519" spans="1:17" ht="22" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1541">
     <mergeCell ref="A517:B517"/>
     <mergeCell ref="C517:E517"/>
     <mergeCell ref="L517:M517"/>
     <mergeCell ref="A518:B518"/>
     <mergeCell ref="C518:E518"/>
     <mergeCell ref="L518:M518"/>
     <mergeCell ref="A515:B515"/>
     <mergeCell ref="C515:E515"/>
     <mergeCell ref="L515:M515"/>
     <mergeCell ref="A516:B516"/>
     <mergeCell ref="C516:E516"/>
     <mergeCell ref="L516:M516"/>
     <mergeCell ref="A513:B513"/>
     <mergeCell ref="C513:E513"/>
     <mergeCell ref="L513:M513"/>
     <mergeCell ref="A514:B514"/>
     <mergeCell ref="C514:E514"/>
     <mergeCell ref="L514:M514"/>
     <mergeCell ref="A511:B511"/>
     <mergeCell ref="C511:E511"/>
@@ -34968,51 +34953,51 @@
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="B1:C3"/>
     <mergeCell ref="E2:L2"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="L6:M6"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.63542007874015705" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 2/4/2026 12:41:53 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 3/2/2026 12:11:56 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>