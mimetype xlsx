--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,95 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Marketing and Communication\Strategic Sourcing\Category Changes\Category Crosswalk\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AC580355-E319-4B04-93AF-300F101AF7CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39D7C6CA-7CF4-4590-8F03-E51B3D60BD01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11700" yWindow="2160" windowWidth="27816" windowHeight="12336" xr2:uid="{862C6F54-6245-40C6-AAC8-78F3A3B6ECAB}"/>
+    <workbookView xWindow="2520" yWindow="492" windowWidth="28848" windowHeight="15228" xr2:uid="{862C6F54-6245-40C6-AAC8-78F3A3B6ECAB}"/>
   </bookViews>
   <sheets>
     <sheet name="Crosswalk" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Crosswalk!$A$3:$E$99</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="486" uniqueCount="245">
   <si>
     <t>FAC111 </t>
   </si>
   <si>
     <t>Energy and Alternative Fuels</t>
   </si>
   <si>
-    <t>ENE50 </t>
-[...1 lines deleted...]
-  <si>
     <t>ENE51</t>
   </si>
   <si>
     <t>ENE52 </t>
   </si>
   <si>
     <t>FAC114 </t>
   </si>
   <si>
     <t>FAC115 </t>
   </si>
   <si>
     <t>FAC118 </t>
   </si>
   <si>
     <t>FAC121 </t>
   </si>
   <si>
     <t xml:space="preserve">FAC126 </t>
   </si>
   <si>
     <t xml:space="preserve">FAC127 </t>
   </si>
   <si>
     <t>OFF52 </t>
@@ -193,53 +190,50 @@
   <si>
     <t>IT Software and Services</t>
   </si>
   <si>
     <t>ITS60 </t>
   </si>
   <si>
     <t>ITS64 </t>
   </si>
   <si>
     <t>ITS75 </t>
   </si>
   <si>
     <t>ITS77 </t>
   </si>
   <si>
     <t>ITS78 </t>
   </si>
   <si>
     <t>ITS80 </t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
-    <t>OFF39 </t>
-[...1 lines deleted...]
-  <si>
     <t>OFF48 </t>
   </si>
   <si>
     <t>OFF51 </t>
   </si>
   <si>
     <t>OFF53 </t>
   </si>
   <si>
     <t>Professional Services</t>
   </si>
   <si>
     <t>PRF70 </t>
   </si>
   <si>
     <t>PRF71 </t>
   </si>
   <si>
     <t>PRF75 </t>
   </si>
   <si>
     <t>PRF76 </t>
   </si>
   <si>
     <t>PRF80 </t>
@@ -286,71 +280,65 @@
   <si>
     <t>Tradespersons</t>
   </si>
   <si>
     <t>TRD01 </t>
   </si>
   <si>
     <t>TRD02 </t>
   </si>
   <si>
     <t>TRD03 </t>
   </si>
   <si>
     <t>TRD04 </t>
   </si>
   <si>
     <t>Vehicle Acquisition and Maintenance</t>
   </si>
   <si>
     <t>VEH110 </t>
   </si>
   <si>
     <t>VEH111 </t>
   </si>
   <si>
-    <t>VEH112 </t>
-[...1 lines deleted...]
-  <si>
     <t>VEH114 </t>
   </si>
   <si>
     <t>VEH115 </t>
   </si>
   <si>
     <t>Vehicle Fleet Management</t>
   </si>
   <si>
     <t>VEH113 </t>
   </si>
   <si>
     <t xml:space="preserve">VEH116 </t>
   </si>
   <si>
-    <t>VEH117 </t>
-[...1 lines deleted...]
-  <si>
     <t>VEH118 </t>
   </si>
   <si>
     <t>FAC113</t>
   </si>
   <si>
     <t>FAC86 </t>
   </si>
   <si>
     <t>FAC90</t>
   </si>
   <si>
     <t xml:space="preserve">Contract Category </t>
   </si>
   <si>
     <t>Contract Number</t>
   </si>
   <si>
     <t>Contract Title</t>
   </si>
   <si>
     <t>Contract Category Prefix</t>
   </si>
   <si>
     <t>CLT</t>
@@ -667,53 +655,50 @@
   <si>
     <t>Data and Cybersecurity</t>
   </si>
   <si>
     <t>Information Technology Independent Research Services</t>
   </si>
   <si>
     <t>IT Project Services/GIS</t>
   </si>
   <si>
     <t>Cellular Services &amp; Devices</t>
   </si>
   <si>
     <t>Public Safety Grade Wireless</t>
   </si>
   <si>
     <t>Network Services, Communications Services &amp; Related Equipment</t>
   </si>
   <si>
     <t>Pharmaceutical Prime Vendor &amp; Specialty Pharmaceuticals</t>
   </si>
   <si>
     <t>Floor Coverings and Accessories, Floor Covering Installation, Maintenance and Repair</t>
   </si>
   <si>
-    <t>Postage and Mail Processing Equipment</t>
-[...1 lines deleted...]
-  <si>
     <t>Print, Copy &amp; Mail Services, and Printed Promotional Products</t>
   </si>
   <si>
     <t>Audio, Video, Multimedia Presentation Equipment</t>
   </si>
   <si>
     <t>School Instructional, Arts &amp; Crafts, Recreational and Therapeutic Supplies</t>
   </si>
   <si>
     <t>Office, School and Library Furniture</t>
   </si>
   <si>
     <t>Office Supplies</t>
   </si>
   <si>
     <t>Facilities Engineering Services</t>
   </si>
   <si>
     <t>Debt Collection Services</t>
   </si>
   <si>
     <t>Payment Data &amp; Payment Card Industry (PCI) Compliance Services</t>
   </si>
   <si>
     <t>Energy, Climate Action, and Facility Advisory Services</t>
@@ -770,50 +755,65 @@
     <t>Heavy Duty Vehicles, Road Maintenance and Construction Equipment</t>
   </si>
   <si>
     <t>Vehicle Rentals </t>
   </si>
   <si>
     <t>Fleet Management Services </t>
   </si>
   <si>
     <t>Automotive Parts, Paint, Refined Motor Oil, Lubricants, and Other Fluids</t>
   </si>
   <si>
     <t>Vehicle Parts Inventory Management</t>
   </si>
   <si>
     <t>Telematics</t>
   </si>
   <si>
     <t>Fuel and EV Charging Cards</t>
   </si>
   <si>
     <t>Fleet Management Software (FMS)</t>
   </si>
   <si>
     <t>Road Salt</t>
+  </si>
+  <si>
+    <t>ENE56</t>
+  </si>
+  <si>
+    <t>OFF54</t>
+  </si>
+  <si>
+    <t>Postage and Mail Processing Equipment, Accessories, Service &amp; Supplies</t>
+  </si>
+  <si>
+    <t>VEH123</t>
+  </si>
+  <si>
+    <t>VEH121</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -1196,1831 +1196,1831 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off50-audio-video-multimedia-presentation-equipment-supplies-and-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd02/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf81/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1-psgw/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro39/download" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac111/download" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ite001/download" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac123/download" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh116/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh111/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf71/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf76/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its78/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc83/download" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac124/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene50/download" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro42/download" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf86/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd03/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off51/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf82/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-2-9/download" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro40/download" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac113designateddep/download" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene57/download" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its75/download" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac116/download" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac126/download" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene53/download" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh112/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh117/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off48/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf72designatedctr/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf77designateddcamm/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp44/download" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac98/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd01/download" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf80/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its80/download" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro38/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac114/download" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac119/download" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh120-0/download" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac131/download" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its82-it-accessibility-services-contract-user-guide/download" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh122-advanced-vehicle-technology-equipment-supplies-and-services/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/pse01-public-safety-equipment-and-two-way-radio/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene51designateddcamm/download" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh115/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd04/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off38/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf75/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its60/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc66/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh110-light-and-medium-duty-vehicles/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf70/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf84/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its77/download" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro41/download" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac117/download" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac122/download" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac127/download" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene54/download" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clt09/download" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac86/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh113-fleet-management-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh118/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf78designatedctr/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf73/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its64/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc71/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac120/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene52-no2-heating-fuel-and-aps-eligible-liquid-biofuel-statewide-contract/download" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac115/download" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off53/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off39/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf79designatedctr/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac90designateddep/download" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/energy-and-alternative-fuels-contract-user-guides" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hls06/download" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its81/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh119/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh114/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf69/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf74-energy-climate-action-and-facility-advisory-services/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc73/download" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac121/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf69/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off48/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its75/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac98/download" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac116/download" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac131/download" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh119/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh113-fleet-management-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf75/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf80/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc66/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro38/download" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac122/download" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh120-0/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene51designateddcamm/download" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-fleet-management-contract-user-guides" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off50-audio-video-multimedia-presentation-equipment-supplies-and-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf70/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1-psgw/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its77/download" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac111/download" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac117/download" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac86/download" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc71/download" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac120/download" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ite001/download" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac123/download" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene50/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh114/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd01/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off53/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf76/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf81/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its64/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro39/download" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac115/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd04/download" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc83/download" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac90designateddep/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac124/download" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/energy-and-alternative-fuels-contract-user-guides" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf86/download" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh121/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/pse01-public-safety-equipment-and-two-way-radio/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene52-no2-heating-fuel-and-aps-eligible-liquid-biofuel-statewide-contract/download" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh118/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off51/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf71/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf79designatedctr/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its78/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hls06/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh111/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf74-energy-climate-action-and-facility-advisory-services/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-2-9/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc73/download" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro40/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac113designateddep/download" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac121/download" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its81/download" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene53/download" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro42/download" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/office-contract-user-guides" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clt09/download" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh110-light-and-medium-duty-vehicles/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh115/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd02/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf82/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf77designateddcamm/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its80/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp44/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac126/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene57/download" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac119/download" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh122-advanced-vehicle-technology-equipment-supplies-and-services/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf72designatedctr/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off38/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf84/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its60/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac114/download" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its82-it-accessibility-services-contract-user-guide/download" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro41/download" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene54/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd03/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh116/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf73/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf78designatedctr/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac127/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{167A6405-9217-4B0A-A059-776293E39277}">
   <dimension ref="A1:E99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B96" sqref="B96"/>
+      <selection activeCell="A89" sqref="A89:XFD89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="79.5546875" style="4" customWidth="1"/>
     <col min="3" max="3" width="51.44140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="24.88671875" style="2" customWidth="1"/>
     <col min="5" max="5" width="41.5546875" style="2" customWidth="1"/>
     <col min="6" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="49.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
     </row>
     <row r="3" spans="1:5" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="6" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A7" s="5" t="s">
-        <v>4</v>
+      <c r="A7" s="6" t="s">
+        <v>125</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>163</v>
+        <v>126</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="6" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="6" t="s">
-        <v>132</v>
+        <v>240</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="5" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="5" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="5" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="5" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="5" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="5" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="6" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="5" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="6" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A35" s="6" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="6" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="5" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="5" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="5" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="5" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="5" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>118</v>
+        <v>99</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="5" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="5" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>112</v>
+        <v>50</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A62" s="5" t="s">
-        <v>55</v>
+      <c r="A62" s="6" t="s">
+        <v>241</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>215</v>
+        <v>242</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="5" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="5" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="5" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="6" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="5" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="5" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A83" s="5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A85" s="5" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A86" s="5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A87" s="5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="C89" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="B89" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="5" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="5" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="D94" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A95" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="B95" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="E94" s="2" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C95" s="2" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A96" s="5" t="s">
-        <v>17</v>
+      <c r="A96" s="6" t="s">
+        <v>244</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>156</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="6" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="6" t="s">
-        <v>153</v>
+        <v>243</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>154</v>
+        <v>237</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:E99" xr:uid="{167A6405-9217-4B0A-A059-776293E39277}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A80" r:id="rId1" xr:uid="{C8C7DBC9-F1F9-4565-AD2F-A95BDB9D56F2}"/>
     <hyperlink ref="A81" r:id="rId2" xr:uid="{D2AD0614-D6F2-48AE-B5DF-A96502841848}"/>
     <hyperlink ref="A82" r:id="rId3" xr:uid="{EA4AC44E-63AA-43FA-9DC1-3DD6141ED045}"/>
     <hyperlink ref="A4" r:id="rId4" xr:uid="{8175D5E8-2E81-4E92-B7E8-2AB6F273486B}"/>
-    <hyperlink ref="A5" r:id="rId5" xr:uid="{1D6EC1DA-8E82-413F-973B-25FCA4F7A699}"/>
-[...90 lines deleted...]
-    <hyperlink ref="A98" r:id="rId96" xr:uid="{1BF146F5-1657-46E8-8F86-70851400819D}"/>
+    <hyperlink ref="A5" r:id="rId5" xr:uid="{D9748533-62B5-47A1-AD82-A4DBE1E18AA1}"/>
+    <hyperlink ref="A6" r:id="rId6" xr:uid="{2A8C26F7-9DE0-4C0D-A57B-B01B3B127C0D}"/>
+    <hyperlink ref="A11" r:id="rId7" xr:uid="{31E48BC6-0B5E-4276-B203-6A731C1B737B}"/>
+    <hyperlink ref="A12" r:id="rId8" xr:uid="{1E14FA2C-6483-47F9-ACA1-DD7D1A4A73F6}"/>
+    <hyperlink ref="A87" r:id="rId9" xr:uid="{BF69390B-4516-4E59-A460-5135ADC735F9}"/>
+    <hyperlink ref="A88" r:id="rId10" xr:uid="{84A6EF69-884B-4343-A0B8-F20025B01ADB}"/>
+    <hyperlink ref="A89" r:id="rId11" xr:uid="{59CC277C-F6CC-4E71-9A3D-FCC3FEF64C6B}"/>
+    <hyperlink ref="A90" r:id="rId12" xr:uid="{2AD19855-7F18-40A6-A995-2F1074F9A9E8}"/>
+    <hyperlink ref="A91" r:id="rId13" xr:uid="{54F07F06-C5AB-4078-A0C0-068779E4E76B}"/>
+    <hyperlink ref="A92" r:id="rId14" xr:uid="{0D59A631-0D20-4F5F-B847-FEDF9CE9584F}"/>
+    <hyperlink ref="A93" r:id="rId15" xr:uid="{D7AEFAD4-7D6D-41E5-BB79-A32FB1573FAE}"/>
+    <hyperlink ref="A94" r:id="rId16" xr:uid="{EE2287CC-776A-490B-BEE1-24737EB0872D}"/>
+    <hyperlink ref="A83" r:id="rId17" xr:uid="{41B51F19-014F-48A3-A8B2-956D561A6EA5}"/>
+    <hyperlink ref="A84" r:id="rId18" xr:uid="{0AF6DEA8-8995-4A01-893B-31EC70932A8D}"/>
+    <hyperlink ref="A85" r:id="rId19" xr:uid="{2019A323-C393-432E-B93E-F1C78994C4A5}"/>
+    <hyperlink ref="A86" r:id="rId20" xr:uid="{62F041EB-35A2-42BF-BD32-C8295C0685F2}"/>
+    <hyperlink ref="A57" r:id="rId21" xr:uid="{73BE3CB3-825B-4734-8804-A3F37B0F206E}"/>
+    <hyperlink ref="A58" r:id="rId22" xr:uid="{2A7DD9F5-FCBF-4ADD-993A-5CA33E286F48}"/>
+    <hyperlink ref="A59" r:id="rId23" xr:uid="{1DAC81FA-CD6E-4DA3-8180-244F3D14C7A0}"/>
+    <hyperlink ref="A60" r:id="rId24" xr:uid="{D494D375-EDD3-4C72-B32E-286045A3DE52}"/>
+    <hyperlink ref="A61" r:id="rId25" xr:uid="{24340E7B-921E-4A19-B93E-3ABC88407347}"/>
+    <hyperlink ref="A63" r:id="rId26" xr:uid="{6C25FBBA-828D-4CF8-A74C-A4B602EFBE4C}"/>
+    <hyperlink ref="A64" r:id="rId27" xr:uid="{198D8780-9D17-4CB1-9786-19A010C276A9}"/>
+    <hyperlink ref="A65" r:id="rId28" xr:uid="{98E317B5-4B37-4044-9822-27B5F792A46B}"/>
+    <hyperlink ref="A66" r:id="rId29" xr:uid="{9D44514F-1998-4670-A03B-F23FF9F5FE55}"/>
+    <hyperlink ref="A67" r:id="rId30" xr:uid="{35BB49BB-C83A-48DB-B98A-C4A692E744EB}"/>
+    <hyperlink ref="A68" r:id="rId31" xr:uid="{D9ADC2A7-175F-41A8-A42F-9E0EC2558C39}"/>
+    <hyperlink ref="A69" r:id="rId32" xr:uid="{D3EC8B28-6A8F-447F-81F2-2570560FAE4C}"/>
+    <hyperlink ref="A70" r:id="rId33" xr:uid="{A1458989-833B-4E60-8060-B0CEE7B5EEA0}"/>
+    <hyperlink ref="A71" r:id="rId34" xr:uid="{C2B42691-226B-4800-953E-1D1D7CC3A6A5}"/>
+    <hyperlink ref="A72" r:id="rId35" xr:uid="{481722AE-46FB-48A0-AB76-2FD8C450936B}"/>
+    <hyperlink ref="A73" r:id="rId36" xr:uid="{9D472A1D-3311-40DA-BCA3-702E95D42C9A}"/>
+    <hyperlink ref="A74" r:id="rId37" xr:uid="{C010A746-505F-4819-9A38-9A84EAE6059D}"/>
+    <hyperlink ref="A75" r:id="rId38" xr:uid="{9D09FC2C-BF1C-4A4E-A479-79F75A1CD489}"/>
+    <hyperlink ref="A76" r:id="rId39" xr:uid="{39413925-7E03-4FEE-9C8C-AA867D190C07}"/>
+    <hyperlink ref="A77" r:id="rId40" xr:uid="{35C9D627-FFFF-485B-BF76-2CDAF78C29DB}"/>
+    <hyperlink ref="A55" r:id="rId41" xr:uid="{BC6CFC4B-FEB2-43AA-B72E-0C3D843214BE}"/>
+    <hyperlink ref="A52" r:id="rId42" xr:uid="{D98B6457-154E-4B70-BA59-19252EB5CCCB}"/>
+    <hyperlink ref="A53" r:id="rId43" xr:uid="{AB35FBE0-9FCC-40CA-A671-68B621971C64}"/>
+    <hyperlink ref="A54" r:id="rId44" xr:uid="{C91B69C7-DA67-4194-B8D4-314BFE16AD77}"/>
+    <hyperlink ref="A44" r:id="rId45" xr:uid="{F567B5EE-F0E0-415B-B140-F76AE1D2DC2B}"/>
+    <hyperlink ref="A45" r:id="rId46" xr:uid="{9985ED20-565C-404A-98D0-FA32F9BC84A8}"/>
+    <hyperlink ref="A46" r:id="rId47" xr:uid="{CCE80A89-FF14-459C-B002-B92A7B7C3912}"/>
+    <hyperlink ref="A47" r:id="rId48" xr:uid="{EA22C3C0-C0D2-4B90-850B-932007CA0D9F}"/>
+    <hyperlink ref="A48" r:id="rId49" xr:uid="{9561EB95-8E85-47D1-8E43-F6C786538666}"/>
+    <hyperlink ref="A49" r:id="rId50" xr:uid="{4A7E68E2-562D-4447-AA63-3DD6FACB9D65}"/>
+    <hyperlink ref="A39" r:id="rId51" xr:uid="{BF48C289-7F72-45F7-8E9A-C6FD95DE6D66}"/>
+    <hyperlink ref="A40" r:id="rId52" xr:uid="{5E17A87F-3364-4687-B4D1-6478F0BD9065}"/>
+    <hyperlink ref="A41" r:id="rId53" xr:uid="{B6A7B9C1-855A-4DD1-9283-21989BA5364F}"/>
+    <hyperlink ref="A42" r:id="rId54" xr:uid="{4C76E794-BE90-4565-AA68-A56284C2AED1}"/>
+    <hyperlink ref="A37" r:id="rId55" xr:uid="{386E265B-9BD4-4FBF-9476-BDBD1DFBAA4D}"/>
+    <hyperlink ref="A38" r:id="rId56" xr:uid="{B0443159-3C8B-4475-BE58-15CCAE55C986}"/>
+    <hyperlink ref="A36" r:id="rId57" xr:uid="{551237B7-33EC-44C4-BB4A-957208A3ABAB}"/>
+    <hyperlink ref="A31" r:id="rId58" xr:uid="{7786F6C5-2500-4CF5-984F-252AD05D38DA}"/>
+    <hyperlink ref="A32" r:id="rId59" xr:uid="{AE684C3C-579A-49E4-876B-BA3960D7D188}"/>
+    <hyperlink ref="A33" r:id="rId60" xr:uid="{4490C3AC-2B77-4B33-9AD0-04AB940161C0}"/>
+    <hyperlink ref="A34" r:id="rId61" xr:uid="{39EB294F-2BD1-462E-B957-D17832BFE1A3}"/>
+    <hyperlink ref="A13" r:id="rId62" xr:uid="{D7726E11-5E2E-456D-A27C-8CA18A5B2402}"/>
+    <hyperlink ref="A14" r:id="rId63" xr:uid="{D4FB8031-DB02-4480-8265-1D73BB9F7E13}"/>
+    <hyperlink ref="A15" r:id="rId64" xr:uid="{CC3DE293-2420-4D7D-A10B-7BE5A0ACA28E}"/>
+    <hyperlink ref="A16" r:id="rId65" xr:uid="{5AD2A575-D2BB-40B9-9E5F-90A5361BA3F3}"/>
+    <hyperlink ref="A17" r:id="rId66" xr:uid="{CA5928FE-D3F1-4D76-A319-27BBA08B69B0}"/>
+    <hyperlink ref="A18" r:id="rId67" xr:uid="{68911558-5B69-409F-8739-9D3207CDE819}"/>
+    <hyperlink ref="A19" r:id="rId68" xr:uid="{A8F28A1B-C565-4563-AE36-F5BBB9815DA5}"/>
+    <hyperlink ref="A20" r:id="rId69" xr:uid="{985881D0-0C45-4249-B631-C4B60A8EAA54}"/>
+    <hyperlink ref="A21" r:id="rId70" xr:uid="{C102F0FC-437E-4AB6-93E7-A3542D362F0A}"/>
+    <hyperlink ref="A22" r:id="rId71" xr:uid="{4E368318-43FE-4ACE-9A21-060E85C608AE}"/>
+    <hyperlink ref="A23" r:id="rId72" xr:uid="{7B2E4D27-5E35-460C-B161-8AF7C8A03084}"/>
+    <hyperlink ref="A24" r:id="rId73" xr:uid="{1526B50D-3F06-4653-B151-D9F891525EF0}"/>
+    <hyperlink ref="A25" r:id="rId74" xr:uid="{6B7CBC9F-568F-4E0F-AEE3-1AFC86020F6D}"/>
+    <hyperlink ref="A27" r:id="rId75" xr:uid="{F757FE0B-D3DB-457C-82B6-78613B7B4173}"/>
+    <hyperlink ref="A28" r:id="rId76" xr:uid="{50616889-542E-4C23-8FBC-053C48FC5654}"/>
+    <hyperlink ref="A29" r:id="rId77" xr:uid="{39D93A07-5443-4E8A-A1C7-61FD153FE4A8}"/>
+    <hyperlink ref="A50" r:id="rId78" xr:uid="{81741630-AF09-4F9D-A348-136F58551FE0}"/>
+    <hyperlink ref="A95" r:id="rId79" xr:uid="{BCAB03A4-C300-4152-B5FD-0B52CF4D50E2}"/>
+    <hyperlink ref="A43" r:id="rId80" xr:uid="{633B77A9-0EF8-44AB-B019-1B3922EF9889}"/>
+    <hyperlink ref="A7" r:id="rId81" xr:uid="{F4C0491D-407B-498A-8541-AF230F1E6D5D}"/>
+    <hyperlink ref="A8" r:id="rId82" xr:uid="{63109355-1ADD-4C6C-90F1-CA2C0F767B78}"/>
+    <hyperlink ref="A9" r:id="rId83" xr:uid="{6358AACA-5864-4CA7-BB56-336959442CE7}"/>
+    <hyperlink ref="A30" r:id="rId84" xr:uid="{175B7AA2-1E07-499C-A098-685904D8EED8}"/>
+    <hyperlink ref="A26" r:id="rId85" xr:uid="{8AD21D7D-4676-4296-85E3-43308C299ECB}"/>
+    <hyperlink ref="A35" r:id="rId86" xr:uid="{BDC4BADA-54AB-4787-A439-FF87FD495F9C}"/>
+    <hyperlink ref="A51" r:id="rId87" xr:uid="{D7632CED-0B22-4D64-9D31-ED20756E49D2}"/>
+    <hyperlink ref="A56" r:id="rId88" xr:uid="{F71CB720-D392-4444-9FE9-E7E17618B312}"/>
+    <hyperlink ref="A78" r:id="rId89" xr:uid="{75741472-9446-4F29-B0CE-5992303A6B4B}"/>
+    <hyperlink ref="A99" r:id="rId90" xr:uid="{2EE1716A-41F6-48F3-AE36-301D25DD6771}"/>
+    <hyperlink ref="A79" r:id="rId91" xr:uid="{0137439B-C525-4E01-9D04-A82959271A92}"/>
+    <hyperlink ref="A97" r:id="rId92" xr:uid="{1BF146F5-1657-46E8-8F86-70851400819D}"/>
+    <hyperlink ref="A10" r:id="rId93" xr:uid="{1F11FD1D-5976-4F0B-9E61-EE4F221E9390}"/>
+    <hyperlink ref="A62" r:id="rId94" xr:uid="{372DFBB9-4055-4E2B-9C7D-E31DC6FB603A}"/>
+    <hyperlink ref="A98" r:id="rId95" xr:uid="{71E882F6-A228-4A04-A672-EB3346B0A593}"/>
+    <hyperlink ref="A96" r:id="rId96" xr:uid="{ED371B9C-AE47-455D-A2D4-E9E85C4860F1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Crosswalk</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>