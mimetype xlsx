--- v1 (2025-12-15)
+++ v2 (2026-03-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Marketing and Communication\Strategic Sourcing\Category Changes\Category Crosswalk\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39D7C6CA-7CF4-4590-8F03-E51B3D60BD01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2FAA0E40-DDED-4889-A0A3-892B196D5F96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2520" yWindow="492" windowWidth="28848" windowHeight="15228" xr2:uid="{862C6F54-6245-40C6-AAC8-78F3A3B6ECAB}"/>
+    <workbookView xWindow="5088" yWindow="960" windowWidth="32964" windowHeight="14136" xr2:uid="{862C6F54-6245-40C6-AAC8-78F3A3B6ECAB}"/>
   </bookViews>
   <sheets>
     <sheet name="Crosswalk" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Crosswalk!$A$3:$E$99</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="486" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="486" uniqueCount="244">
   <si>
     <t>FAC111 </t>
   </si>
   <si>
     <t>Energy and Alternative Fuels</t>
   </si>
   <si>
     <t>ENE51</t>
   </si>
   <si>
     <t>ENE52 </t>
   </si>
   <si>
     <t>FAC114 </t>
   </si>
   <si>
     <t>FAC115 </t>
   </si>
   <si>
     <t>FAC118 </t>
   </si>
   <si>
     <t>FAC121 </t>
   </si>
   <si>
@@ -355,56 +355,50 @@
   <si>
     <t>FAC</t>
   </si>
   <si>
     <t>OFF</t>
   </si>
   <si>
     <t>VEH</t>
   </si>
   <si>
     <t>PRF</t>
   </si>
   <si>
     <t>MED</t>
   </si>
   <si>
     <t>ENE57</t>
   </si>
   <si>
     <t>Waste Management and Recycling</t>
   </si>
   <si>
     <t>WMR</t>
   </si>
   <si>
-    <t>FAC98</t>
-[...4 lines deleted...]
-  <si>
     <t>Facilities General</t>
   </si>
   <si>
     <t>MRO</t>
   </si>
   <si>
     <t>LND</t>
   </si>
   <si>
     <t>ITT</t>
   </si>
   <si>
     <t>ITS</t>
   </si>
   <si>
     <t>PSE</t>
   </si>
   <si>
     <t>ITE</t>
   </si>
   <si>
     <t>ITT72 Category 1 PSGW</t>
   </si>
   <si>
     <t>TRD</t>
@@ -770,50 +764,53 @@
     <t>Telematics</t>
   </si>
   <si>
     <t>Fuel and EV Charging Cards</t>
   </si>
   <si>
     <t>Fleet Management Software (FMS)</t>
   </si>
   <si>
     <t>Road Salt</t>
   </si>
   <si>
     <t>ENE56</t>
   </si>
   <si>
     <t>OFF54</t>
   </si>
   <si>
     <t>Postage and Mail Processing Equipment, Accessories, Service &amp; Supplies</t>
   </si>
   <si>
     <t>VEH123</t>
   </si>
   <si>
     <t>VEH121</t>
+  </si>
+  <si>
+    <t>ITS87</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -1196,1727 +1193,1727 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf69/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off48/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its75/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac98/download" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac116/download" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac131/download" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh119/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh113-fleet-management-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf75/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf80/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc66/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro38/download" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac122/download" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh120-0/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene51designateddcamm/download" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-fleet-management-contract-user-guides" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off50-audio-video-multimedia-presentation-equipment-supplies-and-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf70/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1-psgw/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its77/download" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac111/download" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac117/download" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac86/download" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc71/download" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac120/download" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ite001/download" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac123/download" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene50/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh114/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd01/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off53/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf76/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf81/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its64/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro39/download" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac115/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd04/download" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc83/download" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac90designateddep/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac124/download" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/energy-and-alternative-fuels-contract-user-guides" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf86/download" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh121/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/pse01-public-safety-equipment-and-two-way-radio/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene52-no2-heating-fuel-and-aps-eligible-liquid-biofuel-statewide-contract/download" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh118/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off51/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf71/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf79designatedctr/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its78/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hls06/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh111/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf74-energy-climate-action-and-facility-advisory-services/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-2-9/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc73/download" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro40/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac113designateddep/download" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac121/download" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its81/download" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene53/download" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro42/download" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/office-contract-user-guides" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clt09/download" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh110-light-and-medium-duty-vehicles/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh115/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd02/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf82/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf77designateddcamm/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its80/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp44/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac126/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene57/download" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac119/download" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh122-advanced-vehicle-technology-equipment-supplies-and-services/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf72designatedctr/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off38/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf84/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its60/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac114/download" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its82-it-accessibility-services-contract-user-guide/download" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro41/download" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene54/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd03/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh116/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf73/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf78designatedctr/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac127/download" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf69/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off48/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its75/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac111/download" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac117/download" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac123/download" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/waste-management-and-recycling-contract-user-guides" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh119/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh113-fleet-management-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf75/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf80/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc66/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro38/download" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac124/download" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ite001/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene51designateddcamm/download" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf86/download" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh121/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off50-audio-video-multimedia-presentation-equipment-supplies-and-services-statewide-contract/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf70/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-1-psgw/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its77/download" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac113designateddep/download" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118/download" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac86/download" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc71/download" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac121/download" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene53/download" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro42/download" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/office-contract-user-guides" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh114/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd01/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off53/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf76/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf81/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its64/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro39/download" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac116/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd04/download" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/med56/download" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc83/download" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac90designateddep/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac119/download" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac126/download" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac131/download" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh122-advanced-vehicle-technology-equipment-supplies-and-services/download" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its87/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/pse01-public-safety-equipment-and-two-way-radio/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene52-no2-heating-fuel-and-aps-eligible-liquid-biofuel-statewide-contract/download" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh118/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off51/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf71/download" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf79designatedctr/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its78/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hls06/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh111/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf74-energy-climate-action-and-facility-advisory-services/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itt72-category-2-9/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc73/download" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro40/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac114/download" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac122/download" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh120-0/download" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene54/download" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its82-it-accessibility-services-contract-user-guide/download" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-fleet-management-contract-user-guides" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clt09/download" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh110-light-and-medium-duty-vehicles/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh115/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd02/download" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf82/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf77designateddcamm/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its80/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp44/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac127/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene57/download" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac120/download" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ene50/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tina.Urato@mass.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf72designatedctr/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off38/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf84/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its60/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac115/download" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/gro41/download" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/energy-and-alternative-fuels-contract-user-guides" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd03/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh116/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf73/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/prf78designatedctr/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hsp45/download" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/its81/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{167A6405-9217-4B0A-A059-776293E39277}">
   <dimension ref="A1:E99"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A89" sqref="A89:XFD89"/>
+    <sheetView tabSelected="1" topLeftCell="A40" workbookViewId="0">
+      <selection activeCell="A14" sqref="A14:XFD14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="79.5546875" style="4" customWidth="1"/>
     <col min="3" max="3" width="51.44140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="24.88671875" style="2" customWidth="1"/>
     <col min="5" max="5" width="41.5546875" style="2" customWidth="1"/>
     <col min="6" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="49.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
     </row>
     <row r="3" spans="1:5" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="6" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="6" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="6" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="5" t="s">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>107</v>
+        <v>163</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="5" t="s">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="5" t="s">
-        <v>87</v>
+        <v>4</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="5" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="5" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="2" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="5" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="5" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="5" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B24" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="C24" s="2" t="s">
-[...13 lines deleted...]
-      <c r="B25" s="4" t="s">
+      <c r="C25" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B26" s="4" t="s">
         <v>175</v>
-      </c>
-[...15 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="5" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B28" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="C28" s="2" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A30" s="6" t="s">
-        <v>129</v>
+      <c r="A30" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A34" s="5" t="s">
-        <v>32</v>
+      <c r="A34" s="6" t="s">
+        <v>129</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A35" s="6" t="s">
-        <v>131</v>
+      <c r="A35" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="5" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B41" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="C41" s="2" t="s">
+      <c r="C42" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B42" s="4" t="s">
+      <c r="D42" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="C42" s="2" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C43" s="2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A49" s="5" t="s">
-        <v>49</v>
+      <c r="A49" s="6" t="s">
+        <v>119</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="6" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>200</v>
+        <v>135</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="6" t="s">
-        <v>136</v>
+        <v>243</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>137</v>
+        <v>195</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="6" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" s="6" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="6" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A83" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A85" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A86" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A87" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A95" s="6" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="6" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="6" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="6" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:E99" xr:uid="{167A6405-9217-4B0A-A059-776293E39277}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A80" r:id="rId1" xr:uid="{C8C7DBC9-F1F9-4565-AD2F-A95BDB9D56F2}"/>
     <hyperlink ref="A81" r:id="rId2" xr:uid="{D2AD0614-D6F2-48AE-B5DF-A96502841848}"/>
     <hyperlink ref="A82" r:id="rId3" xr:uid="{EA4AC44E-63AA-43FA-9DC1-3DD6141ED045}"/>
     <hyperlink ref="A4" r:id="rId4" xr:uid="{8175D5E8-2E81-4E92-B7E8-2AB6F273486B}"/>
     <hyperlink ref="A5" r:id="rId5" xr:uid="{D9748533-62B5-47A1-AD82-A4DBE1E18AA1}"/>
     <hyperlink ref="A6" r:id="rId6" xr:uid="{2A8C26F7-9DE0-4C0D-A57B-B01B3B127C0D}"/>
     <hyperlink ref="A11" r:id="rId7" xr:uid="{31E48BC6-0B5E-4276-B203-6A731C1B737B}"/>
     <hyperlink ref="A12" r:id="rId8" xr:uid="{1E14FA2C-6483-47F9-ACA1-DD7D1A4A73F6}"/>
     <hyperlink ref="A87" r:id="rId9" xr:uid="{BF69390B-4516-4E59-A460-5135ADC735F9}"/>
     <hyperlink ref="A88" r:id="rId10" xr:uid="{84A6EF69-884B-4343-A0B8-F20025B01ADB}"/>
     <hyperlink ref="A89" r:id="rId11" xr:uid="{59CC277C-F6CC-4E71-9A3D-FCC3FEF64C6B}"/>
     <hyperlink ref="A90" r:id="rId12" xr:uid="{2AD19855-7F18-40A6-A995-2F1074F9A9E8}"/>
     <hyperlink ref="A91" r:id="rId13" xr:uid="{54F07F06-C5AB-4078-A0C0-068779E4E76B}"/>
     <hyperlink ref="A92" r:id="rId14" xr:uid="{0D59A631-0D20-4F5F-B847-FEDF9CE9584F}"/>
     <hyperlink ref="A93" r:id="rId15" xr:uid="{D7AEFAD4-7D6D-41E5-BB79-A32FB1573FAE}"/>
     <hyperlink ref="A94" r:id="rId16" xr:uid="{EE2287CC-776A-490B-BEE1-24737EB0872D}"/>
     <hyperlink ref="A83" r:id="rId17" xr:uid="{41B51F19-014F-48A3-A8B2-956D561A6EA5}"/>
@@ -2925,102 +2922,102 @@
     <hyperlink ref="A86" r:id="rId20" xr:uid="{62F041EB-35A2-42BF-BD32-C8295C0685F2}"/>
     <hyperlink ref="A57" r:id="rId21" xr:uid="{73BE3CB3-825B-4734-8804-A3F37B0F206E}"/>
     <hyperlink ref="A58" r:id="rId22" xr:uid="{2A7DD9F5-FCBF-4ADD-993A-5CA33E286F48}"/>
     <hyperlink ref="A59" r:id="rId23" xr:uid="{1DAC81FA-CD6E-4DA3-8180-244F3D14C7A0}"/>
     <hyperlink ref="A60" r:id="rId24" xr:uid="{D494D375-EDD3-4C72-B32E-286045A3DE52}"/>
     <hyperlink ref="A61" r:id="rId25" xr:uid="{24340E7B-921E-4A19-B93E-3ABC88407347}"/>
     <hyperlink ref="A63" r:id="rId26" xr:uid="{6C25FBBA-828D-4CF8-A74C-A4B602EFBE4C}"/>
     <hyperlink ref="A64" r:id="rId27" xr:uid="{198D8780-9D17-4CB1-9786-19A010C276A9}"/>
     <hyperlink ref="A65" r:id="rId28" xr:uid="{98E317B5-4B37-4044-9822-27B5F792A46B}"/>
     <hyperlink ref="A66" r:id="rId29" xr:uid="{9D44514F-1998-4670-A03B-F23FF9F5FE55}"/>
     <hyperlink ref="A67" r:id="rId30" xr:uid="{35BB49BB-C83A-48DB-B98A-C4A692E744EB}"/>
     <hyperlink ref="A68" r:id="rId31" xr:uid="{D9ADC2A7-175F-41A8-A42F-9E0EC2558C39}"/>
     <hyperlink ref="A69" r:id="rId32" xr:uid="{D3EC8B28-6A8F-447F-81F2-2570560FAE4C}"/>
     <hyperlink ref="A70" r:id="rId33" xr:uid="{A1458989-833B-4E60-8060-B0CEE7B5EEA0}"/>
     <hyperlink ref="A71" r:id="rId34" xr:uid="{C2B42691-226B-4800-953E-1D1D7CC3A6A5}"/>
     <hyperlink ref="A72" r:id="rId35" xr:uid="{481722AE-46FB-48A0-AB76-2FD8C450936B}"/>
     <hyperlink ref="A73" r:id="rId36" xr:uid="{9D472A1D-3311-40DA-BCA3-702E95D42C9A}"/>
     <hyperlink ref="A74" r:id="rId37" xr:uid="{C010A746-505F-4819-9A38-9A84EAE6059D}"/>
     <hyperlink ref="A75" r:id="rId38" xr:uid="{9D09FC2C-BF1C-4A4E-A479-79F75A1CD489}"/>
     <hyperlink ref="A76" r:id="rId39" xr:uid="{39413925-7E03-4FEE-9C8C-AA867D190C07}"/>
     <hyperlink ref="A77" r:id="rId40" xr:uid="{35C9D627-FFFF-485B-BF76-2CDAF78C29DB}"/>
     <hyperlink ref="A55" r:id="rId41" xr:uid="{BC6CFC4B-FEB2-43AA-B72E-0C3D843214BE}"/>
     <hyperlink ref="A52" r:id="rId42" xr:uid="{D98B6457-154E-4B70-BA59-19252EB5CCCB}"/>
     <hyperlink ref="A53" r:id="rId43" xr:uid="{AB35FBE0-9FCC-40CA-A671-68B621971C64}"/>
     <hyperlink ref="A54" r:id="rId44" xr:uid="{C91B69C7-DA67-4194-B8D4-314BFE16AD77}"/>
-    <hyperlink ref="A44" r:id="rId45" xr:uid="{F567B5EE-F0E0-415B-B140-F76AE1D2DC2B}"/>
-[...15 lines deleted...]
-    <hyperlink ref="A34" r:id="rId61" xr:uid="{39EB294F-2BD1-462E-B957-D17832BFE1A3}"/>
+    <hyperlink ref="A43" r:id="rId45" xr:uid="{F567B5EE-F0E0-415B-B140-F76AE1D2DC2B}"/>
+    <hyperlink ref="A44" r:id="rId46" xr:uid="{9985ED20-565C-404A-98D0-FA32F9BC84A8}"/>
+    <hyperlink ref="A45" r:id="rId47" xr:uid="{CCE80A89-FF14-459C-B002-B92A7B7C3912}"/>
+    <hyperlink ref="A46" r:id="rId48" xr:uid="{EA22C3C0-C0D2-4B90-850B-932007CA0D9F}"/>
+    <hyperlink ref="A47" r:id="rId49" xr:uid="{9561EB95-8E85-47D1-8E43-F6C786538666}"/>
+    <hyperlink ref="A48" r:id="rId50" xr:uid="{4A7E68E2-562D-4447-AA63-3DD6FACB9D65}"/>
+    <hyperlink ref="A38" r:id="rId51" xr:uid="{BF48C289-7F72-45F7-8E9A-C6FD95DE6D66}"/>
+    <hyperlink ref="A39" r:id="rId52" xr:uid="{5E17A87F-3364-4687-B4D1-6478F0BD9065}"/>
+    <hyperlink ref="A40" r:id="rId53" xr:uid="{B6A7B9C1-855A-4DD1-9283-21989BA5364F}"/>
+    <hyperlink ref="A41" r:id="rId54" xr:uid="{4C76E794-BE90-4565-AA68-A56284C2AED1}"/>
+    <hyperlink ref="A36" r:id="rId55" xr:uid="{386E265B-9BD4-4FBF-9476-BDBD1DFBAA4D}"/>
+    <hyperlink ref="A37" r:id="rId56" xr:uid="{B0443159-3C8B-4475-BE58-15CCAE55C986}"/>
+    <hyperlink ref="A35" r:id="rId57" xr:uid="{551237B7-33EC-44C4-BB4A-957208A3ABAB}"/>
+    <hyperlink ref="A30" r:id="rId58" xr:uid="{7786F6C5-2500-4CF5-984F-252AD05D38DA}"/>
+    <hyperlink ref="A31" r:id="rId59" xr:uid="{AE684C3C-579A-49E4-876B-BA3960D7D188}"/>
+    <hyperlink ref="A32" r:id="rId60" xr:uid="{4490C3AC-2B77-4B33-9AD0-04AB940161C0}"/>
+    <hyperlink ref="A33" r:id="rId61" xr:uid="{39EB294F-2BD1-462E-B957-D17832BFE1A3}"/>
     <hyperlink ref="A13" r:id="rId62" xr:uid="{D7726E11-5E2E-456D-A27C-8CA18A5B2402}"/>
-    <hyperlink ref="A14" r:id="rId63" xr:uid="{D4FB8031-DB02-4480-8265-1D73BB9F7E13}"/>
-[...32 lines deleted...]
-    <hyperlink ref="A96" r:id="rId96" xr:uid="{ED371B9C-AE47-455D-A2D4-E9E85C4860F1}"/>
+    <hyperlink ref="A14" r:id="rId63" xr:uid="{CC3DE293-2420-4D7D-A10B-7BE5A0ACA28E}"/>
+    <hyperlink ref="A15" r:id="rId64" xr:uid="{5AD2A575-D2BB-40B9-9E5F-90A5361BA3F3}"/>
+    <hyperlink ref="A16" r:id="rId65" xr:uid="{CA5928FE-D3F1-4D76-A319-27BBA08B69B0}"/>
+    <hyperlink ref="A17" r:id="rId66" xr:uid="{68911558-5B69-409F-8739-9D3207CDE819}"/>
+    <hyperlink ref="A18" r:id="rId67" xr:uid="{A8F28A1B-C565-4563-AE36-F5BBB9815DA5}"/>
+    <hyperlink ref="A19" r:id="rId68" xr:uid="{985881D0-0C45-4249-B631-C4B60A8EAA54}"/>
+    <hyperlink ref="A20" r:id="rId69" xr:uid="{C102F0FC-437E-4AB6-93E7-A3542D362F0A}"/>
+    <hyperlink ref="A21" r:id="rId70" xr:uid="{4E368318-43FE-4ACE-9A21-060E85C608AE}"/>
+    <hyperlink ref="A22" r:id="rId71" xr:uid="{7B2E4D27-5E35-460C-B161-8AF7C8A03084}"/>
+    <hyperlink ref="A23" r:id="rId72" xr:uid="{1526B50D-3F06-4653-B151-D9F891525EF0}"/>
+    <hyperlink ref="A24" r:id="rId73" xr:uid="{6B7CBC9F-568F-4E0F-AEE3-1AFC86020F6D}"/>
+    <hyperlink ref="A26" r:id="rId74" xr:uid="{F757FE0B-D3DB-457C-82B6-78613B7B4173}"/>
+    <hyperlink ref="A27" r:id="rId75" xr:uid="{50616889-542E-4C23-8FBC-053C48FC5654}"/>
+    <hyperlink ref="A28" r:id="rId76" xr:uid="{39D93A07-5443-4E8A-A1C7-61FD153FE4A8}"/>
+    <hyperlink ref="A49" r:id="rId77" xr:uid="{81741630-AF09-4F9D-A348-136F58551FE0}"/>
+    <hyperlink ref="A95" r:id="rId78" xr:uid="{BCAB03A4-C300-4152-B5FD-0B52CF4D50E2}"/>
+    <hyperlink ref="A42" r:id="rId79" xr:uid="{633B77A9-0EF8-44AB-B019-1B3922EF9889}"/>
+    <hyperlink ref="A7" r:id="rId80" xr:uid="{F4C0491D-407B-498A-8541-AF230F1E6D5D}"/>
+    <hyperlink ref="A8" r:id="rId81" xr:uid="{63109355-1ADD-4C6C-90F1-CA2C0F767B78}"/>
+    <hyperlink ref="A9" r:id="rId82" xr:uid="{6358AACA-5864-4CA7-BB56-336959442CE7}"/>
+    <hyperlink ref="A29" r:id="rId83" xr:uid="{175B7AA2-1E07-499C-A098-685904D8EED8}"/>
+    <hyperlink ref="A25" r:id="rId84" xr:uid="{8AD21D7D-4676-4296-85E3-43308C299ECB}"/>
+    <hyperlink ref="A34" r:id="rId85" xr:uid="{BDC4BADA-54AB-4787-A439-FF87FD495F9C}"/>
+    <hyperlink ref="A50" r:id="rId86" xr:uid="{D7632CED-0B22-4D64-9D31-ED20756E49D2}"/>
+    <hyperlink ref="A56" r:id="rId87" xr:uid="{F71CB720-D392-4444-9FE9-E7E17618B312}"/>
+    <hyperlink ref="A78" r:id="rId88" xr:uid="{75741472-9446-4F29-B0CE-5992303A6B4B}"/>
+    <hyperlink ref="A99" r:id="rId89" xr:uid="{2EE1716A-41F6-48F3-AE36-301D25DD6771}"/>
+    <hyperlink ref="A79" r:id="rId90" xr:uid="{0137439B-C525-4E01-9D04-A82959271A92}"/>
+    <hyperlink ref="A97" r:id="rId91" xr:uid="{1BF146F5-1657-46E8-8F86-70851400819D}"/>
+    <hyperlink ref="A10" r:id="rId92" xr:uid="{1F11FD1D-5976-4F0B-9E61-EE4F221E9390}"/>
+    <hyperlink ref="A62" r:id="rId93" xr:uid="{372DFBB9-4055-4E2B-9C7D-E31DC6FB603A}"/>
+    <hyperlink ref="A98" r:id="rId94" xr:uid="{71E882F6-A228-4A04-A672-EB3346B0A593}"/>
+    <hyperlink ref="A96" r:id="rId95" xr:uid="{ED371B9C-AE47-455D-A2D4-E9E85C4860F1}"/>
+    <hyperlink ref="A51" r:id="rId96" xr:uid="{CD42A887-96B2-4D69-BB67-B3D58F12B563}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Crosswalk</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>