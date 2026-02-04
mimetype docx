--- v0 (2025-12-03)
+++ v1 (2026-02-04)
@@ -1,50 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-220"/>
         <w:tblW w:w="10188" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6228"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D630D" w:rsidRPr="00D46CF5" w14:paraId="363B3E9C" w14:textId="77777777" w:rsidTr="008D630D">
         <w:trPr>
           <w:trHeight w:val="1610"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -146,51 +150,51 @@
                       <wp:lineTo x="5400" y="21150"/>
                       <wp:lineTo x="6750" y="21150"/>
                       <wp:lineTo x="13950" y="21150"/>
                       <wp:lineTo x="15750" y="21150"/>
                       <wp:lineTo x="21150" y="16200"/>
                       <wp:lineTo x="21150" y="5400"/>
                       <wp:lineTo x="17100" y="1350"/>
                       <wp:lineTo x="14400" y="0"/>
                       <wp:lineTo x="6750" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="1" name="Picture 1" descr="K:\Communications\Resources &amp; Templates\DPH Logos\DPHLogo_Black.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="K:\Communications\Resources &amp; Templates\DPH Logos\DPHLogo_Black.png"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5" cstate="print">
+                          <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="914400" cy="914400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -223,51 +227,51 @@
             </w:r>
             <w:r w:rsidRPr="00621918">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>01752</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C32DC54" w14:textId="77777777" w:rsidR="008D630D" w:rsidRPr="00621918" w:rsidRDefault="008D630D" w:rsidP="00402CF2">
+          <w:p w14:paraId="2C32DC54" w14:textId="77777777" w:rsidR="008D630D" w:rsidRPr="00621918" w:rsidRDefault="008D630D" w:rsidP="002B7CE5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="center" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="6480"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D630D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
@@ -333,320 +337,61 @@
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D2731F" w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Plan (S-PEP)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B25C0E2" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00FA3EFD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42655480" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
-[...257 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0C13458B" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00FA3EFD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A5F9633" w14:textId="77777777" w:rsidR="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
+    <w:p w14:paraId="5A5F9633" w14:textId="31D4C3C9" w:rsidR="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
         <w:spacing w:before="244"/>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Following the</w:t>
       </w:r>
       <w:r w:rsidR="002D2B64" w:rsidRPr="008D630D">
         <w:rPr>
@@ -724,626 +469,947 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">possible </w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">stroke based on </w:t>
       </w:r>
       <w:r w:rsidR="00020762" w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>FAST-ED</w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Stroke Scale </w:t>
+        <w:t xml:space="preserve"> Stroke Scale</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6693">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2011FEEB" w14:textId="77777777" w:rsidR="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
+    <w:p w14:paraId="2011FEEB" w14:textId="4D34B138" w:rsidR="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
         <w:spacing w:before="244"/>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Establish time of onset and last time seen at</w:t>
+        <w:t xml:space="preserve">Establish time of onset </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB70F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of stroke symptoms </w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and last time seen at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-22"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>baseline</w:t>
       </w:r>
+      <w:r w:rsidR="004E6693">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D6D2F6C" w14:textId="14F41B27" w:rsidR="008D630D" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
+    <w:p w14:paraId="6D6D2F6C" w14:textId="25E355CF" w:rsidR="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
         <w:spacing w:before="244"/>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If stroke symptoms present and time from onset of symptoms to hospital arrival will be </w:t>
+        <w:t xml:space="preserve">If stroke symptoms </w:t>
+      </w:r>
+      <w:r w:rsidR="00606F74">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">present and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009525FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">time from onset of symptoms to hospital arrival will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009525FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
-      <w:r w:rsidR="00C66502">
-[...4 lines deleted...]
-        <w:t>24</w:t>
+      <w:r w:rsidR="00C66502" w:rsidRPr="009525FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009525FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours</w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hours, transport patient to nearest appropriate</w:t>
+        <w:t>, transport patient to nearest appropriate</w:t>
       </w:r>
       <w:r w:rsidR="002D2B64" w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Massachusetts Department of Public Health</w:t>
       </w:r>
+      <w:r w:rsidR="007114A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DPH)</w:t>
+      </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>-designated Primary Stroke Service</w:t>
-[...24 lines deleted...]
-        <w:t>*</w:t>
+        <w:t xml:space="preserve">-designated </w:t>
+      </w:r>
+      <w:r w:rsidR="00606F74">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stroke </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4D05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>care hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB70F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or satellite-emergency facility</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4D05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, or as determined in consultation with real-time on-line medical control</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45945">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OLMC)</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4D05">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91492">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Factors </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45945">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for OLMC </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91492">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to consider include patient status</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45945">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and goals of care</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91492">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, whether patient is </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6C01">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>anticoagulated</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91492">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, and any information know</w:t>
+      </w:r>
+      <w:r w:rsidR="007021BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91492">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regarding local </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6C01">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stroke care services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C128F7" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
+    <w:p w14:paraId="383BCA1E" w14:textId="5A42DD45" w:rsidR="000E4D05" w:rsidRPr="008D630D" w:rsidRDefault="000E4D05" w:rsidP="008D630D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
         <w:spacing w:before="244"/>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D630D">
-[...19 lines deleted...]
-        <w:t>possible</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6158A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the patient has a FAST-ED score of 6 or greater, and time from onset of symptoms </w:t>
+      </w:r>
+      <w:r w:rsidR="008004AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="0003372E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="008004AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arrival will be 4 to 24 hours, go to nearest DPH-</w:t>
+      </w:r>
+      <w:r w:rsidR="00946F36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>designated endovascular</w:t>
+      </w:r>
+      <w:r w:rsidR="008004AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-capable hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0696">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, if the hospital </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7D0C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DAC" w:rsidRPr="002D3DAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>no more than 30 minutes additional travel time</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="0003372E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Otherwise</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, go to nearest DP</w:t>
+      </w:r>
+      <w:r w:rsidR="007114A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-designated stroke care hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB70F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or satellite emergency facility</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6693">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D4D4067" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00FA3EFD">
-[...25 lines deleted...]
-    <w:p w14:paraId="3516ECBD" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
+    <w:p w14:paraId="10C128F7" w14:textId="1889A3FF" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="820"/>
+          <w:tab w:val="left" w:pos="460"/>
         </w:tabs>
-        <w:ind w:right="738"/>
+        <w:spacing w:before="244"/>
+        <w:ind w:right="111"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>The goal is to t</w:t>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:t>Notify receiving facility as early as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF2BCE" w:rsidRPr="008D630D">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hours of symptom onset. Choose the most appropriate</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>possible</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6693">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4D4067" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00FA3EFD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77ACA3DA" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="318" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>mode of transport (air, ground, etc.) and destination to achieve</w:t>
-[...21 lines deleted...]
-        <w:br/>
+        <w:t>* Determining most appropriate transport:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B84E2F4" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
+    <w:p w14:paraId="4B84E2F4" w14:textId="309F80FE" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="52DE2037">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:spacing w:before="12"/>
         <w:ind w:right="258"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="52DE2037">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If patient has depressed level of consciousness, compromised airway control, known hypoglycemia, suspected </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
+      <w:r w:rsidRPr="52DE2037">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">severe </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="52DE2037">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hypoglycemia (diaphoretic and a known diabetic), or is </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
+      <w:r w:rsidRPr="52DE2037">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hemodynamically unstable, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="52DE2037">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">it may </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
+      <w:r w:rsidRPr="52DE2037">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008D630D">
+      <w:r w:rsidRPr="52DE2037">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>more appropriate to tran</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6693" w:rsidRPr="52DE2037">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sport</w:t>
+      </w:r>
+      <w:r w:rsidRPr="52DE2037">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to nearest receiving hospital for acute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="52DE2037">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-27"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="52DE2037">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stabilization.</w:t>
       </w:r>
       <w:r w:rsidR="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440391BE" w14:textId="77777777" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
+    <w:p w14:paraId="440391BE" w14:textId="4556F39C" w:rsidR="00FA3EFD" w:rsidRPr="008D630D" w:rsidRDefault="00D2731F" w:rsidP="008D630D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:ind w:right="439"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If CT Scan capability is unavailable at the nearest PSS </w:t>
+        <w:t xml:space="preserve">If CT Scan capability is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009525FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>unavailable</w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the nearest </w:t>
+      </w:r>
+      <w:r w:rsidR="00C116F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">designated </w:t>
+      </w:r>
+      <w:r w:rsidR="00894D40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stroke care hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00045654">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or satellite emergency facility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the patient should be transported to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(e.g., </w:t>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Cautionary Status”), the patient should be transported to </w:t>
-[...19 lines deleted...]
-          <w:spacing w:val="49"/>
+        <w:t xml:space="preserve">next nearest appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="00894D40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D40" w:rsidRPr="008D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D630D">
-[...5 lines deleted...]
-        <w:t>guidelines.</w:t>
+      <w:r w:rsidR="00A21B73">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in accordance with paragraphs 3 and 4, above.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FAFD77" w14:textId="77777777" w:rsidR="00C21692" w:rsidRPr="008D630D" w:rsidRDefault="00C21692" w:rsidP="00C21692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:ind w:left="820" w:right="439" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52DA9718" w14:textId="77777777" w:rsidR="00C21692" w:rsidRPr="008D630D" w:rsidRDefault="00C21692" w:rsidP="00C21692">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:ind w:left="820" w:right="439" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26E35DE5" w14:textId="3012D8F0" w:rsidR="00C21692" w:rsidRPr="008D630D" w:rsidRDefault="00C21692" w:rsidP="008D630D">
+    <w:p w14:paraId="26E35DE5" w14:textId="4D90CE59" w:rsidR="00C21692" w:rsidRPr="008D630D" w:rsidRDefault="00C21692" w:rsidP="008D630D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:right="439" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D630D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Original issue: 7/1/2005; Last Revised </w:t>
       </w:r>
-      <w:r w:rsidR="00C66502">
+      <w:r w:rsidR="0003372E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>4/12/2021</w:t>
+        <w:t>1/</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0BE3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0003372E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0BE3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C21692" w:rsidRPr="008D630D" w:rsidSect="008D630D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B415BD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADC053EA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1617,69 +1683,67 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="387D49F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D3018F2"/>
     <w:lvl w:ilvl="0" w:tplc="4BC2D8F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="101"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="58A07A1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="101"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="61F0C522">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1708" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3482E7DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1828,118 +1892,171 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="722413408">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="918371760">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1245721304">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1594439581">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1295721823">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA3EFD"/>
     <w:rsid w:val="00020762"/>
+    <w:rsid w:val="0003372E"/>
+    <w:rsid w:val="00045654"/>
+    <w:rsid w:val="000B0696"/>
+    <w:rsid w:val="000B0BE3"/>
+    <w:rsid w:val="000E4D05"/>
+    <w:rsid w:val="001223AB"/>
+    <w:rsid w:val="001914C7"/>
+    <w:rsid w:val="00210145"/>
+    <w:rsid w:val="00237E9F"/>
+    <w:rsid w:val="002862AD"/>
+    <w:rsid w:val="002875B1"/>
+    <w:rsid w:val="002B7CE5"/>
     <w:rsid w:val="002D2B64"/>
+    <w:rsid w:val="002D3DAC"/>
+    <w:rsid w:val="003B6C01"/>
     <w:rsid w:val="00402B0F"/>
+    <w:rsid w:val="004A0261"/>
+    <w:rsid w:val="004D1657"/>
+    <w:rsid w:val="004E6693"/>
+    <w:rsid w:val="00553DF3"/>
     <w:rsid w:val="005773E6"/>
+    <w:rsid w:val="005D03E5"/>
+    <w:rsid w:val="005F7BAE"/>
+    <w:rsid w:val="00606F74"/>
+    <w:rsid w:val="007021BA"/>
+    <w:rsid w:val="007114A0"/>
     <w:rsid w:val="00750E84"/>
+    <w:rsid w:val="007C7D0C"/>
+    <w:rsid w:val="008004AF"/>
+    <w:rsid w:val="00894D40"/>
     <w:rsid w:val="008D630D"/>
+    <w:rsid w:val="00946F36"/>
+    <w:rsid w:val="009515A0"/>
+    <w:rsid w:val="009525FC"/>
+    <w:rsid w:val="00A21B73"/>
+    <w:rsid w:val="00AC3B1D"/>
+    <w:rsid w:val="00AD698D"/>
+    <w:rsid w:val="00AE5E93"/>
     <w:rsid w:val="00B314F5"/>
     <w:rsid w:val="00B84B7D"/>
     <w:rsid w:val="00BB5708"/>
+    <w:rsid w:val="00C116F9"/>
     <w:rsid w:val="00C21692"/>
+    <w:rsid w:val="00C350B7"/>
+    <w:rsid w:val="00C54683"/>
+    <w:rsid w:val="00C60046"/>
+    <w:rsid w:val="00C6158A"/>
     <w:rsid w:val="00C66502"/>
     <w:rsid w:val="00CA6275"/>
     <w:rsid w:val="00CB668B"/>
     <w:rsid w:val="00CF2BCE"/>
     <w:rsid w:val="00D15584"/>
+    <w:rsid w:val="00D24828"/>
     <w:rsid w:val="00D2731F"/>
+    <w:rsid w:val="00D44672"/>
+    <w:rsid w:val="00D45945"/>
     <w:rsid w:val="00D81BC0"/>
+    <w:rsid w:val="00D91492"/>
+    <w:rsid w:val="00D91CAD"/>
+    <w:rsid w:val="00DF214E"/>
+    <w:rsid w:val="00E541A6"/>
+    <w:rsid w:val="00E5438E"/>
+    <w:rsid w:val="00EE192B"/>
+    <w:rsid w:val="00F05E10"/>
+    <w:rsid w:val="00F86B16"/>
     <w:rsid w:val="00FA3EFD"/>
+    <w:rsid w:val="00FB0619"/>
+    <w:rsid w:val="00FB5DED"/>
+    <w:rsid w:val="00FB70F3"/>
+    <w:rsid w:val="00FE5011"/>
+    <w:rsid w:val="1C2E55D6"/>
+    <w:rsid w:val="52DE2037"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5A756FC1"/>
-  <w15:docId w15:val="{DF1A5401-B9DB-4CB2-B18A-9C9187FFCB2D}"/>
+  <w15:docId w15:val="{27B8DF9D-918B-460A-B920-54BC95B289BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2397,59 +2514,139 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008D630D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008D630D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00606F74"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FB70F3"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FB70F3"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FB70F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FB70F3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB70F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2691,85 +2888,360 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c5e887a9-3264-4a11-98fe-00f96354db3e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010041FCC5F2C8880F45B59EA6BBBA4E1A66" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cef3b63e3823ae45bf3038fcaa89a709">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c5e887a9-3264-4a11-98fe-00f96354db3e" xmlns:ns3="fb1e1941-e971-4fcd-9647-5c92aa44abc0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="231672f98e0259590711b52cafd6baac" ns2:_="" ns3:_="">
+    <xsd:import namespace="c5e887a9-3264-4a11-98fe-00f96354db3e"/>
+    <xsd:import namespace="fb1e1941-e971-4fcd-9647-5c92aa44abc0"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c5e887a9-3264-4a11-98fe-00f96354db3e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb1e1941-e971-4fcd-9647-5c92aa44abc0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1688953A-BF71-4D50-B21C-EF196E675D43}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c5e887a9-3264-4a11-98fe-00f96354db3e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A321C53-7F83-4C93-A87E-71B99AEFBC8C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c5e887a9-3264-4a11-98fe-00f96354db3e"/>
+    <ds:schemaRef ds:uri="fb1e1941-e971-4fcd-9647-5c92aa44abc0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3711EA92-C617-4CDD-8E05-9B7847DEE767}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>269</Words>
-  <Characters>1537</Characters>
+  <Words>299</Words>
+  <Characters>1705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1803</CharactersWithSpaces>
+  <CharactersWithSpaces>2001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>StrokePointofEntryPlan.PDF</dc:title>
-  <dc:creator>SCameron1</dc:creator>
+  <dc:subject/>
+  <dc:creator>OEMS</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2005-03-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>StrokePointofEntryPlan - Microsoft Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2005-03-02T00:00:00Z</vt:filetime>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
+    <vt:lpwstr>0x01010041FCC5F2C8880F45B59EA6BBBA4E1A66</vt:lpwstr>
+  </property>
 </Properties>
 </file>