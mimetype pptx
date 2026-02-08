--- v0 (2025-11-06)
+++ v1 (2026-02-08)
@@ -1,35 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -39,195 +41,204 @@
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/comments/modernComment_7FFFCAD9_3FE11534.xml" ContentType="application/vnd.ms-powerpoint.comments+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/comments/modernComment_7FFFCAE7_86F0F798.xml" ContentType="application/vnd.ms-powerpoint.comments+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483667" r:id="rId1"/>
-    <p:sldMasterId id="2147483680" r:id="rId2"/>
+    <p:sldMasterId id="2147483680" r:id="rId1"/>
+    <p:sldMasterId id="2147483662" r:id="rId2"/>
+    <p:sldMasterId id="2147483648" r:id="rId3"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId55"/>
+    <p:notesMasterId r:id="rId56"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="261" r:id="rId3"/>
-[...50 lines deleted...]
-    <p:sldId id="2147470064" r:id="rId54"/>
+    <p:sldId id="2147470207" r:id="rId4"/>
+    <p:sldId id="2147470151" r:id="rId5"/>
+    <p:sldId id="2147470152" r:id="rId6"/>
+    <p:sldId id="2147470210" r:id="rId7"/>
+    <p:sldId id="2147470212" r:id="rId8"/>
+    <p:sldId id="2147470171" r:id="rId9"/>
+    <p:sldId id="2147470172" r:id="rId10"/>
+    <p:sldId id="2147470153" r:id="rId11"/>
+    <p:sldId id="2147470214" r:id="rId12"/>
+    <p:sldId id="2147470174" r:id="rId13"/>
+    <p:sldId id="2147470175" r:id="rId14"/>
+    <p:sldId id="2147470176" r:id="rId15"/>
+    <p:sldId id="2147470154" r:id="rId16"/>
+    <p:sldId id="2147470029" r:id="rId17"/>
+    <p:sldId id="2147470028" r:id="rId18"/>
+    <p:sldId id="2147470027" r:id="rId19"/>
+    <p:sldId id="2147470026" r:id="rId20"/>
+    <p:sldId id="2147470139" r:id="rId21"/>
+    <p:sldId id="2147470034" r:id="rId22"/>
+    <p:sldId id="2147470038" r:id="rId23"/>
+    <p:sldId id="2147470037" r:id="rId24"/>
+    <p:sldId id="2147470155" r:id="rId25"/>
+    <p:sldId id="2147470036" r:id="rId26"/>
+    <p:sldId id="2147470041" r:id="rId27"/>
+    <p:sldId id="2147470190" r:id="rId28"/>
+    <p:sldId id="2147470192" r:id="rId29"/>
+    <p:sldId id="2147470194" r:id="rId30"/>
+    <p:sldId id="2147470196" r:id="rId31"/>
+    <p:sldId id="2147470198" r:id="rId32"/>
+    <p:sldId id="2147470200" r:id="rId33"/>
+    <p:sldId id="2147470206" r:id="rId34"/>
+    <p:sldId id="2147470051" r:id="rId35"/>
+    <p:sldId id="2147470050" r:id="rId36"/>
+    <p:sldId id="2147470065" r:id="rId37"/>
+    <p:sldId id="2147470203" r:id="rId38"/>
+    <p:sldId id="2147470048" r:id="rId39"/>
+    <p:sldId id="2147470066" r:id="rId40"/>
+    <p:sldId id="2147470205" r:id="rId41"/>
+    <p:sldId id="2147470058" r:id="rId42"/>
+    <p:sldId id="2147470067" r:id="rId43"/>
+    <p:sldId id="2147470057" r:id="rId44"/>
+    <p:sldId id="2147470056" r:id="rId45"/>
+    <p:sldId id="2147470055" r:id="rId46"/>
+    <p:sldId id="2147470054" r:id="rId47"/>
+    <p:sldId id="2147470086" r:id="rId48"/>
+    <p:sldId id="2147470052" r:id="rId49"/>
+    <p:sldId id="2147470063" r:id="rId50"/>
+    <p:sldId id="2147470062" r:id="rId51"/>
+    <p:sldId id="2147470061" r:id="rId52"/>
+    <p:sldId id="2147470060" r:id="rId53"/>
+    <p:sldId id="2147470017" r:id="rId54"/>
+    <p:sldId id="2147470208" r:id="rId55"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -284,178 +295,97 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...10 lines deleted...]
-      </p15:sldGuideLst>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
-  <p188:author id="{EBC9D411-E497-74A3-8B51-8F08F789545D}" name="Yeaple, Jennifer (DPH)" initials="Y(" userId="S::jennifer.d.yeaple@mass.gov::01d652af-2f33-4250-9d99-6942e95dfea4" providerId="AD"/>
-[...8 lines deleted...]
-  <p188:author id="{5098C0FE-6657-6E14-BBFB-C928E1383772}" name="Tierney, Dylan (DPH)" initials="T(" userId="S::dylan.tierney@mass.gov::9e58027f-b803-4599-8a1e-82b287e4ae56" providerId="AD"/>
+  <p188:author id="{EBC9D411-E497-74A3-8B51-8F08F789545D}" name="Yeaple, Jennifer (DPH)" initials="YJ" userId="S::jennifer.d.yeaple@mass.gov::01d652af-2f33-4250-9d99-6942e95dfea4" providerId="AD"/>
+  <p188:author id="{8A1B5023-EF5A-6F0B-4843-FB5B54D67ED0}" name="Aubee, Alexandra J (DPH)" initials="AA" userId="S::Alexandra.J.Aubee@mass.gov::ccbab690-1f14-428c-a443-b723d710341a" providerId="AD"/>
+  <p188:author id="{06B93238-8F42-BC9E-76E4-FBEE9FFA4CC6}" name="Elder, Heather (DPH)" initials="HE" userId="S::heather.elder@mass.gov::0d91cc33-0ed7-4524-baf7-b2e54d97ad15" providerId="AD"/>
+  <p188:author id="{FD17F644-3EC8-3093-1448-F949D426DCBA}" name="Molotnikov, Lauren (DPH)" initials="LM" userId="S::lauren.molotnikov@mass.gov::5b9bdb7c-b2ae-4159-8619-084cb6b58396" providerId="AD"/>
+  <p188:author id="{D12C4748-D61B-3B8C-DB9D-00F956386988}" name="John, Betsey (DPH)" initials="JB" userId="S::betsey.john@mass.gov::267331b4-5181-4a01-978f-2746dd2147ee" providerId="AD"/>
+  <p188:author id="{B179E05B-8DFD-78A9-ED84-C328E1E8E6B1}" name="Wade, Erin (DPH)" initials="WE" userId="S::erin.wade@mass.gov::4eaa3b26-654a-47f6-8ab6-a80a084eecc3" providerId="AD"/>
+  <p188:author id="{B1434E6D-866A-EB10-5740-8A5A6F54734D}" name="Gadani, Kavita M. (DPH)" initials="G(" userId="S::kavita.m.gadani@mass.gov::597cc9a9-6234-4028-8bf6-5a4bec47709c" providerId="AD"/>
+  <p188:author id="{768B4484-F8D2-AB9F-A782-8075BB486D7C}" name="Wade, Erin (DPH)" initials="EW" userId="S::Erin.Wade@mass.gov::4eaa3b26-654a-47f6-8ab6-a80a084eecc3" providerId="AD"/>
+  <p188:author id="{A4A496D9-8B7A-7806-B8F2-35454CA9BA9D}" name="Gadani, Kavita M. (DPH)" initials="KG" userId="S::Kavita.M.Gadani@mass.gov::597cc9a9-6234-4028-8bf6-5a4bec47709c" providerId="AD"/>
+  <p188:author id="{B7FFB2E3-1E48-E1FB-FEFD-0741C0176E06}" name="Brown, Catherine (DPH)" initials="BC" userId="S::catherine.brown@mass.gov::4a77f272-69bf-4d4c-a0b7-e8d5503ac332" providerId="AD"/>
+  <p188:author id="{5098C0FE-6657-6E14-BBFB-C928E1383772}" name="Tierney, Dylan (DPH)" initials="TD" userId="S::dylan.tierney@mass.gov::9e58027f-b803-4599-8a1e-82b287e4ae56" providerId="AD"/>
 </p188:authorLst>
-</file>
-[...45 lines deleted...]
-</p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="767171"/>
+    <a:srgbClr val="203864"/>
     <a:srgbClr val="BBE0E3"/>
-    <a:srgbClr val="055994"/>
-[...7 lines deleted...]
-    <a:srgbClr val="6E91D0"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{67A302D3-8101-E218-3821-1346985E66B5}" v="8" dt="2024-12-20T13:01:36.364"/>
+    <p1510:client id="{0A08DAEF-D082-4C20-90F7-EE7E2790D033}" v="72" dt="2025-11-19T18:50:45.899"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -608,132 +538,136 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="108" d="100"/>
-          <a:sy n="108" d="100"/>
+          <a:sx n="59" d="100"/>
+          <a:sy n="59" d="100"/>
         </p:scale>
-        <p:origin x="678" y="102"/>
+        <p:origin x="940" y="52"/>
       </p:cViewPr>
-      <p:guideLst>
-[...2 lines deleted...]
-      </p:guideLst>
+      <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId62" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId61" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId63" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId62" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId61" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=ppt/comments/modernComment_7FFFCAD9_3FE11534.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-</p188:cmLst>
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}" dt="2025-11-20T14:50:25.293" v="3" actId="33553"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}" dt="2025-11-20T14:49:47.565" v="1" actId="962"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2142599829" sldId="2147470017"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}" dt="2025-11-20T14:49:47.565" v="1" actId="962"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2142599829" sldId="2147470017"/>
+            <ac:picMk id="4" creationId="{43D05DB2-C788-E2CC-68EA-66922D07DA25}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}" dt="2025-11-20T14:50:12.296" v="2" actId="33553"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2552531362" sldId="2147470207"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}" dt="2025-11-20T14:50:12.296" v="2" actId="33553"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2552531362" sldId="2147470207"/>
+            <ac:spMk id="5" creationId="{1785A978-E8DF-43C5-81AD-9E02D99320AA}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}" dt="2025-11-20T14:50:25.293" v="3" actId="33553"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4057788927" sldId="2147470208"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Woo, Karl (EHS)" userId="b8d89c57-85e7-483d-9d63-7aa31cf4d93d" providerId="ADAL" clId="{03BE16A8-8366-4765-A11A-BAF7F905B65B}" dt="2025-11-20T14:50:25.293" v="3" actId="33553"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4057788927" sldId="2147470208"/>
+            <ac:spMk id="6" creationId="{FA3949D5-E6C2-91C6-552F-CED0B7DFBFDE}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -772,53 +706,53 @@
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{B7B575B6-0D21-400A-846D-8E971A2F0D9F}" type="datetimeFigureOut">
+            <a:fld id="{B01F785F-E00F-4BCA-9B6C-92F9D4C58C19}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/20/2024</a:t>
+              <a:t>11/20/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -930,62 +864,62 @@
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+            <a:fld id="{FBE001E2-3DAA-4213-8DF7-5FD901BC7ED7}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2070915894"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2657851871"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -1046,223 +980,219 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide42.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide46.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide47.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -1292,771 +1222,598 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Picture description:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
               <a:t> logo for the Massachusetts Department of Public Health</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:fld id="{FBE001E2-3DAA-4213-8DF7-5FD901BC7ED7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="447797608"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7C51553-1A8D-24AC-3E62-C9DA3F40DDA3}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CBFF4D7-0347-4751-72F4-2E406179AB63}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A9680E5-1AB7-87F7-BF2D-50B8EA7122DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Gonorrhea Among Individuals of Transgender Experience, Massachusetts, 2015 to 2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Graph shows</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> the number of confirmed gonorrhea cases among transgender individuals in Massachusetts between 2015 and 2024. The case counts are 6, 31, 32, 49, 68, 58, 48, 68, 71, and 91 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, and 2024, respectively. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{974072D0-FBA8-1AF5-57AF-9481F7B6DF85}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3208699265"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98F89785-9076-0579-5615-6391D3BF4492}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D0C72C9-5209-67B6-6D42-62EEBC3F3BF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D8F9D8-F347-E0D3-DED9-D7DACD2604A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{D34CBBDB-52D0-FE4C-8729-D7393D454E10}" type="slidenum">
-[...123 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Confirmed Gonorrhea Rates by Gender</a:t>
+              <a:t>Confirmed </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>,</a:t>
+              <a:t>Gonorrhea Rates by County and Statewide,</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Massachusetts, 2010 to 2023</a:t>
+              <a:t>Massachusetts, 2022-2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="30000"/>
+                <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPct val="0"/>
+                <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Gra</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>ph depicts the rates per 100,000 population of confirmed cases of gonorrhea in Massachusetts by gender identity between 2010 and 2023. There are two lines, one for females that begins at 29.9 in 2010 and climbs to 85.0 in 2023 and another for males that begins at 46.8 in 2010 and climbs to 195.6 in 2023. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" b="0" baseline="0">
+              <a:t>ph depicts rate per 100,000 population of gonorrhea cases reported in Massachusetts by county comparing 2022 through 2024. The rate in 2024 is highest in Suffolk county with a rate of 325.6 followed by Hampden county with a rate of 175.0. The lowest rates were in Berkshire and Franklin counties. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
-[...37 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB4C146-E87F-0802-359C-2A0E8E18D4A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2756899457"/>
-[...134 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="358218383"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2510782858"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C6B60AF-679D-FDE6-E96F-96B4FD664667}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7DA4B35-4ABE-085D-D07B-30DA75A44672}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA6DC8F2-CCE2-4803-EC51-D27B65D6DB65}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{433677F4-F449-9DDD-1CE7-D7B5E9AD4A27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90AB6C1B-8A3E-836B-4A05-900375AE3505}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1236DF94-E8D2-2609-A967-90D01B351BC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...116 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Gra</a:t>
+              <a:t>Picture description:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>ph depicts rate per 100,000 population of gonorrhea cases reported in Massachusetts by county comparing 2021 through 2023. The rate is highest in Suffolk county with a rate of 388.6 in 2023 followed by Hampden county with a rate of 175.8 in 2023. The lowest rates were in Berkshire and Franklin counties. </a:t>
-[...7 lines deleted...]
-          <a:p>
+              <a:t> logo for the Massachusetts Department of Public Health</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62826F10-D09A-44D6-0A7A-A0F58578FC0F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2D0A3A-C1DC-B029-BB9F-93ECBF04E617}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1733635687"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2659964193"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2081,101 +1838,101 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Confirmed and Probable Infectious Syphilis Rates, Massachusetts, 2000 to 2023</a:t>
+              <a:t>Confirmed and Probable Infectious Syphilis Rates, Massachusetts, 2000 to 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Gra</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>ph depicts the rate per 100,000 population of confirmed and probable cases of infectious syphilis in Massachusetts between 2000 and 2023. It begins at 2.2 in 2000, drops to a low of 1.6 in 2001, and climbs to a high of 22.5 in 2022, before falling to 20.6 in 2023. </a:t>
+              <a:t>ph depicts the rate per 100,000 population of confirmed and probable cases of infectious syphilis in Massachusetts between 2000 and 2024. It begins at 2.2 in 2000, drops to a low of 1.6 in 2001, and climbs to a high of 22.5 in 2022, before falling to 18.9 in 2024. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>13</a:t>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="374381523"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2260,75 +2017,75 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Massachusetts, 2010 to 2023</a:t>
+              <a:t>Massachusetts, 2010 to 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Gra</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>ph depicts the rates per 100,000 population of confirmed and probable cases of syphilis in Massachusetts by gender identity between 2010 and 2023. There are two lines, one for females that begins at 0.9 in 2010 and remains relatively stable with a high of 7.3 in 2023. Another line is for males that begins at 13.8 in 2010 and climbs to a high of 39.4 in 2022 before falling to 34.7 in 2023. </a:t>
+              <a:t>ph depicts the rates per 100,000 population of confirmed and probable cases of syphilis in Massachusetts by gender identity between 2010 and 2024. There are two lines, one for females that begins at 0.9 in 2010 and remains relatively stable with a high of 7.3 in 2023 before falling to 7.0 in 2024. Another line is for males that begins at 13.8 in 2010 and climbs to a high of 39.4 in 2022 before falling to 31.4 in 2024. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" baseline="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
@@ -2359,101 +2116,101 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>There were cases reported among transgender individuals in 2014 through 2023. They are classified on this slide based on their current gender. In 2023, there were 2 cases of infectious syphilis among transgender identified individuals not included on this slide as MA DSTDP does not have current gender information for those individuals.</a:t>
+              <a:t>There were cases reported among transgender individuals in 2014 through 2024. They are classified on this slide based on their current gender. In 2024, there were 5 cases of infectious syphilis among transgender identified individuals not included on this slide as MA DSTDP does not have current gender information for those individuals.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="1" baseline="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>14</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2100197811"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2521,103 +2278,103 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Reported Cases by Race/Ethnicity, Massachusetts, 2015-2023</a:t>
+              <a:t>Reported Cases by Race/Ethnicity, Massachusetts, 2015-2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="1" baseline="50000">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by race/ethnicity for the years 2015 through 2023. The highest percentage of cases for each year identified as Non-Hispanic White making up a high of 50.1% of cases in 2017 and a resulting 35.5% of cases in 2023. In total, over the nine-year period, the proportion of cases by race/ethnicity were from highest to lowest: Non-Hispanic White, Hispanic, Non-Hispanic Black, Non-Hispanic Other, and Unknown.</a:t>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by race/ethnicity for the years 2015 through 2024. The highest percentage of cases for each year prior to 2024 identified as Non-Hispanic White making up a high of 50.0% of cases in 2017 and a resulting 34.2% of cases in 2024. 2024 represents the first year the highest percentage of cases identified as Hispanic with a low of 22.0% in 2017 and a high of 38.3% in 2024. In total, over the nine-year period, the proportion of cases by race/ethnicity were from highest to lowest: Non-Hispanic White, Hispanic, Non-Hispanic Black, Non-Hispanic Other, Unknown, and Non-Hispanic Asian.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Note: Infectious syphilis is defined as primary, secondary and early latent (non-primary/non-secondary) stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>15</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="103841149"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2685,83 +2442,83 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Among Individuals of Transgender Experience, Massachusetts, 2015 to 2023</a:t>
+              <a:t>Among Individuals of Transgender Experience, Massachusetts, 2015 to 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Graph shows</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> the number of confirmed and probable infectious syphilis cases among transgender individuals in Massachusetts between 2015 and 2023. The case counts are 10, 11, 10, 27, 19, 23, 33, 58, and 58 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, and 2023 respectively. </a:t>
+              <a:t> the number of confirmed and probable infectious syphilis cases among transgender individuals in Massachusetts between 2015 and 2024. The case counts are 10, 11, 10, 27, 19, 23, 33, 58, 58, and 50 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, and 2024 respectively. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
@@ -2769,101 +2526,119 @@
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>16</a:t>
+              <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="566210026"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72CF28B4-CE9B-048A-4428-9478936443E2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{268AA156-3F24-3AA8-4E23-78642BEE85FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4798C6A1-E753-95A9-8001-7981793E0AB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
@@ -2898,131 +2673,137 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Massachusetts, 2021-2023</a:t>
+              <a:t>Massachusetts, 2022-2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Gra</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>ph depicts rate per 100,000 population of infectious syphilis cases reported in Massachusetts by county comparing 2021 through 2023. The rate is highest in Suffolk county with a rate of 56.6 in 2022 before falling to 54.4 in 2023, followed by Hampden county with a rate of 37.6 in 2023. The lowest rates were in Hampshire and Franklin county. </a:t>
+              <a:t>ph depicts rate per 100,000 population of infectious syphilis cases reported in Massachusetts by county comparing 2022 through 2024. The rate is highest in Suffolk county with a rate of 56.6 in 2022 before falling to 44.7 in 2024, followed by Hampden county with a rate of 37.6 in 2023 which fell to 33.1 in 2024. The lowest rates were in Hampshire and Franklin county. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EC1C6E5-76B1-80F5-E3C4-D1937078976C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>17</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1620264894"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3636139992"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3081,136 +2862,157 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed and Probable </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Infectious Syphilis Rates by Stage of Infection, Massachusetts, 2010–2023</a:t>
+              <a:t>Infectious Syphilis Rates by Stage of Infection, Massachusetts, 2010–2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...7 lines deleted...]
-          <a:p>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Graph depicts the differences between the rate of infectious syphilis diagnosed in the primary and secondary stage compared to those cases diagnosed in the early non-primary and non-secondary stages reported in Massachusetts from 2010 to 2024. There are three lines on the graph. One line for primary and secondary cases starting with a rate of 4.2 per 100,000 in 2010 and peaking with a rate of 11.6 in 2022, before falling to 10.5 in 2024. Another line for non-primary non-secondary cases starting with a rate of 2.9 in 2010, peaking with a rate of 10.9 in 2022, before falling to 8.4 in 2024. The final line shows the total infectious syphilis starting with a rate of 7.1 in 2010 and peaking at a rate of 22.5 in 2022, before falling to 18.9 in 2024. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Note: Infectious syphilis is defined as primary, secondary and early latent (non-primary/non-secondary) stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>18</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3100089039"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3278,96 +3080,104 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Reported Cases by Gender of Sex Partners, Massachusetts, 2015-2023</a:t>
+              <a:t>Reported Cases by Gender of Sex Partners, Massachusetts, 2015-2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by gender of sex partners for the years 2015 through 2023. The highest percentage of cases for each year reported male sex partners and are classified as MSM (men who have sex with men) making up a high of 77% of cases in 2017 and a resulting 58.8% of cases in 2023. In total, over the nine-year period, the proportion of cases by gender of sex partners were from highest to lowest: MSM, MSW (men who have sex with women), unknown males, women, and transgender individuals. For 2023, the order in frequency from highest to lowest is: MSM, women, MSW, unknown males, and individuals of transgender experience.</a:t>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by gender of sex partners for the years 2015 through 2024. The highest percentage of cases for each year reported male sex partners and are classified as MSM (men who have sex with men) making up a high of 77% of cases in 2017 and a resulting 55.9% of cases in 2024. In total, over the ten-year period, the proportion of cases by gender of sex partners were from highest to lowest: MSM, MSW (men who have sex with women), unknown males, women, and transgender individuals. For 2024, the order in frequency from highest to lowest is: MSM, MSW, women, unknown males, and individuals of transgender experience.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Note: Infectious syphilis is defined as primary, secondary and early latent (non-primary/non-secondary) stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>19</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1519732135"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3386,141 +3196,89 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Picture description:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> logo for the Massachusetts Department of Public Health</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...48 lines deleted...]
-              <a:t>2</a:t>
+            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="177297122"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="176280165"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3545,109 +3303,109 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Congenital Syphilis Cases and Rate of Confirmed and Probable Infectious Syphilis Among Individuals Thought to be Capable of Pregnancy Ages 15 to 49 Years, Massachusetts, 2010-2023</a:t>
+              <a:t>Congenital Syphilis Cases and Rate of Confirmed and Probable Infectious Syphilis Among Individuals Thought to be Capable of Pregnancy Ages 15 to 49 Years, Massachusetts, 2010-2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the case count for confirmed and probable congenital syphilis cases reported in Massachusetts between 2010 and 2023. The case counts are 1, 0, 1, 4, 3, 4, 4, 0, 0, 9, 10, 9, 11, and 14 for 2010, 2022, 2012, 2013, 2014, 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, and 2023, respectively. Additionally, the graph shows a line depicting the rate per 100,000 population of confirmed and probable infectious syphilis among individuals thought to be capable of pregnancy ages 15 to 49 years which starts with a rate of 1.7 in 2010 and peaks in 2023 with a rate of 11.9.</a:t>
+              <a:t>Graph depicts the case count for confirmed and probable congenital syphilis cases reported in Massachusetts between 2010 and 2024. The case counts are 1, 0, 1, 4, 3, 4, 4, 0, 0, 9, 10, 9, 11,14, and 19 for 2010, 2011, 2012, 2013, 2014, 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, and 2024, respectively. Additionally, the graph shows a line depicting the rate per 100,000 population of confirmed and probable infectious syphilis among individuals thought to be capable of pregnancy ages 15 to 49 years which starts with a rate of 1.7 in 2010 and peaks in 2024 with a rate of 12.0 cases per 100,000 population.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Note: Infectious syphilis is defined as primary, secondary and early latent (non-primary/non-secondary) stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>20</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2591124671"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3666,179 +3424,118 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Comparison of Pregnant Person with All Stage Syphilis</a:t>
-[...58 lines deleted...]
-            </a:pPr>
+              <a:t>Congenital Syphilis Cases Averted, Massachusetts, 2019-2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the case count for confirmed and probable congenital syphilis cases reported in Massachusetts between 2019 and 2023. The case counts are 9, 10, 9, 11, and 14 for 2019, 2020, 2021, 2022, and 2023, respectively. Additionally, the graph shows the number of all stage syphilis cases among pregnant individuals who did not have a probable or confirmed congenital syphilis cases by year and the percentage of congenital syphilis cases averted. The number of all stage syphilis among pregnant person was who were not reportable congenital cases are 35, 27, 53, 66, and 91 for 2019, 2020, 2021, 2022, and 2023, respectively. With the proportion of congenital cases averted of 80%, 71%, 86%, 86%,  and 86% for 2019, 2020, 2021, 2022, and 2023, respectively. </a:t>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" b="0"/>
+              <a:t>Graph depicts the case count for confirmed and probable congenital syphilis cases as well as the case count for all probable and confirmed syphilis cases among pregnant persons reported in Massachusetts between 2019 and 2024. The percent of averted congenital syphilis cases is displayed with a low of 73% of congenital cases averted in 2020 and a high of 88% in 2024. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+            <a:fld id="{FBE001E2-3DAA-4213-8DF7-5FD901BC7ED7}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>21</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3258000123"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2772253198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3904,1044 +3601,998 @@
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2759455028"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFFBB010-5DE9-17CD-AE5B-F5E1B173CA84}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69EAF812-9616-C207-80F8-44103AD7A670}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EAADC48-B66E-AD37-D20E-A1A6EDEFD588}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30FEF0E2-D1AE-89DF-6D0E-4800875F0D8E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C519523-A71B-2CAD-429A-069C64CD11E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBEC731C-DA29-3549-4985-8AF7C80318BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Confirmed Chlamydia Case Percentages by Social Vulnerability Index, Massachusetts, 2018-2023</a:t>
-[...26 lines deleted...]
-            </a:pPr>
+              <a:t>Confirmed Chlamydia Case Percentages by Social Vulnerability Index, Massachusetts, 2020-2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile for the years 2018 through 2023. The High SVI group is largest for each year, making up 41 to 48% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.</a:t>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile for the years 2020 through 2024. The High SVI group is largest for each year, making up 41 to 49% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50594619-586B-DCCD-71D0-65A86D1275F4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC5C2541-FEB6-A445-A4D1-1F7612656FAF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="37344939"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1997659773"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AE270CA-D551-6A7D-4C61-A444F2356826}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{298EE14A-B36F-9667-C166-61243F9B0619}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8888C942-586F-DE8D-F2C0-7F25B7124A23}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5270CE3-DCD8-C149-B4C3-BB7510C0A9EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{546EFF02-829B-AA4A-1A09-4F79E8CAB9E3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B2300FC-D65B-AD53-3E32-1A5095210CAB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed Chlamydia </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2018-</a:t>
+              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" kern="100">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t>2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="1" kern="100" baseline="50000">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile and gender for the years 2018 through 2023. In 2023, 44% of female cases are High SVI, compared to 50% in males. 25% of female cases in 2023 are Moderately High SVI, 15% are Moderately Low SVI, 12% are Low SVI, and 4% are Unknown SVI. 25% of male cases in 2023 are Moderately High SVI, 15% are Moderately Low SVI, 13% are Low SVI, and 3% are Unknown SVI.</a:t>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile and gender for the years 2020 through 2024. In 2024, 51% of female cases are High SVI, compared to 45% in males. 22% of female cases in 2024 are Moderately High SVI, 13% are Moderately Low SVI, 10% are Low SVI, and 4% are Unknown SVI. 24% of male cases in 2024 are Moderately High SVI, 14% are Moderately Low SVI, 11% are Low SVI, and 6% are Unknown SVI.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB9BB282-0DAD-91AA-4AE1-60391436D19D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A6716F-951F-5D82-E9B0-F65602FF44F2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="286339350"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="413690434"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C77205B-DE38-63C3-59FB-C19D59BC584F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96D6CE78-E0BC-5B2F-5E0B-55847062F900}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17979E4B-FA8F-4EF0-2DA0-6F04236F5720}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE2ECBC4-60DE-061B-A4D7-03C9C8F9171A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E87A2403-CD95-8670-9ED0-ACA89ECB415D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36F293E-A2FD-9B93-DA99-E58A3BDCDBDC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Confirmed Gonorrhea Case Percentages by Social Vulnerability Index, Massachusetts, 2018-2023</a:t>
-[...7 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Confirmed Gonorrhea Case Percentages by Social Vulnerability Index, Massachusetts, 2020-2024</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile for the years 2018 through 2023. The High SVI group is largest for each year, making up 47 to 51% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.</a:t>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile for the years 2020 through 2024. The High SVI group is largest for each year, making up 47 to 51% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12FC7AE6-0257-C868-7D2A-CACB4500DEA7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23476988-E9AC-9BE5-D1EF-3B4322945824}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A67A89-1EDA-425F-972C-EC6B9E6E728F}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="458261161"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="232214922"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{506A2FA0-FF40-868F-D576-3D7789BDEDEB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4308EFD4-B40E-0D6F-2514-CB695F1064B0}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D12CAE2F-F162-F7A6-57E6-8603486AC30D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DD7049A-4A10-03A4-0A48-CC9E1334CF08}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0F32501-5C96-6086-A091-5F24B803D665}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E67ECE7-4F74-640D-D27F-A0B17433BBE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed Gonorrhea </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2018-</a:t>
+              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" kern="100">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t>2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="1" kern="100" baseline="50000">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile and gender for the years 2018 through 2023. In 2023, 55% of female cases are High SVI, compared to 44% in males. 21% of female cases in 2023 are Moderately High SVI, 11% are Moderately Low SVI, 9% are Low SVI, and 4% are Unknown SVI. 26% of male cases in 2023 are Moderately High SVI, 15% are Moderately Low SVI, 12% are Low SVI, and 3% are Unknown SVI.</a:t>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile and gender for the years 2020 through 2024. In 2024, 55% of female cases are High SVI, compared to 43% in males. 20% of female cases in 2024 are Moderately High SVI, 11% are Moderately Low SVI, 8% are Low SVI, and 6% are Unknown SVI. 26% of male cases in 2024 are Moderately High SVI, 15% are Moderately Low SVI, 12% are Low SVI, and 3% are Unknown SVI.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFF064C4-FC98-75BF-777E-F348B8CDB3FB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F002B020-EB98-B73A-EA09-3B9E89E1C432}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1128750466"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3859983060"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20AE0062-7A5C-3CC1-2E61-B074233B6B3F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10582D26-1FF2-ACD3-712A-B6618350DAC7}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A2C0B1D-53BE-4203-75B3-F3EB9DB0A0DC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EE4C9B2-8117-7B30-7C0A-76488889AD80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC3949BD-8031-9D04-AFD3-2999E5BFF562}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCC23A56-B965-FD57-26A0-5875B2B5EA01}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Confirmed and Probably Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Case Percentages by Social Vulnerability Index, Massachusetts, 2018-</a:t>
+              <a:t>Case Percentages by Social Vulnerability Index, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" kern="100">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>2024</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile for the years 2018 through 2023. The High SVI group is largest for each year, making up 42 to 48% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.</a:t>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile for the years 2020 through 2024. The High SVI group is largest for each year, making up 42 to 48% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67A359AF-08C3-3C38-5024-60E8CA4C6A92}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5616383-1999-E964-3783-144ED8D6C32E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+            <a:fld id="{18A67A89-1EDA-425F-972C-EC6B9E6E728F}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1139503055"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3690973267"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECB63192-52D4-A0D9-9420-F5EE5A9C7554}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3391A69F-25E6-F88F-AF49-25CFB5A5B326}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED9AC481-EDE8-ED5B-A72E-51AE3612130C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48F9A597-2D54-D3FF-9D1B-D35C66DAE304}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{084D4424-1B8C-FEF4-3FF8-59380A1A8BB0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D36D496-AE36-8FDB-0613-AAED73963F27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed and Probable Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2018-</a:t>
+              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" kern="100">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t>2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="1" kern="100" baseline="50000">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and gender for the years 2018 through 2023. In 2023, 60% of female cases are High SVI, compared to 44% in males. 19% of female cases in 2023 are Moderately High SVI, 9% are Moderately Low SVI, 7% are Low SVI, and 5% are Unknown SVI. 25% of male cases in 2023 are Moderately High SVI, 16% are Moderately Low SVI, 11% are Low SVI, and 4% are Unknown SVI.</a:t>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and gender for the years 2020 through 2024. In 2024, 54% of female cases are High SVI, compared to 46% in males. 27% of female cases in 2024 are Moderately High SVI, 9% are Moderately Low SVI, 6% are Low SVI, and 4% are Unknown SVI. 28% of male cases in 2024 are Moderately High SVI, 13% are Moderately Low SVI, 11% are Low SVI, and 4% are Unknown SVI.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC461667-E488-F52E-E9EE-E7293B35CD86}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96A3315E-C126-CE3B-9625-ABAA197DE87E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="417946559"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="500263734"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1BC4F3A-5703-7585-3695-430C87A877FF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2EE5DCE-319D-3461-0BBA-EB531581CAFF}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8657031E-6AAB-CC2F-36D2-F671F066D066}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CAC6A8A-3F87-B7FF-4550-2208D9D0DA63}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{062FE7A7-30AB-2CC8-4326-5C297F5E6FF3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29055DD5-9DF2-2AFA-9CB5-EF3B43E4FBEA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
@@ -4953,207 +4604,323 @@
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Case Percentages by Social Vulnerability Index and Race, Massachusetts, 2018-</a:t>
+              <a:t>Case Percentages by Social Vulnerability Index and Race, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" kern="100">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t>2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="1" kern="100" baseline="50000">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0"/>
-              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and race for the years 2018 through 2023. Each year, NH White cases have a lower proportion of High SVI cases compared to NH Black and Hispanic cases. In 2023, 28% of NH White cases are High SVI, compared to 55% of NH Black cases and 66% of Hispanic cases.</a:t>
+              <a:t>Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and race for the years 2020 through 2024. Each year, NH White cases have a lower proportion of High SVI cases compared to NH Black and Hispanic cases. In 2024, 26% of NH White cases are High SVI, compared to 54% of NH Black cases and 61% of Hispanic cases.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B0F7CE-CF95-E741-B1C3-12103F1EDE94}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{394A3E93-DBAD-FCA1-B9D6-119C94A7465F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3352507286"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1810373818"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F42143D-AB8A-2673-DE9B-827EBD723FAD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AABC5C6-1D77-0FC9-F37E-34D5F27903BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C9A0F09-B298-BAFB-FD51-13720AE083E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Rate of Confirmed Chlamydia Cases, Massachusetts, 2000 to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Picture description:</a:t>
+              <a:t>Gra</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t> logo for the Massachusetts Department of Public Health</a:t>
+              <a:t>ph depicts the rate per 100,000 population of confirmed cases of chlamydia in Massachusetts between 2000 and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t>. It begins at low of 155.5 in 2000 and then climbs to a high of 454.1 in 2019. It drops to 382.8 in 2021, followed by a rise to 411.2 in 2023, and another drop to 378.7 in 2024.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E35DAA14-1FD8-E688-AEC1-08F38A32FD7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3</a:t>
+              <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="176280165"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1609862905"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5190,55 +4957,115 @@
               <a:t>Picture description:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
               <a:t> logo for the Massachusetts Department of Public Health</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>32</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3482835150"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -5287,217 +5114,213 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Incident Rate of Confirmed Chlamydia Cases, per 100,000 Persons by City/Town, Massachusetts, </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="100" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t>2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="1" kern="100" baseline="50000">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Map</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest chlamydia case rates in 2023. The cities that have the highest rates (greater than 600 per 100,000 persons) are </a:t>
+              <a:t> of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest chlamydia case rates in 2024. The cities that have the highest rates (greater than 600 per 100,000 persons) are </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Provincetown,</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Brockton,</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Springfield,</a:t>
-[...63 lines deleted...]
-              <a:t>New Bedford.</a:t>
+              <a:t>Lawrence, Chelsea, Springfield, Everett, Boston, Lynn, Lowell, Revere, New Bedford, Holyoke, Tisbury, Fall River, and Randolph.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>33</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2274844857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -5556,124 +5379,222 @@
             <a:endParaRPr lang="en-US" sz="1200" b="1" kern="100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Map</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2023 chlamydia case rates to 2019 case rates. The darker the color in the scheme, the greater the difference between 2023 and 2019 case rates with purple coloring indicating rates were higher in 2019 and the gold coloring indicating rates were higher in 2023. The majority of cities and towns saw a drop in chlamydia case rates in 2023 compared with 2019 with the largest declines (less than -200 per 100,000 persons) occurring in Granville, Huntington, Lawrence, Amherst, West Boylston, Leverett, Gill, and New Salem; the greatest rate increases (greater than 200 per 100,000 persons) were seen in Truro, Chesterfield, Montgomery, Holbrook, and Nahant. The cities and towns that had zero cases for 2023 or 2019 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.</a:t>
+              <a:t> of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2024 chlamydia case rates to 2020 case rates. The darker the color in the scheme, the greater the difference between 2024 and 2020 case rates with purple coloring indicating rates were higher in 2020 and the gold coloring indicating rates were higher in 2024. The majority of cities and towns saw a drop in chlamydia case rates in 2024 compared with 2020 with the largest declines (less than -200 per 100,000 persons) occurring in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" baseline="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Phillipston</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, Wales, and West Boylston; the greatest rate increases (greater than 200 per 100,000 persons) were seen in Brockton, Chelsea, East Brookfield, Edgartown, Lawrence, New Braintree, Otis, Provincetown, Stoughton, and Tisbury. The cities and towns that had zero cases for 2024 or 2020 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>34</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2007498938"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E3D06C7-EBD6-F443-6533-A391E9CA6CD5}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B424D7E6-EABC-B749-8EC7-A14CDA897DE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B1D9CA6-B8F7-6C9C-54CF-FD48A9BDD1AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
@@ -5708,51 +5629,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>and Age, Massachusetts, 2023</a:t>
+              <a:t>and Age, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
@@ -5807,75 +5728,141 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
               </a:rPr>
               <a:t> at the gender specific rates, the age categories with the highest rates are 20-24 years for both males and females.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:highlight>
                 <a:srgbClr val="FFFF00"/>
               </a:highlight>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF14F64-B292-D3BF-E4BE-445516337EE3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>35</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3951437163"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3502606392"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5900,115 +5887,175 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Incident Rate of Confirmed Gonorrhea Cases, per 100,000 Persons by City/Town, Massachusetts, 2023</a:t>
+              <a:t>Incident Rate of Confirmed Gonorrhea Cases, per 100,000 Persons by City/Town, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Map</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest gonorrhea case rates in 2023. The city with the highest rate (&gt;500 per 100,000 persons) is Provincetown. Other cities that have the high rates (&gt;300 per 100,000 persons) are Truro, Boston, Brockton, Chelsea, and Springfield.</a:t>
+              <a:t> of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest gonorrhea case rates in 2024. The city with the highest rate (&gt;500 per 100,000 persons) is Provincetown. Other cities that have the high rates (&gt;300 per 100,000 persons) are Boston, Brockton, and Springfield.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>36</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="342365771"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -6040,216 +6087,294 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Absolute Rate Difference Comparing 2023 to 2019 for </a:t>
+              <a:t>Absolute Rate Difference Comparing 2024 to 2020 for </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed Gonorrhea Cases, per 100,000 Persons by City/Town, Massachusetts</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="1">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Map</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2023 gonorrhea case rates to 2019 case rates. The darker the color in the scheme, the greater the difference between 2023 and 2019 case rates with purple coloring indicating rates were higher in 2019 and the gold coloring indicating rates were higher in 2023. The majority of cities and towns saw a rise in gonorrhea case rates in 2023 compared with 2019 with the greatest increases (greater than 100 per 100,000 persons) occurring in Provincetown, Brockton, Revere, Malden, Lawrence, Boston, and Stoughton; the largest rate decline (less than -100 per 100,000 persons) was seen in Fitchburg. The cities and towns that had zero cases for 2023 or 2019 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.</a:t>
+              <a:t> of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2024 gonorrhea case rates to 2020 case rates. The darker the color in the scheme, the greater the difference between 2024 and 2020 case rates with purple coloring indicating rates were higher in 2020 and the gold coloring indicating rates were higher in 2024. The majority of cities and towns saw a rise in gonorrhea case rates in 2024 compared with 2020 with the greatest increases (greater than 100 per 100,000 persons) occurring in Provincetown and Truro; the largest rate declines (less than -100 per 100,000 persons) were seen in Holyoke and Marion. The cities and towns that had zero cases for 2024 or 2020 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>37</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3115663543"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C46ADA95-AE6B-6EFE-03ED-6EA3514C561A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D789842A-B853-6CE2-4137-6F5C1B7BE0CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A7B69D6-CEC6-F867-060D-C49761DE4512}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Confirmed Gonorrhea Case Rates per 100,000 Population by Gender and Age, Massachusetts, 2023</a:t>
+              <a:t>Confirmed Gonorrhea Case Rates per 100,000 Population by Gender and Age, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
@@ -6301,75 +6426,141 @@
                 </a:highlight>
               </a:rPr>
               <a:t>For the overall state, the highest rate is among those 20-24 years. When looking</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
               </a:rPr>
               <a:t> at the gender specific rates, the age categories with the highest rates are 20 to 24 years for females and 25 to 29 years for males.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:highlight>
                 <a:srgbClr val="FFFF00"/>
               </a:highlight>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41EC1983-4074-B030-4ADC-90C3941B5ABE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>38</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1721868039"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="115986914"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6394,140 +6585,184 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Incident Rate of Infectious Syphilis Cases, per 100,000 Persons by City/Town, Massachusetts, 2023</a:t>
+              <a:t>Incident Rate of Infectious Syphilis Cases, per 100,000 Persons by City/Town, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Map</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> of Massachusetts counties color-coded to indicate the areas of the state with the highest infectious syphilis case rates in 2023. The cities that have the highest rates (greater than 40 per 100,000 persons excluding towns with less than 10 cases) are </a:t>
+              <a:t> of Massachusetts counties color-coded to indicate the areas of the state with the highest infectious syphilis case rates in 2024. The cities that have the highest rates (greater than 40 per 100,000 persons excluding towns with less than 10 cases) are </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Provincetown,</a:t>
-[...15 lines deleted...]
-              <a:t>Chelsea, Springfield, Boston, Holyoke, Revere, Malden, Somerville, and Everett.</a:t>
+              <a:t>Provincetown, Lawrence, Springfield, Chelsea, Everett, Chicopee, and Boston.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>39</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="689436184"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -6559,120 +6794,180 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Absolute Rate Difference Comparing 2023 to 2019 for </a:t>
+              <a:t>Absolute Rate Difference Comparing 2024 to 2020 for </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Infectious Syphilis Cases, per 100,000 Persons by City/Town, Massachusetts</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="1">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Map</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2023 infectious syphilis case rates to 2019 case rates. The darker the color in the scheme, the greater the difference between 2023 and 2019 case rates with purple coloring indicating rates were higher in 2019 and the gold coloring indicating rates were higher in 2023. An approximately even number of cities and towns saw a rise and fall in infectious syphilis case rates in 2023 compared with 2019 with the greatest increases (greater than 20 per 100,000 persons) occurring in Provincetown, Chelsea, Springfield, Salem, Winthrop, and Hudson; the largest rate declines (less than -20 per 100,000 persons) were seen in Nahant, Chatham, Rutland, Leicester, and Ayer. The cities and towns that had zero cases for 2023 or 2019 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.</a:t>
+              <a:t> of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2024 infectious syphilis case rates to 2020 case rates. The darker the color in the scheme, the greater the difference between 2024 and 2020 case rates with purple coloring indicating rates were higher in 2020 and the gold coloring indicating rates were higher in 2024. An approximately even number of cities and towns saw a rise and fall in infectious syphilis case rates in 2024 compared with 2020 with the greatest increases (greater than 20 per 100,000 persons) occurring in Chelsea, Chicopee, Fitchburg, Lawrence, Natick, Peabody, Randolph, Saugus, Tyngsborough, and West Springfield; the largest rate declines (less than -20 per 100,000 persons) were seen in Nahant and Provincetown. The cities and towns that had zero cases for 2024 or 2020 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>40</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2348439237"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -6721,51 +7016,51 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Confirmed and Probable Infectious Syphilis Cases per 100,000 Population by Gender and Age, Massachusetts, 2023</a:t>
+              <a:t>Confirmed and Probable Infectious Syphilis Cases per 100,000 Population by Gender and Age, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -6802,274 +7097,433 @@
               </a:rPr>
               <a:t> infectious syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
               </a:rPr>
               <a:t> rates per 100,000 population by age categories for the overall state, males, and females. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
               </a:rPr>
               <a:t>For the overall state, the highest rate is among those 30-34 years. When looking</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
               </a:rPr>
-              <a:t> at the gender specific rates, the age categories with the highest rates are 25 to 29 years for females and 30 to 34 years for males.</a:t>
+              <a:t> at the gender specific rates, the age categories with the highest rates are 30 to 34 years for both males and females.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:highlight>
                 <a:srgbClr val="FFFF00"/>
               </a:highlight>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>41</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1731056771"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A84C762-E6E7-6A90-BAB3-513D24F3039C}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11D20E8C-7A1D-3B68-569B-663CAC2B1520}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2678293-BA9D-84BE-759F-DB0EB7A38DCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="0"/>
+                <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Rate of Confirmed Chlamydia Cases, Massachusetts, 2000 to </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" noProof="0">
+              <a:t>Confirmed Chlamydia Rates by Gender,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2010 to 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="0"/>
+                <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Gra</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>ph depicts the rate per 100,000 population of confirmed cases of chlamydia in Massachusetts between 2000 and </a:t>
+              <a:t>ph depicts the rates per 100,000 population of chlamydia in Massachusetts by gender identity between 2010 and 2024. There are two lines, one for females that begins at 437.6 in 2010 and climbs to 541.5 in 2019 and another for males that begins at 201.9 in 2010 and climbs to 359.4 in 2019.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>2023</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t> In 2024, females had a rate of 470.8 and males had a rate of 280.2.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="0" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Note: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>There were cases reported among transgender individuals in 2014 through 2024. In 2024, there were 9 cases of chlamydia among transgender identified individuals and 17 other individuals with unknown gender not included on this slide.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C655FD2-F492-3571-F714-BBFF1E24F4F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="496775709"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1584847828"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7111,51 +7565,51 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Comparison of the Rate of Confirmed and Probable Infectious Syphilis Cases by Gender and Race and Ethnicity, Massachusetts, 2023</a:t>
+              <a:t>Comparison of the Rate of Confirmed and Probable Infectious Syphilis Cases by Gender and Race and Ethnicity, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
@@ -7220,55 +7674,115 @@
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>42</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1450315298"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7332,55 +7846,115 @@
               <a:rPr lang="en-US" baseline="0"/>
               <a:t> logo for the Massachusetts Department of Public Health</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>43</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2649711081"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7415,86 +7989,86 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" defTabSz="685800">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Comparison of Infectious Syphilis Cases by HIV Co-Infection and Age, Massachusetts, 2023</a:t>
+              <a:t>Comparison of Infectious Syphilis Cases by HIV Co-Infection and Age, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="1" baseline="50000">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l" defTabSz="685800">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Graph depicts</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>infectious syphilis case percentages for age categories by HIV co-infection status. The proportion of infectious syphilis cases with HIV co-infection were highest among those age 45 to 54 followed by those age 30 to 34. The proportion of cases with HIV co-infection were lowest among those 15 to 19 years followed by those age 20 to 24 years as well as those over the age of 65 years. </a:t>
+              <a:t>infectious syphilis case percentages for age categories by HIV co-infection status. The proportion of infectious syphilis cases with HIV co-infection were highest among those age 30 to 34 followed by those age 35 to 39. The proportion of cases with HIV co-infection were lowest among those 15 to 19 years followed by those over the age of 65 years. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0" i="0" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Helvetica Neue"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
@@ -7506,55 +8080,115 @@
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Helvetica Neue"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>46</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1994215638"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7589,51 +8223,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l" defTabSz="685800">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Comparison of Infectious Syphilis Cases by HIV Co-Infection and Race/Ethnicity, Massachusetts, 2023</a:t>
+              <a:t>Comparison of Infectious Syphilis Cases by HIV Co-Infection and Race/Ethnicity, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l" defTabSz="685800">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
@@ -7654,55 +8288,115 @@
               <a:rPr lang="en-US" baseline="0"/>
               <a:t>infectious syphilis case percentages for race/ethnicity categories by HIV co-infection status. The proportion of infectious syphilis cases with HIV co-infection is highest among Non-Hispanic Whites followed by Hispanic and then Non-Hispanic Black individuals. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>47</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="156038291"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7738,1386 +8432,2453 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
-[...102 lines deleted...]
-          <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{D34CBBDB-52D0-FE4C-8729-D7393D454E10}" type="slidenum">
+            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>52</a:t>
+              <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2006714528"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3255725336"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{734E096D-88C7-BAA1-13D4-6460085EE20A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36D63A4A-BD41-991A-4913-2257E1082FA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60DBC164-C4EA-D4E9-7EC9-CFD8F6DDA4AC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="l">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Chlamydia Among Individuals of Transgender Experience,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2015 to 2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="l">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Graph shows</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> the number of chlamydia cases among transgender individuals in Massachusetts between 2015 and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>. The case counts </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>7</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, 21, 33, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>57</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, 73, 64, 75, 78, 72, and 51 for 2015, 2016, 2017, 2018, 2019, 2020, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>2021, 2022,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> 2023, and 2024, respectively.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5486E75A-C600-90BC-0C3B-CD279EE4C566}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1148727985"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{410B8990-3CA4-46FA-AEC8-511D64552CCB}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDCAC9C8-171A-536D-BEAD-B78214BB250F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB812666-2B94-9544-8119-0423F29434A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Confirmed </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Chlamydia Rates by County and Statewide,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2022-2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Gra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t>ph depicts rate per 100,000 population of chlamydia cases reported in Massachusetts by county comparing 2022 through 2024. The rate in 2024 is highest in Suffolk county with a rate of 776.0 followed by Hampden county with a rate of 511.1. The lowest rates were in Franklin and Hampshire county. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEBDBE90-7839-6A86-42BD-F0ADAECE8108}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4028565292"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D998559B-02F9-3006-7119-FE5B22F376B3}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7239AB81-B002-8460-A485-A86E9EA2BBCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{706ED67A-513C-82EC-A2FC-7495B695C971}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Picture description:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> logo for the Massachusetts Department of Public Health</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51030E55-5779-8F8D-BA1D-BAD422AED343}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2409862749"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6734056A-BFB1-D2D3-7713-33D37CDCD1C8}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2691EA88-96A6-A7D3-2F01-858431215370}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5516AC68-1BE1-8C7D-A569-F105B7B8F403}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Rate of Confirmed Gonorrhea Cases, Massachusetts, 2000 to 2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ph depicts the rate per 100,000 population of confirmed cases of gonorrhea in Massachusetts between 2000 and 2024. It begins at 43.3 in 2000, drops to a low of 29.4 in 2009 and climbs to a high of 139.1 in 2023, followed by a drop to 123.4 in 2024.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39E6E0B9-4118-60D6-926E-BA83E258D121}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3255554972"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49F73EA5-EE67-78C6-5173-765CC100C637}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6528EFD2-DBD2-2F84-2B2D-890C140F2D3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09040781-020D-A1D3-4CE6-F44C9B5F79CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Confirmed Chlamydia Rates by Gender,</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+              <a:t>Confirmed Gonorrhea Rates by Gender</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Massachusetts, 2010 to 2023</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2010 to 2024</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Gra</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="0"/>
-              <a:t>ph depicts the rates per 100,000 population of chlamydia in Massachusetts by gender identity between 2012 and 2023. There are two lines, one for females that begins at 437.6 in 2010 and climbs to 541.5 in 2019 and another for males that begins at 201.9 in 2010 and climbs to 359.4 in 2019.</a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>ph depicts the rates per 100,000 population of confirmed cases of gonorrhea in Massachusetts by gender identity between 2010 and 2024. There are two lines, one for females that begins at 29.9 in 2010 and climbs to 76.7 in 2024 and another for males that begins at 46.8 in 2010 and climbs to 172.0 in 2024. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" b="0" baseline="0">
-[...22 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Note: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>There were cases reported among transgender individuals in 2014 through 2023. In 2023, there were 20 cases of chlamydia among transgender identified individuals not included on this slide.</a:t>
+              <a:t>There were cases reported among transgender individuals in 2014 through 2024. In 2024, there were </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>26</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cases of gonorrhea among transgender identified individuals and 9 other individuals with unknown gender not included on this slide.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E296E5A5-77E2-FE16-F5D8-5BEE72275F56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2357288974"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1571603029"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
-[...11 lines deleted...]
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CF08C60-A580-96C8-CACA-A1E9C793B2B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63A74804-46F8-4085-8852-DD69CEA9F49D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master subtitle style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B11A23B5-C90D-309D-717A-996C0F272BDC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="l">
-[...167 lines deleted...]
-          <a:p>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{713D6D31-8FB6-ABB3-8E3E-F2776DE2FF6A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34799D5A-94E4-D680-7AA8-F9FDD3708487}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1011086915"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1617649543"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:notes>
+</p:sldLayout>
 </file>
 
-<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
-[...242 lines deleted...]
-  <p:cSld>
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
-[...11 lines deleted...]
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4FEA900-F3BD-F58F-0067-1FE1E86BCF4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l">
-[...76 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73688626-F1AD-D4AE-CF54-9046277370EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BED08768-4BD6-038A-53DA-066619202118}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8</a:t>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B23B9A1-363F-7350-42B1-1F29494237E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C5950E-7966-420F-C2A2-1A2EB0272185}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="333811257"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="10687513"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:notes>
+</p:sldLayout>
 </file>
 
-<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld>
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
-[...11 lines deleted...]
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="2" name="Vertical Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C07A8DDA-2289-FFE6-563B-64DB6D3BB3FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8724900" y="365125"/>
+            <a:ext cx="2628900" cy="5811838"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{850AFE01-8B0D-0974-CFF6-87FE1CA2AA35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="7734300" cy="5811838"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B62A8A4E-0009-3D9E-40D6-70191D5F4D7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...81 lines deleted...]
-            </a:r>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{159BE1DB-2C12-EFF2-678F-0891E023C3A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C3F051D6-B884-4322-97AE-787C3EF061A2}" type="slidenum">
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B9E4106-5D48-1DD3-43C4-2CFF3726B177}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2943163385"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="863795075"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:notes>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Content Style A: Regular Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101E840A-BCBE-4B40-B158-B16879D32C9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5"/>
+            <a:ext cx="12192000" cy="977549"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="055994"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BB607E6-0B1F-BB4A-9794-46A0CA431F4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6510528"/>
+            <a:ext cx="12192000" cy="347472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="032E53"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AFA3409-650A-E04D-9C6C-C839AFCA4D9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9034825" y="6492502"/>
+            <a:ext cx="2736415" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5F94BD1-E74E-4058-8122-844053A505F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="592822" y="56524"/>
+            <a:ext cx="10972800" cy="874654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3600" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to Add Slide Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FABA3EC1-E8C0-4AA8-BEE7-D199FD603044}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1434514"/>
+            <a:ext cx="10972800" cy="4679683"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to add regular text.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02685929-CD5C-4159-9F1A-33CD10D7166D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="451263" y="6545764"/>
+            <a:ext cx="5035137" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts Department of Public Health | mass.gov/dph</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="843689157"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...64 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="Title or Thank You Slide : Traditional Logo">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="055994"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -9490,62 +11251,62 @@
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to Add Presenter</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="133950783"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2313623021"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:hf hdr="0" dt="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Title or Thank You Slide : Traditional Logo">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="055994"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9919,61 +11680,61 @@
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to Add Presenter</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1058635337"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3255264257"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Content Style A: Regular Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101E840A-BCBE-4B40-B158-B16879D32C9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10373,61 +12134,61 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Massachusetts Department of Public Health | mass.gov/dph</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="970147001"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="83640652"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Content Style B: Bullets">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101E840A-BCBE-4B40-B158-B16879D32C9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10834,61 +12595,61 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1051870794"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1640284293"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Content Style C: Columns with Bullets">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61A8284-67CC-404B-90F5-554DCBF9132D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11406,61 +13167,61 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1693122130"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2153173887"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Connect with DPH">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101E840A-BCBE-4B40-B158-B16879D32C9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11915,61 +13676,61 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1478236399"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2158017684"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Just Footer">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BB607E6-0B1F-BB4A-9794-46A0CA431F4F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12090,4305 +13851,4599 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="75249014"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2169174207"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Title and Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FCEDDFF-EC7F-BB10-D6B3-F370DCBAFCF5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{628DFF22-EC0C-85FC-37C1-5F9882210DB2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46CF0814-07E6-4B9F-21AD-92BE1AA9F8A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F62E433F-3E87-00C1-0175-23AB488E0AF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58CC121A-2BB4-5026-6C4C-D771241B61EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="473064539"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Custom Layout">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1444736690"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="915865963"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content Style C">
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Title or Thank You Slide : Traditional Logo">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="005994"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21722467-00D5-48C4-A0E3-DBA0E54CD48E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="681893" y="2767670"/>
+            <a:ext cx="10440537" cy="1373701"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="4400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to Add Presentation Title</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>or Closing Contact</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F0FA26E-40B5-44FF-A084-1554D187A6EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="681893" y="4659309"/>
+            <a:ext cx="4797425" cy="469382"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="3000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to add Date, Year</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADDB5EC3-5D37-4757-9A9B-5A9AF30AC57E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="681893" y="5552845"/>
+            <a:ext cx="5843587" cy="695554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to Add Presenter</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="Text, logo, company name&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAEC6726-A866-0444-9ED7-490F0E2826C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="705339" y="510148"/>
+            <a:ext cx="2980225" cy="1662048"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4108470324"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Content Style A: Regular Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101E840A-BCBE-4B40-B158-B16879D32C9F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5"/>
+            <a:ext cx="12192000" cy="977549"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="005994"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BB607E6-0B1F-BB4A-9794-46A0CA431F4F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6510528"/>
+            <a:ext cx="12192000" cy="347472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="032E53"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AFA3409-650A-E04D-9C6C-C839AFCA4D9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9034825" y="6492502"/>
+            <a:ext cx="2736415" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FABA3EC1-E8C0-4AA8-BEE7-D199FD603044}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1434514"/>
+            <a:ext cx="10972800" cy="4679683"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to add regular text.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02685929-CD5C-4159-9F1A-33CD10D7166D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="451263" y="6545764"/>
+            <a:ext cx="5035137" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts Department of Public Health | mass.gov/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>dph</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5F94BD1-E74E-4058-8122-844053A505F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="592822" y="56524"/>
+            <a:ext cx="10972800" cy="874654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3600" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to add slide title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3673210102"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Content Style B: Bullets">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101E840A-BCBE-4B40-B158-B16879D32C9F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5"/>
+            <a:ext cx="12192000" cy="977549"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="005994"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BB607E6-0B1F-BB4A-9794-46A0CA431F4F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6510528"/>
+            <a:ext cx="12192000" cy="347472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="032E53"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FABA3EC1-E8C0-4AA8-BEE7-D199FD603044}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1438462"/>
+            <a:ext cx="10972800" cy="4703031"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit level one bullet text (add periods if more than one full sentence; no periods needed otherwise)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level bullet text</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level bullet text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02685929-CD5C-4159-9F1A-33CD10D7166D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="451263" y="6545764"/>
+            <a:ext cx="5035137" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts Department of Public Health | mass.gov/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>dph</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{663A3D56-7B2F-49EE-B824-21DADD1106DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9034825" y="6492502"/>
+            <a:ext cx="2736415" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{494959E2-EEB2-23E3-14AB-DE9E290B62F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="592822" y="56524"/>
+            <a:ext cx="10972800" cy="874654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3600" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to add slide title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2517771631"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Content Style C: Columns with Bullets">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61A8284-67CC-404B-90F5-554DCBF9132D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
+            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839789" y="1097280"/>
+            <a:ext cx="5157787" cy="823912"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit header text </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A90A712-FBB8-5B49-9A19-7524CF76EC3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="862011" y="1920238"/>
+            <a:ext cx="5157787" cy="4297680"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit bullet level one text</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit bullet level two text</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55855752-6A74-934C-B334-F2DD6B79DA48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172203" y="1097280"/>
+            <a:ext cx="5183188" cy="823912"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit header text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E51ED7E2-1F15-7C46-9001-20B2F8A00C5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172203" y="1920238"/>
+            <a:ext cx="5183188" cy="4297680"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="032E53"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="Franklin Gothic Book" panose="020B0503020102020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit bullet level one text</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit bullet level two text</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{599027F3-96A1-F54F-89E8-F47E6B10DE1B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5"/>
+            <a:ext cx="12192000" cy="977549"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="005994"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97CFBF09-BBCF-454C-91A3-1D89A60FA302}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6510528"/>
+            <a:ext cx="12192000" cy="347472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="032E53"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F696F47-27EC-4DEC-B31C-E3E63F7FBE43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="592822" y="56524"/>
+            <a:ext cx="10972800" cy="874654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3600" b="1" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to add slide title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03F1034B-732A-43E2-993F-868DF0D2772D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="451263" y="6545764"/>
+            <a:ext cx="5035137" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts Department of Public Health | mass.gov/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>dph</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE009795-B8D9-482E-96A1-D1025E613A3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9034825" y="6492502"/>
+            <a:ext cx="2736415" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1663658862"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Just Footer">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BB607E6-0B1F-BB4A-9794-46A0CA431F4F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6510528"/>
+            <a:ext cx="12192000" cy="347472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="032E53"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53D0130E-9D3A-4D88-A99C-681EBB4E32AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="451263" y="6545764"/>
+            <a:ext cx="5035137" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Book" panose="02000503020000020003" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts Department of Public Health | mass.gov/dph</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2585A0BC-7D09-4814-A71B-C90669C60B81}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9034825" y="6492502"/>
+            <a:ext cx="2736415" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2780067841"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Section Intro">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="005994"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="4" name="Straight Connector 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{849108D5-E6A2-E374-F491-40DDE4CC949E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2049517" y="2228193"/>
+            <a:ext cx="8113986" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="5" name="Straight Connector 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2F8765F-34CF-EDAB-B5EF-A28E0BDB163D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2039007" y="4703379"/>
+            <a:ext cx="8113986" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CE05C00-0C08-7FEC-4EE1-897B5C522B54}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2995886" y="2814637"/>
+            <a:ext cx="6032500" cy="1228725"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="4400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Enter section title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3296889671"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Custom Layout">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3532959127"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Section Header">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1BB4566-2E1D-4FF2-3930-850DE3EBCD84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831850" y="1709738"/>
+            <a:ext cx="10515600" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="6000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{248CDEAA-B4D4-261A-03A2-AEB327926464}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="1097280"/>
+            <a:off x="831850" y="4589463"/>
+            <a:ext cx="10515600" cy="1500187"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD824038-84A0-92D6-B2C5-6D2D2C0782F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2892119D-A958-AAE6-8B5D-A8E4756E84EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92E2FFC5-A96B-34C0-6AAD-4F88AEFEB7DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="624188583"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="Two Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A9942F1-1245-09F6-E949-CC09F547B95E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC821156-21E1-5CF9-FCE2-EB62691F229B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BAD17E3-C635-8271-CF91-CB42EF9876D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6A0FEF4-7A5B-40A4-91E0-50FFDB7B0EFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DDCE11C-9B8A-F2F1-E57F-D4968C0D3740}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65CFB8E2-D17F-EF76-38BD-52D2C76BE101}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3838082472"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Comparison">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5E01ECC-C1B8-D5CD-7D2A-DA5C7AA147F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{435E32D2-C76D-028E-2803-7F5FD1A9B12C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="1681163"/>
             <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A90A712-FBB8-5B49-9A19-7524CF76EC3A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A7B3D7E-40F7-E499-4FFD-EA2B6C79787B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
+            <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="1920238"/>
-            <a:ext cx="5157787" cy="4297680"/>
+            <a:off x="839788" y="2505075"/>
+            <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...4 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55855752-6A74-934C-B334-F2DD6B79DA48}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0082AA7B-AF60-62C1-6697-325EFF87B178}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1097280"/>
+            <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E51ED7E2-1F15-7C46-9001-20B2F8A00C5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA4C0E6E-D367-FBEE-888C-29E414A8FC88}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="4" hasCustomPrompt="1"/>
+            <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1920238"/>
-            <a:ext cx="5183188" cy="4297680"/>
+            <a:off x="6172200" y="2505075"/>
+            <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Rectangle 9">
-[...7 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="7" name="Date Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E4AE014-0738-8D38-E1F0-A6FCCD4277DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Rectangle 11">
-[...121 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1561A3A6-AA0A-054F-AD42-397A9574A9D0}"/>
+          <p:cNvPr id="8" name="Footer Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F47B2222-1682-217C-F367-64B8F603BA68}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...64 lines deleted...]
-            </a:endParaRPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBF797DF-1BFF-608A-A72F-401223ECC6F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="435842797"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3533572330"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content Style A: Regular Text">
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle 6">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84E10548-EEDA-1EF1-420A-6AC5CC58C830}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Rectangle 8">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Date Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44417787-5975-D192-4B35-7A722493649B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...4 lines deleted...]
-            </a:endParaRPr>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Slide Number Placeholder 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AFA3409-650A-E04D-9C6C-C839AFCA4D9A}"/>
+          <p:cNvPr id="4" name="Footer Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9142EE0-A6B0-2550-0838-AA8BF4522450}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...16 lines deleted...]
-            </a:fld>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5F94BD1-E74E-4058-8122-844053A505F5}"/>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9787029A-169F-5D4A-C276-508CA7156BB1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-[...225 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3212223029"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2511295154"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0" dt="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content Style B: Bullets">
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle 6">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E1F571D-C977-77AD-EB87-CBF9467AF8D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Rectangle 8">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Footer Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E19D6C7-FBDE-30AE-7025-579583648221}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...4 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5F94BD1-E74E-4058-8122-844053A505F5}"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46F0FDA7-134F-3AB8-61AF-70698B2B498C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-[...232 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...51 lines deleted...]
-            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3605805987"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1628339678"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0" dt="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content Style C: Columns with Bullets">
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
+  <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61A8284-67CC-404B-90F5-554DCBF9132D}"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EE899A5-8573-156C-2D62-D5C6F5312B56}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839789" y="1097280"/>
-            <a:ext cx="5157787" cy="823912"/>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...4 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...30 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit Header Text </a:t>
+              <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A90A712-FBB8-5B49-9A19-7524CF76EC3A}"/>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07EF8399-C5A3-889B-C1C3-6F5D68904D35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839789" y="1920238"/>
-            <a:ext cx="5157787" cy="4297680"/>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400">
-[...2 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
-              <a:defRPr sz="2200">
-[...2 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
-              <a:defRPr>
-[...1 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
-              <a:defRPr>
-[...1 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit bullet level one text.</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit bullet level two text.</a:t>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Placeholder 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55855752-6A74-934C-B334-F2DD6B79DA48}"/>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C69BF495-843D-8657-ABEB-00B3E00E693D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="3" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172203" y="1097280"/>
-            <a:ext cx="5183188" cy="823912"/>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2800" b="1">
-[...2 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="1"/>
+              <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800" b="1"/>
+              <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr sz="1000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Edit Header Text</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Content Placeholder 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E51ED7E2-1F15-7C46-9001-20B2F8A00C5A}"/>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2953ED3E-B37B-C358-431E-603E88E57DE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="4" hasCustomPrompt="1"/>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...35 lines deleted...]
-            </a:r>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Rectangle 9">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Footer Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46ADA4CE-FE9D-9E4D-A85A-911F650FB11B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Rectangle 11">
-[...58 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F696F47-27EC-4DEC-B31C-E3E63F7FBE43}"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FB72234-6196-0558-22F1-1A22CFDACF09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-[...51 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...51 lines deleted...]
-            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1954514415"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3974778339"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:hf hdr="0" dt="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Connect with DPH">
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
+  <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle 6">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{072D0D1E-D466-32F1-782B-AE2CD8074732}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="5"/>
-            <a:ext cx="12192000" cy="977549"/>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...7 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Rectangle 8">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Picture Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DA45ED4-32EC-96DD-4BEB-457E2D3F0E02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6510528"/>
-            <a:ext cx="12192000" cy="347472"/>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...151 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...16 lines deleted...]
-              <a:buFontTx/>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:tabLst/>
-[...142 lines deleted...]
-            </a:r>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="TextBox 1">
-[...7 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{823EF1AC-DFA9-5E62-0435-18ACD7256436}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="596900" y="140213"/>
-            <a:ext cx="8864600" cy="646331"/>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...12 lines deleted...]
-              <a:t>Connect with DPH</a:t>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Slide Number Placeholder 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C9B6E2D-48CD-4F33-96D0-5E3155FDD014}"/>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D835B96A-5D47-3716-89CA-888084C578AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...22 lines deleted...]
-              <a:t>‹#›</a:t>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Rectangle 2">
-[...7 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="6" name="Footer Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FDB9926-2CB5-38A4-0C51-CA4C398BD369}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...29 lines deleted...]
-        </p:style>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3">
-[...523 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2585A0BC-7D09-4814-A71B-C90669C60B81}"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6FBAD41-FA96-92F8-AC0E-A0B74953F932}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...12 lines deleted...]
-            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3955325994"/>
-[...961 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3821387556"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2978069994"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E246DB23-E275-2E92-E80A-A78FC790C7D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2474FFBB-ACF5-ED95-3DFB-9FC07CACB1B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E94CDBD-F628-BDE4-589B-72AB7C4BF70B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{3338A5C1-EEBE-4834-BB39-62315F0DD26F}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/20/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F51FB78-BC70-2CC5-D54B-7A1907836EA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038600" y="6356350"/>
+            <a:ext cx="4114800" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C87ABC3-28E0-AB0D-0279-E90084B89619}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610600" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8175E8B6-433A-4B33-8467-DBE5EA79B809}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3727114660"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2369458589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483668" r:id="rId1"/>
-[...7 lines deleted...]
-    <p:sldLayoutId id="2147483666" r:id="rId9"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483683" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483684" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483681" r:id="rId8"/>
+    <p:sldLayoutId id="2147483686" r:id="rId9"/>
+    <p:sldLayoutId id="2147483682" r:id="rId10"/>
+    <p:sldLayoutId id="2147483685" r:id="rId11"/>
+    <p:sldLayoutId id="2147483687" r:id="rId12"/>
+    <p:sldLayoutId id="2147483661" r:id="rId13"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
@@ -16653,64 +18708,386 @@
 <file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1110307372"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3128869057"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483681" r:id="rId1"/>
-[...6 lines deleted...]
-    <p:sldLayoutId id="2147483688" r:id="rId8"/>
+    <p:sldLayoutId id="2147483663" r:id="rId1"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
+    <p:sldLayoutId id="2147483665" r:id="rId3"/>
+    <p:sldLayoutId id="2147483666" r:id="rId4"/>
+    <p:sldLayoutId id="2147483667" r:id="rId5"/>
+    <p:sldLayoutId id="2147483668" r:id="rId6"/>
+    <p:sldLayoutId id="2147483669" r:id="rId7"/>
+  </p:sldLayoutIdLst>
+  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="4400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slideMasters/slideMaster3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2090931278"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483658" r:id="rId2"/>
+    <p:sldLayoutId id="2147483650" r:id="rId3"/>
+    <p:sldLayoutId id="2147483653" r:id="rId4"/>
+    <p:sldLayoutId id="2147483659" r:id="rId5"/>
+    <p:sldLayoutId id="2147483657" r:id="rId6"/>
+    <p:sldLayoutId id="2147483660" r:id="rId7"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
@@ -16953,2303 +19330,2144 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndc.services.cdc.gov/case-definitions/congenital-syphilis-2015/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2018/10/relationships/comments" Target="../comments/modernComment_7FFFCAD9_3FE11534.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2018/10/relationships/comments" Target="../comments/modernComment_7FFFCAE7_86F0F798.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/std/statistics/2019/case-definitions.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/std/statistics/2019/case-definitions.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/nchhstp/newsroom/2021/2020-std-trend-report.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/nchhstp/newsroom/2021/2020-std-trend-report.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Title 2" descr="Massachusetts Department of Public Health, Bureau of Infectious Disease and Laboratory Sciences, Division of STD Prevention and STD-HIV Surveillance, Surveillance Data Overview of Sexually Transmitted Infections, Massachusetts, &#10;2000-2021">
-[...6 lines deleted...]
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1785A978-E8DF-43C5-81AD-9E02D99320AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="875731" y="2378935"/>
-            <a:ext cx="10440537" cy="1373701"/>
+            <a:off x="693799" y="2951820"/>
+            <a:ext cx="11095380" cy="1373701"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
             <a:prstDash/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="0"/>
-[...18 lines deleted...]
-                <a:spcPct val="0"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="600"/>
+                <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" altLang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="all" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="all" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...40 lines deleted...]
-            </a:r>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Surveillance Data Overview of Sexually Transmitted Infections, Massachusetts</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="4400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47C6150D-AC60-4C53-BF42-5D0DCA499FFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="729517" y="4461665"/>
+            <a:ext cx="4797425" cy="469382"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" cap="all">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2000-2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="390975700"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2552531362"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE5482FC-035D-517C-C7FD-D89BC31E9913}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D87DC13-751A-90D2-26E8-365694FC0152}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34D3FD49-D2BE-0613-D5D1-1CC3E9D24CA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="1"/>
-            <a:ext cx="11239894" cy="977792"/>
+            <a:off x="1322362" y="1"/>
+            <a:ext cx="10869637" cy="963330"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
-[...9 lines deleted...]
-            <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...14 lines deleted...]
-              <a:t>Cases </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed Gonorrhea Rates by Gender</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>by Gender</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2010-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...67 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the rates per 100,000 population of confirmed cases of gonorrhea in Massachusetts by gender identity between 2010 and 2023. There are two lines, one for females that begins at 29.9 in 2010 and climbs to 85.0 in 2023 and another for males that begins at 46.8 in 2010 and climbs to 195.6 in 2023.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A18C05D-86CA-1513-4C1A-EB530568555C}"/>
+          <p:cNvPr id="6" name="Picture 5" descr="Graph depicts the rates per 100,000 population of confirmed cases of gonorrhea in Massachusetts by gender identity between 2010 and 2024. There are two lines, one for females that begins at 29.9 in 2010 and climbs to 76.7 in 2024 and another for males that begins at 46.8 in 2010 and climbs to 172.0 in 2024. &#10;Note: There were cases reported among transgender individuals in 2014 through 2024. In 2024, there were 26 cases of gonorrhea among transgender identified individuals and 9 other individuals with unknown gender not included on this slide.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA350EAD-FA1C-92EF-58A0-9820D423A450}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="202874" y="1055165"/>
-            <a:ext cx="11790686" cy="4060288"/>
+            <a:off x="198434" y="961863"/>
+            <a:ext cx="11894327" cy="4188315"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59740C46-8413-AD74-CFAE-CCE55DB6DE45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03F576B1-2FD0-05F5-6BB0-BDA5035C915D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="198434" y="5129915"/>
+            <a:off x="198434" y="5148709"/>
             <a:ext cx="11795126" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...10 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Massachusetts</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...2 lines deleted...]
-            </a:r>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. In 2024, there were 26 individuals of transgender experience reported in our data system who do not have current gender documented. These cases were excluded since population estimates for individuals of transgender experience are not available at this time. There were 9 other individuals with unknown gender which are not included in this slide. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...27 lines deleted...]
-              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{921E8828-F4E5-C44B-10A9-4549A2C84940}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFF66EFD-84D1-FE4D-6177-FE58E9742DEA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4175247883"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1755431294"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B987AC0B-96AC-899F-A364-2F468AB2DA3E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26A96666-F432-583C-019D-C9E19168A14B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF0E20F1-EB60-3C2C-AED5-F5B0A2418D55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="977900"/>
+            <a:off x="1336430" y="0"/>
+            <a:ext cx="10855569" cy="963331"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Gonorrhea Among Individuals of Transgender Experience</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:br>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Massachusetts, 2015-2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2015-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="Graph shows the number of confirmed gonorrhea cases among transgender individuals in Massachusetts between 2015 and 2023. The case counts are 6, 31, 32, 49, 68, 58, 48, 68, and 71 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, and 2023, respectively.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15ACC09D-E910-1810-19B2-F80773F7A1A3}"/>
+          <p:cNvPr id="6" name="Picture 5" descr="Graph shows the number of confirmed gonorrhea cases among transgender individuals in Massachusetts between 2015 and 2024. The case counts are 6, 31, 32, 49, 68, 58, 48, 68, 71, and 91 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, and 2024, respectively.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11FD8172-C377-FF30-CC37-4967DC0F8AEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="374408" y="1136705"/>
-            <a:ext cx="11443184" cy="4584589"/>
+            <a:off x="301250" y="984086"/>
+            <a:ext cx="11589500" cy="4700423"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7EB3EEA-437F-1741-F10C-5A7D4170A15B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9CE14D4-5863-6B38-74F4-D32F64A41A36}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="376043" y="5665223"/>
             <a:ext cx="11439913" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data are current as of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>08/01/2024</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and are subject to change.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and STD-HIV Surveillance</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:cs typeface="Times New Roman"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-228600">
-[...2 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...7 lines deleted...]
-            </a:pPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. All individuals of transgender experience are included in this graph regardless of current gender. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED1A024E-1D8F-DF31-49C3-246B46E388AE}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D22D6B9-2B84-9670-0F5C-DB1613B3BF2F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="915513861"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1273451226"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34C21233-1101-887E-6DB5-5913A419ED02}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE740503-04B9-4B62-C43A-C7B8817078F2}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F573CE6A-E7CA-AF06-1061-7F38E186D3F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09DF0E64-F234-46ED-3722-956DAA5F6D15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D7FCEED-F018-0376-3817-77F9AA7873D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1923542F-4261-BAFC-6999-6945D34B07C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="3972"/>
-            <a:ext cx="11239893" cy="980914"/>
+            <a:off x="1350498" y="3972"/>
+            <a:ext cx="10841501" cy="959359"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Confirmed </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Gonorrhea Rates by County and Statewide,</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:br>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Massachusetts, 2021-2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2022-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts rate per 100,000 population of gonorrhea cases reported in Massachusetts by county comparing 2021 through 2023. The rate is highest in Suffolk county with a rate of 388.6 in 2023 followed by Hampden county with a rate of 175.8 in 2023. The lowest rates were in Berkshire and Franklin counties.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C21F4317-EC3A-6E01-2041-CE63A4ECE3B2}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts rate per 100,000 population of gonorrhea cases reported in Massachusetts by county comparing 2022 through 2024. The rate in 2024 is highest in Suffolk county with a rate of 325.6 followed by Hampden county with a rate of 175.0. The lowest rates were in Berkshire and Franklin counties.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02882D60-C55F-4543-E05E-1733749D2D21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="130199" y="1085644"/>
-            <a:ext cx="11937003" cy="5236918"/>
+            <a:off x="127498" y="1036113"/>
+            <a:ext cx="11937003" cy="5297883"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86CFE0E7-06C2-FB31-34C7-B22B029A9D57}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A8FC6AF-BD5B-0DF1-45AA-5788B3B60328}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="130199" y="5475783"/>
-            <a:ext cx="10689041" cy="1200329"/>
+            <a:off x="130199" y="5487174"/>
+            <a:ext cx="10689041" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...10 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Data Source: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Massachusetts</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...36 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2022 data.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4A850E7-649A-3959-F725-A23FF48CFEF2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="840561" y="5021563"/>
+            <a:ext cx="777777" cy="261610"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" b="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Statewide</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4C799CD-011B-F351-2600-376E068A8103}"/>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C6A8A7E-288C-6EBC-A32D-CA601DCDFD86}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3280957089"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2664865101"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72ACCD61-FC28-8539-8C91-FB3889A7D40F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0FB4BB8-CE45-8160-48AB-44B5E0216E5B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-[...36 lines deleted...]
-            <a:pPr algn="ctr">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...8 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Calibri"/>
-[...12 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48BB4EC2-9D95-D1D2-2A36-FDF6DC00D46E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="592822" y="0"/>
+            <a:ext cx="10972800" cy="964096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Calibri"/>
-[...4 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts STI Trends</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3692128F-D622-B4F3-21DB-1A3E60655BFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="658758" y="3072900"/>
+            <a:ext cx="10881804" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...21 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...43 lines deleted...]
-              <a:cs typeface="Arial"/>
+              <a:t>Infectious Syphilis: 2000 - 2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="4000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6" descr="Graph depicts the rate per 100,000 population of confirmed and probable cases of infectious syphilis in Massachusetts between 2000 and 2023. It begins at 2.2 in 2000, drops to a low of 1.6 in 2001, and climbs to a high of 22.5 in 2022, before falling to 20.6 in 2023.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1861BDBA-C7F9-81A0-2866-C82720456B1D}"/>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73DC0FC6-0999-A2CF-4EA5-F515A8561C11}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="250320" y="1118554"/>
-            <a:ext cx="11589500" cy="4170025"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...194 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3093696545"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1305722378"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -19280,489 +21498,367 @@
               <a:pPr/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="977900"/>
+            <a:off x="1350498" y="-1"/>
+            <a:ext cx="10841502" cy="963332"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...7 lines deleted...]
-            </a:r>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> and Probable Infectious </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed and Probable Infectious Syphilis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Syphilis</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Rates, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2000-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...65 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:r>
-[...44 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6" descr="Graph depicts the rates per 100,000 population of confirmed and probable cases of syphilis in Massachusetts by gender identity between 2010 and 2023. There are two lines, one for females that begins at 0.9 in 2010 and remains relatively stable with a high of 7.3 in 2023. Another line is for males that begins at 13.8 in 2010 and climbs to a high of 39.4 in 2022 before falling to 34.7 in 2023.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9EBB250-2403-C4CD-54C0-465BE027E65D}"/>
+          <p:cNvPr id="7" name="Picture 6" descr="Graph depicts the rate per 100,000 population of confirmed and probable cases of infectious syphilis in Massachusetts between 2000 and 2024. It begins at 2.2 in 2000, drops to a low of 1.6 in 2001, and climbs to a high of 22.5 in 2022, before falling to 18.9 in 2024.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1861BDBA-C7F9-81A0-2866-C82720456B1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="295153" y="972894"/>
-            <a:ext cx="11601694" cy="4157832"/>
+            <a:off x="291447" y="1100119"/>
+            <a:ext cx="11484140" cy="4152031"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="TextBox 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C520D64-CE8A-39F9-96D0-36260F6F9802}"/>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D684FAC0-031F-B259-AB49-63808E18B38E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="349321" y="5103582"/>
-            <a:ext cx="11579969" cy="1446550"/>
+            <a:off x="291447" y="5319040"/>
+            <a:ext cx="11609105" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1100">
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...14 lines deleted...]
-              <a:rPr lang="en-US" sz="1100">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...13 lines deleted...]
-              <a:rPr lang="en-US" sz="1100">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1100">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1100" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...59 lines deleted...]
-              <a:t>3. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E27F71E-B40C-4B1C-B00F-DD10B1404D3C}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD09455D-2DBB-0CD1-943F-B6FA0735D7C6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="754259420"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3093696545"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -19793,235 +21889,673 @@
               <a:pPr/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239892" cy="979489"/>
+            <a:off x="1336431" y="0"/>
+            <a:ext cx="10855569" cy="963331"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Infectious Syphilis</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed and Probable Infectious </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Rates by Gender</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Reported Cases by Race/Ethnicity</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2010-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...62 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by race/ethnicity for the years 2015 through 2023. The highest percentage of cases for each year identified as Non-Hispanic White making up a high of 50.1% of cases in 2017 and a resulting 35.5% of cases in 2023. In total, over the nine-year period, the proportion of cases by race/ethnicity were from highest to lowest: Non-Hispanic White, Hispanic, Non-Hispanic Black, Non-Hispanic Other, and Unknown.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50428CB9-56B0-469E-21AD-894398454A74}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the rates per 100,000 population of confirmed and probable cases of syphilis in Massachusetts by gender identity between 2010 and 2024. There are two lines, one for females that begins at 0.9 in 2010 and remains relatively stable with a high of 7.3 in 2023 before falling to 7.0 in 2024. Another line is for males that begins at 13.8 in 2010 and climbs to a high of 39.4 in 2022 before falling to 31.4 in 2024. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A842DDB2-7BE8-27AF-4E94-8CBC2E0C99F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="155885" y="932867"/>
-            <a:ext cx="11851651" cy="4474852"/>
+            <a:off x="237398" y="945353"/>
+            <a:ext cx="11741914" cy="4163929"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C520D64-CE8A-39F9-96D0-36260F6F9802}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="349321" y="5077752"/>
+            <a:ext cx="11579969" cy="1446550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. In 2024, there were 5 individuals of transgender experience reported in our data system who do not have current gender documented. These cases were excluded since population estimates for individuals of transgender experience are not available at this time. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFD7BD2B-816F-8D1E-3FA4-B58C5C010DB3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="754259420"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1350498" y="0"/>
+            <a:ext cx="10841500" cy="975992"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Infectious Syphilis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reported Cases by Race/Ethnicity</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2015-2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" baseline="50000">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by race/ethnicity for the years 2015 through 2024. The highest percentage of cases for each year prior to 2024 identified as Non-Hispanic White making up a high of 50.0% of cases in 2017 and a resulting 34.2% of cases in 2024. 2024 represents the first year the highest percentage of cases identified as Hispanic with a low of 22.0% in 2017 and a high of 38.3% in 2024. In total, over the nine-year period, the proportion of cases by race/ethnicity were from highest to lowest: Non-Hispanic White, Hispanic, Non-Hispanic Black, Non-Hispanic Other, Unknown, and Non-Hispanic Asian.&#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50428CB9-56B0-469E-21AD-894398454A74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="155886" y="942754"/>
+            <a:ext cx="11851649" cy="4455078"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B1DB92-CC58-4D11-4E73-547FEA63C19F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="370366" y="5336259"/>
             <a:ext cx="11451266" cy="838200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -20079,868 +22613,292 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data are current as of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>07/17/2024</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and are subject to change.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and STD-HIV Surveillance</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:srgbClr val="767171"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Note: National Notifiable Diseases Surveillance System (NNDSS) Congenital Syphilis case definition was updated in 2014.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Other Race/Ethnicity includes individuals who identify as American Indian/ Pacific Islander/ Alaskan Native.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:srgbClr val="767171"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:srgbClr val="767171"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...106 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C32E0E4-09F1-D0E6-8D93-0347BBAD6A06}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFF3D1C3-41F4-EB61-049A-89F36B5108CC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1793278482"/>
-      </p:ext>
-[...566 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1441023711"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -20971,812 +22929,996 @@
               <a:pPr/>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="979489"/>
+            <a:off x="1326648" y="1"/>
+            <a:ext cx="10865352" cy="966516"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Confirmed and Probable Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Among Individuals of Transgender Experience</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Massachusetts, 2021-2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, Massachusetts, 2015</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3, 4</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts rate per 100,000 population of infectious syphilis cases reported in Massachusetts by county comparing 2021 through 2023. The rate is highest in Suffolk county with a rate of 56.6 in 2022 before falling to 54.4 in 2023, followed by Hampden county with a rate of 37.6 in 2023. The lowest rates were in Hampshire and Franklin county. ">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B324B5F0-1FA9-45E5-BB41-D06E1425D7EC}"/>
+          <p:cNvPr id="7" name="Picture 6" descr="Graph shows the number of confirmed and probable infectious syphilis cases among transgender individuals in Massachusetts between 2015 and 2024. The case counts are 10, 11, 10, 27, 19, 23, 33, 58, 58, and 50 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, and 2024 respectively. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F72A6FF-B8AD-E1FD-FF64-5A5975967790}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="145788" y="980591"/>
-            <a:ext cx="11900423" cy="5279594"/>
+            <a:off x="370948" y="1042301"/>
+            <a:ext cx="11450102" cy="4365114"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D191E119-E370-6263-BBAE-E841B1A82AC6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A45DAE-2240-6981-7924-5455472C5671}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="106221" y="5339030"/>
-            <a:ext cx="10755744" cy="1200329"/>
+            <a:off x="239155" y="5312739"/>
+            <a:ext cx="11713688" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="en-US" sz="1200">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data are current as of 07/17/2024 and are subject to change. </a:t>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 06/02/2025 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>and are subject to change.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> and STD-HIV Surveillance</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...11 lines deleted...]
-            </a:r>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. All individuals of transgender experience are included in this graph regardless of current gender. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...49 lines deleted...]
-              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2021-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4. In 2022, a retrospective verification project was conducted to improve data quality in capturing current gender information.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1291390F-915D-295E-CE50-EF2C12846443}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BE9E26D-3ED1-95FA-208D-EC9AC63F32E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1544424204"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1441023711"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDA256ED-E27B-9D9E-C31F-48A69F193A57}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{441BD15A-AC19-05DC-51BD-BAF12FE84C2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0951004-C2E9-50F0-98ED-0E4679D75E72}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-4105"/>
-            <a:ext cx="11239894" cy="985849"/>
+            <a:off x="1339563" y="0"/>
+            <a:ext cx="10852437" cy="980729"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
-[...9 lines deleted...]
-            <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> and Probable </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed and Probable Infectious Syphilis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Infectious Syphilis</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Rates by County and Statewide,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2022-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...29 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000">
-              <a:cs typeface="Times New Roman"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6" descr="Graph depicts the differences between the rate of infectious syphilis diagnosed in the primary and secondary stage compared to those cases diagnosed in the early non-primary and non-secondary stages reported in Massachusetts from 2010 to 2023. There are three lines on the graph. One line for primary and secondary cases starting with a rate of 4.2 per 100,000 in 2010 and peaking with a rate of 11.6 in 2022, before falling to 10.4 in 2023. Another line for non-primary non-secondary cases starting wit a rate of 2.9 in 2010, peaking with a rate of 10.9 in 2022, before falling to 10.2 in 2023. The final line shows the total infectious syphilis starting with a rate of 7.1 in 2010 and peaking at a rate of 22.5 in 2022, before falling to 20.6 in 2023.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3114CFA-D611-71D0-AE8F-E10586579DBA}"/>
+          <p:cNvPr id="9" name="Picture 8" descr="Graph depicts rate per 100,000 population of infectious syphilis cases reported in Massachusetts by county comparing 2022 through 2024. The rate is highest in Suffolk county with a rate of 56.6 in 2022 before falling to 44.7 in 2024, followed by Hampden county with a rate of 37.6 in 2023 which fell to 33.1 in 2024. The lowest rates were in Hampshire and Franklin county.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B1751C2-FB4D-58ED-5924-F077A9B8147B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="215898" y="953168"/>
-            <a:ext cx="11760203" cy="4419983"/>
+            <a:off x="139781" y="946830"/>
+            <a:ext cx="11912436" cy="5279592"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53F7AF61-6563-D6DC-B1F7-EAD8318C5217}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A608AA88-8148-E382-6A1F-1AF754213679}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="407691" y="5341021"/>
-            <a:ext cx="11480607" cy="1200329"/>
+            <a:off x="106221" y="5328144"/>
+            <a:ext cx="10755744" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...10 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-          <a:p>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Massachusetts</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...2 lines deleted...]
-            </a:r>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t> S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...22 lines deleted...]
-              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2022 data.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46FA031F-B141-96FA-1571-2E32722EBB37}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762740" y="4927580"/>
+            <a:ext cx="777777" cy="261610"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" b="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Statewide</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{769679F3-7E08-1752-BFF3-531832C0BF39}"/>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C69291C3-E4CB-B8E8-637F-36D272CEDD42}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="265249239"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4221117910"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -21807,220 +23949,971 @@
               <a:pPr/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="981076"/>
+            <a:off x="1533292" y="-4104"/>
+            <a:ext cx="10658708" cy="988652"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed and Probable </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
-            </a:r>
-[...15 lines deleted...]
-              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...28 lines deleted...]
-              <a:t>2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Rates by Stage of Infection, Massachusetts, 2010-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="Picture 11" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by gender of sex partners for the years 2015 through 2023. The highest percentage of cases for each year reported male sex partners and are classified as MSM (men who have sex with men) making up a high of 77% of cases in 2017 and a resulting 58.8% of cases in 2023. In total, over the nine-year period, the proportion of cases by gender of sex partners were from highest to lowest: MSM, MSW (men who have sex with women), unknown males, women, and transgender individuals. For 2023, the order in frequency from highest to lowest is: MSM, women, MSW, unknown males, and individuals of transgender experience.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D517A26-3193-C608-3552-C0BA7A8A17EB}"/>
+          <p:cNvPr id="7" name="Picture 6" descr="Graph depicts the differences between the rate of infectious syphilis diagnosed in the primary and secondary stage compared to those cases diagnosed in the early non-primary and non-secondary stages reported in Massachusetts from 2010 to 2024. There are three lines on the graph. One line for primary and secondary cases starting with a rate of 4.2 per 100,000 in 2010 and peaking with a rate of 11.6 in 2022, before falling to 10.5 in 2024. Another line for non-primary non-secondary cases starting with a rate of 2.9 in 2010, peaking with a rate of 10.9 in 2022, before falling to 8.4 in 2024. The final line shows the total infectious syphilis starting with a rate of 7.1 in 2010 and peaking at a rate of 22.5 in 2022, before falling to 18.9 in 2024.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3114CFA-D611-71D0-AE8F-E10586579DBA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="228571" y="984548"/>
+            <a:ext cx="11734855" cy="4408885"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53F7AF61-6563-D6DC-B1F7-EAD8318C5217}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="407691" y="5351168"/>
+            <a:ext cx="11480607" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F4BBBA3-B044-C2AC-30AF-B64912D78FE9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="407939" y="899721"/>
-            <a:ext cx="11376122" cy="4499238"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="265249239"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCCBFDC6-F44B-B5A0-4787-400D343739BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3556719-77F9-599C-F28E-ED1EB0163201}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="12437" y="3541"/>
+            <a:ext cx="12185797" cy="965059"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Outline</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F1D5C2C-0430-3012-C2BB-14AF42099CD1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1385440"/>
+            <a:ext cx="10972800" cy="4679683"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Sexually Transmitted Infection (STI) Trends and Descriptions:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>General STI Trends Through 2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="1" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Chlamydia</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="1" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Gonorrhea</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="1" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Infectious syphilis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Descriptions of 2024 STI Cases</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1085850" lvl="1" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Social Vulnerability Index Trends (2024)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1085850" lvl="1" indent="-457200">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>HIV/STI Co-infection and Sexual Risk (2024)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2024 Summary</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Technical Notes</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACD85FA8-3B27-B0FD-F221-1469C66C84A6}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3648770718"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1350498" y="12914"/>
+            <a:ext cx="10841502" cy="977685"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Infectious Syphilis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Reported Cases by Gender of Sex Partners, Massachusetts, 2015</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 11" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by gender of sex partners for the years 2015 through 2024. The highest percentage of cases for each year reported male sex partners and are classified as MSM (men who have sex with men) making up a high of 77% of cases in 2017 and a resulting 55.9% of cases in 2024. In total, over the ten-year period, the proportion of cases by gender of sex partners were from highest to lowest: MSM, MSW (men who have sex with women), unknown males, women, and transgender individuals. For 2024, the order in frequency from highest to lowest is: MSM, MSW, women, unknown males, and individuals of transgender experience.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D517A26-3193-C608-3552-C0BA7A8A17EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="523292" y="909581"/>
+            <a:ext cx="11145415" cy="4499237"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78B4BE0B-36C9-9F63-3B95-7883657B007A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="235382" y="5330305"/>
+            <a:off x="235382" y="5340453"/>
             <a:ext cx="11721236" cy="838200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:defRPr sz="1100">
@@ -22057,1129 +24950,538 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data are current as of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>07/17/2024 </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>and are subject to change.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and STD-HIV Surveillance</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Note: National Notifiable Diseases Surveillance System (NNDSS) Congenital Syphilis case definition was updated in 2014.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3. The MSM (men who have sex with men) category includes MSMT,  MSMW, MSMWT, and MST with “W” referring to women and “T” referring to individuals of transgender experience.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...10 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D891BE22-15C4-BCAC-26B7-FE85D9854C1C}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8142BF67-7ED0-B719-258D-C73366AB57A2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3456298229"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...595 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>20</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="902827" y="-1"/>
-            <a:ext cx="11317617" cy="976314"/>
+            <a:off x="1522759" y="0"/>
+            <a:ext cx="10669241" cy="950483"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Congenital Syphilis Cases and Rate of Confirmed and Probable Infectious Syphilis</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Among Persons of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200">
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Reproductive Potential </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ages 15 to 49 Years, Massachusetts, 2010-202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the case count for confirmed and probable congenital syphilis cases reported in Massachusetts between 2010 and 2023. The case counts are 1, 0, 1, 4, 3, 4, 4, 0, 0, 9, 10, 9, 11, and 14 for 2010, 2022, 2012, 2013, 2014, 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, and 2023, respectively. Additionally, the graph shows a line depicting the rate per 100,000 population of confirmed and probable infectious syphilis among individuals thought to be capable of pregnancy ages 15 to 49 years which starts with a rate of 1.7 in 2010 and peaks in 2023 with a rate of 11.9.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1A39095-F2A6-8A3F-6D38-AE550CDEF74A}"/>
+          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the case count for confirmed and probable congenital syphilis cases reported in Massachusetts between 2010 and 2024. The case counts are 1, 0, 1, 4, 3, 4, 4, 0, 0, 9, 10, 9, 11,14, and 18 for 2010, 2011, 2012, 2013, 2014, 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, and 2024, respectively. Additionally, the graph shows a line depicting the rate per 100,000 population of confirmed and probable infectious syphilis among individuals thought to be capable of pregnancy ages 15 to 49 years which starts with a rate of 1.7 in 2010 and peaks in 2024 with a rate of 12.0 cases per 100,000 population.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFA65175-A4B2-0313-9D53-0F5D8B61DC2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="108336" y="976053"/>
-            <a:ext cx="12040644" cy="4078577"/>
+            <a:off x="178438" y="970611"/>
+            <a:ext cx="11837453" cy="4036346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C0A0D1B-C30F-9D13-FBA6-12575DF9F1E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="370366" y="5001455"/>
-            <a:ext cx="11585450" cy="1355632"/>
+            <a:off x="176108" y="4965911"/>
+            <a:ext cx="11837453" cy="1486532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
@@ -23215,836 +25517,674 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:defRPr sz="1100">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data are current as of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>07/17/2024</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and are subject to change.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...23 lines deleted...]
-              <a:t> S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
-              <a:cs typeface="Times New Roman"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Note: National Notifiable Diseases Surveillance System (NNDSS) Congenital Syphilis case definition was updated in 2014.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3. Persons of Reproductive Potential refers to individuals thought to be capable of pregnancy ages 15 to 49 years and not known to be assigned sex male at birth. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13061FE6-52D5-A859-E33B-600A6CD62E47}"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B851967-9068-5249-AD5D-2B3458915956}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="3300994" y="1499000"/>
+            <a:ext cx="229550" cy="200055"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...103 lines deleted...]
-          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...266 lines deleted...]
-              <a:t>Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+            <a:r>
+              <a:rPr lang="en-US" sz="700">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13061FE6-52D5-A859-E33B-600A6CD62E47}"/>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4E725BF-4471-2B65-88BC-B57DC167081C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
-              </a:ext>
-[...58 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2B52138-67C8-87F3-C1AD-DE86A25F0284}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="845033"/>
-            <a:ext cx="12192000" cy="5167933"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1896602227"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3404964331"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Number Placeholder 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F38C72A-6C4C-7BEA-4A73-156B09B7FD7C}"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83B43AF3-34D6-333A-5276-BB2F6EFDF980}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9034825" y="6492502"/>
+            <a:ext cx="2736415" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65FB1E40-8556-79BE-000A-D05094E0A5B7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2B73503-0CED-0C99-9BFA-2869AA693F0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1300818" y="6387"/>
+            <a:ext cx="10891183" cy="955113"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Congenital Syphilis Cases Averted</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, Massachusetts, 2019-2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10" descr="Graph depicts the case count for confirmed and probable congenital syphilis cases as well as the case count for all probable and confirmed syphilis cases among pregnant persons reported in Massachusetts between 2019 and 2024. The percent of averted congenital syphilis cases is displayed with a low of 73% of congenital cases averted in 2020 and a high of 88% in 2024.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79985065-00FD-FDBF-D1B9-15AB88C0A695}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="234042" y="951359"/>
+            <a:ext cx="11510246" cy="4865030"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3">
-[...11 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C859789D-C51A-933A-98DC-D7A83B327DBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="179926" y="5329536"/>
+            <a:ext cx="11618479" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data are current as of 6/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Massachusetts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2. To review the case definition for reportable congenital syphilis please visit, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://ndc.services.cdc.gov/case-definitions/congenital-syphilis-2015/</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:hlinkClick r:id="rId4">
+                <a:extLst>
+                  <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                    <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                  </a:ext>
+                </a:extLst>
+              </a:hlinkClick>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Note: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“Cases averted” includes all pregnant persons who received treatment for any stage of syphilis during pregnancy. Individuals with uncertain or questionable treatment histories may also be included, as their risk status cannot be fully verified.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C3BB668-0D04-AF36-887F-4BEC186B79E3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2095658764"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4087854784"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -24097,222 +26237,189 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-1"/>
             <a:ext cx="12192000" cy="974726"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Massachusetts SVI Trends</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000">
-              <a:latin typeface="+mn-lt"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6242A99C-D809-B56F-0C30-93D2AC8ED136}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="655098" y="1901216"/>
-            <a:ext cx="10881804" cy="1077218"/>
+            <a:off x="655098" y="2826089"/>
+            <a:ext cx="10881804" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="3200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Chlamydia, Gonorrhea, and Infectious Syphilis:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...13 lines deleted...]
-              <a:tabLst/>
+            <a:pPr lvl="0" algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="3200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...2 lines deleted...]
-                </a:ln>
+              <a:rPr lang="en-US" sz="3600">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...6 lines deleted...]
-            </a:r>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2000 - 2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD3674D9-6337-9E19-64F8-82A04E6D03F3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964CB7E9-0F5F-C5CA-6151-9D0D9FF1AEB8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="5257800" y="3389276"/>
-            <a:ext cx="1676400" cy="1703388"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="700585053"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -24365,2002 +26472,2104 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="965828" y="-1"/>
             <a:ext cx="11226172" cy="977901"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Social Vulnerability Index </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800">
-              <a:latin typeface="+mn-lt"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB9F4F11-1DC3-16D0-A5CD-192E05050971}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="965828" y="1261132"/>
-            <a:ext cx="10268010" cy="4257576"/>
+            <a:ext cx="10268010" cy="3826689"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750" fontAlgn="base">
               <a:spcAft>
                 <a:spcPts val="2000"/>
               </a:spcAft>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Patient addresses were manually cleaned and geocoded utilizing SAS 9.4 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" fontAlgn="base">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Social Vulnerability Index (SVI) was based on the patient’s home address. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" fontAlgn="base">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buFont typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:buChar char="–"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>It characterizes community resilience/ability to withstand external hazards. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buFont typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:buChar char="–"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>SVI incorporates 15 demographic and socioeconomic variables from the US census.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" fontAlgn="base">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buFont typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:buChar char="–"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Patients’ census tracts are given a percentile rank and grouped as low, moderately low, moderately high, and high.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buFont typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:buChar char="–"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Higher percentile scores represent greater community vulnerability.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
-[...18 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buFont typeface="Times New Roman,Serif" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:buChar char="–"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The CDC/ATSDR SVI database from 2020 was matched to cases from 2020-2021.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buFont typeface="Times New Roman,Serif" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:buChar char="–"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>The CDC/ATSDR SVI database from 2022 was matched to cases from 2022-2023.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The CDC/ATSDR SVI database from 2022 was matched to cases from 2022-2024.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
-              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE23556A-265A-05E8-A06E-50D8B5C3E21F}"/>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CAB4DF8-9288-A781-A474-745074EC6C54}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1071715636"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45375EBD-D3A3-91A6-58BA-6B3843472F92}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91393F24-90E6-427C-F400-E32F808195FD}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D401C7A-E8C2-2B7C-7937-FDBBE5182A0F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14E125DA-613A-D8FF-B27D-3DAB01F8E6B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F32A7AED-C215-6A5F-750F-3AFF10E8F3CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{198F25D9-B6B1-9CB6-1F2B-B85FCEF8F4AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="977901"/>
+            <a:off x="1494546" y="12915"/>
+            <a:ext cx="10697454" cy="990815"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...2 lines deleted...]
-              <a:t>Confirmed Chlamydia Case Percentages by Social Vulnerability Index, Massachusetts, 2018-2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed Chlamydia Case Percentages by Social Vulnerability Index, Massachusetts, 2020-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" baseline="50000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
-              <a:latin typeface="+mn-lt"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile for the years 2018 through 2023. The High SVI group is largest for each year, making up 41 to 48% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60E9AEAE-7680-A2E1-A65E-06F3305FA11A}"/>
+          <p:cNvPr id="5" name="Picture 4" descr="Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile for the years 2020 through 2024. The High SVI group is largest for each year, making up 41 to 49% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FC0A46C-C1FD-A616-43B2-7EB3903133ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="290456" y="1060498"/>
-            <a:ext cx="11796782" cy="4737003"/>
+            <a:off x="237236" y="967390"/>
+            <a:ext cx="11717528" cy="4663844"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09D242EA-E1B6-F676-F6E3-9C8E352FB89F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{895940F2-82B2-5095-0B5B-B4917DA7648B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="290456" y="5802892"/>
-            <a:ext cx="11239894" cy="646331"/>
+            <a:off x="363342" y="5519154"/>
+            <a:ext cx="11239894" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2. Unknown category is made up of cases with addresses that were missing, addresses that could not be geocoded, addresses associated with shelters or correctional facilities, or who reported homelessness.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...24 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D31D33A3-7DA6-9E4E-03BB-253CD355F598}"/>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27C1E8A8-EA5F-6C67-1157-17CDDC58B7E6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="7630290" y="1013388"/>
+            <a:ext cx="231668" cy="213378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0070CCF-82DA-4CE4-3A51-C94C8193436F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2977555921"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="819290978"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21D77D23-B7EB-1BF9-4293-EFC307D2FB6C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F70BE487-0B46-39C8-31CA-2A44327AC697}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7021CFB4-8943-895E-7989-8C9B322AA28F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C452793-8925-93C4-DF61-89152EB252DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D7AD12B-4D67-7C9F-5D0A-64F8FC3C1FC3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{304799F8-9EA5-E639-4036-787DA21C4E43}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="950308" y="0"/>
-            <a:ext cx="11241692" cy="970907"/>
+            <a:off x="1479833" y="0"/>
+            <a:ext cx="10712167" cy="970907"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Confirmed Chlamydia </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...2 lines deleted...]
-              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2018-</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" kern="100">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...1 lines deleted...]
-              <a:t>2023</a:t>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" kern="100" baseline="50000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...1 lines deleted...]
-              <a:t>1,2</a:t>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1, 2</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
-              <a:latin typeface="+mn-lt"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile and gender for the years 2018 through 2023. In 2023, 44% of female cases are High SVI, compared to 50% in males. 25% of female cases in 2023 are Moderately High SVI, 15% are Moderately Low SVI, 12% are Low SVI, and 4% are Unknown SVI. 25% of male cases in 2023 are Moderately High SVI, 15% are Moderately Low SVI, 13% are Low SVI, and 3% are Unknown SVI.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8299DD78-8D1D-28F1-FE37-988BC38A6F6F}"/>
+          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the proportion of Massachusetts reported confirmed chlamydia cases broken down by SVI quartile and gender for the years 2020 through 2024. In 2024, 51% of female cases are High SVI, compared to 45% in males. 22% of female cases in 2024 are Moderately High SVI, 13% are Moderately Low SVI, 10% are Low SVI, and 4% are Unknown SVI. 24% of male cases in 2024 are Moderately High SVI, 14% are Moderately Low SVI, 11% are Low SVI, and 6% are Unknown SVI.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE4CCE65-416E-214F-DCD4-24A9C7B6245A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="292269" y="1061298"/>
-            <a:ext cx="11778493" cy="4590686"/>
+            <a:off x="115305" y="963331"/>
+            <a:ext cx="11961389" cy="4456562"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BE58569-F1A1-83CF-342E-4E8737AFB4C2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{292AC01B-1B23-78A8-ECEC-4F10B584DA72}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="278580" y="5655833"/>
-            <a:ext cx="11492659" cy="830997"/>
+            <a:off x="278580" y="5352088"/>
+            <a:ext cx="11492659" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...10 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-228600">
-[...1 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...7 lines deleted...]
-            </a:pPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Individuals of transgender experience that do not have complete gender data may not be included within this slide. </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Individuals of transgender experience that do not have complete gender data may not be included within this slide. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Unknown category is made up of cases with addresses that were missing, addresses that could not be geocoded, addresses associated with shelters or correctional facilities, or who reported homelessness.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F64FC96C-B926-6386-DEDE-19E51DB79D11}"/>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C704D463-1963-7699-BD6B-FB062A138B8E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="7430594" y="1016823"/>
+            <a:ext cx="231668" cy="213378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{178E441F-6F8E-16C8-2545-167BD6A8D403}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2619420684"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2360683207"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{837F3F3B-28FC-00CC-C5FB-DBBE35A8F4ED}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{350352C9-F08C-2631-3D48-205C3EDE3E3A}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC17E784-E7A8-070C-DA3F-9A98235B7C3C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E295012F-2604-6ABA-5784-1447CD161D6F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9034825" y="6492502"/>
             <a:ext cx="2736415" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21D54737-E54A-8020-8609-0344C0F7382F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7772E69-0A7E-54CC-50DF-0CA4EAA2048F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1219200" y="46390"/>
-            <a:ext cx="10972800" cy="874654"/>
+            <a:off x="1516250" y="0"/>
+            <a:ext cx="10675750" cy="969665"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3100">
+              <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...10 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed Gonorrhea Case Percentages by Social Vulnerability Index, Massachusetts, 2020-2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3100"/>
+            <a:endParaRPr lang="en-US" sz="2800">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile for the years 2018 through 2023. The High SVI group is largest for each year, making up 47 to 51% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{351E1B43-38DB-3DA2-F180-7186AC40C28F}"/>
+          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile for the years 2020 through 2024. The High SVI group is largest for each year, making up 47 to 51% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E278CC0F-0E6E-930F-7716-80F4CBA5C7AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="326139" y="1054402"/>
-            <a:ext cx="11754107" cy="4749196"/>
+            <a:off x="161029" y="1015522"/>
+            <a:ext cx="11869941" cy="4535817"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...61 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96835634-D816-C043-2521-D89C52CE82D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{003FC23D-1C5F-EB1E-85B2-D9100DFA0A55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="326139" y="5799621"/>
-            <a:ext cx="11174842" cy="646331"/>
+            <a:off x="359511" y="5525968"/>
+            <a:ext cx="11174842" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data are current as of 08/01/2024 and are subject to change. </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2. Unknown category is made up of cases with addresses that were missing, addresses that could not be geocoded, addresses associated with shelters or correctional facilities, or who reported homelessness.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...24 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AEA56FE-02CF-D276-E7C7-012DAE230217}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7682607" y="1054626"/>
+            <a:ext cx="231668" cy="213378"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7AF995C-53F0-1CEE-2524-174E79D2C484}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3979675261"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1174146858"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45D179D7-8F4F-646E-6CCB-DAFD790D2F51}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F902C9D-AD1F-C07E-604F-142765F1D794}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97353423-A392-699B-6B85-3FA0E40009BF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E7967A3-935C-FD41-749E-D1C6AC5312AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEA31228-3D64-DF0B-D494-33AAB4F19CEC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D0B9319-11CF-1FAF-0C1F-DDF25B5242FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="981355"/>
+            <a:off x="1507461" y="0"/>
+            <a:ext cx="10684539" cy="981355"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Confirmed Gonorrhea </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...2 lines deleted...]
-              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2018-</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" kern="100">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...1 lines deleted...]
-              <a:t>2023</a:t>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" kern="100" baseline="50000">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...1 lines deleted...]
-              <a:t>1,2</a:t>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1, 2</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
-              <a:latin typeface="+mn-lt"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile and gender for the years 2018 through 2023. In 2023, 55% of female cases are High SVI, compared to 44% in males. 21% of female cases in 2023 are Moderately High SVI, 11% are Moderately Low SVI, 9% are Low SVI, and 4% are Unknown SVI. 26% of male cases in 2023 are Moderately High SVI, 15% are Moderately Low SVI, 12% are Low SVI, and 3% are Unknown SVI.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C14E576-A64B-F983-FEE1-94B12785DB88}"/>
+          <p:cNvPr id="5" name="Picture 4" descr="Graph depicts the proportion of Massachusetts reported confirmed gonorrhea cases broken down by SVI quartile and gender for the years 2020 through 2024. In 2024, 55% of female cases are High SVI, compared to 43% in males. 20% of female cases in 2024 are Moderately High SVI, 11% are Moderately Low SVI, 8% are Low SVI, and 6% are Unknown SVI. 26% of male cases in 2024 are Moderately High SVI, 15% are Moderately Low SVI, 12% are Low SVI, and 3% are Unknown SVI.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A744831C-E9CF-2E32-24B1-14B642EF85E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="384045" y="1070497"/>
-            <a:ext cx="11687045" cy="4596782"/>
+            <a:off x="154933" y="981355"/>
+            <a:ext cx="11882134" cy="4371211"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{229A83D5-C851-D224-3976-56892DCE1DAD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DA30A61-F636-CE02-D726-E6682E85DDD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="278580" y="5655833"/>
-            <a:ext cx="11239893" cy="830997"/>
+            <a:off x="285254" y="5332632"/>
+            <a:ext cx="11239893" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...10 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-228600">
-[...1 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...7 lines deleted...]
-            </a:pPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Individuals of transgender experience that do not have complete gender data may not be included within this slide. </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Individuals of transgender experience that do not have complete gender data may not be included within this slide. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>3. Unknown category is made up of cases with addresses that were missing, addresses that could not be geocoded, addresses associated with shelters or correctional facilities, or who reported homelessness.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97CB8121-45B1-6230-72B3-C2C9D19F6704}"/>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F455C318-1081-EEA6-5C01-B5796BD15F1A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="7471690" y="1027097"/>
+            <a:ext cx="231668" cy="213378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AA5337A-5047-72F3-A0B4-1CD8C239264A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1000908416"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3514425765"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85FDB83B-8AD6-6F62-ED24-000F7CD41B95}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FFC2097-17CA-104F-86EB-204EBB4F68CD}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Number Placeholder 1">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C04B651F-6202-A853-F2CE-2FDDE1883F7D}"/>
+          <p:cNvPr id="6" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B23642A-FA2F-6046-C289-B84A1B905D69}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9034825" y="6492502"/>
+            <a:ext cx="2736415" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Title 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DCFEED7-187C-985B-D1B0-8BAD68266C9E}"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9DEB7A3-5C6A-7040-1FBF-F60B957883F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="1"/>
-            <a:ext cx="11239894" cy="974724"/>
+            <a:off x="1624415" y="0"/>
+            <a:ext cx="10567585" cy="962060"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...2 lines deleted...]
-                </a:ln>
+              <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...3 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Confirmed and Probably Infectious Syphilis</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
-[...2 lines deleted...]
-                </a:ln>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...3 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
-                <a:solidFill>
-[...5 lines deleted...]
-              <a:t>Case Percentages by Social Vulnerability Index, Massachusetts, 2018-</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Case Percentages by Social Vulnerability Index, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" kern="100">
-                <a:solidFill>
-[...7 lines deleted...]
-              <a:t>2023</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" kern="100" baseline="50000">
-                <a:solidFill>
-[...5 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
-              <a:latin typeface="+mn-lt"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile for the years 2018 through 2023. The High SVI group is largest for each year, making up 42 to 48% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0784DD75-5F7B-1D95-1485-A22F1DADBBA4}"/>
+          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile for the years 2020 through 2024. The High SVI group is largest for each year, making up 42 to 48% of cases each year. Each year, the order in frequency from highest to lowest is: High, Moderately High, Moderately Low, Low, and Unknown SVI.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80F7F053-CC68-7CA1-E4EB-35073EBAA414}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="280931" y="1069029"/>
-            <a:ext cx="11808975" cy="4578493"/>
+            <a:off x="121402" y="970943"/>
+            <a:ext cx="11949196" cy="4395597"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2278FF7-B035-B9DA-B1AE-36C65EF18972}"/>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20862AD1-101B-FEB4-D543-6930AE6DED23}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="280931" y="5636128"/>
-            <a:ext cx="11567768" cy="830997"/>
+            <a:off x="280931" y="5320149"/>
+            <a:ext cx="11567768" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data are current as of 07/17/2024 and are subject to change. </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...18 lines deleted...]
-              <a:t>Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>3. Unknown category is made up of cases with addresses that were missing, addresses that could not be geocoded, addresses associated with shelters or correctional facilities, or who reported homelessness.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...9 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32B4EB91-7339-701D-63B6-5B798829A2DD}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53A11CF8-A602-D9F3-0CEF-C5589D010A27}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="7615529" y="1006549"/>
+            <a:ext cx="231668" cy="213378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA99DE8C-8F86-C9CC-CE09-4A0944F1A76D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3228423877"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1185641103"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -26474,1197 +28683,1249 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Preliminary Massachusetts STI Trends</a:t>
+              <a:t>Massachusetts STI Trends</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1C054E0-A43F-AF61-BDC9-43DA5A1CBEC4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="611133" y="1935940"/>
-            <a:ext cx="10881804" cy="1077218"/>
+            <a:off x="658758" y="3072900"/>
+            <a:ext cx="10881804" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...13 lines deleted...]
-              <a:tabLst/>
+            <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="3200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Chlamydia: 2000</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Chlamydia, Gonorrhea, and Infectious Syphilis:</a:t>
-[...34 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="3200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Years 2000 to 2023</a:t>
-[...12 lines deleted...]
-              <a:cs typeface="Times New Roman"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6E174DB-618C-CC61-4E5B-73093299EF72}"/>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1A97931-F277-B0E0-C7E7-BD9BB1287E73}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="5257800" y="3389276"/>
-            <a:ext cx="1676400" cy="1703388"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="724927936"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC919906-089E-5125-32FE-ABE3243AA804}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69B60B25-C873-65F0-5E2B-963DF07AF7D2}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E625C463-5771-1544-0356-B296924B4A24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39F38AA9-E451-33F6-E5FB-E2D02D9CA75D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58BBA0D8-4473-242C-36C1-76D4CD82FDDF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3B66DD-7594-7B91-E9E1-646C9EC6C0DE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-4105"/>
-            <a:ext cx="11239894" cy="982005"/>
+            <a:off x="1672202" y="-1"/>
+            <a:ext cx="10519798" cy="970907"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...4 lines deleted...]
-                </a:ln>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Confirmed and Probable Infectious Syphilis</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
-[...2 lines deleted...]
-                </a:ln>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
-                <a:solidFill>
-[...3 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Case Percentages by Social Vulnerability Index and Gender</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
-[...2 lines deleted...]
-                </a:ln>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
-                <a:solidFill>
-[...5 lines deleted...]
-              <a:t>, Massachusetts, 2018-</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" kern="100">
-                <a:solidFill>
-[...3 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...1 lines deleted...]
-              <a:t>2023</a:t>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" kern="100" baseline="50000">
-                <a:solidFill>
-[...3 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
-              <a:latin typeface="+mn-lt"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and gender for the years 2018 through 2023. In 2023, 60% of female cases are High SVI, compared to 44% in males. 19% of female cases in 2023 are Moderately High SVI, 9% are Moderately Low SVI, 7% are Low SVI, and 5% are Unknown SVI. 25% of male cases in 2023 are Moderately High SVI, 16% are Moderately Low SVI, 11% are Low SVI, and 4% are Unknown SVI.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B110B56-8280-774B-20C9-0D23C82E2B6D}"/>
+          <p:cNvPr id="5" name="Picture 4" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and gender for the years 2020 through 2024. In 2024, 54% of female cases are High SVI, compared to 46% in males. 27% of female cases in 2024 are Moderately High SVI, 9% are Moderately Low SVI, 6% are Low SVI, and 4% are Unknown SVI. 28% of male cases in 2024 are Moderately High SVI, 13% are Moderately Low SVI, 11% are Low SVI, and 4% are Unknown SVI.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73E289A8-4256-9ED2-CDDC-7D07DE23CF74}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="278580" y="1055893"/>
-            <a:ext cx="11815072" cy="4407790"/>
+            <a:off x="136643" y="970907"/>
+            <a:ext cx="11918713" cy="4194412"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{129B7F9C-A2F1-9BF3-097A-CA8FFFB4CBF1}"/>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8B71C97-96A0-C011-A330-1017A93A9B5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="278580" y="5462270"/>
-            <a:ext cx="11239894" cy="1015663"/>
+            <a:off x="278580" y="5149427"/>
+            <a:ext cx="11239894" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data are current as of 07/17/2024 and are subject to change. </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Individuals of transgender experience that do not have complete gender data may not be included within this slide. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...7 lines deleted...]
-                </a:ln>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst/>
-[...25 lines deleted...]
-              <a:t>2. Individuals of transgender experience that do not have complete gender data may not be included within this slide. </a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>4. Unknown category is made up of cases with addresses that were missing, addresses that could not be geocoded, addresses associated with shelters or correctional facilities, or who reported homelessness.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...11 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31B4842E-2CE5-C9A3-4EE2-96253D220DD8}"/>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4428AB0-5D71-D5DA-3A95-85EAA5D81980}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="7459645" y="1009305"/>
+            <a:ext cx="231668" cy="213378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38F455C8-EFC2-2EDE-1A32-CA5CB7FA804C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4234988490"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2966313576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8D4C99A-C1DC-E17E-00ED-B1E8A33C9B1E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A32D1644-91B3-9078-1B55-00C5F06D52C3}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EABD1AA7-2AAF-8BE3-D7A5-96DDE50FF374}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABE1202D-49B2-C79F-0E4D-1BFCDBE67A97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED483D7B-4188-9C8B-03F6-385F725FB96F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A397029-8CCE-0DE3-23BA-9B25EB7110DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="973950"/>
+            <a:off x="1549400" y="0"/>
+            <a:ext cx="10571748" cy="963331"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Confirmed and Probable Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
-                <a:solidFill>
-[...5 lines deleted...]
-              <a:t>Case Percentages by Social Vulnerability Index and Race, Massachusetts, 2018-</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Case Percentages by Social Vulnerability Index and Race</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, Massachusetts, 2020-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" kern="100">
-                <a:solidFill>
-[...7 lines deleted...]
-              <a:t>2023</a:t>
+                <a:effectLst/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" kern="100" baseline="50000">
-                <a:solidFill>
-[...7 lines deleted...]
-              <a:t>2</a:t>
+                <a:effectLst/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>3</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
-              <a:latin typeface="+mn-lt"/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="Picture 13" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and race for the years 2018 through 2023. Each year, NH White cases have a lower proportion of High SVI cases compared to NH Black and Hispanic cases. In 2023, 28% of NH White cases are High SVI, compared to 55% of NH Black cases and 66% of Hispanic cases.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00387AF2-C52B-EF0D-ADC2-8CF2FCBD4E65}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the proportion of Massachusetts reported confirmed and probable infectious syphilis cases broken down by SVI quartile and race for the years 2020 through 2024. Each year, NH White cases have a lower proportion of High SVI cases compared to NH Black and Hispanic cases. In 2024, 26% of NH White cases are High SVI, compared to 54% of NH Black cases and 61% of Hispanic cases.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08D630F8-5BDF-0239-B417-46FB92F5E4EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="184357" y="1084408"/>
-            <a:ext cx="11796782" cy="5364945"/>
+            <a:off x="43613" y="963331"/>
+            <a:ext cx="12107705" cy="5492972"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2DBCD22-2DE7-7A2A-E85B-6BD7AA64B6F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01CB2AFD-865D-F6DE-D11B-FB642AE63D14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="40680" y="5330448"/>
-            <a:ext cx="8826650" cy="1200329"/>
+            <a:off x="40682" y="4795787"/>
+            <a:ext cx="9339963" cy="1754326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data are current as of 07/17/2024 and are subject to change. </a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...33 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2. 98 individuals with reported race/ethnicity of NH Asian, Pacific Islander/American Indian/Alaskan Native, or Unknown were not included.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...10 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>3. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>4. Unknown category includes cases with missing addresses, addresses that couldn’t be geocoded, addresses linked to shelters or correctional facilities, or individuals reporting homelessness.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEB913AC-E92F-3A1C-5119-C29653EC180C}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8398B052-33F7-4BDA-F103-ACF144DE27D1}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="8106917" y="994498"/>
+            <a:ext cx="231668" cy="213378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26500F7B-3497-28EF-F9A7-8DADC7BC0BF1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2599091961"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1300370063"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>32</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-1"/>
             <a:ext cx="12192000" cy="974726"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Description of 202 STI Cases</a:t>
+              <a:t>Description of 2024 STI Cases</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Subtitle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{401B781B-CCAA-3A32-F269-B55F573DA3E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2895600" y="1943293"/>
-            <a:ext cx="6400800" cy="2667000"/>
+            <a:off x="2895600" y="2824355"/>
+            <a:ext cx="6400800" cy="1214438"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
@@ -27793,146 +30054,154 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="ctr">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Geographic Distribution</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="ctr">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Age, Gender, Sexual Risk Categories, and Race-Ethnicity</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B862B97-8610-405A-E68E-6E08CAC606DC}"/>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3103FE3-F6A5-116E-4DCA-62A8F81F03DC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="5257800" y="3581207"/>
-            <a:ext cx="1676400" cy="1703388"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1633707063"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -27942,519 +30211,535 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>33</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952107" y="-1"/>
-            <a:ext cx="11239893" cy="974090"/>
+            <a:off x="1738837" y="-3"/>
+            <a:ext cx="10357579" cy="974092"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Incidence</a:t>
+            </a:r>
+            <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Incident Rate of Confirmed Chlamydia Cases, per 100,000 Persons</a:t>
+              <a:t>Rate of Confirmed Chlamydia Cases, per 100,000 Persons</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" i="0" u="none" strike="noStrike" kern="100" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> by City/Town</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" i="0" u="none" strike="noStrike" kern="100" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>, Massachusetts, </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="100" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" kern="100" baseline="50000">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>3 </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:ea typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest chlamydia case rates in 2023. The cities that have the highest rates (greater than 600 per 100,000 persons) are Provincetown, Brockton, Springfield, Chelsea, Lawrence, Boston, Everett, Lynn, Holyoke, Truro, Randolph, Revere, Lowell, Malden, and New Bedford.">
+          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest chlamydia case rates in 2024. The cities that have the highest rates (greater than 600 per 100,000 persons) are Provincetown, Brockton, Lawrence, Chelsea, Springfield, Everett, Boston, Lynn, Lowell, Revere, New Bedford, Holyoke, Tisbury, Fall River, and Randolph.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC4DFAA7-2F64-11E3-E458-0ADC714026D9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2243910" y="974089"/>
-            <a:ext cx="7704180" cy="4847921"/>
+            <a:off x="2257238" y="974089"/>
+            <a:ext cx="7677523" cy="4847921"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C149A55D-ECE4-EFE7-1724-FDFE9078AFD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="174474" y="5630728"/>
-            <a:ext cx="11823257" cy="861774"/>
+            <a:off x="184370" y="5792146"/>
+            <a:ext cx="11823257" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...110 lines deleted...]
-            <a:pPr>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...9 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>. Please </a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="E7E6E6">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2023 data.</a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx1">
+              <a:t>Data Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                    <a:lumOff val="50000"/>
-[...1 lines deleted...]
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
-[...8 lines deleted...]
-            </a:endParaRPr>
+              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1. Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>2. There are no city/towns with &lt;10 cases of chlamydia that fall within the top two rate categories (≥600 cases per 100,000).</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...61 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC4B6D87-C7CF-2926-77F2-C1EF57A737AB}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6207621" y="4453757"/>
             <a:ext cx="961637" cy="1015505"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
@@ -28463,55 +30748,150 @@
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219B0736-ED67-E36A-9E62-3CCA0A99ED56}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953945" y="3860088"/>
+            <a:ext cx="913497" cy="167599"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D646584-FA3A-CB2E-EAA5-61A257905366}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="42873587"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -28528,108 +30908,167 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78770130-03F1-6CA2-B2A6-45E7ED57FDAE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="466428" y="1960927"/>
-            <a:ext cx="2348328" cy="3570745"/>
+            <a:off x="460213" y="1960927"/>
+            <a:ext cx="1525870" cy="3570745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>34</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952107" y="-1"/>
-            <a:ext cx="11239893" cy="974090"/>
+            <a:off x="1463448" y="0"/>
+            <a:ext cx="10648343" cy="971539"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Absolute Rate Difference</a:t>
@@ -28644,186 +31083,123 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> Comparing 2023 to 2019 for Confirmed Chlamydia Cases, per 100,000 Persons</a:t>
+              <a:t> Comparing 2024 to 2020 for Confirmed Chlamydia Cases, per 100,000 Persons</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" i="0" u="none" strike="noStrike" kern="100" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> by City/Town, Massachusetts</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2023 chlamydia case rates to 2019 case rates. The darker the color in the scheme, the greater the difference between 2023 and 2019 case rates with purple coloring indicating rates were higher in 2019 and the gold coloring indicating rates were higher in 2023. The majority of cities and towns saw a drop in chlamydia case rates in 2023 compared with 2019 with the largest declines (less than -200 per 100,000 persons) occurring in Granville, Huntington, Lawrence, Amherst, West Boylston, Leverett, Gill, and New Salem; the greatest rate increases (greater than 200 per 100,000 persons) were seen in Truro, Chesterfield, Montgomery, Holbrook, and Nahant. The cities and towns that had zero cases for 2023 or 2019 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.">
+          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2024 chlamydia case rates to 2020 case rates. The darker the color in the scheme, the greater the difference between 2024 and 2020 case rates with purple coloring indicating rates were higher in 2020 and the gold coloring indicating rates were higher in 2024. The majority of cities and towns saw a drop in chlamydia case rates in 2024 compared with 2020 with the largest declines (less than -200 per 100,000 persons) occurring in Phillipston, Wales, and West Boylston; the greatest rate increases (greater than 200 per 100,000 persons) were seen in Brockton, Chelsea, East Brookfield, Edgartown, Lawrence, New Braintree, Otis, Provincetown, Stoughton, and Tisbury. The cities and towns that had zero cases for 2024 or 2020 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0642384-DBA4-5A70-FB27-B5FD5AADA308}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2804959" y="978718"/>
-            <a:ext cx="7859616" cy="4968400"/>
+            <a:off x="2804959" y="988895"/>
+            <a:ext cx="7859616" cy="4929939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...61 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC4B6D87-C7CF-2926-77F2-C1EF57A737AB}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6873008" y="4438512"/>
             <a:ext cx="961637" cy="1015505"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -28834,52 +31210,81 @@
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Rectangle 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4B8BF59-FF44-A10D-C99C-320647DB3365}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2876876" y="3883631"/>
             <a:ext cx="2856216" cy="2607383"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -28891,306 +31296,537 @@
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C149A55D-ECE4-EFE7-1724-FDFE9078AFD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="174474" y="5783128"/>
+            <a:off x="174474" y="5801416"/>
             <a:ext cx="11930009" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of 08/01/2024 and are subject to change. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t>and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="bg2">
+                <a:srgbClr val="E7E6E6">
                   <a:lumMod val="50000"/>
-                </a:schemeClr>
+                </a:srgbClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Data Source: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Massachusetts</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1. The darker the color in the scheme, the greater the difference between 2023 and 2019 chlamydia case rates with purple coloring indicating rates were higher in 2019 and gold coloring indicating rates were higher in 2023. </a:t>
-[...6 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:t>1. The darker the color in the scheme, the greater the difference between 2024 and 2020 chlamydia case rates with purple coloring indicating rates were higher in 2020 and gold coloring indicating rates were higher in 2024. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-[...1 lines deleted...]
-                <a:effectLst/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>2. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (</a:t>
-[...23 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016). </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="tx1">
+                <a:prstClr val="black">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
-                </a:schemeClr>
+                </a:prstClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Picture 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CDA4007-D3BC-4166-2F42-2FCDE870D0B9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6"/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="461908" y="1322689"/>
             <a:ext cx="2348328" cy="241267"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18" name="Picture 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7D84F33-9101-2C8C-D59F-6E9ACAB85AF7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="476053" y="1579632"/>
             <a:ext cx="1929155" cy="231320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="TextBox 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CED74AF-3148-F7F9-3B19-C9CD28523CC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10243848" y="1319864"/>
             <a:ext cx="1796340" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...1 lines deleted...]
-              <a:t>Towns/cities with 0 cases in 2023 or 2019 and 1+ case in the opposing year</a:t>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Towns/cities with 0 cases in 2024 or 2020 and 1+ case in the opposing year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Rectangle 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A3A7F80-C523-9BBC-D8BB-6685E79EEBD0}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9711367" y="1505214"/>
             <a:ext cx="476054" cy="266379"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -29208,135 +31844,414 @@
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78CA7840-3ADC-000E-9739-5555B9E9660B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5507361" y="5764830"/>
+            <a:ext cx="2856216" cy="152400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Picture 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26361023-C933-E3A7-6021-55B2E22D6120}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2012740" y="5030015"/>
+            <a:ext cx="2933700" cy="533400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F615007-E21B-F52C-F618-5B93222CE48F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10755007" y="2118118"/>
+            <a:ext cx="1133954" cy="475529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Picture 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A13C262D-CA67-CF5C-F2C8-42BC244AB3EE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1473085813"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="124031189"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DE4131B-AF2F-D113-34BF-F82D675D80FE}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1785A086-6DB0-20DD-9693-DC7E26204960}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>35</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D86375E1-EA70-6417-9D50-56F4BDF64564}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-2"/>
-            <a:ext cx="11211427" cy="977901"/>
+            <a:off x="1503553" y="1"/>
+            <a:ext cx="10680032" cy="977898"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed Chlamydia Case Rates per 100,000 Population by Gender</a:t>
@@ -29351,948 +32266,973 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> and Age, Massachusetts, 2023</a:t>
-[...16 lines deleted...]
-              <a:t>2</a:t>
+              <a:t> and Age, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Graph depicts chlamydia case rates per 100,000 population by age categories for the overall state, males, and females. For the overall state, the highest rate is among those 20-24 years. When looking at the gender specific rates, the age categories with the highest rates are 20-24 years for both males and females.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C314F464-5486-D8B2-A932-0D6746DBAC67}"/>
+          <p:cNvPr id="10" name="Picture 9" descr="Graph depicts chlamydia case rates per 100,000 population by age categories for the overall state, males, and females. For the overall state, the highest rate is among those 20-24 years. When looking at the gender specific rates, the age categories with the highest rates are 20-24 years for both males and females.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99857F12-F410-0968-0BA7-89A9C767E75A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1028223"/>
-            <a:ext cx="12192000" cy="4031521"/>
+            <a:off x="157980" y="977899"/>
+            <a:ext cx="11876037" cy="4395597"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...61 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D6B914C-3E46-957F-043C-267B4E740852}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E642DC2-E180-DF11-ED2B-D4A1AFC32345}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="277007" y="5131650"/>
-            <a:ext cx="11533239" cy="1384995"/>
+            <a:off x="329380" y="5299419"/>
+            <a:ext cx="11533239" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...115 lines deleted...]
-            </a:r>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Please </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-[...3 lines deleted...]
-              <a:t>consider </a:t>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025 </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
-[...8 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>and are subject to change. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>In 2024, there were </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> individuals of transgender experience and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>17</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> other individuals documented in our data system that MA DSTDP does not have current gender information for. 2 individuals had unknown age. These cases were excluded since rate for this population cannot be calculated at this time.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C293F94B-4110-2072-982C-19C411D94E41}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="975088286"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1087052345"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>36</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="974090"/>
+            <a:off x="1633895" y="0"/>
+            <a:ext cx="10558105" cy="974876"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Incidence </a:t>
+            </a:r>
+            <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...1 lines deleted...]
-              <a:t>Incident Rate of Confirmed Gonorrhea Cases, per 100,000 Persons</a:t>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Rate of Confirmed Gonorrhea Cases, per 100,000 Persons</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> by City/Town</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...14 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>, Massachusetts, 2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest gonorrhea case rates in 2023. The city with the highest rate (&gt;500 per 100,000 persons) is Provincetown. Other cities that have the high rates (&gt;300 per 100,000 persons) are Truro, Boston, Brockton, Chelsea, and Springfield.">
+          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts cities and towns color-coded to indicate the areas of the state with the highest gonorrhea case rates in 2024. The city with the highest rate (&gt;500 per 100,000 persons) is Provincetown. Other cities that have the high rates (&gt;300 per 100,000 persons) are Boston, Brockton, and Springfield.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78797956-1076-ED51-C9D6-588AD648E61A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2255879" y="974089"/>
-            <a:ext cx="7680242" cy="4852739"/>
+            <a:off x="2255879" y="988863"/>
+            <a:ext cx="7680242" cy="4823191"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{778AC3D2-BFC7-505F-CF97-3A170A2B73AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="152811" y="5630728"/>
-            <a:ext cx="11735956" cy="861774"/>
+            <a:off x="146461" y="5792146"/>
+            <a:ext cx="11735956" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...176 lines deleted...]
-            </a:r>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>. Please </a:t>
+              <a:t>Data are current as of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-[...3 lines deleted...]
-              <a:t>consider </a:t>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 202</a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t> and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="E7E6E6">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> data.</a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx1">
+              <a:t>Data Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                    <a:lumOff val="50000"/>
-[...1 lines deleted...]
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1. Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>There are two city/towns with &lt;10 cases of gonorrhea that fall within the top two rate categories (≥200 cases per 100,000): Chesterfield and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Tyringham</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="tx1">
+                <a:srgbClr val="E7E6E6">
                   <a:lumMod val="50000"/>
-                  <a:lumOff val="50000"/>
-                </a:schemeClr>
+                </a:srgbClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...61 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{175CB707-58BE-FED3-4165-1B1B10EB7D5B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6197558" y="4414707"/>
             <a:ext cx="1092266" cy="1068780"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
@@ -30301,55 +33241,150 @@
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{387B139C-4C13-39EA-A5DB-85E7F41ADA78}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4963673" y="3860088"/>
+            <a:ext cx="913497" cy="167599"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4B174C9-EF9C-3AD6-83F1-DD442BEA2D74}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3554896909"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -30366,108 +33401,167 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4044D764-7E16-9C0A-B6F0-46B7CFA268C4}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="451431" y="1924758"/>
-            <a:ext cx="2380069" cy="3613378"/>
+            <a:off x="423879" y="1924758"/>
+            <a:ext cx="1520781" cy="3613378"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>37</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="974090"/>
+            <a:off x="1558364" y="1"/>
+            <a:ext cx="10608236" cy="964062"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Absolute R</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
@@ -30490,186 +33584,148 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> Comparing 2023 to 2019 for Confirmed Gonorrhea Cases, per 100,000 Persons</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:t> Comparing 202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:t> to 2020 for Confirmed Gonorrhea Cases, per 100,000 Persons</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t> by City/Town, Massachusetts</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 7" descr="Map of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2023 gonorrhea case rates to 2019 case rates. The darker the color in the scheme, the greater the difference between 2023 and 2019 case rates with purple coloring indicating rates were higher in 2019 and the gold coloring indicating rates were higher in 2023. The majority of cities and towns saw a rise in gonorrhea case rates in 2023 compared with 2019 with the greatest increases (greater than 100 per 100,000 persons) occurring in Provincetown, Brockton, Revere, Malden, Lawrence, Boston, and Stoughton; the largest rate decline (less than -100 per 100,000 persons) was seen in Fitchburg. The cities and towns that had zero cases for 2023 or 2019 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.">
+          <p:cNvPr id="8" name="Picture 7" descr="Map of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2024 gonorrhea case rates to 2020 case rates. The darker the color in the scheme, the greater the difference between 2024 and 2020 case rates with purple coloring indicating rates were higher in 2020 and the gold coloring indicating rates were higher in 2024. The majority of cities and towns saw a rise in gonorrhea case rates in 2024 compared with 2020 with the greatest increases (greater than 100 per 100,000 persons) occurring in Provincetown and Truro; the largest rate declines (less than -100 per 100,000 persons) were seen in Holyoke and Marion. The cities and towns that had zero cases for 2024 or 2020 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22C9DBD3-4939-9A22-77F9-12F132BAD4FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2812627" y="995298"/>
-            <a:ext cx="7846989" cy="4943534"/>
+            <a:off x="2812627" y="1000644"/>
+            <a:ext cx="7846989" cy="4932841"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...61 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{175CB707-58BE-FED3-4165-1B1B10EB7D5B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6748705" y="4522575"/>
             <a:ext cx="1092266" cy="1068780"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -30680,52 +33736,81 @@
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EAF5000-9691-5758-9A44-A91EDB435614}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2788876" y="3929449"/>
             <a:ext cx="4735232" cy="2220302"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -30737,327 +33822,511 @@
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US" baseline="-25000"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="-25000" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...31 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{778AC3D2-BFC7-505F-CF97-3A170A2B73AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="152810" y="5783131"/>
             <a:ext cx="12039189" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of 08/01/2024 and are subject to change. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t> and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="bg2">
+                <a:srgbClr val="E7E6E6">
                   <a:lumMod val="50000"/>
-                </a:schemeClr>
+                </a:srgbClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1. The darker the color in the scheme, the greater the difference between 202</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data Source: </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Massachusetts</a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:t> and 2020 gonorrhea case rates with purple coloring indicating rates were higher in 2020 and gold coloring indicating rates were higher in 2024.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
-[...49 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t>2. Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="tx1">
+                <a:prstClr val="black">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
-                </a:schemeClr>
+                </a:prstClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Picture 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87807187-F35B-3EB8-BB92-CC20E0F3DD51}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="444845" y="1319864"/>
             <a:ext cx="2344031" cy="208715"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Picture 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BE6D058-7E78-27EF-0B62-F3549F338C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8"/>
+          <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="454893" y="1572053"/>
             <a:ext cx="1910548" cy="208715"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="TextBox 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41A61062-3DE7-8BE6-1829-4FA304BA28F2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10243848" y="1319864"/>
             <a:ext cx="1796340" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...1 lines deleted...]
-              <a:t>Towns/cities with 0 cases in 2023 or 2019 and 1+ case in the opposing year</a:t>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Towns/cities with 0 cases in 2024 or 2020 and 1+ case in the opposing year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Rectangle 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F770925-2D26-90CB-175C-011F0A344C33}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9711367" y="1505214"/>
             <a:ext cx="476054" cy="266379"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -31075,135 +34344,328 @@
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{341B5637-2B89-5CB2-E70B-C4A96AA89B52}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2180426" y="5163972"/>
+            <a:ext cx="2400300" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABB509B5-6AAB-8CF7-47CE-BBDD71C29AB9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10818074" y="2108058"/>
+            <a:ext cx="1054699" cy="475529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F142EBC0-723C-A957-57FE-C5F4C5EAC8C2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1109121794"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2250321725"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E641E1AD-16E8-57A3-CA58-E6DA227FDB98}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{494A4C38-7C16-9AFD-7D58-71172190DD8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>38</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A500655-B3EE-7E85-011F-412EB441E9DE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="976314"/>
+            <a:off x="1623869" y="1"/>
+            <a:ext cx="10507974" cy="976312"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed Gonorrhea Case Rates per 100,000 Population by Gender</a:t>
@@ -31218,1016 +34680,953 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> and Age, Massachusetts, 2023</a:t>
-[...16 lines deleted...]
-              <a:t>2</a:t>
+              <a:t> and Age, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Graph depicts gonorrhea case rates per 100,000 population by age categories for the overall state, males, and females. For the overall state, the highest rate is among those 20-24 years. When looking at the gender specific rates, the age categories with the highest rates are 20 to 24 years for females and 25 to 29 years for males.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B516CD2C-0DAB-93F0-D1E3-BD07A2A82840}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts gonorrhea case rates per 100,000 population by age categories for the overall state, males, and females. For the overall state, the highest rate is among those 20-24 years. When looking at the gender specific rates, the age categories with the highest rates are 20 to 24 years for females and 25 to 29 years for males.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF4B5F58-BB5C-C3C1-1013-54C2E59AA5CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1035034"/>
-            <a:ext cx="12171218" cy="4066031"/>
+            <a:off x="212646" y="976313"/>
+            <a:ext cx="11918713" cy="4328535"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D6F84DF-2B28-ACEE-F4C0-1766F73318EA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8FB8BC7-6D7C-BA2A-BD53-186F1AE56A0F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="385429" y="5145124"/>
-            <a:ext cx="11593925" cy="1384995"/>
+            <a:off x="385429" y="5301761"/>
+            <a:ext cx="11593925" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> and are subject to change. </a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:ea typeface="+mn-ea"/>
-[...43 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="767171"/>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:ea typeface="+mn-ea"/>
-[...2 lines deleted...]
-              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:ea typeface="+mn-ea"/>
-[...128 lines deleted...]
-              <a:t>Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. In 2024, there were 26 individuals of transgender experience and 9 other individuals documented in our data system that MA DSTDP does not have current gender information for. 2 individuals had unknown age. These cases were excluded since rate for this population cannot be calculated at this time.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 7">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C057B996-E63A-CFEF-BF13-A34C49D0E31F}"/>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5B52866-427C-AD57-FE05-D79362A296E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2140604396"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4037672740"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>39</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="976314"/>
+            <a:off x="1282974" y="0"/>
+            <a:ext cx="10939104" cy="980905"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Incidence </a:t>
+            </a:r>
+            <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...1 lines deleted...]
-              <a:t>Incident Rate of Infectious Syphilis</a:t>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Rate of Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> Cases, per 100,000 Persons</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...4 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> by City/Town</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>, Massachusetts, 2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts counties color-coded to indicate the areas of the state with the highest infectious syphilis case rates in 2023. The cities that have the highest rates (greater than 40 per 100,000 persons excluding towns with less than 10 cases) are Provincetown, Chelsea, Springfield, Boston, Holyoke, Revere, Malden, Somerville, and Everett.">
+          <p:cNvPr id="9" name="Picture 8" descr="Map of Massachusetts counties color-coded to indicate the areas of the state with the highest infectious syphilis case rates in 2024. The cities that have the highest rates (greater than 40 per 100,000 persons excluding towns with less than 10 cases) are Provincetown, Lawrence, Springfield, Chelsea, Everett, Chicopee, and Boston.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFE35893-9E62-3CBA-5717-3B18CCE4DFF4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2286391" y="976313"/>
-            <a:ext cx="7619218" cy="4798845"/>
+            <a:off x="2286391" y="980906"/>
+            <a:ext cx="7619218" cy="4789658"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A32BB68D-833C-E4DE-CD61-B3F431026614}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="71120" y="5507787"/>
-            <a:ext cx="12168132" cy="1015663"/>
+            <a:off x="64508" y="5630728"/>
+            <a:ext cx="12168132" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of 07/17/2024 and are subject to change. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t> and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="bg2">
+                <a:srgbClr val="E7E6E6">
                   <a:lumMod val="50000"/>
-                </a:schemeClr>
+                </a:srgbClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Data Source: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Massachusetts</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>1. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1000">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="bg2">
+                <a:srgbClr val="E7E6E6">
                   <a:lumMod val="50000"/>
-                </a:schemeClr>
+                </a:srgbClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2. Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (</a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:t>2. Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Strate</a:t>
-[...22 lines deleted...]
-              </a:rPr>
               <a:t>3. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              </a:rPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>There are seven city/towns with &lt;10 cases of syphilis that fall within the top two rate categories (≥40 cases per 100,000): Chesterfield, Tisbury, Boxborough, Oakham, Becket, Huntington, and Winthrop.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-            </a:endParaRPr>
-[...79 lines deleted...]
-              </a:solidFill>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...61 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E87C6A2A-3319-0B90-D39E-F3626B26119D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6148574" y="4282611"/>
             <a:ext cx="965803" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
@@ -32236,91 +35635,159 @@
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9394BC0-A7A6-191B-E8FA-0EBD4D70838F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3270552952"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98AC78DD-B80D-80B8-CDCB-4B96DB8AE404}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24E25C5E-BC81-4CF3-BA2D-D0D14555BD3E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAFD6478-B5EA-E8DB-E9EC-19065788C91C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -32368,451 +35835,420 @@
               </a:pPr>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17697E17-BCF5-4169-AD27-BB3793BA068F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB3975A2-D146-B0D4-883B-1C6E589493B7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239893" cy="979865"/>
+            <a:off x="1364565" y="-1"/>
+            <a:ext cx="10827433" cy="975993"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Rate of Confirmed Chlamydia Cases, Massachusetts, 2000-</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
+              <a:t>2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the rate per 100,000 population of confirmed cases of chlamydia in Massachusetts between 2000 and 2023. It begins at low of 155.5 in 2000 and then climbs to a high of 454.1 in 2019. It drops to 382.8 in 2021, followed by a rise to 411.2 in 2023.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61F3837F-B242-8D64-6792-4B4EC101F250}"/>
+          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts the rate per 100,000 population of confirmed cases of chlamydia in Massachusetts between 2000 and 2024. It begins at low of 155.5 in 2000 and then climbs to a high of 454.1 in 2019. It drops to 382.8 in 2021, followed by a rise to 411.2 in 2023, and another drop to 378.7 in 2024.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{118E81C8-2A08-754E-7E6E-12672295D7F5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1148773"/>
-            <a:ext cx="12192000" cy="4151376"/>
+            <a:off x="0" y="998333"/>
+            <a:ext cx="12192000" cy="4511040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8672DF62-3E64-6F8E-7726-D66C6664103A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F03308F3-E57D-E8F3-676C-63A79F011B1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="290456" y="5492398"/>
+            <a:off x="290456" y="5509373"/>
             <a:ext cx="11611088" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data are current as of 08/01/2024 and are subject to change.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...34 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B837182B-CA16-7830-EC4C-0C8D0C14E078}"/>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C01AD5FB-44AC-F0DE-0306-E276AF09D8EB}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1017933555"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3531090400"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...36 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>40</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="976314"/>
+            <a:off x="1483500" y="1"/>
+            <a:ext cx="10708499" cy="962428"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Absolute R</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
@@ -32835,51 +36271,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> Comparing 2023 to 2019 for Infectious Syphilis</a:t>
+              <a:t> Comparing 2024 to 2020 for Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" baseline="50000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
@@ -32896,529 +36332,722 @@
               <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> by City/Town, Massachusetts</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...62 lines deleted...]
-          <p:cNvPr id="8" name="Picture 7" descr="Map of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2023 infectious syphilis case rates to 2019 case rates. The darker the color in the scheme, the greater the difference between 2023 and 2019 case rates with purple coloring indicating rates were higher in 2019 and the gold coloring indicating rates were higher in 2023. An approximately even number of cities and towns saw a rise and fall in infectious syphilis case rates in 2023 compared with 2019 with the greatest increases (greater than 20 per 100,000 persons) occurring in Provincetown, Chelsea, Springfield, Salem, Winthrop, and Hudson; the largest rate declines (less than -20 per 100,000 persons) were seen in Nahant, Chatham, Rutland, Leicester, and Ayer. The cities and towns that had zero cases for 2023 or 2019 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.">
+          <p:cNvPr id="8" name="Picture 7" descr="Map of Massachusetts cities and towns color-coded to indicate the range of absolute rate differences per 100,000 persons comparing 2024 infectious syphilis case rates to 2020 case rates. The darker the color in the scheme, the greater the difference between 2024 and 2020 case rates with purple coloring indicating rates were higher in 2020 and the gold coloring indicating rates were higher in 2024. An approximately even number of cities and towns saw a rise and fall in infectious syphilis case rates in 2024 compared with 2020 with the greatest increases (greater than 20 per 100,000 persons) occurring in Chelsea, Chicopee, Fitchburg, Lawrence, Natick, Peabody, Randolph, Saugus, Tyngsborough, and West Springfield; the largest rate declines (less than -20 per 100,000 persons) were seen in Nahant and Provincetown. The cities and towns that had zero cases for 2024 or 2020 and one or more cases for the opposing year are indicated on the map with a slash mark to acknowledge the absolute rate difference should be examined with caution.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6F0BF28-543C-0CBD-58E2-526173695C18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2799817" y="986361"/>
-            <a:ext cx="7853691" cy="4932118"/>
+            <a:off x="2803744" y="986361"/>
+            <a:ext cx="7845837" cy="4932118"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EE867D8-85E6-F8CC-C71E-DF4FEE100F91}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2627613" y="4122753"/>
-            <a:ext cx="3382570" cy="2185573"/>
+            <a:off x="2810246" y="4033590"/>
+            <a:ext cx="3027846" cy="2185573"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A32BB68D-833C-E4DE-CD61-B3F431026614}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="71120" y="5638418"/>
             <a:ext cx="12168132" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of 07/17/2024 and are subject to change. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t> and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="bg2">
+                <a:srgbClr val="E7E6E6">
                   <a:lumMod val="50000"/>
-                </a:schemeClr>
+                </a:srgbClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Data Source: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Massachusetts</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1. The darker the color in the scheme, the greater the difference between 2023 and 2019 infectious syphilis case rates with purple coloring indicating rates were higher in 2019 and gold coloring indicating rates were higher in 2023.</a:t>
-[...6 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:t>1. The darker the color in the scheme, the greater the difference between 2024 and 2020 infectious syphilis case rates with purple coloring indicating rates were higher in 2020 and gold coloring indicating rates were higher in 2024.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>2. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1000">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="bg2">
+                <a:srgbClr val="E7E6E6">
                   <a:lumMod val="50000"/>
-                </a:schemeClr>
+                </a:srgbClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="bg2">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>3. Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (</a:t>
-[...23 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1000">
+              <a:t>3. Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="tx1">
+                <a:prstClr val="black">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
-                </a:schemeClr>
+                </a:prstClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Oval 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E87C6A2A-3319-0B90-D39E-F3626B26119D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6767353" y="4557187"/>
+            <a:off x="6787231" y="4557187"/>
             <a:ext cx="965803" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Picture 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9086F34D-0408-008F-5416-706E0F509227}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457700" y="1313241"/>
             <a:ext cx="2386233" cy="211749"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Picture 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD9978B7-3AF6-6CB7-D8C9-85D97199502C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="457701" y="1557444"/>
             <a:ext cx="1877064" cy="246564"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="TextBox 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D810900-ACCC-4008-E55E-756DA1DD452F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10243848" y="1319864"/>
             <a:ext cx="1796340" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...1 lines deleted...]
-              <a:t>Towns/cities with 0 cases in 2023 or 2019 and 1+ case in the opposing year</a:t>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Towns/cities with 0 cases in 2024 or 2020 and 1+ case in the opposing year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Rectangle 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6DC6C40-ABB5-1C6B-8906-0BAD0B253116}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9711367" y="1505214"/>
             <a:ext cx="476054" cy="266379"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -33436,55 +37065,223 @@
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{772E11E3-C7F9-596A-4B84-4BAF885744A2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437822" y="1893569"/>
+            <a:ext cx="1861758" cy="2956910"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C68597DA-F5D7-EA00-C9D0-795575B7FD61}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10817535" y="2105612"/>
+            <a:ext cx="1054699" cy="475529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B39F449-135D-3335-7BA3-20261C412399}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1887166" y="3268494"/>
+            <a:ext cx="447599" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7824403-84F4-AA18-038D-0FD20C1CA213}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4233784665"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -33492,79 +37289,138 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>41</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-4105"/>
-            <a:ext cx="11239894" cy="980418"/>
+            <a:off x="1333105" y="0"/>
+            <a:ext cx="10858895" cy="979714"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Confirmed and Probable Infectious Syphilis</a:t>
@@ -33613,416 +37469,381 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> and Age, Massachusetts, 2023</a:t>
-[...16 lines deleted...]
-              <a:t>3</a:t>
+              <a:t> and Age, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Graph depicts infectious syphilis rates per 100,000 population by age categories for the overall state, males, and females. For the overall state, the highest rate is among those 30-34 years. When looking at the gender specific rates, the age categories with the highest rates are 25 to 29 years for females and 30 to 34 years for males.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B65CBDBD-12E0-60A4-2EDF-A4ED38653124}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts infectious syphilis rates per 100,000 population by age categories for the overall state, males, and females. For the overall state, the highest rate is among those 30-34 years. When looking at the gender specific rates, the age categories with the highest rates are 30 to 34 years for both males and females.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23042C8A-33C1-73FE-8A2C-9BA42477A425}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="200939" y="1063717"/>
-            <a:ext cx="11808975" cy="3871296"/>
+            <a:off x="200499" y="1047976"/>
+            <a:ext cx="11791000" cy="4060288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B42BE01-E64E-D05E-DFAD-FA38C78CF08E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="283244" y="4959983"/>
-            <a:ext cx="11625512" cy="1569660"/>
+            <a:off x="283244" y="5126812"/>
+            <a:ext cx="11625512" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...81 lines deleted...]
-          <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
-[...10 lines deleted...]
-          <a:p>
+              <a:t>Data are current as of </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
-                  <a:srgbClr val="767171"/>
-[...8 lines deleted...]
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-[...14 lines deleted...]
-              <a:t>3. </a:t>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Please </a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t> and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="767171"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of</a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> data.</a:t>
-[...8 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>In 2024, there were 5 individuals of transgender experience documented in our data system and MA DSTDP does not have current gender information for those individuals. These cases were excluded since rate for this population cannot be calculated at this time. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4115AA7A-300D-59CA-B21B-3C877B0DE169}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41746E8E-244F-DB15-4395-A293772CFC8A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1423852807"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -34032,79 +37853,138 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>42</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="979487"/>
+            <a:off x="1573737" y="0"/>
+            <a:ext cx="10548079" cy="981176"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Comparison of the Rate of Confirmed and Probable Infectious Syphilis</a:t>
@@ -34187,340 +38067,427 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>, Massachusetts, 2023</a:t>
-[...16 lines deleted...]
-              <a:t>4</a:t>
+              <a:t>, Massachusetts, 2024</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6" descr="Graph depicts infectious syphilis rates per 100,000 population by age and race/ethnicity categories for the overall state, males, and females. For all infectious syphilis cases, the highest rate is among Hispanic/Latinx and Non-Hispanic/Latinx Black for both male and females.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F32F07B-EDF8-7C1B-C78A-B837756DB389}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="267901" y="978829"/>
-            <a:ext cx="11815072" cy="5438103"/>
+            <a:off x="280990" y="981176"/>
+            <a:ext cx="11788894" cy="5428595"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CECEBE8F-637B-F5F6-4E3D-4A0638358246}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="67539" y="4894350"/>
-            <a:ext cx="9279661" cy="1631216"/>
+            <a:off x="67539" y="5051750"/>
+            <a:ext cx="9279661" cy="1477328"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of </a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:t> and are subject to change. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="767171"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>07/17/2024</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1000">
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> and are subject to change. </a:t>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1000">
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...46 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
-[...5 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:t>2. In 2024, there were 5 individuals of transgender experience documented in our data system and MA DSTDP does not have current gender information for those individuals. These cases were excluded since rate for this population cannot be calculated at this time.  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1000">
+              <a:solidFill>
+                <a:srgbClr val="E7E6E6">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg2">
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
-                  </a:schemeClr>
-                </a:solidFill>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>In 2023, there were 2 individuals of transgender experience documented in our data system and MA DSTDP does not have current gender information for those individuals. These cases were excluded since rate for this population cannot be calculated at this time.  </a:t>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1000">
+              <a:t>3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Those cases reported among non-Hispanic/Latinx individuals with other race categories were excluded based on small counts (5.4% of cases). Cases with unknown race and ethnicity were excluded because rates could not be calculated (3.1% of cases).</a:t>
-[...16 lines deleted...]
-              <a:t>Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2023 data.</a:t>
+              <a:t>Those cases reported among non-Hispanic/Latinx individuals with other race categories were excluded based on small counts (3.8% of cases). Cases with unknown race and ethnicity were excluded because rates could not be calculated (1.2% of cases).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{341E04D5-24B6-7875-DF6A-89CCF9F4E5A0}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3F4D5D2-81B9-A17F-D877-4F45CDE6837D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1979631549"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -34530,573 +38497,465 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>43</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="56524"/>
+            <a:off x="0" y="2997368"/>
             <a:ext cx="12192000" cy="874654"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:prstClr val="white"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="4000"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>HIV </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Co-Infection</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...61 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Subtitle 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD73886A-4D19-A858-9667-A7A0D6219080}"/>
+          <p:cNvPr id="5" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CD5BBA3-1A2E-FFEA-CB70-2F5944565FDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2895600" y="1613694"/>
-            <a:ext cx="6400800" cy="2667000"/>
+            <a:off x="0" y="-1"/>
+            <a:ext cx="12192000" cy="974726"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1000"/>
+                <a:spcPct val="0"/>
               </a:spcBef>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:buNone/>
+              <a:defRPr sz="3600" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
-[...158 lines deleted...]
-                </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>STI and HIV Co-infection for Chlamydia, Gonorrhea, and Infectious Syphilis by Age and Sexual Risk Categories </a:t>
-            </a:r>
+              <a:t>Description of 2024 STI Cases</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38D3958B-0D43-1A15-1A2D-C5DC58802F51}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2263938968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>44</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952107" y="-125926"/>
-            <a:ext cx="11239894" cy="972897"/>
+            <a:off x="1277816" y="6591"/>
+            <a:ext cx="10914184" cy="956833"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:t>2024 HIV</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1</a:t>
-[...71 lines deleted...]
-              <a:t> Cases</a:t>
+              <a:t> Co-Infection with Chlamydia and Gonorrhea</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{163A231B-7856-23D6-B45E-627480B5E6D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="575210" y="1276455"/>
             <a:ext cx="11098625" cy="4618121"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -35250,429 +39109,810 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
               <a:buSzPct val="130000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Chlamydia with HIV Co-Infection</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000">
-[...7 lines deleted...]
-            <a:pPr lvl="1">
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
-              <a:buChar char="o"/>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2.3% of chlamydia cases were HIV co-infection (N = </a:t>
-[...12 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>2.1% of chlamydia cases were HIV co-infected (N = 26,623)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
-              <a:buChar char="o"/>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>As age increases</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>As age increases the proportion of HIV co-infection increases</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="2">
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> the proportion of HIV co-infection increases</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1143000" marR="0" lvl="2" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>1.1% of cases in their 20s are HIV co-infected </a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr lvl="2">
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1143000" marR="0" lvl="2" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>16.4% of cases 50+ are HIV co-infected</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="2">
+              <a:t>13.0</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>% of cases 50+ are HIV co-infected</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1143000" marR="0" lvl="2" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="700">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
               <a:buSzPct val="130000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Gonorrhea with HIV Co-Infection </a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr lvl="1">
+            <a:endParaRPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
-              <a:buChar char="o"/>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>7.4% of gonorrhea cases were co-infected with HIV (N = 9,779)</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>8.0</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>% of gonorrhea cases were co-infected with HIV (N = 8,678)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
-              <a:buChar char="o"/>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>As age increases</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>As age increases the proportion of HIV co-infection increases</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="2">
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> the proportion of HIV co-infection increases</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1143000" marR="0" lvl="2" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>3.8% of cases in their 20s are HIV co-infected </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600">
+              <a:t>4.6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>% of cases in their 20s are HIV co-infected </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="2">
+            <a:pPr marL="1143000" marR="0" lvl="2" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>19.9% of cases 50+ are HIV co-infected</a:t>
-            </a:r>
+              <a:t>19.7% of cases 50+ are HIV co-infected</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A428559-02A5-E330-9821-DF1D86E25A25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="217209" y="5666480"/>
-            <a:ext cx="11760200" cy="830997"/>
+            <a:off x="215900" y="5830014"/>
+            <a:ext cx="11760200" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of </a:t>
-[...59 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200">
+              <a:t> and are subject to change. Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...2 lines deleted...]
-                </a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1. </a:t>
-[...16 lines deleted...]
-              <a:rPr lang="en-US" sz="1200">
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2. HIV status is based on a full year match with HIV Surveillance data.</a:t>
+              <a:t>. HIV status is based on a full year match with HIV Surveillance data.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02A3A775-AFAA-821A-239E-489D55C96EC2}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0132EE28-9343-0543-4346-2265C6025B60}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="891877067"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -35682,223 +39922,227 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>45</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="6591"/>
-            <a:ext cx="11239894" cy="972897"/>
+            <a:off x="1324708" y="6592"/>
+            <a:ext cx="10867292" cy="957002"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2023</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+              <a:t>2024 HIV</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" baseline="50000">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1</a:t>
-[...13 lines deleted...]
-              <a:t> HIV</a:t>
+              <a:t> Co-Infection with Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:r>
-[...57 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{163A231B-7856-23D6-B45E-627480B5E6D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="575210" y="974026"/>
+            <a:off x="575210" y="1077348"/>
             <a:ext cx="11098625" cy="4817059"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
@@ -36030,403 +40274,821 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="457200" lvl="1" indent="0">
+            <a:pPr marL="457200" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="800">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>26.4% of infectious syphilis cases were co-infected with HIV (N = 1,449)</a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>25.8% of infectious syphilis cases were co-infected with HIV (N = 1,329)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>As age increases</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="2000">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>As age increases the proportion of HIV co-infection increases</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> the proportion of HIV co-infection increases</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
-              <a:buChar char="o"/>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>12.6% of cases in their 20s are HIV co-infected</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>5.8</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>% of cases in their 20s are HIV co-infected</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
-              <a:buChar char="o"/>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>42.8% of cases 50+ are HIV co-infected</a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>39.6% of cases 50+ are HIV co-infected</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Of individuals co-infected with HIV and infectious syphilis, 77.8% were MSM</a:t>
+              <a:t>Of individuals co-infected with HIV and infectious syphilis, 79.9% were MSM</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" baseline="30000">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>4</a:t>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> (N = 343), compared with </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> (N = 382), compared with 52.0% for those with no known HIV diagnosis (N = 1067). </a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>47.5</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>% for those with no known HIV diagnosis (N = 986). </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Of known MSM individuals infected with infectious syphilis (N = 852), 34.9% were co-infected with HIV.</a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>Of known MSM individuals infected with infectious syphilis (N = 742), 36.9% were co-infected with HIV.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>8.6% of co-infected individuals were newly diagnosed with HIV within 30 days of infectious syphilis event date; 91.4% had a prior HIV diagnosis.</a:t>
-            </a:r>
+              <a:t>11.7% of co-infected individuals were newly diagnosed with HIV within 30 days of infectious syphilis event date; 88.3% had a prior HIV diagnosis.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A428559-02A5-E330-9821-DF1D86E25A25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="244423" y="5306536"/>
-            <a:ext cx="11760200" cy="1231106"/>
+            <a:off x="244423" y="5479807"/>
+            <a:ext cx="11760200" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of </a:t>
-[...59 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200">
+              <a:t> and are subject to change. Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...2 lines deleted...]
-                </a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1. </a:t>
-            </a:r>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>. HIV status is based on a full year match with HIV Surveillance data.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...9 lines deleted...]
-          <a:p>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2. HIV status is based on a full year match with HIV Surveillance data.</a:t>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1200">
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>3. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200">
+              <a:t>. The MSM (men who have sex with men) category includes MSMT,  MSMW, and MSMWT with “W” referring to women and “T” referring to individuals of transgender experience.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
-                <a:schemeClr val="tx1">
+                <a:prstClr val="black">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
-                </a:schemeClr>
+                </a:prstClr>
               </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02A3A775-AFAA-821A-239E-489D55C96EC2}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C051440E-5231-B444-158B-6FB30F1AD81C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="660042421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -36436,682 +41098,629 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>46</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="-1"/>
-            <a:ext cx="11239894" cy="981265"/>
+            <a:off x="1533632" y="-1"/>
+            <a:ext cx="10658368" cy="1001630"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Comparison of Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Cases by HIV</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="2800">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Co-Infection and Age</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t> Status</a:t>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
-[...53 lines deleted...]
-            </a:endParaRPr>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, Massachusetts, 2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9" descr="Graph depicts infectious syphilis case percentages for age categories by HIV co-infection status. The proportion of infectious syphilis cases with HIV co-infection were highest among those age 45 to 54 followed by those age 30 to 34. The proportion of cases with HIV co-infection were lowest among those 15 to 19 years followed by those age 20 to 24 years as well as those over the age of 65 years.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9A57383-EC9B-6E33-6AE1-94AB27269BCA}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts infectious syphilis case percentages for age categories by HIV co-infection status. The proportion of infectious syphilis cases with HIV co-infection were highest among those age 30 to 34 followed by those age 35 to 39. The proportion of cases with HIV co-infection were lowest among those 15 to 19 years followed by those over the age of 65 years.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0EF3CF8-999C-8647-72EE-4F3CD4770801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="145788" y="977783"/>
-            <a:ext cx="11900423" cy="4401693"/>
+            <a:off x="149029" y="1001629"/>
+            <a:ext cx="11897233" cy="4511430"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{800DE4A6-2B66-6577-6ADB-C11D2058AA8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="431800" y="5314786"/>
-            <a:ext cx="11760200" cy="1200329"/>
+            <a:off x="277609" y="5495127"/>
+            <a:ext cx="11760200" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" defTabSz="685800">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> and are subject to change.</a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data are current as of </a:t>
-[...27 lines deleted...]
-            </a:r>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="767171"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance. </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
+              <a:t>2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>HIV status is based on a full year match with HIV Surveillance data.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="767171"/>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2. </a:t>
+              <a:t>3. </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="E7E6E6">
                     <a:lumMod val="50000"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:ea typeface="+mn-ea"/>
-[...32 lines deleted...]
-                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Individuals younger than 15 years are not included within this slide due to low case counts. </a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
-          </a:p>
-[...60 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{462EDABB-03C1-CC9A-D07D-9E83D80DD182}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A76D5D7-3286-C086-F84D-3652227E3B36}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1031855569"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -37121,593 +41730,505 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>47</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="978631"/>
+            <a:off x="1373211" y="0"/>
+            <a:ext cx="10738580" cy="969666"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Comparison of Infectious Syphilis</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Cases by HIV</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman"/>
-[...53 lines deleted...]
-            </a:endParaRPr>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Co-Infection and Race/Ethnicity, Massachusetts, 2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Picture 7" descr="Graph depicts infectious syphilis case percentages for race/ethnicity categories by HIV co-infection status. The proportion of infectious syphilis cases with HIV co-infection is highest among Non-Hispanic Whites followed by Hispanic and then Non-Hispanic Black individuals.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA4B9C62-3A7F-6F06-8509-B593DB0E30D5}"/>
+          <p:cNvPr id="5" name="Picture 4" descr="Graph depicts infectious syphilis case percentages for race/ethnicity categories by HIV co-infection status. The proportion of infectious syphilis cases with HIV co-infection is highest among Non-Hispanic Whites followed by Hispanic and then Non-Hispanic Black individuals.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D591C767-EA90-8868-B35C-7B48045FC8FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="137427" y="985611"/>
-            <a:ext cx="11967485" cy="4560203"/>
+            <a:off x="142401" y="1001770"/>
+            <a:ext cx="11967485" cy="4693691"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{979BC3A9-7817-AD7E-7CE6-377CB398034F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="431800" y="5479565"/>
-            <a:ext cx="11760200" cy="1015663"/>
+            <a:off x="344712" y="5671553"/>
+            <a:ext cx="11760200" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" defTabSz="685800">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> and are subject to change.</a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Data are current as of </a:t>
-[...26 lines deleted...]
-              <a:t> and are subject to change.</a:t>
+              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention. </a:t>
+              <a:t>1. Infectious syphilis is defined as primary, secondary and early latent stages of syphilis within one year of infection.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:ea typeface="+mn-ea"/>
-[...33 lines deleted...]
-                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2. HIV status is based on a full year match with HIV Surveillance data.</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="767171"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
-            </a:endParaRPr>
-[...64 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17468839-5FD4-A878-F881-36FEE99B4AB2}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CB20611-6164-D288-A5D2-18C2568F91B1}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="546805415"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -37717,106 +42238,170 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>48</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-1"/>
             <a:ext cx="12192000" cy="976313"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="4000"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>2024 Summary</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC903613-9A55-704E-56E4-C1E63EB2667D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="210879" y="1233387"/>
             <a:ext cx="11770242" cy="4391225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -37978,753 +42563,672 @@
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" rtl="0" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
               <a:buSzPct val="130000"/>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" kern="0">
-[...8 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Chlamydia: The 2023 Massachusetts state rate was 411.2 per 100,000</a:t>
-[...3 lines deleted...]
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Chlamydia: The 2024 Massachusetts state rate was 378.7 per 100,000</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>The highest rate of chlamydia cases was among females 20 to 24 years with a rate of </a:t>
-[...23 lines deleted...]
-              <a:t> cases per 100,000 population</a:t>
+              <a:t>The highest rate of chlamydia cases was among females 20 to 24 years with a rate of 2,413.9 cases per 100,000 population</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>*</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
-[...29 lines deleted...]
-            </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...7 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Gonorrhea: The 2023 Massachusetts state rate was 139.1 per 100,000</a:t>
-[...15 lines deleted...]
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Gonorrhea: The 2024 Massachusetts state rate was 123.4 per 100,000</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>The highest rate of gonorrhea cases was among males 25 to 29 years with a rate of 543.0 cases per 100,000 population</a:t>
-[...31 lines deleted...]
-            </a:pPr>
+              <a:t>The highest rate of gonorrhea cases was among males 25 to 29 years with a rate of 478.7 cases per 100,000 population</a:t>
+            </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...7 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Infectious Syphilis: The 2023 Massachusetts state rate was </a:t>
-[...11 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>per 100,000</a:t>
-[...15 lines deleted...]
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:t>Infectious Syphilis: The 2024 Massachusetts state rate was 18.9 per 100,000</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>The highest rate of infectious syphilis cases was among males 30 to 34 years with a rate of </a:t>
-[...55 lines deleted...]
-            </a:pPr>
+              <a:t>The highest rate of infectious syphilis cases was among males 30 to 34 years with a rate of 82.2 cases per 100,000 population</a:t>
+            </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Congenital syphilis cases maintained the increased number of reportable cases seen from 2019 to 2023</a:t>
-[...16 lines deleted...]
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Congenital syphilis cases maintained the increased number of reportable cases seen from 2019 to 2024</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>The overall increases in infectious syphilis rates in persons of reproductive potential based on age and reported sex assigned at birth and the increase in reportable congenital syphilis cases led to a recommendation for universal third trimester screening in 2020, on top of routine screening for syphilis upon entry into prenatal care in Massachusetts.</a:t>
-[...12 lines deleted...]
-            </a:endParaRPr>
+              <a:t>The overall increases in infectious syphilis rates in individuals believed to be biologically capable of pregnancy and the increase in reportable congenital syphilis cases led to a recommendation for universal third trimester screening in 2020, on top of routine screening for syphilis upon entry into prenatal care in Massachusetts.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E65AFFB-68F3-BCE5-175D-4BB0D5AF3BC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="327963" y="5891235"/>
+            <a:off x="327963" y="5872947"/>
             <a:ext cx="11129115" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Data are current as of </a:t>
-            </a:r>
-[...9 lines deleted...]
-              <a:t>08/01/2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="767171"/>
+                  <a:srgbClr val="E7E6E6">
+                    <a:lumMod val="50000"/>
+                  </a:srgbClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="767171"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> and are subject to change</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>* Population based on 2019 University of Massachusetts Donahue Institute Estimates </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{858D3788-8187-0201-21C2-51A8E53A6603}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3830792657"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -38732,56 +43236,115 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>49</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="978452"/>
           </a:xfrm>
         </p:spPr>
@@ -38995,880 +43558,879 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" rtl="0" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>STI and HIV specific laboratory and case management information are reported directly to the Department of Public Health and maintained in the Massachusetts integrated disease surveillance and case management system, MAVEN </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
-[...31 lines deleted...]
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>The majority (&gt;90%) of laboratory test results are reported via electronic laboratory reporting</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Case management information is reported via electronic medical record feeds, case reporting forms and collected by epidemiologists</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Data are routinely reviewed, cleaned, and analyzed by surveillance epidemiologists </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Routine reports are shared with internal and external stakeholders</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>All data are collected and maintained according to strict confidentiality and security requirements</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3100992-3725-1EA5-4A78-D8EF57DB0A69}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3243215036"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD72E46B-EE7D-8AFC-546F-FD0E869B3D4A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AA51F42-551B-2816-8BA6-15A44707C9E4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37F714EE-174C-2C5A-F8BC-C0B3A20C73AC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1DE9E66-6F51-E5B6-7302-02A1B5CCBFE3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2295A28D-7A40-F955-929C-2117EC404983}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239893" cy="976313"/>
+            <a:off x="1468717" y="0"/>
+            <a:ext cx="10723283" cy="976313"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
-[...9 lines deleted...]
-            <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="2800">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Confirmed Chlamydia Rates by Gender</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> Cases</a:t>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t> by Gender</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>1</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...34 lines deleted...]
-              <a:t>Massachusetts, 2010 to 2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2010-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="Graph depicts the rates per 100,000 population of chlamydia in Massachusetts by gender identity between 2012 and 2023. There are two lines, one for females that begins at 437.6 in 2010 and climbs to 541.5 in 2019 and another for males that begins at 201.9 in 2010 and climbs to 359.4 in 2019. In 2023, females had a rate of 488.4 and males had a rate of 328.2.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C03428C-8F36-6E3B-8314-7337720E7623}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Graph depicts the rates per 100,000 population of chlamydia in Massachusetts by gender identity between 2010 and 2024. There are two lines, one for females that begins at 437.6 in 2010 and climbs to 541.5 in 2019 and another for males that begins at 201.9 in 2010 and climbs to 359.4 in 2019. In 2024, females had a rate of 470.8 and males had a rate of 280.2.&#10;&#10;Note: There were cases reported among transgender individuals in 2014 through 2024. In 2024, there were 9 cases of chlamydia among transgender identified individuals and 17 other individuals with unknown gender not included on this slide.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{648A6D51-323A-6736-64F7-374BADBDB836}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="130547" y="1013518"/>
-            <a:ext cx="11930906" cy="4109060"/>
+            <a:off x="128101" y="974110"/>
+            <a:ext cx="11943099" cy="4170025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BBE1DBE-3F44-A953-FF65-77E2C5821315}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B848CB1-1E6E-7D03-8B95-ADE661D8BD08}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="246334" y="5133973"/>
+            <a:off x="246334" y="5141932"/>
             <a:ext cx="11795126" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Data are current as of 08/01/2024 and are subject to change.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Massachusetts</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1200">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...2 lines deleted...]
-            </a:r>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. In 2024, there were 9 individuals of transgender experience reported in our data system who do not have current gender documented. These cases were excluded since population estimates for individuals of transgender experience are not available at this time.  There were 17 other individuals with unknown gender which are not included in this slide. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...27 lines deleted...]
-              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E752011-5A55-4345-C9DF-70AE69270578}"/>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C54C028B-6ABB-0FCA-1075-719625475A0F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2664843903"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3090983996"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>50</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-1"/>
             <a:ext cx="12192000" cy="976313"/>
           </a:xfrm>
         </p:spPr>
@@ -40080,381 +44642,348 @@
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" rtl="0" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buChar char="»"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:spcAft>
-[...4 lines deleted...]
-              <a:buFontTx/>
+              <a:buSzPct val="120000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
-              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Case classifications (confirmed, probable or suspect) are based on CSTE/CDC case definitions for nationally notifiable infectious diseases.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>For full STI case classifications, see: </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>https://www.cdc.gov/std/statistics/2019/case-definitions.htm</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>All data in this report are accurate as of their analysis date and are subject to change. Common reasons for data changes include amendments to reporting and routine data cleaning.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:spcAft>
-[...4 lines deleted...]
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
-              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...32 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Transgender individuals are included in current gender identity categories, except where noted due to incomplete information on current gender identity. Nonbinary gender identity is captured but suppressed according to Massachusetts privacy and confidentiality rules. Collection of transgender data categories began in mid-2014.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="20000"/>
+                <a:spcPts val="1200"/>
               </a:spcBef>
-              <a:spcAft>
-[...4 lines deleted...]
-              <a:buFontTx/>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
-              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...32 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Gender of sex partners categories for this report include: MSM = men who have sex with men, MSW = men who have sex with women, WSM = women who have sex with men, Other = include transgender sexual risk categories and females who have sex with females or both male and female partners, and Unknown are cases reported without sexual risk. These categories are based on patient and provider report and do not necessarily reflect an individual’s sexual identity in relation to gender (i.e. gay, bisexual, heterosexual, </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>etc</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" marR="0" lvl="1" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="–"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8EC17BD-903E-6E1F-86AC-496E3105084B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3350056581"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -40551,52 +45080,52 @@
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17697E17-BCF5-4169-AD27-BB3793BA068F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="56524"/>
-            <a:ext cx="12192000" cy="874654"/>
+            <a:off x="1512093" y="80336"/>
+            <a:ext cx="10679907" cy="803218"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Coronavirus 2019 (COVID-19): Impact of Other Reportable Infections</a:t>
@@ -40623,183 +45152,173 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4425DD3F-01D2-E0D9-0AC3-3080F1BDB720}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="281491" y="1203118"/>
             <a:ext cx="11629017" cy="4777719"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-              <a:buNone/>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>When reviewing 2020-2022 data for Massachusetts, please note the impact of the coronavirus 2019 (COVID-19) pandemic on infectious disease screening, treatment, and surveillance. Nationally, CDC observed a sharp decline in reported STD cases from March-April 2020, compared to March-April 2019. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-              <a:buNone/>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Three factors were cited as likely contributing to the initial decrease in reported cases: </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-              <a:buNone/>
+            <a:pPr marL="1085850" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1100">
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Reduced screening – many health care clinics limited in-person visits to symptomatic cases or closed </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="1">
-              <a:buSzPct val="130000"/>
+            <a:pPr marL="1085850" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr lang="en-US" sz="1800">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Reduced screening – many health care clinics limited in-person visits to symptomatic cases or closed </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000">
+              <a:t>Limited resources – many state and local health department STD staff were redirected from routine STD responsibilities to COVID-19 activities, which affected STD tracking capacity and reporting</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1085850" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="–"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Stay-at-home orders (March 24 through April 7</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" baseline="30000">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>th</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>, 2020) – which were intended to reduce COVID-19 spread may have influenced sexual behaviors and reduced STD transmission</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" baseline="30000">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>1 </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" baseline="30000">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="1">
-[...74 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>As the impact of the COVID-19 pandemic continues, it’s full effect on case reporting and efforts to control the spread of infectious disease in the Commonwealth has yet to be determined. As such, please interpret 2020 infectious disease data with caution.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BACC1E6E-0BDB-DED6-1017-2E4884F1ECA9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
@@ -40821,50 +45340,53 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>CDC Press Release, July 16, 2021: Trends in STD case reports during the U.S. COVID-19 pandemic, January-December 2020 available at: </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="0563C1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
@@ -40889,2441 +45411,2098 @@
               <a:t>nchhstp</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="0563C1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>/newsroom/2021/2020-std-trend-report.html</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>”</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="DPH Logo">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43D05DB2-C788-E2CC-68EA-66922D07DA25}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2142599829"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F49F3F7-C22E-EF28-2DEA-A21850AA7DBF}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Title 2">
-[...6 lines deleted...]
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50BD640D-23A2-85CA-EDA3-0E20133565BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693799" y="2862920"/>
+            <a:ext cx="11095380" cy="1373701"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="0" cap="all">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Thank you!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA3949D5-E6C2-91C6-552F-CED0B7DFBFDE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2019300" y="2251358"/>
-            <a:ext cx="8153400" cy="762000"/>
+            <a:off x="699439" y="4154859"/>
+            <a:ext cx="10201609" cy="489434"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
             <a:prstDash/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="0"/>
-[...18 lines deleted...]
-                <a:spcPct val="0"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
-              <a:buFontTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="5000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="all" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...36 lines deleted...]
-            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If you have questions or to request more information: </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
-              <a:buClr>
-[...2 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
-              <a:defRPr sz="2400" b="0" i="0" kern="1200" baseline="0">
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="all" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...171 lines deleted...]
-            </a:r>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>call the Massachusetts Department of Public Health, Division of STD Prevention, at 617-983-6940</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="357425170"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4057788927"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFCE8328-5BC2-3957-26CB-DBFBD373B1DC}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E7ABBEF-0810-5904-1004-AADA031F531F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D6A134A-C613-53F3-5179-F04BB33377A0}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{683F8209-F617-1B18-7F30-75D057350F95}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9DB8B92-9787-DAC0-8BF3-C77CDCD95A10}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="976287"/>
+            <a:off x="1308294" y="0"/>
+            <a:ext cx="10883705" cy="976287"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chlamydia Among Individuals of Transgender Experience,</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1, 2</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2800" b="1" baseline="30000">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Massachusetts, 2015-2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2015-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6" descr="Graph shows the number of chlamydia cases among transgender individuals in Massachusetts between 2015 and 2023. The case counts 7, 21, 33, 57, 73, 64, 75, 78, and 72 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, and 2023, respectively.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A2BD332-162B-7DAF-2E9F-B0B91C317BF4}"/>
+          <p:cNvPr id="5" name="Picture 4" descr="Graph shows the number of chlamydia cases among transgender individuals in Massachusetts between 2015 and 2024. The case counts 7, 21, 33, 57, 73, 64, 75, 78, 72, and 51 for 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, and 2024, respectively.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5394057F-6C0D-D027-9CED-CF7EE0D4F356}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="392697" y="1139753"/>
-            <a:ext cx="11406605" cy="4578493"/>
+            <a:off x="182367" y="1055617"/>
+            <a:ext cx="11827265" cy="4493141"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA244617-30BD-5709-579D-CACFE6EEE188}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9EB09AC-63A3-BCCA-9321-D6C0F6D38468}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="248393" y="5495986"/>
             <a:ext cx="11713688" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data are current as of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t> </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 06/02/2025</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t> </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> and are subject to change.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...27 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and STD-HIV Surveillance</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:cs typeface="Times New Roman"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-228600">
-[...1 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+            <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...7 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. Prior to 2015 MA DSTDP was not able to capture expanded gender identity including individuals of transgender experience within our data system.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...6 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2. All individuals of transgender experience are included in this graph regardless of current gender. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Please </a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. Please </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>consider </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:cs typeface="Times New Roman"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:cs typeface="Times New Roman"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B63D6B89-5873-81FB-E147-75487FC382CA}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90103728-54F8-4A10-5B9E-C14820C2E943}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="934299980"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1604991981"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4C242C8-14E3-EF95-F1D7-2440DE2C7C3F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F34E989-BEF8-10F0-7297-9E9168117DAA}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7341D6F-43E6-1424-D951-39F6F2DF96C0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47B960A9-FE23-0D13-6270-33D564D13722}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39401CD6-5E78-CF5A-C960-3DC338287D2D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E51FE09A-C4D9-15A7-C768-05C004B82753}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="7289"/>
-            <a:ext cx="11239894" cy="967435"/>
+            <a:off x="1308294" y="7289"/>
+            <a:ext cx="10883705" cy="967435"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Confirmed </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chlamydia Rates by County and Statewide,</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:br>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Massachusetts, 2021-2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Massachusetts, 2022-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000" baseline="50000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="Graph depicts rate per 100,000 population of chlamydia cases reported in Massachusetts by county comparing 2021 through 2023. The rate is highest in Suffolk county with a rate of 858.7 in 2023 followed by Hampden county with a rate of 565.4 in 2023. The lowest rates were in Franklin and Berkshire county.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5473E9AB-B441-A282-45A8-A790D33DE112}"/>
+          <p:cNvPr id="6" name="Picture 5" descr="Graph depicts rate per 100,000 population of chlamydia cases reported in Massachusetts by county comparing 2022 through 2024. The rate in 2024 is highest in Suffolk county with a rate of 776.0 followed by Hampden county with a rate of 511.1. The lowest rates were in Franklin and Hampshire county.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9898588B-0F51-3C51-CA6F-6B1F43DD62FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="183088" y="1043992"/>
-            <a:ext cx="11821169" cy="5279594"/>
+            <a:off x="154933" y="1019740"/>
+            <a:ext cx="11882134" cy="5358848"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{180A9413-C855-00A4-A1B9-2210E278D3BA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{391E22C1-3170-BF80-D4BC-820F0271842D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="187743" y="5476839"/>
+            <a:off x="187743" y="5487710"/>
             <a:ext cx="10637275" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...10 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data are current as of 06/02/2025 and are subject to change. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Data Source: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="767171"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Massachusetts</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" err="1">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...25 lines deleted...]
-              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2021-2023 data.</a:t>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1. Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2022 data.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BADA239-C391-15F4-3735-16A3E8C2C114}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="798728" y="5088738"/>
+            <a:ext cx="777777" cy="261610"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" b="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Statewide</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5D9A866-4429-EE85-A325-A577E1550174}"/>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64229F79-371F-EC25-C96E-D84888F915DD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="571959075"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1986592726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA4F71FC-462F-5ECE-DE84-5C20560630C1}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D4EEA32-DB96-0FDF-A838-9CB534C78087}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17AFD911-88FE-77D3-1C0E-459BF60850A9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>8</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7461D50-F067-6079-C78D-C328A82C04CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="592822" y="0"/>
+            <a:ext cx="10972800" cy="964096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Massachusetts STI Trends</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{693D004A-9028-428C-CEB8-7918891F4E0B}"/>
-[...3 lines deleted...]
-          <p:cNvSpPr>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4606295B-D194-E41F-5076-55DF7A3C7547}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="0"/>
-            <a:ext cx="11239894" cy="986568"/>
+            <a:off x="658758" y="3072900"/>
+            <a:ext cx="10881804" cy="707886"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
+                <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Average Age of Confirmed Chlamydia Cases by Gender</a:t>
-[...69 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2000"/>
+              <a:t>Gonorrhea: 2000 - 2024</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="4000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Picture 12" descr="Graph depicts the average age of confirmed chlamydia cases by year between 2012 and 2023. The lowest average age is 23.8 years old for the year 2012 and then rises to a high average age of 26.4 years old in 2023.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D65380CD-A696-0543-3E25-1EEFCD9BA4F0}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3369D63F-C667-67D8-CF44-BDB0A5122134}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="368311" y="1090981"/>
-            <a:ext cx="11455377" cy="4676037"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...312 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2731163565"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2260900726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDD0064B-EA20-626C-78CD-08FC49990A53}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B36BF36F-A405-8CC8-E8C0-B17F41879F09}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72812CFD-EADF-AF14-F14E-A0EBAC164EBE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA49D0EE-DE7F-324B-A84C-F36708423CDB}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E599829B-72F8-FDE5-6CEE-56C4ACB0E0E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC549073-0F9B-967E-7A78-B0937F0D80D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="952106" y="13181"/>
-            <a:ext cx="11239894" cy="967435"/>
+            <a:off x="1322362" y="0"/>
+            <a:ext cx="10869637" cy="960645"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...3 lines deleted...]
-              <a:t>Rate of Confirmed Gonorrhea Cases, Massachusetts, 2000-2023</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Rate of Confirmed Gonorrhea Cases, Massachusetts, 2000-2024</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="50000" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000"/>
+            <a:endParaRPr lang="en-US" sz="2000">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="Graph depicts the rate per 100,000 population of confirmed cases of gonorrhea in Massachusetts between 2000 and 2023. It begins at 43.3 in 2000, drops to a low of 29.4 in 2009 and climbs to a high of 139.1 in 2023.">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAAE9D05-D57D-12F9-FC3D-5E3F4D85B3EB}"/>
+          <p:cNvPr id="9" name="Picture 8" descr="Graph depicts the rate per 100,000 population of confirmed cases of gonorrhea in Massachusetts between 2000 and 2024. It begins at 43.3 in 2000, drops to a low of 29.4 in 2009 and climbs to a high of 139.1 in 2023, followed by a drop to 123.4 in 2024.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{919C7E74-936A-1DA3-ED0E-C2B40F8D6F61}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="991149"/>
-            <a:ext cx="12192000" cy="4456176"/>
+            <a:off x="0" y="996050"/>
+            <a:ext cx="12192000" cy="4486656"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40AB1993-EB15-55F8-C8BD-094150560DA4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C617658-971D-28C5-C127-392761E2C47E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="307601" y="5492428"/>
+            <a:off x="307601" y="5518111"/>
             <a:ext cx="11576798" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data are current as of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>08/01/2024</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>06/02/2025</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and are subject to change. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1200">
-[...7 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Data Source: Massachusetts Department of Public Health/Bureau of Infectious Disease and Laboratory Sciences/ Division of STD Prevention and STD-HIV Surveillance.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...23 lines deleted...]
-              <a:t> S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Population denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (Strate S, et al. Small Area Population Estimates for 2011 through 2020 report, Oct 2016).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman"/>
-[...1 lines deleted...]
-              <a:t>Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2023 data.</a:t>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Please consider the impact of the COVID-19 pandemic on infectious disease screening, treatment and surveillance in the interpretation of 2020-2022 data.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C3B7039-01DA-B746-4D0A-932E90AC43C4}"/>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D5193EB-115A-F116-BF48-917D574335D8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-4104"/>
-            <a:ext cx="952107" cy="967435"/>
+            <a:off x="128101" y="87137"/>
+            <a:ext cx="1377575" cy="783472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1398839654"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="812539338"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -43331,51 +47510,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -43442,65 +47621,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -43521,55 +47700,75 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="DPH-PPT-Template.pptx" id="{96C2E639-D294-4220-9985-8E2F7284829E}" vid="{6F8A1C8D-C38C-43CD-AF9D-6986CE62D258}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -43829,192 +48028,98 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="DPH-PPT-Template.pptx" id="{96C2E639-D294-4220-9985-8E2F7284829E}" vid="{6F8A1C8D-C38C-43CD-AF9D-6986CE62D258}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Custom 1">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="032E53"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="005994"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="ECECEC"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="92CAD6"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="F2BC1A"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="F68D29"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="680A1D"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="388557"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="757070"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="3A3838"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Custom DPH">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Avenir Next LT Pro"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Avenir Next LT Pro"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -44115,155 +48220,474 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="DPH-PPT-Template.pptx" id="{96C2E639-D294-4220-9985-8E2F7284829E}" vid="{6F8A1C8D-C38C-43CD-AF9D-6986CE62D258}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>DPH-PPT-Template</Template>
   <TotalTime></TotalTime>
-  <Words>10640</Words>
+  <Words>10478</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>519</Paragraphs>
+  <Paragraphs>509</Paragraphs>
   <Slides>52</Slides>
-  <Notes>45</Notes>
+  <Notes>44</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>52</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="62" baseType="lpstr">
+    <vt:vector size="66" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
+      <vt:lpstr>Aptos Display</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Avenir Book</vt:lpstr>
+      <vt:lpstr>Avenir Next LT Pro</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Courier New</vt:lpstr>
       <vt:lpstr>Franklin Gothic Book</vt:lpstr>
       <vt:lpstr>Helvetica Neue</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Times New Roman,Serif</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>1_Office Theme</vt:lpstr>
-      <vt:lpstr>Surveillance Data Overview of Sexually Transmitted Infections, Massachusetts,  2000-2023</vt:lpstr>
+      <vt:lpstr>Office Theme</vt:lpstr>
+      <vt:lpstr>Surveillance Data Overview of Sexually Transmitted Infections, Massachusetts</vt:lpstr>
       <vt:lpstr>Outline</vt:lpstr>
-      <vt:lpstr>Preliminary Massachusetts STI Trends</vt:lpstr>
-[...18 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Massachusetts STI Trends</vt:lpstr>
+      <vt:lpstr>Rate of Confirmed Chlamydia Cases, Massachusetts, 2000-20241</vt:lpstr>
+      <vt:lpstr>Confirmed Chlamydia Rates by Gender1, Massachusetts, 2010-20242</vt:lpstr>
+      <vt:lpstr>Chlamydia Among Individuals of Transgender Experience,1, 2  Massachusetts, 2015-20243</vt:lpstr>
+      <vt:lpstr>Confirmed Chlamydia Rates by County and Statewide,  Massachusetts, 2022-20241</vt:lpstr>
+      <vt:lpstr>Gonorrhea: 2000 - 2024</vt:lpstr>
+      <vt:lpstr>Rate of Confirmed Gonorrhea Cases, Massachusetts, 2000-20241</vt:lpstr>
+      <vt:lpstr>Confirmed Gonorrhea Rates by Gender1, Massachusetts,  2010-20242</vt:lpstr>
+      <vt:lpstr>Gonorrhea Among Individuals of Transgender Experience1,  Massachusetts, 2015-20242</vt:lpstr>
+      <vt:lpstr>Confirmed Gonorrhea Rates by County and Statewide,  Massachusetts, 2022-20241</vt:lpstr>
+      <vt:lpstr>Infectious Syphilis: 2000 - 2024</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Rates,  Massachusetts, 2000-20242</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Rates by Gender 2, Massachusetts, 2010-20243</vt:lpstr>
+      <vt:lpstr>Infectious Syphilis1 Reported Cases by Race/Ethnicity2,  Massachusetts, 2015-20243</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Among Individuals of Transgender Experience2, Massachusetts, 2015-20243, 4</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Rates by County and Statewide, Massachusetts, 2022-20242</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Rates by Stage of Infection, Massachusetts, 2010-20242</vt:lpstr>
+      <vt:lpstr>Infectious Syphilis1 Reported Cases by Gender of Sex Partners, Massachusetts, 2015-20242</vt:lpstr>
+      <vt:lpstr>Congenital Syphilis Cases and Rate of Confirmed and Probable Infectious Syphilis1 Among Persons of Reproductive Potential Ages 15 to 49 Years, Massachusetts, 2010-20242</vt:lpstr>
+      <vt:lpstr>Congenital Syphilis Cases Averted, Massachusetts, 2019-20241</vt:lpstr>
       <vt:lpstr>Massachusetts SVI Trends</vt:lpstr>
       <vt:lpstr>Social Vulnerability Index </vt:lpstr>
-      <vt:lpstr>Confirmed Chlamydia Case Percentages by Social Vulnerability Index, Massachusetts, 2018-20231</vt:lpstr>
-[...22 lines deleted...]
-      <vt:lpstr>2023 Summary Slide</vt:lpstr>
+      <vt:lpstr>Confirmed Chlamydia Case Percentages by Social Vulnerability Index, Massachusetts, 2020-20241</vt:lpstr>
+      <vt:lpstr>Confirmed Chlamydia Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2020-20241, 2</vt:lpstr>
+      <vt:lpstr>Confirmed Gonorrhea Case Percentages by Social Vulnerability Index, Massachusetts, 2020-20241</vt:lpstr>
+      <vt:lpstr>Confirmed Gonorrhea Case Percentages by Social Vulnerability Index and Gender, Massachusetts, 2020-20241, 2</vt:lpstr>
+      <vt:lpstr>Confirmed and Probably Infectious Syphilis1 Case Percentages by Social Vulnerability Index, Massachusetts, 2020-20242</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Case Percentages by Social Vulnerability Index and Gender2, Massachusetts, 2020-20243</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Case Percentages by Social Vulnerability Index and Race2, Massachusetts, 2020-20243</vt:lpstr>
+      <vt:lpstr>Description of 2024 STI Cases</vt:lpstr>
+      <vt:lpstr>Incidence Rate of Confirmed Chlamydia Cases, per 100,000 Persons1 by City/Town2, Massachusetts, 2024 </vt:lpstr>
+      <vt:lpstr>Absolute Rate Difference1 Comparing 2024 to 2020 for Confirmed Chlamydia Cases, per 100,000 Persons2 by City/Town, Massachusetts</vt:lpstr>
+      <vt:lpstr>Confirmed Chlamydia Case Rates per 100,000 Population by Gender1 and Age, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>Incidence Rate of Confirmed Gonorrhea Cases, per 100,000 Persons1 by City/Town2, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>Absolute Rate Difference1 Comparing 2024 to 2020 for Confirmed Gonorrhea Cases, per 100,000 Persons2 by City/Town, Massachusetts</vt:lpstr>
+      <vt:lpstr>Confirmed Gonorrhea Case Rates per 100,000 Population by Gender1 and Age, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>Incidence Rate of Infectious Syphilis1 Cases, per 100,000 Persons2 by City/Town3, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>Absolute Rate Difference1 Comparing 2024 to 2020 for Infectious Syphilis2 Cases, per 100,000 Persons3 by City/Town, Massachusetts</vt:lpstr>
+      <vt:lpstr>Confirmed and Probable Infectious Syphilis1 Cases per 100,000 Population by Gender2 and Age, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>Comparison of the Rate of Confirmed and Probable Infectious Syphilis1 Cases by Gender2 and Race and Ethnicity3, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>HIV Co-Infection</vt:lpstr>
+      <vt:lpstr>2024 HIV1 Co-Infection with Chlamydia and Gonorrhea</vt:lpstr>
+      <vt:lpstr>2024 HIV1 Co-Infection with Infectious Syphilis2</vt:lpstr>
+      <vt:lpstr>Comparison of Infectious Syphilis1 Cases by HIV2 Co-Infection and Age3, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>Comparison of Infectious Syphilis1 Cases by HIV2 Co-Infection and Race/Ethnicity, Massachusetts, 2024</vt:lpstr>
+      <vt:lpstr>2024 Summary</vt:lpstr>
       <vt:lpstr>Technical Data Notes</vt:lpstr>
       <vt:lpstr>Technical Data Notes (Continued) </vt:lpstr>
       <vt:lpstr>Coronavirus 2019 (COVID-19): Impact of Other Reportable Infections  </vt:lpstr>
-      <vt:lpstr>Thank You!</vt:lpstr>
+      <vt:lpstr>If you have questions or to request more information:  call the Massachusetts Department of Public Health, Division of STD Prevention, at 617-983-6940</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint Presentation</dc:title>
-  <dc:creator>Elder, Heather (DPH)</dc:creator>
+  <dc:title>Surveillance Data Overview of Sexually Transmitted Infections, Massachusetts 2000-2024</dc:title>
+  <dc:creator>Aubee, Alexandra J (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>