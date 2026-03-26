--- v0 (2025-12-31)
+++ v1 (2026-03-26)
@@ -8,1134 +8,1118 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E29EA50" w14:textId="52A39C19" w:rsidR="0071475F" w:rsidRDefault="005F0A0E" w:rsidP="59EE339F">
-      <w:pPr>
+    <w:p w14:paraId="6E29EA50" w14:textId="421FA15B" w:rsidR="0071475F" w:rsidRPr="00BD4465" w:rsidRDefault="005F0A0E" w:rsidP="007D4505">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Sustainable </w:t>
       </w:r>
-      <w:r w:rsidR="009F2371">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009F2371" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00DD3DBC">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DD3DBC" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>urchasing</w:t>
       </w:r>
-      <w:r w:rsidR="00A045D3" w:rsidRPr="3A8B7639">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A045D3" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> Policy</w:t>
       </w:r>
-      <w:r w:rsidR="006918AA" w:rsidRPr="3A8B7639">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6FBBF299" w14:textId="3846BFA9" w:rsidR="00895AB2" w:rsidRPr="005F1BD0" w:rsidRDefault="0083231D" w:rsidP="0083231D">
+    <w:p w14:paraId="6FBBF299" w14:textId="3846BFA9" w:rsidR="00895AB2" w:rsidRPr="00BD4465" w:rsidRDefault="0083231D" w:rsidP="007D4505">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>TEMPLATE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F65CF5" w14:textId="77777777" w:rsidR="0083231D" w:rsidRPr="00BD4465" w:rsidRDefault="0083231D" w:rsidP="007D4505">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:jc w:val="center"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F65CF5" w14:textId="77777777" w:rsidR="0083231D" w:rsidRDefault="0083231D" w:rsidP="00A045D3">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7712193F" w14:textId="4ADF69B3" w:rsidR="00A045D3" w:rsidRPr="00BD4465" w:rsidRDefault="00A045D3" w:rsidP="59EE339F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The [Town/City of] recognizes that procurement decisions of our employees and </w:t>
+      </w:r>
+      <w:r w:rsidR="3A81D855" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contractors have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significant impacts on the environment. By including environmental</w:t>
+      </w:r>
+      <w:r w:rsidR="2BFC833B" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, public health,</w:t>
+      </w:r>
+      <w:r w:rsidR="439F3E1C" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00351F11" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and waste reduction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>considerations in our p</w:t>
+      </w:r>
+      <w:r w:rsidR="2CE480F3" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>urchasing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decisions, along </w:t>
+      </w:r>
+      <w:r w:rsidR="0B56069B" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with price</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, performance, and </w:t>
+      </w:r>
+      <w:r w:rsidR="3771C536" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">product </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">availability, we </w:t>
+      </w:r>
+      <w:r w:rsidR="5DFB9399" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remain fiscally responsible while promoting practices that minimize </w:t>
+      </w:r>
+      <w:r w:rsidR="00616A04" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">waste </w:t>
+      </w:r>
+      <w:r w:rsidR="72E8E7B8" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00616A04" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>environmental impacts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The purpose of this document is to establish the framework for a sustainability-based purchasing program for </w:t>
+      </w:r>
+      <w:r w:rsidR="00493C54" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Town/City</w:t>
+      </w:r>
+      <w:r w:rsidR="00493C54" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7712193F" w14:textId="4ADF69B3" w:rsidR="00A045D3" w:rsidRPr="005F1BD0" w:rsidRDefault="00A045D3" w:rsidP="59EE339F">
-[...165 lines deleted...]
-        <w:t>].</w:t>
+    <w:p w14:paraId="21A1293A" w14:textId="1664FF6F" w:rsidR="00A045D3" w:rsidRPr="00BD4465" w:rsidRDefault="00334262" w:rsidP="00A045D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Objectives of</w:t>
+      </w:r>
+      <w:r w:rsidR="006D255F" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this policy include making purchasing decisions that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A1293A" w14:textId="1664FF6F" w:rsidR="00A045D3" w:rsidRPr="005F1BD0" w:rsidRDefault="00334262" w:rsidP="00A045D3">
-[...24 lines deleted...]
-    <w:p w14:paraId="7FCE3464" w14:textId="7B3E6D13" w:rsidR="00FF0253" w:rsidRPr="005F1BD0" w:rsidRDefault="00681553" w:rsidP="0011133B">
+    <w:p w14:paraId="7FCE3464" w14:textId="7B3E6D13" w:rsidR="00FF0253" w:rsidRPr="00BD4465" w:rsidRDefault="00681553" w:rsidP="0011133B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minimize waste and p</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0253" w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FF0253" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rioritize reuse by identifying </w:t>
       </w:r>
-      <w:r w:rsidR="00D80D21" w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D80D21" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alternative</w:t>
       </w:r>
-      <w:r w:rsidR="00FF0253" w:rsidRPr="005F1BD0">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FF0253" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> options </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FF0253" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FF0253" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> new </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51D8D" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and single-use </w:t>
       </w:r>
-      <w:r w:rsidR="00FF0253" w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FF0253" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>products</w:t>
       </w:r>
-      <w:r w:rsidR="00B56C03">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B56C03" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and equipment</w:t>
       </w:r>
-      <w:r w:rsidR="00493C54" w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00493C54" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF5EEF5" w14:textId="3A202DBC" w:rsidR="009A122C" w:rsidRDefault="002E15B6" w:rsidP="59EE339F">
+    <w:p w14:paraId="7AF5EEF5" w14:textId="3A202DBC" w:rsidR="009A122C" w:rsidRPr="00BD4465" w:rsidRDefault="002E15B6" w:rsidP="59EE339F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Support recycling markets by purchasing products with </w:t>
       </w:r>
-      <w:r w:rsidR="3AD0B6B7" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="3AD0B6B7" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">post-consumer </w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">recycled </w:t>
       </w:r>
-      <w:r w:rsidR="005F1BD0" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="005F1BD0" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>content</w:t>
       </w:r>
-      <w:r w:rsidR="00D80D21" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="00D80D21" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="006506D9" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="006506D9" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D80D21" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="00D80D21" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="006506D9" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="006506D9" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that are recyclable</w:t>
       </w:r>
-      <w:r w:rsidR="4D55DD0C" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="4D55DD0C" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> after use</w:t>
       </w:r>
-      <w:r w:rsidR="0071475F" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="0071475F" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45280A7D" w14:textId="6D183352" w:rsidR="00402D19" w:rsidRPr="005F1BD0" w:rsidRDefault="00402D19" w:rsidP="59EE339F">
+    <w:p w14:paraId="45280A7D" w14:textId="6D183352" w:rsidR="00402D19" w:rsidRPr="00BD4465" w:rsidRDefault="00402D19" w:rsidP="59EE339F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conserve natural resources such as energy and water,</w:t>
       </w:r>
-      <w:r w:rsidR="1E9C0B59" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="1E9C0B59" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C273A19" w14:textId="27B8D9D1" w:rsidR="00402D19" w:rsidRPr="005F1BD0" w:rsidRDefault="00402D19" w:rsidP="59EE339F">
+    <w:p w14:paraId="2C273A19" w14:textId="27B8D9D1" w:rsidR="00402D19" w:rsidRPr="00BD4465" w:rsidRDefault="00402D19" w:rsidP="59EE339F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minimize environmental impacts from pollution, greenhouse gases</w:t>
       </w:r>
-      <w:r w:rsidR="30148C26" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="30148C26" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and toxins</w:t>
       </w:r>
-      <w:r w:rsidR="74EC7072" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="74EC7072" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/hazardous products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A003619" w14:textId="77777777" w:rsidR="00402D19" w:rsidRPr="00673AE8" w:rsidRDefault="00402D19" w:rsidP="00402D19">
+    <w:p w14:paraId="0A003619" w14:textId="77777777" w:rsidR="00402D19" w:rsidRPr="00BD4465" w:rsidRDefault="00402D19" w:rsidP="00402D19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7333225E" w14:textId="77777777" w:rsidR="009A122C" w:rsidRPr="005F1BD0" w:rsidRDefault="009A122C" w:rsidP="009A122C">
+    <w:p w14:paraId="7333225E" w14:textId="77777777" w:rsidR="009A122C" w:rsidRPr="00BD4465" w:rsidRDefault="009A122C" w:rsidP="009A122C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To meet the above goals, [Town/City] will, whenever feasible:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0997A87B" w14:textId="77777777" w:rsidR="009A122C" w:rsidRPr="005F1BD0" w:rsidRDefault="009A122C" w:rsidP="009A122C">
+    <w:p w14:paraId="0997A87B" w14:textId="77777777" w:rsidR="009A122C" w:rsidRPr="00BD4465" w:rsidRDefault="009A122C" w:rsidP="009A122C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68059DB5" w14:textId="48AB0F9B" w:rsidR="009A122C" w:rsidRPr="005F1BD0" w:rsidRDefault="009A122C" w:rsidP="00B54857">
+    <w:p w14:paraId="68059DB5" w14:textId="5F6507C6" w:rsidR="009A122C" w:rsidRPr="00BD4465" w:rsidRDefault="009A122C" w:rsidP="00B54857">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Purchase products and services offered through the Operational Services Division’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidRPr="005F1BD0">
+        <w:r w:rsidRPr="00BD4465">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F1BD0">
+      <w:r w:rsidR="00D83284">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:t>,</w:t>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DD18D3" w14:textId="278D1E05" w:rsidR="009A122C" w:rsidRPr="005F1BD0" w:rsidRDefault="00A53D95" w:rsidP="00B54857">
+    <w:p w14:paraId="47DD18D3" w14:textId="278D1E05" w:rsidR="009A122C" w:rsidRPr="00BD4465" w:rsidRDefault="00A53D95" w:rsidP="00B54857">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...30 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prioritize donation and reuse before disposal of goods or equipment; and whenever possible</w:t>
+      </w:r>
+      <w:r w:rsidR="00340805" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00340805">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00340805" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="009A122C" w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="009A122C" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tilize the State </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="009A122C" w:rsidRPr="005F1BD0">
+        <w:r w:rsidR="009A122C" w:rsidRPr="00BD4465">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Surplus Property Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00340805">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00340805" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4C6945" w14:textId="65B0CB12" w:rsidR="00766CB0" w:rsidRDefault="002352DA" w:rsidP="005F1BD0">
+    <w:p w14:paraId="7FA8DFE9" w14:textId="1BF6532F" w:rsidR="00552103" w:rsidRPr="00BD4465" w:rsidRDefault="00552103" w:rsidP="00750A6E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...37 lines deleted...]
-        <w:r w:rsidR="001705F1" w:rsidRPr="005F1BD0">
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adhere to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BD4465">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Federal Comprehensive Procurement Guidelines</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001705F1" w:rsidRPr="005F1BD0">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or other established criteria, for minimum recycled content levels when purchasing office supplies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E574DB9" w14:textId="3130FA4A" w:rsidR="00750A6E" w:rsidRPr="00F11C4E" w:rsidRDefault="00750A6E" w:rsidP="00750A6E">
+    <w:p w14:paraId="1E574DB9" w14:textId="500C370D" w:rsidR="00750A6E" w:rsidRPr="00BD4465" w:rsidRDefault="00750A6E" w:rsidP="00750A6E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prioritize purchasing products that are durable, long lasting, reusable or refillable</w:t>
       </w:r>
-      <w:r w:rsidR="00F11C4E" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="00F11C4E" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and avoid purchasing single use products</w:t>
       </w:r>
-      <w:r w:rsidR="5F2792A5" w:rsidRPr="3A8B7639">
-        <w:rPr>
+      <w:r w:rsidR="5F2792A5" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39376CD7" w14:textId="77777777" w:rsidR="00750A6E" w:rsidRPr="005F1BD0" w:rsidRDefault="00750A6E" w:rsidP="00750A6E">
+    <w:p w14:paraId="39376CD7" w14:textId="77777777" w:rsidR="00750A6E" w:rsidRPr="00BD4465" w:rsidRDefault="00750A6E" w:rsidP="00750A6E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AF0F2CD" w14:textId="4E30AA5E" w:rsidR="006D255F" w:rsidRPr="005F1BD0" w:rsidRDefault="0F98ACCA" w:rsidP="00302160">
+    <w:p w14:paraId="3AF0F2CD" w14:textId="1C9E2CE0" w:rsidR="006D255F" w:rsidRPr="00BD4465" w:rsidRDefault="0F98ACCA" w:rsidP="00302160">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidR="00111095" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="D13438"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Town/City]</w:t>
       </w:r>
-      <w:r w:rsidR="27886376" w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="27886376" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> commit</w:t>
       </w:r>
-      <w:r w:rsidR="2144E3DD" w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="2144E3DD" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ted</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to sustainable </w:t>
       </w:r>
-      <w:r w:rsidR="242AE526" w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="242AE526" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>purchasing and</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="60DF2187" w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="60DF2187" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mpower</w:t>
       </w:r>
-      <w:r w:rsidR="0419B37E" w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0419B37E" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> employees to be innovative and demonstrate leadership by considering </w:t>
       </w:r>
-      <w:r w:rsidR="56D5D7A3" w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="56D5D7A3" w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>environmental and public health</w:t>
       </w:r>
-      <w:r w:rsidRPr="3A8B7639">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Calibri" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> benefits when making purchasing decisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2758ADEC" w14:textId="2E079E73" w:rsidR="006D255F" w:rsidRPr="005F1BD0" w:rsidRDefault="006D255F" w:rsidP="59EE339F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2758ADEC" w14:textId="2E079E73" w:rsidR="006D255F" w:rsidRPr="00BD4465" w:rsidRDefault="006D255F" w:rsidP="59EE339F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CADD7D8" w14:textId="09B56288" w:rsidR="000C19D4" w:rsidRPr="005F1BD0" w:rsidRDefault="000C19D4" w:rsidP="006D255F">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="6CADD7D8" w14:textId="09B56288" w:rsidR="000C19D4" w:rsidRPr="00BD4465" w:rsidRDefault="000C19D4" w:rsidP="006D255F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F1BD0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BD4465">
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Sans Serif Collection"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000C19D4" w:rsidRPr="005F1BD0">
+    <w:sectPr w:rsidR="000C19D4" w:rsidRPr="00BD4465">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BC5EA34" w14:textId="77777777" w:rsidR="00712792" w:rsidRDefault="00712792" w:rsidP="00A045D3">
+    <w:p w14:paraId="7D1EE9C6" w14:textId="77777777" w:rsidR="00F06CE5" w:rsidRDefault="00F06CE5" w:rsidP="00A045D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34804199" w14:textId="77777777" w:rsidR="00712792" w:rsidRDefault="00712792" w:rsidP="00A045D3">
+    <w:p w14:paraId="373BC1E4" w14:textId="77777777" w:rsidR="00F06CE5" w:rsidRDefault="00F06CE5" w:rsidP="00A045D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2C5F628B" w14:textId="77777777" w:rsidR="00712792" w:rsidRDefault="00712792">
+    <w:p w14:paraId="6DA82C68" w14:textId="77777777" w:rsidR="00F06CE5" w:rsidRDefault="00F06CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1144,77 +1128,91 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Gill Sans MT">
+    <w:panose1 w:val="020B0502020104020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Sans Serif Collection">
+    <w:panose1 w:val="020B0502040504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E057A3FF" w:usb1="4200605F" w:usb2="29100029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="716EEE38" w14:textId="77777777" w:rsidR="00712792" w:rsidRDefault="00712792" w:rsidP="00A045D3">
+    <w:p w14:paraId="68C6C090" w14:textId="77777777" w:rsidR="00F06CE5" w:rsidRDefault="00F06CE5" w:rsidP="00A045D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2706B92D" w14:textId="77777777" w:rsidR="00712792" w:rsidRDefault="00712792" w:rsidP="00A045D3">
+    <w:p w14:paraId="5544C25A" w14:textId="77777777" w:rsidR="00F06CE5" w:rsidRDefault="00F06CE5" w:rsidP="00A045D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79A772BD" w14:textId="77777777" w:rsidR="00712792" w:rsidRDefault="00712792">
+    <w:p w14:paraId="53870897" w14:textId="77777777" w:rsidR="00F06CE5" w:rsidRDefault="00F06CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F32BED2" w14:textId="47EDBDBD" w:rsidR="00A045D3" w:rsidRPr="00711CAD" w:rsidRDefault="00A045D3" w:rsidP="0011133B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00711CAD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>Town Header</w:t>
     </w:r>
   </w:p>
@@ -2046,144 +2044,178 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A045D3"/>
     <w:rsid w:val="0001533C"/>
+    <w:rsid w:val="000352ED"/>
+    <w:rsid w:val="0007111B"/>
     <w:rsid w:val="00081497"/>
     <w:rsid w:val="00091B79"/>
-    <w:rsid w:val="000942A3"/>
     <w:rsid w:val="0009551B"/>
+    <w:rsid w:val="000A0D2A"/>
     <w:rsid w:val="000B5782"/>
     <w:rsid w:val="000C19D4"/>
+    <w:rsid w:val="000F4A93"/>
     <w:rsid w:val="000F52B2"/>
+    <w:rsid w:val="00111095"/>
     <w:rsid w:val="0011133B"/>
     <w:rsid w:val="0011540F"/>
     <w:rsid w:val="00116C9D"/>
     <w:rsid w:val="00135710"/>
+    <w:rsid w:val="001371ED"/>
     <w:rsid w:val="00156B06"/>
     <w:rsid w:val="001705F1"/>
+    <w:rsid w:val="00174A8C"/>
     <w:rsid w:val="001D6220"/>
     <w:rsid w:val="001E097E"/>
     <w:rsid w:val="001F6513"/>
     <w:rsid w:val="00220ADB"/>
     <w:rsid w:val="002352DA"/>
     <w:rsid w:val="00253B15"/>
+    <w:rsid w:val="002762F0"/>
     <w:rsid w:val="00284EFD"/>
+    <w:rsid w:val="002B5907"/>
     <w:rsid w:val="002C6C7C"/>
     <w:rsid w:val="002D4272"/>
     <w:rsid w:val="002E15B6"/>
+    <w:rsid w:val="002E253F"/>
     <w:rsid w:val="002E6774"/>
     <w:rsid w:val="00302160"/>
     <w:rsid w:val="003317D6"/>
     <w:rsid w:val="00334262"/>
     <w:rsid w:val="00340805"/>
     <w:rsid w:val="00351F11"/>
+    <w:rsid w:val="003A4393"/>
     <w:rsid w:val="003C31A3"/>
     <w:rsid w:val="003C3B17"/>
+    <w:rsid w:val="003D6180"/>
     <w:rsid w:val="003E484E"/>
     <w:rsid w:val="003E727F"/>
     <w:rsid w:val="00402D19"/>
     <w:rsid w:val="00404CE2"/>
     <w:rsid w:val="00430030"/>
     <w:rsid w:val="004777C5"/>
     <w:rsid w:val="00493C54"/>
     <w:rsid w:val="004D1EBF"/>
     <w:rsid w:val="004E0565"/>
     <w:rsid w:val="00515097"/>
     <w:rsid w:val="005429CA"/>
+    <w:rsid w:val="00552103"/>
     <w:rsid w:val="005B24DB"/>
     <w:rsid w:val="005B4554"/>
     <w:rsid w:val="005F0A0E"/>
     <w:rsid w:val="005F1BD0"/>
     <w:rsid w:val="006026FD"/>
     <w:rsid w:val="00616A04"/>
+    <w:rsid w:val="00617418"/>
     <w:rsid w:val="00633735"/>
     <w:rsid w:val="00641AA9"/>
     <w:rsid w:val="006506D9"/>
     <w:rsid w:val="00673AE8"/>
     <w:rsid w:val="00681553"/>
     <w:rsid w:val="006918AA"/>
     <w:rsid w:val="006D255F"/>
     <w:rsid w:val="00711CAD"/>
     <w:rsid w:val="00712792"/>
     <w:rsid w:val="0071475F"/>
     <w:rsid w:val="00750A6E"/>
     <w:rsid w:val="00751A70"/>
-    <w:rsid w:val="0075423D"/>
     <w:rsid w:val="00766CB0"/>
+    <w:rsid w:val="00790088"/>
     <w:rsid w:val="007B3C1B"/>
+    <w:rsid w:val="007C18DD"/>
+    <w:rsid w:val="007D4505"/>
     <w:rsid w:val="007D4AA6"/>
     <w:rsid w:val="00823501"/>
     <w:rsid w:val="0083231D"/>
     <w:rsid w:val="00854D1D"/>
+    <w:rsid w:val="00863AE4"/>
     <w:rsid w:val="00895AB2"/>
+    <w:rsid w:val="008F26B4"/>
+    <w:rsid w:val="00977F1A"/>
+    <w:rsid w:val="00990216"/>
     <w:rsid w:val="009A122C"/>
     <w:rsid w:val="009F2371"/>
     <w:rsid w:val="00A045D3"/>
     <w:rsid w:val="00A53D95"/>
-    <w:rsid w:val="00A94627"/>
+    <w:rsid w:val="00A91F75"/>
     <w:rsid w:val="00AB797A"/>
     <w:rsid w:val="00AC1534"/>
     <w:rsid w:val="00B1710C"/>
     <w:rsid w:val="00B54857"/>
     <w:rsid w:val="00B56C03"/>
+    <w:rsid w:val="00B61FBD"/>
     <w:rsid w:val="00B75A54"/>
     <w:rsid w:val="00BA4E4E"/>
     <w:rsid w:val="00BB2838"/>
     <w:rsid w:val="00BD0D03"/>
+    <w:rsid w:val="00BD4465"/>
+    <w:rsid w:val="00BF5354"/>
+    <w:rsid w:val="00C027FD"/>
+    <w:rsid w:val="00C25886"/>
     <w:rsid w:val="00C86562"/>
     <w:rsid w:val="00CC46C8"/>
+    <w:rsid w:val="00CD47DE"/>
+    <w:rsid w:val="00CD53B5"/>
+    <w:rsid w:val="00D01331"/>
     <w:rsid w:val="00D03115"/>
+    <w:rsid w:val="00D539B6"/>
     <w:rsid w:val="00D80CAD"/>
     <w:rsid w:val="00D80D21"/>
+    <w:rsid w:val="00D83284"/>
     <w:rsid w:val="00DD3DBC"/>
     <w:rsid w:val="00E51784"/>
     <w:rsid w:val="00E73A60"/>
+    <w:rsid w:val="00E76ACC"/>
     <w:rsid w:val="00EC0020"/>
+    <w:rsid w:val="00ED5553"/>
+    <w:rsid w:val="00F06CE5"/>
     <w:rsid w:val="00F11C4E"/>
     <w:rsid w:val="00F20F88"/>
+    <w:rsid w:val="00F375DD"/>
     <w:rsid w:val="00F51D8D"/>
+    <w:rsid w:val="00F74C57"/>
     <w:rsid w:val="00F90892"/>
     <w:rsid w:val="00FA7C25"/>
     <w:rsid w:val="00FC6232"/>
     <w:rsid w:val="00FF0253"/>
     <w:rsid w:val="025C2169"/>
     <w:rsid w:val="0419B37E"/>
     <w:rsid w:val="0861AC92"/>
     <w:rsid w:val="09313CAE"/>
     <w:rsid w:val="0A9B3FF3"/>
     <w:rsid w:val="0B56069B"/>
     <w:rsid w:val="0BF82CFA"/>
     <w:rsid w:val="0F98ACCA"/>
     <w:rsid w:val="1055B767"/>
     <w:rsid w:val="16E92CD7"/>
     <w:rsid w:val="19D00319"/>
     <w:rsid w:val="1E1C669F"/>
     <w:rsid w:val="1E9C0B59"/>
     <w:rsid w:val="2144E3DD"/>
     <w:rsid w:val="242AE526"/>
     <w:rsid w:val="27886376"/>
     <w:rsid w:val="2BFC833B"/>
     <w:rsid w:val="2CE480F3"/>
     <w:rsid w:val="30148C26"/>
     <w:rsid w:val="303700AA"/>
     <w:rsid w:val="3140EEFE"/>
@@ -2632,50 +2664,71 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00990216"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2791,50 +2844,73 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="001705F1"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="25"/>
       <w:lang w:bidi="th-TH"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001705F1"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="25"/>
       <w:lang w:bidi="th-TH"/>
       <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002E253F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00990216"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="551774200">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1775394340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -3143,63 +3219,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C4D0C3021FA97D4C83490FBFBBDDEB2D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3517d5e9d199b4c46498bfccb932c197">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c833433-5196-423e-bc5e-12e70e78a05e" xmlns:ns3="a63a9c72-e43b-4077-bbd1-fe0cd88be8b0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec7b22876e99e2f8c977391bf7831228" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C4D0C3021FA97D4C83490FBFBBDDEB2D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="afbaf2a0ccddd8648dd500fa12c3501f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c833433-5196-423e-bc5e-12e70e78a05e" xmlns:ns3="a63a9c72-e43b-4077-bbd1-fe0cd88be8b0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="62f470aa710274842145fa00e7073716" ns2:_="" ns3:_="">
     <xsd:import namespace="4c833433-5196-423e-bc5e-12e70e78a05e"/>
     <xsd:import namespace="a63a9c72-e43b-4077-bbd1-fe0cd88be8b0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
@@ -3401,122 +3475,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c833433-5196-423e-bc5e-12e70e78a05e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a63a9c72-e43b-4077-bbd1-fe0cd88be8b0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF1EAA1F-2499-4F6F-9A05-181AF8A682C0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AE1111-ED69-4AF7-AD5C-775242EC7DF6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="a63a9c72-e43b-4077-bbd1-fe0cd88be8b0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{899519F4-E712-4018-B33F-C13E91808D59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB7A8118-85B3-44F2-B91C-FB4EFAB07BA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c833433-5196-423e-bc5e-12e70e78a05e"/>
     <ds:schemaRef ds:uri="a63a9c72-e43b-4077-bbd1-fe0cd88be8b0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AE1111-ED69-4AF7-AD5C-775242EC7DF6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF1EAA1F-2499-4F6F-9A05-181AF8A682C0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4c833433-5196-423e-bc5e-12e70e78a05e"/>
+    <ds:schemaRef ds:uri="a63a9c72-e43b-4077-bbd1-fe0cd88be8b0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>325</Words>
-  <Characters>1859</Characters>
+  <Words>323</Words>
+  <Characters>1842</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2180</CharactersWithSpaces>
+  <CharactersWithSpaces>2161</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Doodnauth, Cathy (DEP)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C4D0C3021FA97D4C83490FBFBBDDEB2D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>