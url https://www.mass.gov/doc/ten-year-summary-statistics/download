--- v0 (2025-12-11)
+++ v1 (2026-02-06)
@@ -1,63 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/sitthikay_phongsa_mass_gov/Documents/newwebposting2024/webposting/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/sitthikay_phongsa_mass_gov/Documents/newwebposting/webposting/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="28" documentId="13_ncr:1_{5C67B95A-DBB6-4309-A030-78322EA66C43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{677875BF-8B07-43B1-B130-60F6894A7A16}"/>
+  <xr:revisionPtr revIDLastSave="43" documentId="13_ncr:1_{5C67B95A-DBB6-4309-A030-78322EA66C43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F42CE82B-4650-4830-8B85-1BBB0AC64547}"/>
   <bookViews>
-    <workbookView xWindow="3435" yWindow="1140" windowWidth="21600" windowHeight="11175" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3825" yWindow="2865" windowWidth="21600" windowHeight="11235" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="BSEA 10 year statistics" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
     <sheet name="Sheet4" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>EVENT</t>
   </si>
   <si>
     <t>Mediation Requests</t>
   </si>
   <si>
     <t>Mediations</t>
   </si>
   <si>
     <t>Hearing Requests</t>
   </si>
   <si>
     <t>*The mediation request statistics beginning with 2011 include the following scenarios:  mediations requested during prior FY but not held until reported FY;</t>
   </si>
@@ -137,51 +138,55 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -431,358 +436,382 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K13"/>
+  <dimension ref="A1:L13"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="L14" sqref="L14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1">
         <v>2015</v>
       </c>
       <c r="C1" s="1">
         <v>2016</v>
       </c>
       <c r="D1" s="1">
         <v>2017</v>
       </c>
       <c r="E1" s="1">
         <v>2018</v>
       </c>
       <c r="F1" s="1">
         <v>2019</v>
       </c>
       <c r="G1" s="1">
         <v>2020</v>
       </c>
       <c r="H1" s="1">
         <v>2021</v>
       </c>
       <c r="I1" s="1">
         <v>2022</v>
       </c>
       <c r="J1" s="1">
         <v>2023</v>
       </c>
       <c r="K1" s="1">
         <v>2024</v>
       </c>
-    </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L1" s="1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="4">
         <v>165060</v>
       </c>
       <c r="C3" s="5">
         <v>167530</v>
       </c>
       <c r="D3" s="4">
         <v>167530</v>
       </c>
       <c r="E3" s="4">
         <v>173843</v>
       </c>
       <c r="F3" s="4">
         <v>176741</v>
       </c>
       <c r="G3" s="4">
         <v>172379</v>
       </c>
       <c r="H3" s="4">
         <v>174505</v>
       </c>
       <c r="I3" s="4">
         <v>179060</v>
       </c>
       <c r="J3" s="4">
         <v>187160</v>
       </c>
       <c r="K3" s="4">
         <v>187160</v>
       </c>
-    </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L3" s="4">
+        <v>190967</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="4">
         <v>10280</v>
       </c>
       <c r="C4" s="4">
         <v>10800</v>
       </c>
       <c r="D4" s="4">
         <v>11400</v>
       </c>
       <c r="E4" s="4">
         <v>11900</v>
       </c>
       <c r="F4" s="4">
         <v>11979</v>
       </c>
       <c r="G4" s="4">
         <v>9442</v>
       </c>
       <c r="H4" s="4">
         <v>11331</v>
       </c>
       <c r="I4" s="4">
         <v>11830</v>
       </c>
       <c r="J4" s="4">
         <v>12560</v>
       </c>
       <c r="K4" s="4">
         <v>14326</v>
       </c>
-    </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L4" s="4">
+        <v>14345</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="1">
         <v>127</v>
       </c>
       <c r="C5" s="1">
         <v>135</v>
       </c>
       <c r="D5" s="1">
         <v>118</v>
       </c>
       <c r="E5" s="1">
         <v>142</v>
       </c>
       <c r="F5" s="1">
         <v>114</v>
       </c>
       <c r="G5" s="1">
         <v>77</v>
       </c>
       <c r="H5" s="1">
         <v>127</v>
       </c>
       <c r="I5" s="1">
         <v>186</v>
       </c>
       <c r="J5" s="1">
         <v>204</v>
       </c>
       <c r="K5" s="1">
         <v>310</v>
       </c>
-    </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L5" s="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="1">
         <v>1085</v>
       </c>
       <c r="C6" s="1">
         <v>1132</v>
       </c>
       <c r="D6" s="2">
         <v>1132</v>
       </c>
       <c r="E6" s="1">
         <v>1059</v>
       </c>
       <c r="F6" s="1">
         <v>1084</v>
       </c>
       <c r="G6" s="1">
         <v>906</v>
       </c>
       <c r="H6" s="1">
         <v>932</v>
       </c>
       <c r="I6" s="1">
         <v>1091</v>
       </c>
       <c r="J6" s="4">
         <v>1236</v>
       </c>
       <c r="K6" s="4">
         <v>1275</v>
       </c>
-    </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L6" s="4">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="1">
         <v>733</v>
       </c>
       <c r="C7" s="1">
         <v>778</v>
       </c>
       <c r="D7" s="1">
         <v>742</v>
       </c>
       <c r="E7" s="1">
         <v>699</v>
       </c>
       <c r="F7" s="1">
         <v>714</v>
       </c>
       <c r="G7" s="1">
         <v>573</v>
       </c>
       <c r="H7" s="1">
         <v>519</v>
       </c>
       <c r="I7" s="1">
         <v>588</v>
       </c>
       <c r="J7" s="1">
         <v>715</v>
       </c>
       <c r="K7" s="4">
         <v>703</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L7" s="4">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="1">
         <v>492</v>
       </c>
       <c r="C8" s="1">
         <v>568</v>
       </c>
       <c r="D8" s="1">
         <v>495</v>
       </c>
       <c r="E8" s="1">
         <v>481</v>
       </c>
       <c r="F8" s="1">
         <v>483</v>
       </c>
       <c r="G8" s="1">
         <v>379</v>
       </c>
       <c r="H8" s="1">
         <v>320</v>
       </c>
       <c r="I8" s="1">
         <v>381</v>
       </c>
       <c r="J8" s="1">
         <v>391</v>
       </c>
       <c r="K8" s="4">
         <v>417</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L8" s="4">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
         <v>18</v>
       </c>
       <c r="C9" s="1">
         <v>23</v>
       </c>
       <c r="D9" s="1">
         <v>22</v>
       </c>
       <c r="E9" s="1">
         <v>13</v>
       </c>
       <c r="F9" s="1">
         <v>19</v>
       </c>
       <c r="G9" s="1">
         <v>19</v>
       </c>
       <c r="H9" s="1">
         <v>24</v>
       </c>
       <c r="I9" s="1">
         <v>14</v>
       </c>
       <c r="J9" s="1">
         <v>12</v>
       </c>
       <c r="K9" s="4">
         <v>12</v>
       </c>
-    </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L9" s="4">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A10" s="1"/>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;CBSEA STATISTICS</oddHeader>
     <oddFooter>Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <phoneticPr fontId="1" type="noConversion"/>
@@ -810,47 +839,47 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>BSEA 10 year statistics</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
       <vt:lpstr>Sheet4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Heidlage, Richard (ALA)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>