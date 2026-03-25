--- v0 (2025-10-22)
+++ v1 (2026-03-25)
@@ -1,136 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="27CE5F36" w14:textId="77777777" w:rsidR="00723E1C" w:rsidRDefault="006D4416" w:rsidP="00723E1C">
+    <w:p w14:paraId="54C21058" w14:textId="2164987F" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="006D4416" w:rsidP="00465001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="360" w:after="720"/>
+        <w:ind w:left="3067"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3AA40680" wp14:editId="33276685">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="image1.png" descr="MassHealth Logo" title="MassHealth Logo"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AA40680" wp14:editId="239903F4">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1517904" cy="804672"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20969"/>
+                <wp:lineTo x="21419" y="20969"/>
+                <wp:lineTo x="21419" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1" name="image1.png" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.png"/>
+                    <pic:cNvPr id="1" name="image1.png" descr="MassHealth logo"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1213281" cy="606691"/>
+                      <a:ext cx="1517904" cy="804672"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A42526">
+      <w:r w:rsidR="002373D7" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Third Party Liability Indicator</w:t>
       </w:r>
       <w:r w:rsidR="00FA3167" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Form (TPL-I)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763A3A79" w14:textId="77777777" w:rsidR="002373D7" w:rsidRPr="00BC6A54" w:rsidRDefault="002373D7" w:rsidP="00BC6A54">
+    <w:p w14:paraId="763A3A79" w14:textId="77777777" w:rsidR="002373D7" w:rsidRPr="00BC6A54" w:rsidRDefault="002373D7" w:rsidP="00555109">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC6A54">
         <w:t xml:space="preserve">INSTRUCTIONS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5F3628" w14:textId="1789CF0D" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="002373D7" w:rsidP="00BC6A54">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Complete </w:t>
       </w:r>
       <w:r w:rsidR="0084069A" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Step 1</w:t>
@@ -172,662 +183,535 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Step </w:t>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">2: Third Party Liability Information Updates. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E06A844" w14:textId="64B91FFC" w:rsidR="00D61A25" w:rsidRDefault="00D61A25" w:rsidP="00D61A25">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>3. Return the form to the MassHealth Third Party Liability Unit by email, fax, or mail.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0CF42B" w14:textId="6D3A8AD6" w:rsidR="00D61A25" w:rsidRPr="00A42526" w:rsidRDefault="00792186" w:rsidP="00BC6A54">
-[...18 lines deleted...]
-    <w:p w14:paraId="70053897" w14:textId="2705FCDB" w:rsidR="002373D7" w:rsidRPr="00BC6A54" w:rsidRDefault="0084069A" w:rsidP="00BC6A54">
+    <w:p w14:paraId="70053897" w14:textId="2705FCDB" w:rsidR="002373D7" w:rsidRPr="00BC6A54" w:rsidRDefault="0084069A" w:rsidP="00555109">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0634">
+        <w:t>STEP 1</w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00AF0634">
+        <w:t xml:space="preserve">: Head </w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00555109">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00AF0634">
+        <w:t xml:space="preserve"> Household Information </w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00555109">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="002373D7" w:rsidRPr="00BC6A54">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD72D3" w:rsidRPr="00555109">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD72D3">
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00555109">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Y</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>ou must complete this section)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B7B13B" w14:textId="0994D63C" w:rsidR="006D4416" w:rsidRDefault="006D4416" w:rsidP="006D4416">
+    <w:p w14:paraId="2067F5C5" w14:textId="77777777" w:rsidR="009A3084" w:rsidRPr="009A3084" w:rsidRDefault="006D4416" w:rsidP="009A3084">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Head of Household</w:t>
       </w:r>
       <w:r w:rsidR="002373D7" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="468DFE0A" w14:textId="2DEB6E13" w:rsidR="001F7053" w:rsidRDefault="00CD1A59">
+      <w:r w:rsidR="009A3084" w:rsidRPr="009A3084">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Last, First, Middle initial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468DFE0A" w14:textId="55C82F77" w:rsidR="001F7053" w:rsidRDefault="00CD1A59">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Head of Household MassHealth ID No. or Social Security N</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">umber (SSN): </w:t>
+        <w:t xml:space="preserve">Head of Household MassHealth ID No.: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B057EA6" w14:textId="3BEAA42C" w:rsidR="00CD1A59" w:rsidRPr="00A42526" w:rsidRDefault="001F7053" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="left" w:pos="9630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Head of Household Telephone Number: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E69498" w14:textId="49DF4537" w:rsidR="00CD1A59" w:rsidRDefault="00792186" w:rsidP="00985D40">
-[...23 lines deleted...]
-    <w:p w14:paraId="5ABF6F77" w14:textId="54DF9535" w:rsidR="00D045B9" w:rsidRPr="00BC6A54" w:rsidRDefault="0084069A" w:rsidP="00BC6A54">
+    <w:p w14:paraId="5ABF6F77" w14:textId="54DF9535" w:rsidR="00D045B9" w:rsidRPr="00BC6A54" w:rsidRDefault="0084069A" w:rsidP="00555109">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC6A54">
+        <w:t>STEP</w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00BC6A54">
+        <w:t xml:space="preserve"> 2: Third Party Liability Updates</w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00555109">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="00F17D03" w:rsidRPr="00BC6A54">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F17D03" w:rsidRPr="00555109">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00FD72D3">
+      <w:r w:rsidR="00FD72D3" w:rsidRPr="00555109">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00F17D03" w:rsidRPr="00BC6A54">
+      <w:r w:rsidR="00F17D03" w:rsidRPr="00555109">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>omplete the Section that you need MassHealth to update)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7029E200" w14:textId="6A834167" w:rsidR="00D02F8A" w:rsidRPr="00BC6A54" w:rsidRDefault="002373D7" w:rsidP="00BC6A54">
+    <w:p w14:paraId="7029E200" w14:textId="31F418EC" w:rsidR="00D02F8A" w:rsidRPr="00BC6A54" w:rsidRDefault="002373D7" w:rsidP="00BC6A54">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC6A54">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t xml:space="preserve">Section I: </w:t>
       </w:r>
       <w:r w:rsidR="00D02F8A" w:rsidRPr="00BC6A54">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t>Commercial Health Insurance Information</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC6A54">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00555109">
+        <w:rPr>
+          <w:rStyle w:val="Heading3Char"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00FD72D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FD72D3" w:rsidRPr="00FD72D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD72D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>omplete only if you need MassHealth to update commercial health insurance information)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37118CCD" w14:textId="74F854AE" w:rsidR="00D02F8A" w:rsidRPr="00A42526" w:rsidRDefault="00D02F8A" w:rsidP="00723E1C">
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="37118CCD" w14:textId="141ABA75" w:rsidR="00D02F8A" w:rsidRPr="00A42526" w:rsidRDefault="00555109" w:rsidP="00555109">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">__ </w:t>
       </w:r>
       <w:r w:rsidR="0039440A" w:rsidRPr="00A42526">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Add </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42526">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D02F8A" w:rsidRPr="00A42526">
         <w:t xml:space="preserve">Policy </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42526">
-[...20 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:br/>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02F8A" w:rsidRPr="00A42526">
         <w:t xml:space="preserve"> Change Policy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42526">
-[...20 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:br/>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02F8A" w:rsidRPr="00A42526">
         <w:t xml:space="preserve"> Terminate/Close Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CDE2AB" w14:textId="74A214B8" w:rsidR="00D02F8A" w:rsidRPr="00A42526" w:rsidRDefault="00D02F8A" w:rsidP="00D02F8A">
-[...1 lines deleted...]
-        <w:spacing w:after="120"/>
+    <w:p w14:paraId="64CDE2AB" w14:textId="2A21A061" w:rsidR="00D02F8A" w:rsidRPr="00A42526" w:rsidRDefault="00D02F8A" w:rsidP="00A915A3">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Policyholder’s Name: </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="120"/>
+      <w:r w:rsidR="00A915A3" w:rsidRPr="00A915A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Last, First, Middle initial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AA8BF5" w14:textId="5A3DC2FB" w:rsidR="00C73193" w:rsidRPr="00A42526" w:rsidRDefault="00211D9F" w:rsidP="00555109">
+      <w:pPr>
+        <w:spacing w:before="40" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Policyholder’s </w:t>
       </w:r>
       <w:r w:rsidR="00D02F8A" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date of Birth</w:t>
       </w:r>
       <w:r w:rsidR="00160414">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (MM/DD/YYYY)</w:t>
       </w:r>
       <w:r w:rsidR="00D02F8A" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE057BC" w14:textId="5BE28345" w:rsidR="006D4416" w:rsidRPr="00A42526" w:rsidRDefault="00211D9F" w:rsidP="00C73193">
+    <w:p w14:paraId="1B1F573B" w14:textId="77777777" w:rsidR="00555109" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="41A70A30" w14:textId="7F8B499D" w:rsidR="00C73193" w:rsidRPr="00A42526" w:rsidRDefault="00C73193" w:rsidP="00C73193">
+        <w:spacing w:before="40" w:after="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Insurance Company Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDBFE71" w14:textId="2EBD12CA" w:rsidR="00555109" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="5E170CC8" w14:textId="603DEECA" w:rsidR="00C73193" w:rsidRPr="00A42526" w:rsidRDefault="00C73193" w:rsidP="00C73193">
+        <w:spacing w:before="40" w:after="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Group Number.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE057BC" w14:textId="791AFB15" w:rsidR="006D4416" w:rsidRPr="00A42526" w:rsidRDefault="00C73193" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="1F75A2D6" w14:textId="54B765B2" w:rsidR="00C73193" w:rsidRPr="00A42526" w:rsidRDefault="00C73193" w:rsidP="00C73193">
+        <w:spacing w:before="40" w:after="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policy Number: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2E2EA4" w14:textId="77777777" w:rsidR="00555109" w:rsidRPr="00A42526" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="1C0D98AE" w14:textId="32D99535" w:rsidR="00961702" w:rsidRPr="00A42526" w:rsidRDefault="006C0183" w:rsidP="00723E1C">
+        <w:spacing w:before="40" w:after="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Policy Start Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096325AE" w14:textId="77777777" w:rsidR="00555109" w:rsidRPr="00A42526" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
+        <w:spacing w:before="40" w:after="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policy End Date: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450DC48B" w14:textId="77777777" w:rsidR="00555109" w:rsidRDefault="00555109" w:rsidP="00555109">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6210"/>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:after="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Insurance Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0D98AE" w14:textId="310FC538" w:rsidR="00961702" w:rsidRPr="00A42526" w:rsidRDefault="006C0183" w:rsidP="00036241">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6210"/>
+          <w:tab w:val="right" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Insurance Telephone Number: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270E5F06" w14:textId="5A285804" w:rsidR="00510B9C" w:rsidRPr="00A42526" w:rsidRDefault="006C0183" w:rsidP="00726311">
+      <w:pPr>
         <w:spacing w:after="120"/>
-        <w:rPr>
-[...39 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Family Members Covered:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="Family Members Covered"/>
-        <w:tblDescription w:val="This table asks for the name, date of birth (MM/DD/YYYY), and the MassHealth ID Number or SSN. It also allows for up to six family members to be listed if necessary."/>
+        <w:tblCaption w:val="Name DOB and MassHealth ID list"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4993"/>
         <w:gridCol w:w="1722"/>
         <w:gridCol w:w="4075"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00510B9C" w14:paraId="449C7C8E" w14:textId="77777777" w:rsidTr="009415C7">
+      <w:tr w:rsidR="00510B9C" w14:paraId="449C7C8E" w14:textId="77777777" w:rsidTr="00555109">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="603A44FC" w14:textId="77EAB390" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="001711FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -844,357 +728,357 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
             <w:r w:rsidR="009456B1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(MM/DD/YYYY)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51A867A1" w14:textId="114FBD23" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="001711FD">
+          <w:p w14:paraId="51A867A1" w14:textId="28BC4D12" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="001711FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>MassHealth ID Number or SSN</w:t>
+              <w:t xml:space="preserve">MassHealth ID Number </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510B9C" w14:paraId="4C0CA0D0" w14:textId="77777777" w:rsidTr="009415C7">
+      <w:tr w:rsidR="00510B9C" w14:paraId="4C0CA0D0" w14:textId="77777777" w:rsidTr="009456B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42633119" w14:textId="42FEA1BC" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="725F59EE" w14:textId="769C6CE6" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F09F519" w14:textId="6A0AAA3D" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510B9C" w14:paraId="7DD95250" w14:textId="77777777" w:rsidTr="009415C7">
+      <w:tr w:rsidR="00510B9C" w14:paraId="7DD95250" w14:textId="77777777" w:rsidTr="009456B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B823883" w14:textId="3D8F87C8" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DBEB11C" w14:textId="256AE294" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="479D6FDD" w14:textId="3631DB93" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510B9C" w14:paraId="18D21B08" w14:textId="77777777" w:rsidTr="009415C7">
+      <w:tr w:rsidR="00510B9C" w14:paraId="18D21B08" w14:textId="77777777" w:rsidTr="009456B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1537CFE2" w14:textId="19C6213B" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="192EDEA8" w14:textId="10830117" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3620866F" w14:textId="31C16215" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510B9C" w14:paraId="0235B074" w14:textId="77777777" w:rsidTr="009415C7">
+      <w:tr w:rsidR="00510B9C" w14:paraId="0235B074" w14:textId="77777777" w:rsidTr="009456B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F63B90E" w14:textId="2EC28FDB" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FBF1BF0" w14:textId="0CCD811C" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="219F9577" w14:textId="62DC84A3" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510B9C" w14:paraId="6689DDF9" w14:textId="77777777" w:rsidTr="009415C7">
+      <w:tr w:rsidR="00510B9C" w14:paraId="6689DDF9" w14:textId="77777777" w:rsidTr="009456B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60BF0AC9" w14:textId="4D14449B" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C0DA727" w14:textId="42DEDA07" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52D23D63" w14:textId="40D94638" w:rsidR="00510B9C" w:rsidRPr="00BC6A54" w:rsidRDefault="00510B9C" w:rsidP="00BC6A54">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009456B1" w14:paraId="67333D56" w14:textId="77777777" w:rsidTr="009415C7">
+      <w:tr w:rsidR="009456B1" w14:paraId="67333D56" w14:textId="77777777" w:rsidTr="009456B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52157F95" w14:textId="0B64F9DE" w:rsidR="009456B1" w:rsidRPr="00BC6A54" w:rsidRDefault="009456B1" w:rsidP="009456B1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DCC6713" w14:textId="4CC28D72" w:rsidR="009456B1" w:rsidRPr="00BC6A54" w:rsidRDefault="009456B1" w:rsidP="009456B1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="459B059D" w14:textId="6EFC8CA3" w:rsidR="009456B1" w:rsidRPr="00BC6A54" w:rsidRDefault="009456B1" w:rsidP="009456B1">
+          <w:p w14:paraId="459B059D" w14:textId="6A67A67C" w:rsidR="009456B1" w:rsidRPr="00BC6A54" w:rsidRDefault="009456B1" w:rsidP="009456B1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="431B9591" w14:textId="3BBDDD81" w:rsidR="009470A6" w:rsidRPr="00A42526" w:rsidRDefault="009470A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -1250,485 +1134,451 @@
       <w:r w:rsidRPr="00095B48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">omplete only if you need MassHealth to update </w:t>
       </w:r>
       <w:r w:rsidR="00FA1666" w:rsidRPr="00095B48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare </w:t>
       </w:r>
       <w:r w:rsidRPr="00095B48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>insurance information)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B8970F" w14:textId="5ED6BC24" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="002373D7" w:rsidP="005C5571">
+    <w:p w14:paraId="58B8970F" w14:textId="6FC703F0" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="002373D7" w:rsidP="005C5571">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42526">
-[...5 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00036241">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Medicare Beneficiary </w:t>
       </w:r>
       <w:r w:rsidR="00FA3167" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identifier</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (MBI) Number: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C87FFAE" w14:textId="1DB2F8EF" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="002373D7" w:rsidP="002373D7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Part A</w:t>
       </w:r>
       <w:r w:rsidR="00934BB4" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AFFDD42" w14:textId="29C33F16" w:rsidR="00AC1A69" w:rsidRPr="00FD4943" w:rsidRDefault="002373D7" w:rsidP="00BC6A54">
+    <w:p w14:paraId="6AFFDD42" w14:textId="45EAB44F" w:rsidR="00AC1A69" w:rsidRPr="00FD4943" w:rsidRDefault="00555109" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42526">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Add Policy</w:t>
+      <w:r w:rsidRPr="00555109">
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Add Policy</w:t>
       </w:r>
       <w:r w:rsidR="008E55A9" w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D21CD">
-[...5 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidR="00102575" w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Start Date:</w:t>
       </w:r>
       <w:r w:rsidR="008E55A9" w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE46BF">
-[...5 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidR="00102575" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">End Date: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="486878E6" w14:textId="491FA319" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="00AC1A69" w:rsidP="00BC6A54">
+    <w:p w14:paraId="486878E6" w14:textId="754DABE2" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="00555109" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD4943">
-[...13 lines deleted...]
-        <w:t></w:t>
+      <w:r w:rsidRPr="00555109">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="002373D7" w:rsidRPr="00555109">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005040DA" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Close </w:t>
       </w:r>
       <w:r w:rsidR="002373D7" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00102575" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005040DA" w:rsidRPr="00A42526">
-[...13 lines deleted...]
-        <w:t>Policy</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidR="00102575" w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Start Date: </w:t>
       </w:r>
-      <w:r w:rsidR="00EE46BF">
-[...5 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidR="00102575" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">End Date: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060C6FC5" w14:textId="0B91926F" w:rsidR="00AC1A69" w:rsidRPr="00A42526" w:rsidRDefault="002373D7" w:rsidP="00BC6A54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Part B</w:t>
       </w:r>
       <w:r w:rsidR="00934BB4" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9E22CE" w14:textId="46911DF4" w:rsidR="007E4A0D" w:rsidRPr="00FD4943" w:rsidRDefault="007E4A0D" w:rsidP="00BC6A54">
+    <w:p w14:paraId="65AA6774" w14:textId="77777777" w:rsidR="00555109" w:rsidRPr="00FD4943" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00555109">
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Add Policy</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...7 lines deleted...]
-        <w:t></w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Add Policy </w:t>
-[...23 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">Start Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">End Date: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAA00B1" w14:textId="42E01791" w:rsidR="007E4A0D" w:rsidRPr="00A42526" w:rsidRDefault="007E4A0D" w:rsidP="00BC6A54">
+    <w:p w14:paraId="554FBBE2" w14:textId="77777777" w:rsidR="00555109" w:rsidRPr="00A42526" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00555109">
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Close Policy</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...7 lines deleted...]
-        <w:t></w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Close Policy </w:t>
-[...23 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">Start Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">End Date: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA32F4C" w14:textId="3841D2F2" w:rsidR="002373D7" w:rsidRPr="00A42526" w:rsidRDefault="002373D7" w:rsidP="00934BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
@@ -1762,1028 +1612,824 @@
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: Part C plans </w:t>
       </w:r>
       <w:r w:rsidR="00FC18C2" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are commonly known as Medicare Advantage plans</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A626D1" w14:textId="32161551" w:rsidR="00E306F3" w:rsidRPr="00A42526" w:rsidRDefault="00E306F3" w:rsidP="00BC6A54">
+    <w:p w14:paraId="250A2E4C" w14:textId="4A770F1B" w:rsidR="003244BD" w:rsidRPr="00FD4943" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD4943">
-[...15 lines deleted...]
-      <w:r w:rsidR="00095B48" w:rsidRPr="00FD4943">
+      <w:r w:rsidRPr="00555109">
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E306F3" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Add Policy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E306F3" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Start Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E306F3" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">End Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005831DF" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Insurance Carrier:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005831DF" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Name:</w:t>
+      </w:r>
+      <w:r w:rsidR="003D21CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD4943">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00FD4943">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00E306F3" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Close Policy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E306F3" w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Start Date: </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E306F3" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">End Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Insurance Carrier:</w:t>
+      </w:r>
       <w:r w:rsidR="00EE46BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...56 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...115 lines deleted...]
-      <w:r w:rsidRPr="00A42526">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Name:</w:t>
       </w:r>
       <w:r w:rsidR="00EE46BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15CBBD04" w14:textId="5E2AE169" w:rsidR="00E306F3" w:rsidRPr="00A42526" w:rsidRDefault="002373D7" w:rsidP="00A42526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Part D</w:t>
       </w:r>
       <w:r w:rsidR="00462837" w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED8B82B" w14:textId="744FF489" w:rsidR="003244BD" w:rsidRPr="00FD4943" w:rsidRDefault="003244BD" w:rsidP="00BC6A54">
+    <w:p w14:paraId="57BFEDE9" w14:textId="31B10B6C" w:rsidR="003244BD" w:rsidRPr="00FD4943" w:rsidRDefault="00555109" w:rsidP="00555109">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2250"/>
           <w:tab w:val="left" w:pos="4050"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD4943">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Add Policy </w:t>
+      <w:r w:rsidRPr="00555109">
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Add Policy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Start Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">End Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Insurance Carrier:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Name:</w:t>
       </w:r>
       <w:r w:rsidR="003D21CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD4943">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00555109">
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00555109">
+        <w:t>Clos</w:t>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e Policy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Start Date: </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00FD4943">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">End Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Insurance Carrier:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003244BD" w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Name:</w:t>
+      </w:r>
       <w:r w:rsidR="003D21CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...56 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A6F98A" w14:textId="6FB7B36A" w:rsidR="003244BD" w:rsidRPr="00FD4943" w:rsidRDefault="003244BD" w:rsidP="00BC6A54">
-[...145 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="6332E837" w14:textId="77777777" w:rsidR="005B1684" w:rsidRDefault="005B1684">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6FEE51" w14:textId="16C37381" w:rsidR="009470A6" w:rsidRPr="00BC6A54" w:rsidRDefault="0084069A" w:rsidP="00555109">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC6A54">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">STEP 3: </w:t>
       </w:r>
       <w:r w:rsidR="009470A6" w:rsidRPr="00BC6A54">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Return the completed form to the MassHealth Third Party Liability Unit in one of these </w:t>
       </w:r>
       <w:r w:rsidR="00BF40A2">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>three</w:t>
       </w:r>
       <w:r w:rsidR="00BF40A2" w:rsidRPr="00BC6A54">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009470A6" w:rsidRPr="00BC6A54">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ways: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C25AF9" w14:textId="6CF105DE" w:rsidR="00CD1A59" w:rsidRPr="00BC6A54" w:rsidRDefault="009470A6" w:rsidP="00BC6A54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00A42526">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>MassHealthTPL@accenture.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="183F8A27" w14:textId="77777777" w:rsidR="009470A6" w:rsidRPr="00A42526" w:rsidRDefault="009470A6" w:rsidP="00BC6A54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Fax: (617) 357-7604 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23AD4443" w14:textId="26DF47EB" w:rsidR="00CD1A59" w:rsidRPr="00A42526" w:rsidRDefault="009470A6" w:rsidP="00BC6A54">
+    <w:p w14:paraId="23AD4443" w14:textId="1D55A2E9" w:rsidR="00CD1A59" w:rsidRPr="00A42526" w:rsidRDefault="009470A6" w:rsidP="00BC6A54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Mail: MassHealth Third Party Liability Unit, 519 Somerville Ave</w:t>
       </w:r>
       <w:r w:rsidR="007629C7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>nue</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> #372, Somerville, MA 02143</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA77E2E" w14:textId="37856717" w:rsidR="00CD1A59" w:rsidRPr="00A42526" w:rsidRDefault="00CD1A59" w:rsidP="00BC6A54">
+    <w:p w14:paraId="4DA77E2E" w14:textId="6A96B54E" w:rsidR="00CD1A59" w:rsidRPr="00A42526" w:rsidRDefault="00CD1A59" w:rsidP="00BC6A54">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC6A54">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Questions? Call MassHealth Third Party Liability Unit</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">Questions? </w:t>
+      </w:r>
+      <w:r w:rsidR="007E431B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BC6A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:br/>
+        <w:t>Call MassHealth Third Party Liability Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42526">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>at (888) 628-7526 or TTY (617) 886-8102</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="360"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A42526">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>at (888) 628-7526</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00CD1A59" w:rsidRPr="00A42526" w:rsidSect="00036241">
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="1080" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="540" w:right="720" w:bottom="1080" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="333F0F93" w14:textId="77777777" w:rsidR="00697BA3" w:rsidRDefault="00697BA3" w:rsidP="006D4416">
+    <w:p w14:paraId="3B3DF89A" w14:textId="77777777" w:rsidR="00606B96" w:rsidRDefault="00606B96" w:rsidP="006D4416">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B795157" w14:textId="77777777" w:rsidR="00697BA3" w:rsidRDefault="00697BA3" w:rsidP="006D4416">
+    <w:p w14:paraId="153A6352" w14:textId="77777777" w:rsidR="00606B96" w:rsidRDefault="00606B96" w:rsidP="006D4416">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:panose1 w:val="02040503050306020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger LT Std 45 Light">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0402020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="1AD4507F" w14:textId="74E75E21" w:rsidR="006D4416" w:rsidRPr="006D4416" w:rsidRDefault="006D4416" w:rsidP="006D4416">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AD4507F" w14:textId="3A5963A4" w:rsidR="006D4416" w:rsidRPr="00465001" w:rsidRDefault="00465001" w:rsidP="00465001">
     <w:pPr>
-      <w:pStyle w:val="NoParagraphStyle"/>
-[...18 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00465001">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger LT Std 45 Light" w:hAnsi="Frutiger LT Std 45 Light" w:cs="Frutiger LT Std 45 Light"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-    </w:pPr>
-    <w:r>
+      <w:t>TPLI-MH_2026-0</w:t>
+    </w:r>
+    <w:r w:rsidR="00CC1198">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger LT Std 45 Light" w:hAnsi="Frutiger LT Std 45 Light" w:cs="Frutiger LT Std 45 Light"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>TPLI-MH-</w:t>
-[...15 lines deleted...]
-      <w:t>21</w:t>
+      <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62B30773" w14:textId="77777777" w:rsidR="00697BA3" w:rsidRDefault="00697BA3" w:rsidP="006D4416">
+    <w:p w14:paraId="308A9FD2" w14:textId="77777777" w:rsidR="00606B96" w:rsidRDefault="00606B96" w:rsidP="006D4416">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="538375AF" w14:textId="77777777" w:rsidR="00697BA3" w:rsidRDefault="00697BA3" w:rsidP="006D4416">
+    <w:p w14:paraId="24325D6B" w14:textId="77777777" w:rsidR="00606B96" w:rsidRDefault="00606B96" w:rsidP="006D4416">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24882B88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AB0F004"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2825,51 +2471,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51213394"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9DAC4A0"/>
     <w:lvl w:ilvl="0" w:tplc="EA4E6EDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -2914,51 +2560,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76B9626B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76948BB0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3000,1047 +2646,784 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="202984065">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2126456551">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1002046108">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D4416"/>
     <w:rsid w:val="000075A0"/>
     <w:rsid w:val="00024E19"/>
+    <w:rsid w:val="00031DD3"/>
+    <w:rsid w:val="00036241"/>
     <w:rsid w:val="0007760C"/>
     <w:rsid w:val="00095B48"/>
     <w:rsid w:val="00097C31"/>
     <w:rsid w:val="000B26C5"/>
     <w:rsid w:val="00102575"/>
     <w:rsid w:val="001410AB"/>
     <w:rsid w:val="00160414"/>
     <w:rsid w:val="0018026C"/>
     <w:rsid w:val="00180CC2"/>
     <w:rsid w:val="001875D7"/>
     <w:rsid w:val="001A4EE2"/>
+    <w:rsid w:val="001D799F"/>
     <w:rsid w:val="001E735F"/>
     <w:rsid w:val="001F545F"/>
     <w:rsid w:val="001F7053"/>
     <w:rsid w:val="0020047A"/>
     <w:rsid w:val="00211D9F"/>
     <w:rsid w:val="002121F3"/>
+    <w:rsid w:val="002144A6"/>
     <w:rsid w:val="0023307E"/>
     <w:rsid w:val="002373D7"/>
-    <w:rsid w:val="00293C74"/>
+    <w:rsid w:val="0026026E"/>
     <w:rsid w:val="002A5AE1"/>
+    <w:rsid w:val="002A63AC"/>
     <w:rsid w:val="0032246F"/>
     <w:rsid w:val="00322FF6"/>
     <w:rsid w:val="003244BD"/>
     <w:rsid w:val="00327334"/>
     <w:rsid w:val="00384F8E"/>
     <w:rsid w:val="0039440A"/>
     <w:rsid w:val="003C1A45"/>
     <w:rsid w:val="003C4DD5"/>
     <w:rsid w:val="003D21CD"/>
     <w:rsid w:val="004109BA"/>
     <w:rsid w:val="00462837"/>
+    <w:rsid w:val="00465001"/>
     <w:rsid w:val="0048608C"/>
     <w:rsid w:val="00492F8C"/>
     <w:rsid w:val="004979B7"/>
     <w:rsid w:val="004A67C3"/>
-    <w:rsid w:val="004B4A44"/>
     <w:rsid w:val="004C27D0"/>
     <w:rsid w:val="004D4EDE"/>
+    <w:rsid w:val="004E0608"/>
     <w:rsid w:val="004F0B3D"/>
     <w:rsid w:val="005040DA"/>
     <w:rsid w:val="00510B9C"/>
     <w:rsid w:val="00526C8C"/>
     <w:rsid w:val="005351E2"/>
+    <w:rsid w:val="00555109"/>
+    <w:rsid w:val="005570DD"/>
     <w:rsid w:val="0057029F"/>
     <w:rsid w:val="005707DA"/>
     <w:rsid w:val="005831DF"/>
-    <w:rsid w:val="005A1399"/>
+    <w:rsid w:val="005B1684"/>
     <w:rsid w:val="005B171E"/>
+    <w:rsid w:val="005B2A58"/>
+    <w:rsid w:val="005B67AA"/>
     <w:rsid w:val="005C5571"/>
+    <w:rsid w:val="00606B96"/>
     <w:rsid w:val="00654940"/>
     <w:rsid w:val="0066076C"/>
+    <w:rsid w:val="00672DE5"/>
     <w:rsid w:val="00697BA3"/>
     <w:rsid w:val="006A16B0"/>
     <w:rsid w:val="006B5F90"/>
     <w:rsid w:val="006C0183"/>
     <w:rsid w:val="006D4416"/>
     <w:rsid w:val="00723E1C"/>
+    <w:rsid w:val="00726311"/>
     <w:rsid w:val="00741B4A"/>
     <w:rsid w:val="007629C7"/>
-    <w:rsid w:val="00792186"/>
     <w:rsid w:val="007A48E4"/>
     <w:rsid w:val="007C2ABC"/>
     <w:rsid w:val="007D2DF9"/>
+    <w:rsid w:val="007E431B"/>
     <w:rsid w:val="007E4A0D"/>
     <w:rsid w:val="007F3CBD"/>
     <w:rsid w:val="00825BC1"/>
     <w:rsid w:val="0084069A"/>
     <w:rsid w:val="008979AE"/>
     <w:rsid w:val="008E55A9"/>
     <w:rsid w:val="008E577D"/>
+    <w:rsid w:val="009051C8"/>
+    <w:rsid w:val="00932420"/>
     <w:rsid w:val="009330CC"/>
     <w:rsid w:val="00934BB4"/>
-    <w:rsid w:val="009415C7"/>
     <w:rsid w:val="009456B1"/>
     <w:rsid w:val="009470A6"/>
     <w:rsid w:val="00961702"/>
     <w:rsid w:val="0097564E"/>
     <w:rsid w:val="00976F71"/>
     <w:rsid w:val="00985D40"/>
     <w:rsid w:val="00997C07"/>
+    <w:rsid w:val="009A3084"/>
     <w:rsid w:val="009A5D42"/>
+    <w:rsid w:val="009E3850"/>
     <w:rsid w:val="00A04239"/>
     <w:rsid w:val="00A34323"/>
     <w:rsid w:val="00A42526"/>
     <w:rsid w:val="00A4442A"/>
     <w:rsid w:val="00A55DFA"/>
     <w:rsid w:val="00A645B6"/>
+    <w:rsid w:val="00A915A3"/>
+    <w:rsid w:val="00A91AFD"/>
     <w:rsid w:val="00AA2BAF"/>
     <w:rsid w:val="00AC1A69"/>
     <w:rsid w:val="00AF0634"/>
+    <w:rsid w:val="00AF3821"/>
     <w:rsid w:val="00B2652B"/>
     <w:rsid w:val="00B421AD"/>
     <w:rsid w:val="00B51A5E"/>
     <w:rsid w:val="00B76661"/>
     <w:rsid w:val="00B93938"/>
     <w:rsid w:val="00BA1F9A"/>
     <w:rsid w:val="00BA611B"/>
     <w:rsid w:val="00BC2692"/>
     <w:rsid w:val="00BC6A54"/>
     <w:rsid w:val="00BE7660"/>
     <w:rsid w:val="00BF40A2"/>
+    <w:rsid w:val="00BF4657"/>
+    <w:rsid w:val="00C1667C"/>
     <w:rsid w:val="00C419F5"/>
     <w:rsid w:val="00C73193"/>
+    <w:rsid w:val="00CC1198"/>
     <w:rsid w:val="00CD1A59"/>
     <w:rsid w:val="00D00025"/>
     <w:rsid w:val="00D02F8A"/>
     <w:rsid w:val="00D045B9"/>
     <w:rsid w:val="00D1722B"/>
+    <w:rsid w:val="00D57D10"/>
     <w:rsid w:val="00D61029"/>
     <w:rsid w:val="00D61A25"/>
     <w:rsid w:val="00D66A35"/>
     <w:rsid w:val="00D7316D"/>
     <w:rsid w:val="00D75F49"/>
     <w:rsid w:val="00D948A8"/>
     <w:rsid w:val="00DC3915"/>
     <w:rsid w:val="00E306F3"/>
     <w:rsid w:val="00E46BF7"/>
+    <w:rsid w:val="00E77614"/>
     <w:rsid w:val="00E82C58"/>
     <w:rsid w:val="00E915B3"/>
     <w:rsid w:val="00EA3B84"/>
     <w:rsid w:val="00EE46BF"/>
     <w:rsid w:val="00F17D03"/>
     <w:rsid w:val="00F20218"/>
+    <w:rsid w:val="00F57B0C"/>
     <w:rsid w:val="00F7393E"/>
     <w:rsid w:val="00F8603B"/>
     <w:rsid w:val="00FA1666"/>
     <w:rsid w:val="00FA3167"/>
     <w:rsid w:val="00FA687F"/>
     <w:rsid w:val="00FA7985"/>
     <w:rsid w:val="00FC18C2"/>
     <w:rsid w:val="00FD4943"/>
     <w:rsid w:val="00FD72D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1DBEE126"/>
+  <w15:docId w15:val="{63F5CE27-F1C9-1640-8235-F456ED17F1C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009A5D42"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00F20218"/>
+    <w:rsid w:val="00555109"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:snapToGrid w:val="0"/>
-      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F20218"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="00F20218"/>
-[...519 lines deleted...]
-    <w:rsid w:val="00F20218"/>
+    <w:rsid w:val="00555109"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="009A5D42"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
@@ -4252,58 +3635,58 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F20218"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MassHealthTPL@accenture.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MassHealthTPL@accenture.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4551,92 +3934,92 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CF8463A-7BA4-4EE5-8FDA-AAA593F53EF4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF340C86-F85D-43E1-9CA4-DFA4E7627CF9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1894</Characters>
+  <Pages>3</Pages>
+  <Words>327</Words>
+  <Characters>1864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2222</CharactersWithSpaces>
+  <CharactersWithSpaces>2187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jonathan Finn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>