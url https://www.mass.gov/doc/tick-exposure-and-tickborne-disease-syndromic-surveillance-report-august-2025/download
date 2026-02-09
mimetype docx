--- v0 (2025-10-22)
+++ v1 (2026-02-09)
@@ -1,1670 +1,1638 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1DAAF33B" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="5F32197E" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CAE9348" wp14:editId="59E2A34A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FF763A9" wp14:editId="63215ADC">
             <wp:extent cx="6858000" cy="1828800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Picture" descr="Massachusetts Department of Public Health logo"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="21" name="Picture" descr="Massachusetts Department of Public Health logo"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6858000" cy="1828800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4241E8C3" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="2008E5F8" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Xf77409b51c214eb2e8281201a119fbac9de2443"/>
       <w:r>
         <w:t>Bureau of Infectious Disease and Laboratory Sciences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758B61DE" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="106B23DA" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="X231de9e181b1f2e634a4a29610717d4d4f4f686"/>
+      <w:bookmarkStart w:id="1" w:name="Xc77c94768138fa4cded10bafa70a8ecaf9f95ef"/>
       <w:r>
-        <w:t>Tick Exposure and Tick-borne Disease Syndromic Surveillance Report, August 2025</w:t>
+        <w:t>Tick Exposure and Tick-borne Disease Syndromic Surveillance Report, December 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F368A77" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="794B23FB" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="suggested-citation"/>
       <w:r>
         <w:t>Suggested citation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6AEB24" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="52B04074" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Massachusetts Department of Public Health, Bureau of Infectious Disease and Laboratory Sciences. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Tick Exposure and Tick-borne Disease Syndromic Surveillance Report, August 2025.</w:t>
+        <w:t>Tick Exposure and Tick-borne Disease Syndromic Surveillance Report, December 2025.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
-        <w:r w:rsidRPr="006809E8">
+        <w:r w:rsidRPr="006A2C7D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
           </w:rPr>
           <w:t>http://www.mass.gov/eohhs/gov/departments/dph/programs/id/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22CBC448" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="4EA58E1D" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="Xf7d7cd5b464d49f693d3bc340e7ed88c4bb6513"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>Bureau of Infectious Disease and Laboratory Sciences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E35CFD3" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="4049BE8F" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Massachusetts Public Health State Laboratory</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>305 South Street</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Jamaica Plain, MA 02130</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7172D167" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="68204D7D" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">To speak to the on-call epidemiologist </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Tel: (617) 983-6800</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Questions about Infectious Disease Reporting</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Tel: (617) 983-6801</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Requests for additional data</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="requesting-infectious-disease-data-">
-        <w:r w:rsidRPr="006809E8">
+        <w:r w:rsidRPr="00134571">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+            <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
           </w:rPr>
           <w:t>https://www.mass.gov/lists/infectious-disease-data-reports-and-requests#requesting-infectious-disease-data-</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CD85114" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="3A499093" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="acknowledgments"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>Acknowledgments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71AB656C" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="333C1AEA" w14:textId="72D40087" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t>This report was prepared by the following MDPH staff:</w:t>
+        <w:t>This report was prepared by the following DPH staff:</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Susan Soliva</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Bruce Caldwell</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Rosa Ergas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575ED56C" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="006809E8" w:rsidRDefault="00312377">
+    <w:p w14:paraId="23E14FBD" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00134571" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="page-break"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="006809E8">
+      <w:r w:rsidRPr="00134571">
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Page break</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2E6D5E" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="15BCB924" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="X27ea0d465258c6e23f025aa58be76fb0aafb96b"/>
+      <w:bookmarkStart w:id="6" w:name="X4b12dad7979277b7b86732bd209498915f9edf3"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>Tick Exposure and Tick-borne Disease Syndromic Surveillance Report, August 2025</w:t>
+        <w:t>Tick Exposure and Tick-borne Disease Syndromic Surveillance Report, December 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C26A6E2" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="04174564" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="about-the-data"/>
       <w:r>
         <w:t>About the data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DD1023" w14:textId="6C970BF5" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="0BCDC05C" w14:textId="45B95A8F" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Massachusetts Department of Public Health’s (MDPH) Syndromic Surveillance program electronically collects limited information on patient visits to hospital emergency departments (ED) across the Commonwealth. The reported data allow the Department to track trends for certain types of ED visits. This report provides monthly updates on two visit types, tick exposures, where a patient reports an exposure to ticks, and tick-borne disease, where the patient is discharged with a diagnosis of a tick-borne disease. Because not everyone exposed to ticks or with a tick-borne disease will be seen in an ED, these data do not show all patients with tick-borne disease in Massachusetts. More information about tick-borne diseases and how to prevent them is available at </w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Massachusetts Department of Public Health’s (DPH) Syndromic Surveillance program electronically collects limited information on patient visits to hospital emergency departments (ED) across the Commonwealth. The reported data allow the Department to track trends for certain types of ED visits. This report provides monthly updates on two visit types, tick exposures, where a patient reports an exposure to ticks, and tick-borne disease, where the patient is discharged with a diagnosis of a tick-borne disease. Because not everyone exposed to ticks or with a tick-borne disease will be seen in an ED, these data do not show all patients with tick-borne disease in Massachusetts. More information about tick-borne diseases and how to prevent them is available at www.mass.gov/dph/tick.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B64E02A" w14:textId="77777777" w:rsidR="00312377" w:rsidRPr="00312377" w:rsidRDefault="00312377" w:rsidP="00312377">
-[...4 lines deleted...]
-    <w:p w14:paraId="18C0AEA3" w14:textId="355EEE0B" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="6F593148" w14:textId="723564C2" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
       <w:r>
-        <w:t>: The graphs below show that in August of 2025, less than 0.4% of visits to EDs in any week were related to exposure to ticks, while less than 0.2% of visits to EDs in any week were related to diagnosis of a tick-borne disease. The 2025 data are shown compared to both the minimum and the maximum number of visits recorded over the last three years. While tick activity usually increases in Spring and early Summer and then again in Fall, exact timing is dependent on weather.</w:t>
+        <w:t>: The graphs below show that in December of 2025, less than 0.2% of visits to EDs in any week were related to exposure to ticks, while less than 0.2% of visits to EDs in any week were related to diagnosis of a tick-borne disease. The 2025 data are shown compared to both the minimum and the maximum number of visits recorded over the last three years. While tick activity usually increases in Spring and early Summer and then again in Fall, exact timing is dependent on weather.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F8653B" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="4BC48946" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E28758B" wp14:editId="58B62963">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2298E2A0" wp14:editId="484E6A3A">
             <wp:extent cx="6468176" cy="4340993"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="31" name="Picture" descr="Graphs of tickborne exposure visits and disease visits."/>
+            <wp:docPr id="31" name="Picture" descr="Two graphs showing tick exposure and tick-borne disease visits to emergency rooms throughout the year compared to visits recorded over the last three years."/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="31" name="Picture" descr="Graphs of tickborne exposure visits and disease visits."/>
+                    <pic:cNvPr id="31" name="Picture" descr="Two graphs showing tick exposure and tick-borne disease visits to emergency rooms throughout the year compared to visits recorded over the last three years."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6468176" cy="4340993"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5053E2" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="006809E8" w:rsidRDefault="00312377">
+    <w:p w14:paraId="4DD30E7B" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00134571" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="page-break-1"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="006809E8">
+      <w:r w:rsidRPr="00134571">
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Page break</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AAF01EE" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="1370ED13" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Figure 2</w:t>
       </w:r>
       <w:r>
-        <w:t>: This map shows the rate, per 10,000 total population, of ED visits by patients who had a visit related to a tick exposure, by Massachusetts county of residence, 2025 to date. Although there are differences in the rate of patient visits, this shows that people are exposed to ticks throughout all of Massachusetts and should take recommended steps to reduce the chance of being bitten.</w:t>
+        <w:t xml:space="preserve">: This map shows the rate, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>per 10,000 total population,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of ED visits by patients who had a visit related to a tick exposure, by Massachusetts county of residence, 2025 to date. Although there are differences in the rate of patient visits, this shows that people are exposed to ticks throughout all of Massachusetts and should take recommended steps to reduce the chance of being bitten.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C266A6">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3796D507" w14:textId="77777777" w:rsidR="00312377" w:rsidRPr="00312377" w:rsidRDefault="00312377" w:rsidP="00312377">
+    <w:p w14:paraId="380EDF2A" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRPr="00C266A6" w:rsidRDefault="00C266A6" w:rsidP="00C266A6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0678C482" w14:textId="77777777" w:rsidR="00312377" w:rsidRPr="00312377" w:rsidRDefault="00312377" w:rsidP="00312377">
-[...6 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="34DF6C89" w14:textId="23C68F37" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73D24850" wp14:editId="0523B21B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C292B5A" wp14:editId="59C0AECD">
             <wp:extent cx="6858000" cy="5299075"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1908713898" name="Picture 3" descr="Map of tick exposure emergency department visits by county in Massachusetts."/>
+            <wp:docPr id="1422710326" name="Picture 3" descr="A map of Massachusetts showing the rate of emergency room visits in 2025 by county."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1908713898" name="Picture 3" descr="Map of tick exposure emergency department visits by county in Massachusetts."/>
+                    <pic:cNvPr id="1422710326" name="Picture 3" descr="A map of Massachusetts showing the rate of emergency room visits in 2025 by county."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6858000" cy="5299075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E9F8FA" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="006809E8" w:rsidRDefault="00312377">
+    <w:p w14:paraId="7A53942A" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00134571" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="page-break-2"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="006809E8">
+      <w:r w:rsidRPr="00134571">
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Page break</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69016FC6" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="73680BA3" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Figure 3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: This graph shows the rate of ED visits made by patients who were diagnosed with a tick-borne disease, by age group, 2025 to date. This trend is expected and demonstrates that children ages 5-14 and older adults are more frequently diagnosed with tick-borne diseases. Children are </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>most commonly diagnosed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> with Lyme disease while older adults are more commonly diagnosed with Lyme disease, anaplasmosis or babesiosis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477E96B5" w14:textId="77777777" w:rsidR="00312377" w:rsidRDefault="00312377" w:rsidP="00312377">
-[...9 lines deleted...]
-    <w:p w14:paraId="772A00C7" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="79935A22" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E3A7D4E" wp14:editId="3B25B9FC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="116F8074" wp14:editId="317F1577">
             <wp:extent cx="6468176" cy="5082138"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="36" name="Picture" descr="Graph of tickborne disease visits in 2025 to date."/>
+            <wp:docPr id="36" name="Picture" descr="A bar graph showing the rate of emergency room tick-borne visits by age of visitor in 2025."/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="36" name="Picture" descr="Graph of tickborne disease visits in 2025 to date."/>
+                    <pic:cNvPr id="36" name="Picture" descr="A bar graph showing the rate of emergency room tick-borne visits by age of visitor in 2025."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6468176" cy="5082138"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216CCA2E" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="006809E8" w:rsidRDefault="00312377">
+    <w:p w14:paraId="24F5B62D" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00134571" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="page-break-3"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="006809E8">
+      <w:r w:rsidRPr="00134571">
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Page break</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65951229" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="015A9E83" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Table 1</w:t>
       </w:r>
       <w:r>
         <w:t>: This table shows the number and the rate of ED visits by patients who were diagnosed with a tick-borne disease, by county 2025 to date. Although there are differences in the numbers and rates of patient visits, this table shows that people are exposed to ticks and are diagnosed with tick-borne diseases throughout all of Massachusetts. Both patients and providers should be aware of what tick-borne diseases occur in Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E894A3" w14:textId="77777777" w:rsidR="00312377" w:rsidRDefault="00312377" w:rsidP="00312377">
-[...4 lines deleted...]
-    <w:p w14:paraId="2D577185" w14:textId="77777777" w:rsidR="00312377" w:rsidRPr="00312377" w:rsidRDefault="00312377" w:rsidP="00312377">
+    <w:p w14:paraId="26CAA4A7" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRPr="00C266A6" w:rsidRDefault="00C266A6" w:rsidP="00C266A6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2119"/>
         <w:gridCol w:w="2401"/>
         <w:gridCol w:w="3955"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="0C767582" w14:textId="77777777" w:rsidTr="00312377">
+      <w:tr w:rsidR="004114DD" w14:paraId="01BFC73A" w14:textId="77777777" w:rsidTr="00C266A6">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22E6ABBA" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="00312377" w:rsidRDefault="00312377">
+          <w:p w14:paraId="0C7FC9FB" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00C266A6" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00312377">
+            <w:r w:rsidRPr="00C266A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0656C994" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="00312377" w:rsidRDefault="00312377">
+          <w:p w14:paraId="1D74531E" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00C266A6" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00312377">
+            <w:r w:rsidRPr="00C266A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Total Visits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A7FDF6C" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="00312377" w:rsidRDefault="00312377">
+          <w:p w14:paraId="12A555F8" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00C266A6" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00312377">
+            <w:r w:rsidRPr="00C266A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Number of Tick-borne Disease Visits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26AB15F7" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="00312377" w:rsidRDefault="00312377">
+          <w:p w14:paraId="6BDFBF6E" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00C266A6" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00312377">
+            <w:r w:rsidRPr="00C266A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Rate (Per 10,000) of Tick-borne Disease Visits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="4CE8BA7D" w14:textId="77777777" w:rsidTr="00312377">
+      <w:tr w:rsidR="004114DD" w14:paraId="228D4E66" w14:textId="77777777" w:rsidTr="00C266A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3786A85C" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="354AB94A" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>BARNSTABLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43F5AABD" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="0EB30EB9" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>79938</w:t>
+              <w:t>121588</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42A3DBEB" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="06489A97" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>155</w:t>
+              <w:t>177</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2338963F" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="2A5F3BFE" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>19.39</w:t>
+              <w:t>14.56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="70CCB8F9" w14:textId="77777777">
+      <w:tr w:rsidR="004114DD" w14:paraId="253F613C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="174731D1" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="220571B4" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>BERKSHIRE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214EE1B0" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="45E7C747" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>52525</w:t>
+              <w:t>79919</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A34F0B5" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="67D4D42B" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>93</w:t>
+              <w:t>119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C032C72" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="6ADC6C9B" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>17.71</w:t>
+              <w:t>14.89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="5C8FB7FF" w14:textId="77777777">
+      <w:tr w:rsidR="004114DD" w14:paraId="795D7E38" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78E1250F" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="0B81F612" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>BRISTOL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7057B359" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="13C9B7A8" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>227965</w:t>
+              <w:t>342998</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8843C2" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="3C975477" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>223</w:t>
+              <w:t>274</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="599C4F01" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="1490280F" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>9.78</w:t>
+              <w:t>7.99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="30E7C629" w14:textId="77777777">
+      <w:tr w:rsidR="004114DD" w14:paraId="1174AE73" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10929B4A" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="12C02215" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DUKES/NANTUCKET</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="635C1DB4" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="6FE83D4B" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>17238</w:t>
+              <w:t>24063</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEC6897" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="3B8452E5" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6CDD5A" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>88.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004114DD" w14:paraId="2B184538" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="445522B5" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ESSEX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="112144AF" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>386360</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4454B9A0" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="016216FB" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2.77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004114DD" w14:paraId="4B8F4152" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D244B5C" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>FRANKLIN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="546C01D8" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>37948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8F8F8A" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74827354" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004114DD" w14:paraId="5593CACE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C9BE88" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>HAMPDEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="439F35C8" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>278330</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDF1358" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F60112" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004114DD" w14:paraId="0928AC1A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D834AE" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>HAMPSHIRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E69BAA5" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>58172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="392A3810" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B59BD9" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004114DD" w14:paraId="7E167012" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="785F13DE" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MIDDLESEX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728A3537" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>569858</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B286BB4" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B755FC5" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="18B8A173" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>108.48</w:t>
+              <w:t>3.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="1A67476E" w14:textId="77777777">
+      <w:tr w:rsidR="004114DD" w14:paraId="14778D9D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46A9D235" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="3DD664B1" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>ESSEX</w:t>
+              <w:t>NORFOLK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF227BF" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="64E1A168" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>254311</w:t>
+              <w:t>271685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13EBCB31" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="3EF9FB15" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>88</w:t>
+              <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57DED391" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="1722287A" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3.46</w:t>
+              <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="0DDE8C56" w14:textId="77777777">
+      <w:tr w:rsidR="004114DD" w14:paraId="01C705C3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="072C1411" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="498089D7" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>FRANKLIN</w:t>
+              <w:t>PLYMOUTH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="410A8021" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="6334D3B9" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>24886</w:t>
+              <w:t>283689</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE2556B" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="7CAB3925" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>32</w:t>
+              <w:t>301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F3C522" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="4FBC3195" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>12.86</w:t>
+              <w:t>10.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="39BD4808" w14:textId="77777777">
+      <w:tr w:rsidR="004114DD" w14:paraId="27670B90" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBA70B2" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="4B34BB24" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>HAMPDEN</w:t>
+              <w:t>SUFFOLK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64823201" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="40FC41DA" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>182012</w:t>
+              <w:t>398759</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C54C4B" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="287716A6" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="390CC3B8" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="7BAC9898" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3.08</w:t>
+              <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5B8E" w14:paraId="26654A98" w14:textId="77777777">
+      <w:tr w:rsidR="004114DD" w14:paraId="5A08EA33" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D811ABF" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="37334F08" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>HAMPSHIRE</w:t>
+              <w:t>WORCESTER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEBE1EF" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="466BB6D4" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>38108</w:t>
+              <w:t>385350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="104771C8" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
-[...57 lines deleted...]
-          <w:p w14:paraId="2D110DC2" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="2D51C373" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02499CB4" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+          <w:p w14:paraId="34C3E3DA" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3.83</w:t>
-[...231 lines deleted...]
-              <w:t>4.44</w:t>
+              <w:t>3.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="364EE8DF" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="230D95B9" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t>*Visits where patient county was missing or out of state are not shown (n=117593)</w:t>
+        <w:t>*Visits where patient county was missing or out of state are not shown (n=179171)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C488C08" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRPr="006809E8" w:rsidRDefault="00312377">
+    <w:p w14:paraId="5B35A2F6" w14:textId="77777777" w:rsidR="004114DD" w:rsidRPr="00134571" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="page-break-4"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="006809E8">
+      <w:r w:rsidRPr="00134571">
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Page break</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5630BA4A" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="33B99F85" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="more-information"/>
       <w:r>
         <w:t>MORE INFORMATION:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2667893E" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="73297739" w14:textId="31C91ECC" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Massachusetts Syndromic Surveillance Program</w:t>
       </w:r>
       <w:r>
-        <w:t>: The Massachusetts Department of Public Health (MDPH) collects emergency department (ED) syndromic surveillance data from hospital emergency departments across the Commonwealth. As of January 2019, MDPH is receiving 100% of state-wide ED visits. The MDPH syndromic surveillance system is managed by the Division of Surveillance, Analytics and Informatics within the Bureau of Infectious Disease and Laboratory Sciences, with funding provided by the Centers for Disease Control and Prevention’s National Syndromic Surveillance Program grant.</w:t>
+        <w:t>: The Massachusetts Department of Public Health (DPH) collects emergency department (ED) syndromic surveillance data from hospital emergency departments across the Commonwealth. As of January 2019, DPH is receiving 100% of state-wide ED visits. The DPH syndromic surveillance system is managed by the Division of Surveillance, Analytics and Informatics within the Bureau of Infectious Disease and Laboratory Sciences, with funding provided by the Centers for Disease Control and Prevention’s National Syndromic Surveillance Program grant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D08D9A0" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="18CFB19B" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="visit-definitions"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">Visit Definitions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0791C19F" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="72DD505C" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tick Exposure Visit</w:t>
       </w:r>
       <w:r>
         <w:t>: Free-text query for the word tick in chief complaint (patient-stated reason for visit) or in the triage notes.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tick-borne Disease Visit</w:t>
       </w:r>
       <w:r>
         <w:t>: International Statistical Classification of Diseases and Related Health Problems, 10th Revision (ICD-10) query of the first three diagnostic codes assigned to the ED visit for: Lyme disease (A69.2), babesiosis (B60.0), anaplasmosis (A77.49, A79.82), and other tick-borne diseases (A68.1, A68.9, A77.40, and A93.8).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBD92DA" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="2F60DD72" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="denominators"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve">Denominators </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB7A7D5" w14:textId="77777777" w:rsidR="003A5B8E" w:rsidRDefault="00312377">
+    <w:p w14:paraId="321C3A5A" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>As of 01/01/2020 BIDLS calculates population rates using denominators estimated by the University of Massachusetts Donahue Institute using a modified Hamilton-Perry model (UMDI Oct 2016).1 Note that rates and trends calculated using previous methods cannot be compared to these. 1 Strate S, et al. Small Area Population Estimates for 2011 through 2020, report published Oct 2016.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:sectPr w:rsidR="003A5B8E" w:rsidSect="00837E7B">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+    <w:sectPr w:rsidR="004114DD" w:rsidSect="00837E7B">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="073F5619" w14:textId="77777777" w:rsidR="004D077C" w:rsidRDefault="004D077C">
+    <w:p w14:paraId="433F9894" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C8B4346" w14:textId="77777777" w:rsidR="004D077C" w:rsidRDefault="004D077C">
+    <w:p w14:paraId="4F33CFD4" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRDefault="00C266A6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1681,134 +1649,124 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6774120D" w14:textId="77777777" w:rsidR="006809E8" w:rsidRDefault="006809E8">
-[...9 lines deleted...]
-  <w:p w14:paraId="24B3FC1C" w14:textId="207CA092" w:rsidR="00312377" w:rsidRPr="00B36623" w:rsidRDefault="00312377" w:rsidP="00B36623">
+  <w:p w14:paraId="6A8F61F9" w14:textId="62A6CAFC" w:rsidR="00C266A6" w:rsidRPr="00B36623" w:rsidRDefault="00C266A6" w:rsidP="00B36623">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D217F1">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Data current as of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>15September2025</w:t>
+      <w:t>15January2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00D217F1">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> and are subject to change</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FB9EF92" wp14:editId="6B286471">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B0025B8" wp14:editId="4FB40000">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="bottomMargin">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="1508760" cy="395605"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="56" name="Text Box 56"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1508760" cy="395605"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4EFAD93A" w14:textId="77777777" w:rsidR="00312377" w:rsidRPr="00D217F1" w:rsidRDefault="00312377">
+                        <w:p w14:paraId="64CB52C5" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRPr="00D217F1" w:rsidRDefault="00C266A6">
                           <w:pPr>
                             <w:pStyle w:val="Footer"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D217F1">
                             <w:rPr>
                               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00D217F1">
                             <w:rPr>
                               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
@@ -1844,58 +1802,58 @@
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="0FB9EF92" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="7B0025B8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 56" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:67.6pt;margin-top:0;width:118.8pt;height:31.15pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxXhUiHgIAADoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Idy0kEy4GbwEUB&#10;IwngFDnTFGUJILksSVtyv75LSn4g7anohdrVLPcxs5w/dEqSg7CuAV3Q8SilRGgOZaN3Bf3xtvpy&#10;R4nzTJdMghYFPQpHHxafP81bk4sJ1CBLYQkm0S5vTUFr702eJI7XQjE3AiM0ghVYxTy6dpeUlrWY&#10;XclkkqazpAVbGgtcOId/n3qQLmL+qhLcv1SVE57IgmJvPp42nttwJos5y3eWmbrhQxvsH7pQrNFY&#10;9JzqiXlG9rb5I5VquAUHlR9xUAlUVcNFnAGnGacfptnUzIg4C5LjzJkm9//S8ufDxrxa4ruv0KGA&#10;gZDWuNzhzzBPV1kVvtgpQRwpPJ5pE50nPFzK0rvbGUIcsZv7bJZmIU1yuW2s898EKBKMglqUJbLF&#10;Dmvn+9BTSCimYdVIGaWRmrQFnd1kabxwRjC51CFWRJGHNJfOg+W7bTeMs4XyiFNa6BfAGb5qsJU1&#10;c/6VWVQcu8ct9i94VBKwJAwWJTXYX3/7H+JRCEQpaXGDCup+7pkVlMjvGiW6H0+nYeWiM81uJ+jY&#10;a2R7jei9egRc0jG+F8OjGeK9PJmVBfWOy74MVRFimmPtgvqT+ej7vcbHwsVyGYNwyQzza70xPKQO&#10;hAWi37p3Zs2ghkcdn+G0ayz/IEofG246s9x7lCYqFgjuWUWlg4MLGjUfHlN4Add+jLo8+cVvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAOLASw9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE&#10;74X+g9hCLyWR44BbXK9DCfgc4uQDFGtju5VWxpJj9++r9tJcFoYZZt4Wu8UacaPR944RNusEBHHj&#10;dM8twvlUrd5A+KBYK+OYEL7Jw658fChUrt3MR7rVoRWxhH2uELoQhlxK33RklV+7gTh6VzdaFaIc&#10;W6lHNcdya2SaJJm0que40KmB9h01X/VkEVw6v5hjvan2h/mzSg4TnWpPiM9Py8c7iEBL+A/DL35E&#10;hzIyXdzE2guDEB8Jfzd66fY1A3FByNItyLKQ9/DlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDxXhUiHgIAADoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4sBLD2QAAAAQBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="4EFAD93A" w14:textId="77777777" w:rsidR="00312377" w:rsidRPr="00D217F1" w:rsidRDefault="00312377">
+                  <w:p w14:paraId="64CB52C5" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRPr="00D217F1" w:rsidRDefault="00C266A6">
                     <w:pPr>
                       <w:pStyle w:val="Footer"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00D217F1">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00D217F1">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
@@ -1925,248 +1883,222 @@
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="91440" distB="91440" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07A229EE" wp14:editId="01DDC03B">
+            <wp:anchor distT="91440" distB="91440" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4770D917" wp14:editId="4F452012">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="bottomMargin">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="5943600" cy="36195"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
-              <wp:docPr id="58" name="Rectangle 58">
-[...5 lines deleted...]
-              </wp:docPr>
+              <wp:docPr id="58" name="Rectangle 58"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5943600" cy="36195"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="2">
                         <a:schemeClr val="accent1">
                           <a:shade val="50000"/>
                         </a:schemeClr>
                       </a:lnRef>
                       <a:fillRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rtlCol="0" anchor="ctr"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="2925A272" id="Rectangle 58" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:0;width:468pt;height:2.85pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:7.2pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:7.2pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAz9y1QzQEAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykS7AGcXpo0V2G&#10;rVi3H6DKVCxAEgVJi5N/P0pynWIddhjqAy3x4/Hxmd7dnKxhRwhRo+v4ctFyBk5ir92h4z9/3H/4&#10;xFlMwvXCoIOOnyHym/37d7vRb2GFA5oeAiMQF7ej7/iQkt82TZQDWBEX6MFRUGGwItE1HJo+iJHQ&#10;rWlWbbtpRgy9DyghRvLe1SDfF3ylQKZvSkVIzHScuKViQ7FP2Tb7ndgegvCDlhMN8R8srNCOms5Q&#10;dyIJ9ivoV1BWy4ARVVpItA0qpSWUGWiaZfvHNI+D8FBmIXGin2WKbwcrvx4f/UMgGUYft5GOeYqT&#10;Cja/iR87FbHOs1hwSkySc3398WrTkqaSYleb5fU6i9lcin2I6TOgZfnQ8UDfokgkjl9iqqnPKbmX&#10;cdk6vNfG1Gj2NBda5ZTOBmr2d1BM90RkVVDLxsCtCewo6FsLKcGlZQ0NoofqXrf0TDznisLaOALM&#10;yIr6z9gTQN7G19iV5ZSfS6Es3Fzc/otYLZ4rSmd0aS622mH4G4ChqabONf9ZpCpNVukJ+/NDYCGZ&#10;W6x7L5wckNZeplCKcxZtVJl82v68si/vBfbyj+5/AwAA//8DAFBLAwQUAAYACAAAACEAu7xWc9kA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNqwQIcaqqiAs3Ah/gxEuS&#10;Eq/T2GlSvp6FC1xGGs1q5m2+XVwvTjiGzpOG25UCgVR721Gj4f3t+eYeRIiGrOk9oYYzBtgWlxe5&#10;yayf6RVPZWwEl1DIjIY2xiGTMtQtOhNWfkDi7MOPzkS2YyPtaGYud71cK5VKZzrihdYMuG+x/iwn&#10;p2E+J8eXzUF9qX16OO6qyT0l5Vrr66tl9wgi4hL/juEHn9GhYKbKT2SD6DXwI/FXOXvYpGwrDckd&#10;yCKX/9mLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAz9y1QzQEAAOsDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC7vFZz2QAAAAMBAAAPAAAA&#10;AAAAAAAAAAAAACcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;" fillcolor="#4f81bd [3204]" stroked="f" strokeweight="2pt">
+            <v:rect w14:anchorId="6350DD38" id="Rectangle 58" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:468pt;height:2.85pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:7.2pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:7.2pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAz9y1QzQEAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykS7AGcXpo0V2G&#10;rVi3H6DKVCxAEgVJi5N/P0pynWIddhjqAy3x4/Hxmd7dnKxhRwhRo+v4ctFyBk5ir92h4z9/3H/4&#10;xFlMwvXCoIOOnyHym/37d7vRb2GFA5oeAiMQF7ej7/iQkt82TZQDWBEX6MFRUGGwItE1HJo+iJHQ&#10;rWlWbbtpRgy9DyghRvLe1SDfF3ylQKZvSkVIzHScuKViQ7FP2Tb7ndgegvCDlhMN8R8srNCOms5Q&#10;dyIJ9ivoV1BWy4ARVVpItA0qpSWUGWiaZfvHNI+D8FBmIXGin2WKbwcrvx4f/UMgGUYft5GOeYqT&#10;Cja/iR87FbHOs1hwSkySc3398WrTkqaSYleb5fU6i9lcin2I6TOgZfnQ8UDfokgkjl9iqqnPKbmX&#10;cdk6vNfG1Gj2NBda5ZTOBmr2d1BM90RkVVDLxsCtCewo6FsLKcGlZQ0NoofqXrf0TDznisLaOALM&#10;yIr6z9gTQN7G19iV5ZSfS6Es3Fzc/otYLZ4rSmd0aS622mH4G4ChqabONf9ZpCpNVukJ+/NDYCGZ&#10;W6x7L5wckNZeplCKcxZtVJl82v68si/vBfbyj+5/AwAA//8DAFBLAwQUAAYACAAAACEAu7xWc9kA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNqwQIcaqqiAs3Ah/gxEuS&#10;Eq/T2GlSvp6FC1xGGs1q5m2+XVwvTjiGzpOG25UCgVR721Gj4f3t+eYeRIiGrOk9oYYzBtgWlxe5&#10;yayf6RVPZWwEl1DIjIY2xiGTMtQtOhNWfkDi7MOPzkS2YyPtaGYud71cK5VKZzrihdYMuG+x/iwn&#10;p2E+J8eXzUF9qX16OO6qyT0l5Vrr66tl9wgi4hL/juEHn9GhYKbKT2SD6DXwI/FXOXvYpGwrDckd&#10;yCKX/9mLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAz9y1QzQEAAOsDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC7vFZz2QAAAAMBAAAPAAAA&#10;AAAAAAAAAAAAACcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;" fillcolor="#4f81bd [3204]" stroked="f" strokeweight="2pt">
               <w10:wrap type="square" anchorx="margin" anchory="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="611F15F3" w14:textId="77777777" w:rsidR="004D077C" w:rsidRDefault="004D077C">
+    <w:p w14:paraId="216962A0" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BFBA5D5" w14:textId="77777777" w:rsidR="004D077C" w:rsidRDefault="004D077C">
+    <w:p w14:paraId="142AC35B" w14:textId="77777777" w:rsidR="004114DD" w:rsidRDefault="00C266A6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="05BA8CB2" w14:textId="77777777" w:rsidR="00312377" w:rsidRDefault="00F13AB4">
+  <w:p w14:paraId="7BE9FE1F" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRDefault="00665B32">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="53055C7C">
+      <w:pict w14:anchorId="61FE7CA1">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s3074" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:565.5pt;height:94.25pt;rotation:315;z-index:-251655168;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+        <v:shape id="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:565.5pt;height:94.25pt;rotation:315;z-index:-251655168;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="FOR INTERNAL USE ONLY"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6AE70A73" w14:textId="77777777" w:rsidR="006809E8" w:rsidRDefault="006809E8">
-[...9 lines deleted...]
-  <w:p w14:paraId="2A9AC859" w14:textId="77777777" w:rsidR="00312377" w:rsidRDefault="00F13AB4">
+  <w:p w14:paraId="54EB4731" w14:textId="77777777" w:rsidR="00C266A6" w:rsidRDefault="00665B32">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="796C68BB">
+      <w:pict w14:anchorId="29EC2EC7">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject" o:spid="_x0000_s3073" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:565.5pt;height:94.25pt;rotation:315;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:565.5pt;height:94.25pt;rotation:315;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="FOR INTERNAL USE ONLY"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4FE6C502"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
@@ -2323,51 +2255,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="AC724214"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0000A990"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6128B528"/>
+    <w:tmpl w:val="6FD6C306"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
@@ -2483,159 +2415,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1636057361">
+  <w:num w:numId="1" w16cid:durableId="287862435">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="755245730">
+  <w:num w:numId="2" w16cid:durableId="5255995">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="350881464">
+  <w:num w:numId="3" w16cid:durableId="165481398">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2318425">
+  <w:num w:numId="4" w16cid:durableId="1111630683">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="482743827">
+  <w:num w:numId="5" w16cid:durableId="1308587014">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2053455373">
+  <w:num w:numId="6" w16cid:durableId="292294448">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="488835662">
+  <w:num w:numId="7" w16cid:durableId="170729968">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1406680544">
+  <w:num w:numId="8" w16cid:durableId="1404185574">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="593172456">
+  <w:num w:numId="9" w16cid:durableId="1998725398">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="236743686">
+  <w:num w:numId="10" w16cid:durableId="632293499">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="919214666">
+  <w:num w:numId="11" w16cid:durableId="1917591621">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1390378119">
+  <w:num w:numId="12" w16cid:durableId="1151021390">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3075"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1,3"/>
+      <o:idmap v:ext="edit" data="1,2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A5B8E"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F13AB4"/>
+    <w:rsidRoot w:val="004114DD"/>
+    <w:rsid w:val="00134571"/>
+    <w:rsid w:val="00242F58"/>
+    <w:rsid w:val="004114DD"/>
+    <w:rsid w:val="00665B32"/>
+    <w:rsid w:val="006A2C7D"/>
+    <w:rsid w:val="00707F60"/>
+    <w:rsid w:val="00A03635"/>
+    <w:rsid w:val="00A52B2D"/>
+    <w:rsid w:val="00C266A6"/>
+    <w:rsid w:val="00CE6187"/>
+    <w:rsid w:val="00D813CB"/>
+    <w:rsid w:val="00FA28A0"/>
+    <w:rsid w:val="00FE7E11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3075"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="3"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7A2F8115"/>
-  <w15:docId w15:val="{41075750-32A2-44C4-99EA-972C5352A9D8}"/>
+  <w14:docId w14:val="754EA3CF"/>
+  <w15:docId w15:val="{26960D6F-AD37-42C0-B703-4DB3EAD095E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4730,62 +4667,50 @@
       <w:b/>
       <w:i/>
       <w:color w:val="8F5902"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AlertTok">
     <w:name w:val="AlertTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="EF2929"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ErrorTok">
     <w:name w:val="ErrorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="A40000"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="990216142">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1744060857">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -6248,51 +6173,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1973244524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/eohhs/gov/departments/dph/programs/id/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/tick" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/infectious-disease-data-reports-and-requests" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/eohhs/gov/departments/dph/programs/id/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/infectious-disease-data-reports-and-requests" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6536,80 +6461,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>4995</Characters>
+  <Pages>6</Pages>
+  <Words>869</Words>
+  <Characters>4955</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5860</CharactersWithSpaces>
+  <CharactersWithSpaces>5813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Woo, Karl (EHS)</dc:creator>
+  <dc:title>Tick Exposure and Tick-borne Disease Syndromic Surveillance Report, December 2025</dc:title>
+  <dc:creator>DPH</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="output">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>