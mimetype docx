--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -283,132 +283,124 @@
       <w:r w:rsidR="002862EE" w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0C5E8D" w14:textId="7FD948C6" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00B05B64">
+    <w:p w14:paraId="3D0C5E8D" w14:textId="5B254A39" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00B05B64">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">REQUIRED FILINGS IN THE STATE OF:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0089076C">
+      <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>MASSACHUSETTS</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00524884">
+        </w:rPr>
+        <w:t xml:space="preserve"> Filings Made During the Year </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62329" w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Filings Made During the Year </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D62329" w:rsidRPr="00524884">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00930C7A" w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00930C7A" w:rsidRPr="00524884">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004339A0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...6 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E94220A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10303" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="706"/>
@@ -1146,564 +1138,535 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>I.  NAIC FINANCIAL STATEMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5385" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="152615FB" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A11249" w:rsidRPr="00524884" w14:paraId="66B9775A" w14:textId="77777777" w:rsidTr="006010C1">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="66B9775A" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59865D1D" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="59865D1D" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12AF11DB" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="12AF11DB" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="614CBCBF" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="614CBCBF" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Annual Statement (8 ½” x 14”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D43932">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F1E272" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7589214D" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="003F10BD" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7589214D" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="28CF8AC6" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0B94E3" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="3D0B94E3" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="005BA2D5" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="005BA2D5" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="56827B1A" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="56827B1A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A11249" w:rsidRPr="00524884" w14:paraId="3597702A" w14:textId="77777777" w:rsidTr="006010C1">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="3597702A" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="742496ED" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="742496ED" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ABEFD21" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="3ABEFD21" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C01BEB8" w14:textId="005E31C3" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
-[...9 lines deleted...]
-              <w:t>Printed Investment Schedule detail (Pages E01-E29)</w:t>
+          <w:p w14:paraId="4C01BEB8" w14:textId="005E31C3" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Printed Investment Schedule detail (Pages E01-</w:t>
+            </w:r>
+            <w:r w:rsidR="00373267" w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>E29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D43932">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FE699D" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3026A4E5" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="003F10BD" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3026A4E5" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
-[...21 lines deleted...]
-          <w:p w14:paraId="5590BE94" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="5590BE94" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2CEC285B" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="2CEC285B" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD4F6CF" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="7AD4F6CF" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="570D558A" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="570D558A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A11249" w:rsidRPr="00524884" w14:paraId="167DF46E" w14:textId="77777777" w:rsidTr="006010C1">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="167DF46E" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB6DDB8" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="0DB6DDB8" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6482E2" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="3B6482E2" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19FDE3EF" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="19FDE3EF" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Quarterly Financial Statement (8 ½” x 14”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00D43932">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1DF468" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6436168A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="003F10BD" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6436168A" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0A0BA765" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7C217972" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="7C217972" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>5/15, 8/15, 11/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3D0D9D" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="2B3D0D9D" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="60401BF8" w14:textId="77777777" w:rsidR="00A11249" w:rsidRPr="00524884" w:rsidRDefault="00A11249" w:rsidP="00A11249">
+          <w:p w14:paraId="60401BF8" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="73EB586E" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7916D2AF" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1864,6950 +1827,7140 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>II.  NAIC SUPPLEMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5385" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="185B7FBA" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D20AF" w:rsidRPr="00524884" w14:paraId="00539354" w14:textId="77777777" w:rsidTr="006010C1">
+      <w:tr w:rsidR="001111DB" w:rsidRPr="00524884" w14:paraId="00539354" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC7AC93" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="6BC7AC93" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="663472B5" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="663472B5" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0521702F" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="0521702F" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Actuarial Opinion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED97A29" w14:textId="657B5263" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6ED97A29" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="283074DA" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="283074DA" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...34 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="65FF8FB5" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1838FBA8" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="1838FBA8" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D1B1AE5" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="5D1B1AE5" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73E3AC3D" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="73E3AC3D" w14:textId="77777777" w:rsidR="001111DB" w:rsidRPr="00524884" w:rsidRDefault="001111DB" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D20AF" w:rsidRPr="00524884" w14:paraId="56537D8E" w14:textId="77777777" w:rsidTr="006010C1">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="56537D8E" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2147B809" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="2147B809" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="576C05CA" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...9 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w14:paraId="576C05CA" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001111DB" w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6626FA69" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="6626FA69" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Investment Risk Interrogatories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="00617ACB" w14:textId="47147D2D" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="00617ACB" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B07FC2" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="003F10BD" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="36B07FC2" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...34 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2C22104B" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="31D7D4CE" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="31D7D4CE" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="400BA838" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="400BA838" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1A414DD4" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="1A414DD4" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D20AF" w:rsidRPr="00524884" w14:paraId="15B26B82" w14:textId="77777777" w:rsidTr="006010C1">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="15B26B82" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C048B9F" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="5C048B9F" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="356D4734" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...9 lines deleted...]
-              <w:t>13</w:t>
+          <w:p w14:paraId="356D4734" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001111DB" w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5153B5" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="3C5153B5" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Management Discussion &amp; Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17051AFA" w14:textId="7812FFAF" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="17051AFA" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E8A297" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="003F10BD" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39E8A297" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
-[...34 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2CB2566B" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="50AA1F5C" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="50AA1F5C" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2981FA1E" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="2981FA1E" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6527BD" w14:textId="77777777" w:rsidR="002D20AF" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="002D20AF">
+          <w:p w14:paraId="7A6527BD" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="331EBC0E" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="331EBC0E" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78D318CA" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="78D318CA" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="556AF0EC" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...9 lines deleted...]
-              <w:t>14</w:t>
+          <w:p w14:paraId="556AF0EC" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001111DB" w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02A96B2D" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="02A96B2D" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Schedule SIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38813DDE" w14:textId="0BE7E2B3" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="38813DDE" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="512F410C" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="512F410C" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDF3A36" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1CDF3A36" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC8DCB8" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="3AC8DCB8" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46C8540A" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="46C8540A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4CCB45" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0E4CCB45" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="050050BF" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="050050BF" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D214272" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="3D214272" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFEF5B1" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...9 lines deleted...]
-              <w:t>15</w:t>
+          <w:p w14:paraId="3FFEF5B1" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00283D7A" w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33245ED1" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="33245ED1" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Supplemental Compensation Exhibit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="155657C3" w14:textId="59F0A5E6" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="155657C3" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C719388" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C358B05" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2304A6" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5376393B" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>NAIC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="797E7FF8" w14:textId="6589FB34" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00B811FC" w:rsidP="008459FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...101 lines deleted...]
-                <w:sz w:val="16"/>
               </w:rPr>
               <w:t>See Note 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="42009BFA" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="42009BFA" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78266867" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="78266867" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74804062" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...9 lines deleted...]
-              <w:t>16</w:t>
+          <w:p w14:paraId="74804062" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00283D7A" w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7732F14D" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...9 lines deleted...]
-              <w:t>Supplemental Schedule of Business Written By Agency</w:t>
+          <w:p w14:paraId="7732F14D" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supplemental Schedule of Business Written </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>By</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="786000FE" w14:textId="00193D3A" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="786000FE" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16131161" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="16131161" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="004141E6" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="748E6883" w14:textId="0E9223D8" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="002D20AF" w:rsidP="00E60A3A">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="748E6883" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="164C6539" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="164C6539" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD40A76" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0BD40A76" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="60A200AB" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="60A200AB" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="2BB9AB86" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="2BB9AB86" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C6CA954" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2C6CA954" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FA8B762" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="5FA8B762" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66900975" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="66900975" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC7CC0F" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="3EC7CC0F" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11EC2D46" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="11EC2D46" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C919765" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2C919765" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6869C3AC" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="6869C3AC" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C84905A" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="3C84905A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44A291A1" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="44A291A1" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="14943089" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="002862EE" w:rsidRPr="00524884" w14:paraId="14943089" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CF60BF3" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0CF60BF3" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56351BB4" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="56351BB4" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E74AB98" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="4E74AB98" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>III.  ELECTRONIC FILING REQUIREMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5385" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE7D2F0" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="6CE7D2F0" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="2A7A677F" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="2A7A677F" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1416A840" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1416A840" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="444166BB" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="444166BB" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0EF8B7" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1C0EF8B7" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Annual Statement Electronic Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="056843B9" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="056843B9" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0BFACF60" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0BFACF60" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF24E13" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2FF24E13" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA9EB37" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="7DA9EB37" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB1A5A5" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="7AB1A5A5" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2CB723" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0C2CB723" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="449AD935" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="449AD935" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E14C4D" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="34E14C4D" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423905A8" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="423905A8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="209AD626" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="209AD626" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>March .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F163AA8" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="6F163AA8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="42D52A7B" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="42D52A7B" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06CB7672" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="06CB7672" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="468BAB03" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="468BAB03" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="772C6362" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="772C6362" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEDA9DF" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="7CEDA9DF" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="695C6BAE" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="695C6BAE" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="038B9036" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="038B9036" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2825CF" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1C2825CF" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3F46E6" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="4B3F46E6" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Supplemental Electronic Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="558FB115" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="558FB115" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="04895012" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="04895012" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="22D1630F" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="22D1630F" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="55D209D8" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="55D209D8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="75D083AC" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="75D083AC" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B586661" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="5B586661" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="3C529F99" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="3C529F99" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="199BE740" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="199BE740" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D035174" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0D035174" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53588264" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="53588264" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Supplemental .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="058F1976" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="058F1976" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD08341" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="5DD08341" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="23484814" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="23484814" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2701FD96" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2701FD96" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="126A2090" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="126A2090" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6FE937" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0C6FE937" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="26447A93" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="26447A93" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C18866" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="48C18866" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="439A8666" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="439A8666" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A22CCA0" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1A22CCA0" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Quarterly Statement Electronic Filing </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4410DA3C" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="4410DA3C" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="55910DE8" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="55910DE8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38CF5C84" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="38CF5C84" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="061D08A0" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="061D08A0" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>5/15, 8/15, 11/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="22E09F58" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="006010C1" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="22E09F58" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="14"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4DB5CF" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1E4DB5CF" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="5B9A449B" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="5B9A449B" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1F31F8" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2C1F31F8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43CCC565" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="43CCC565" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21BD866A" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="21BD866A" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Quarterly .PDF Filing </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDA585C" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="7EDA585C" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="197CC90B" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="197CC90B" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="63397C24" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="63397C24" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5C666B" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2F5C666B" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>5/15, 8/15, 11/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06D1DB96" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="006010C1" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="06D1DB96" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="14"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE1AC42" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="3BE1AC42" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="6ACA6F96" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="6ACA6F96" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4846C5F9" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="4846C5F9" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E25CF3A" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="5E25CF3A" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8BC1E1" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="6B8BC1E1" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>June .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6B99BE76" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="6B99BE76" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="042C9A19" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="042C9A19" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E2073D8" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="3E2073D8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E08F93C" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="7E08F93C" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="394E75D9" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="394E75D9" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="120BD3D6" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="120BD3D6" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="6FE2939D" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="6FE2939D" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7327CC31" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="7327CC31" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58D179FF" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="58D179FF" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="774211C3" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="774211C3" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB055C9" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="3CB055C9" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="53D7C1E1" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="53D7C1E1" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1735C7FB" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1735C7FB" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0545A99A" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="0545A99A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C881C03" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="5C881C03" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA7793A" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="6CA7793A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E60A3A" w:rsidRPr="00524884" w14:paraId="4AAA9BCE" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="002862EE" w:rsidRPr="00524884" w14:paraId="4AAA9BCE" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6245DD74" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="6245DD74" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D4D88E1" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2D4D88E1" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1288DC22" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="1288DC22" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>IV.  AUDIT/INTERNAL CONTROL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2771C744" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="2771C744" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>RELATED REPORTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5385" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="52F6370C" w14:textId="77777777" w:rsidR="00E60A3A" w:rsidRPr="00524884" w:rsidRDefault="00E60A3A" w:rsidP="00E60A3A">
+          <w:p w14:paraId="52F6370C" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252F4" w:rsidRPr="00524884" w14:paraId="6778AC9F" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="6778AC9F" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E27FC84" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="0E27FC84" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0EFCCA" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="2F0EFCCA" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D04AAFF" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...9 lines deleted...]
-              <w:t>Accountants Letter of Qualifications</w:t>
+          <w:p w14:paraId="6D04AAFF" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Accountants</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Letter of Qualifications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6720DBC4" w14:textId="1B1E7C74" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6720DBC4" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="729BD407" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="729BD407" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...21 lines deleted...]
-          <w:p w14:paraId="5F220AF9" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="5F220AF9" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="380BEB2B" w14:textId="4DC9C54C" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="380BEB2B" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C499C00" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="3C499C00" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF27B7F" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="6EF27B7F" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252F4" w:rsidRPr="00524884" w14:paraId="0A275AA5" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="0A275AA5" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8348C6" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="1B8348C6" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="168B94D2" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="168B94D2" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03D8FB4F" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="03D8FB4F" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Audited Financial Reports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="362DAFF6" w14:textId="7B993E89" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="362DAFF6" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C434EE" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11C434EE" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...21 lines deleted...]
-          <w:p w14:paraId="2F2F49A8" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="2F2F49A8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4429788A" w14:textId="50A2C7B4" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="4429788A" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06021D0E" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="06021D0E" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1A214A2D" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="1A214A2D" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252F4" w:rsidRPr="00524884" w14:paraId="64DE98F0" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="64DE98F0" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22CD2B8F" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="22CD2B8F" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="340CC898" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="340CC898" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6978392C" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="6978392C" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Audited Financial Reports Exemption Affidavit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4436318A" w14:textId="41010A27" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="4436318A" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E174BD4" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC4F5E9" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="351AA2B8" w14:textId="1BD8B85E" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="008459FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...45 lines deleted...]
-              <w:t>N/A</w:t>
+              </w:rPr>
+              <w:t>6/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E133BA" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="351AA2B8" w14:textId="3652E3C5" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...38 lines deleted...]
-          <w:p w14:paraId="2F8A39F8" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="2F8A39F8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252F4" w:rsidRPr="00524884" w14:paraId="70632CA5" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="70632CA5" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9E11B8" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="4A9E11B8" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1A9437" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="2D1A9437" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB4C9AF" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="6FB4C9AF" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Communication of Internal Control Related Matters Noted in Audit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="05AA3843" w14:textId="5FEF41B9" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="05AA3843" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3D1537" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="002878CA" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3D1537" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...21 lines deleted...]
-          <w:p w14:paraId="3863C5A2" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="3863C5A2" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66A1ABFE" w14:textId="0FD42F17" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...15 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="66A1ABFE" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>8/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="63502ECD" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="63502ECD" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16204E29" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="16204E29" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252F4" w:rsidRPr="00524884" w14:paraId="0147FB9A" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="0147FB9A" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27B4A729" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="27B4A729" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="587D950D" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="587D950D" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64CC06A9" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="64CC06A9" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Independent CPA (change)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="022873AA" w14:textId="78B941F3" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="022873AA" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64E9F44E" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="64E9F44E" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4E5357" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="7E4E5357" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE01CE1" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="1DE01CE1" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39C0A959" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="39C0A959" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2D8B5B" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="2F2D8B5B" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252F4" w:rsidRPr="00524884" w14:paraId="5FAC4D46" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="5FAC4D46" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="418BF8BE" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="418BF8BE" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D27AE6" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="31D27AE6" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C1A1BE" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...9 lines deleted...]
-              <w:t>Management’s Report of Internal Control Over Financial Reporting</w:t>
+          <w:p w14:paraId="72C1A1BE" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Management’s Report </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Internal Control Over Financial Reporting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0966EE36" w14:textId="76240F1F" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0966EE36" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCD4E94" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="4CCD4E94" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4C701C" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="7B4C701C" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E75D50A" w14:textId="5A1F5201" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...15 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="3E75D50A" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>8/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="497AA5A4" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="497AA5A4" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01316996" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="01316996" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009252F4" w:rsidRPr="00524884" w14:paraId="3AB8FF01" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00882C3E" w:rsidRPr="00524884" w14:paraId="3AB8FF01" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701D4F98" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="701D4F98" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F83655E" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="2F83655E" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00373267">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED49765" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="5ED49765" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Notification of Adverse Financial Condition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC0EC23" w14:textId="6064FE3D" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="1CC0EC23" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="302FCA84" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3478EE97" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E65D905" w14:textId="65B8DF78" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00450CFD" w:rsidP="008459FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...45 lines deleted...]
-              <w:t>N/A</w:t>
+              </w:rPr>
+              <w:t>6/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44435734" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="00831964">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E65D905" w14:textId="34EF3D93" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
-[...38 lines deleted...]
-          <w:p w14:paraId="66753D2E" w14:textId="77777777" w:rsidR="009252F4" w:rsidRPr="00524884" w:rsidRDefault="009252F4" w:rsidP="009252F4">
+          <w:p w14:paraId="66753D2E" w14:textId="77777777" w:rsidR="00882C3E" w:rsidRPr="00524884" w:rsidRDefault="00882C3E" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C48" w:rsidRPr="00524884" w14:paraId="76936775" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F571CD" w:rsidRPr="00524884" w14:paraId="76936775" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55FC557D" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="55FC557D" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C68902D" w14:textId="56EB6746" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4C68902D" w14:textId="1EE608BB" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="626FDA2C" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="626FDA2C" w14:textId="14439AEA" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relief from the five-year rotation requirement for lead audit partner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7811C34A" w14:textId="67839454" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7811C34A" w14:textId="009AADF2" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7DF102" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="5C7DF102" w14:textId="7F3038B2" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6693AEC5" w14:textId="2759C1E3" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00F7249B" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6693AEC5" w14:textId="77FC005E" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA49BA0" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="4AA49BA0" w14:textId="397053AF" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27F31DB9" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="27F31DB9" w14:textId="39A9D9E5" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34C7F875" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="34C7F875" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C48" w:rsidRPr="00524884" w14:paraId="22B02EFB" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F571CD" w:rsidRPr="00524884" w14:paraId="22B02EFB" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF4F43C" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="0FF4F43C" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434A57AC" w14:textId="1FE5D6A7" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="434A57AC" w14:textId="0CE3F2F0" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...6 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16122BF7" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="16122BF7" w14:textId="2B31B540" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relief from the one-year cooling off period for independent CPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="522D6B56" w14:textId="3DDE4058" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="522D6B56" w14:textId="2D032B46" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="337B9C75" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="337B9C75" w14:textId="287337E2" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="282E02A8" w14:textId="0FEB9445" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00F7249B" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="282E02A8" w14:textId="6733ABBF" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0828ABD2" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="0828ABD2" w14:textId="64EF4397" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B544107" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="1B544107" w14:textId="20D79908" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4F63B1" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="0A4F63B1" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C48" w:rsidRPr="00524884" w14:paraId="5F8BD94F" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F571CD" w:rsidRPr="00524884" w14:paraId="5F8BD94F" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C071711" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="5C071711" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="170CD6BF" w14:textId="4F687F90" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="170CD6BF" w14:textId="1CB042F5" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6297229E" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="6297229E" w14:textId="367C7966" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relief from the Requirements for Audit Committees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B18014E" w14:textId="1257440B" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5B18014E" w14:textId="604A1EB6" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="42F6FB7B" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="42F6FB7B" w14:textId="238804BA" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="181A77FA" w14:textId="01A68188" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00F7249B" w:rsidP="00661C48">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="181A77FA" w14:textId="342A1D87" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A796093" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...7 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="4A796093" w14:textId="0A800880" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7ACE6E" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="2D7ACE6E" w14:textId="6B764631" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4E226F" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="5B4E226F" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C48" w:rsidRPr="00524884" w14:paraId="3C6E29D4" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F571CD" w:rsidRPr="00524884" w14:paraId="3C6E29D4" w14:textId="77777777" w:rsidTr="00722DAF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3152C6CF" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="3152C6CF" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA1CFF6" w14:textId="23118319" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="4FA1CFF6" w14:textId="5F3786B3" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB3E544" w14:textId="65EF978F" w:rsidR="00661C48" w:rsidRPr="001C53D6" w:rsidRDefault="00661C48" w:rsidP="00661C48">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001C53D6">
+          <w:p w14:paraId="0DB3E544" w14:textId="1807586A" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Request for Exemption to File Management’s Report of Internal Control Over Financial Reporting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001C53D6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="496F0D76" w14:textId="6CD7ABCD" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001C53D6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="446444B4" w14:textId="3B62B438" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001C53D6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AC8940" w14:textId="61FE724A" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="571A509D" w14:textId="79737C10" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009D2D51">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2793743F" w14:textId="58CE6E8C" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDF6D3A" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="5EDF6D3A" w14:textId="77777777" w:rsidR="00F571CD" w:rsidRPr="00524884" w:rsidRDefault="00F571CD" w:rsidP="00F571CD">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C48" w:rsidRPr="00524884" w14:paraId="2F0ADD3B" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="2F0ADD3B" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="131C9580" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="131C9580" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA01542" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="4AA01542" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A5C62EF" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="7A5C62EF" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="454C627C" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="454C627C" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6B0C09" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="1E6B0C09" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB978B5" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="0BB978B5" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65587D83" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="65587D83" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED3E88E" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="0ED3E88E" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="728D3A84" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="728D3A84" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="008459FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661C48" w:rsidRPr="00524884" w14:paraId="6A30E325" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="002862EE" w:rsidRPr="00524884" w14:paraId="6A30E325" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED5DCE6" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="4ED5DCE6" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8853CB" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="7D8853CB" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="720396B1" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="720396B1" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>V.  STATE REQUIRED FILINGS***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5385" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB8FF90" w14:textId="77777777" w:rsidR="00661C48" w:rsidRPr="00524884" w:rsidRDefault="00661C48" w:rsidP="00661C48">
+          <w:p w14:paraId="0EB8FF90" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE" w:rsidP="00831964">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026450B" w:rsidRPr="00524884" w14:paraId="26BDC844" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="26BDC844" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7086E63E" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
+          <w:p w14:paraId="7086E63E" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          </w:tcPr>
+          <w:p w14:paraId="023BD6A2" w14:textId="3B3725B1" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          </w:tcPr>
+          <w:p w14:paraId="4CA5ACF0" w14:textId="4DADCCCB" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Corporate Governance Annual Disclosure***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0AE853DA" w14:textId="0361433D" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE853DA" w14:textId="57C807AC" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE58274" w14:textId="1F966B41" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38CA4EB8" w14:textId="19649477" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="443AB39F" w14:textId="42A0559F" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>6/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B09BF3E" w14:textId="689D587B" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFA7740" w14:textId="1CE46B44" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...39 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lead State only </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026450B" w:rsidRPr="00524884" w14:paraId="7CDB6F93" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="7CDB6F93" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59B88F66" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
+          <w:p w14:paraId="59B88F66" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18622CD3" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="18622CD3" w14:textId="7758458A" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="095E5C4B" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
-[...9 lines deleted...]
-              <w:t>Filings Checklist (with Column 1 completed)</w:t>
+          <w:p w14:paraId="095E5C4B" w14:textId="1070BDB1" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Filings</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Checklist (with Column 1 completed)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="04076139" w14:textId="455D3A40" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
+          <w:p w14:paraId="04076139" w14:textId="0221A87D" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A296F1F" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="2A296F1F" w14:textId="5029DAD5" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1298C092" w14:textId="63C291AD" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
+          <w:p w14:paraId="1298C092" w14:textId="4136398E" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="09205F62" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
+          <w:p w14:paraId="09205F62" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39F7EAE0" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="39F7EAE0" w14:textId="70BD0BAC" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76FA56A8" w14:textId="77777777" w:rsidR="0026450B" w:rsidRPr="00524884" w:rsidRDefault="0026450B" w:rsidP="0026450B">
+          <w:p w14:paraId="76FA56A8" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="1428C5D1" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="1428C5D1" w14:textId="77777777" w:rsidTr="00E702C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0954670C" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="0954670C" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0601E897" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="0601E897" w14:textId="1F75ADB6" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1244A94C" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...9 lines deleted...]
-              <w:t>Form B-Holding Company Registration Statement</w:t>
+          <w:p w14:paraId="1244A94C" w14:textId="0095EC13" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Form</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B-Holding Company Registration Statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1F842D" w14:textId="249080D8" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="6F1F842D" w14:textId="6EEACC07" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="271E9BB3" w14:textId="128E36EC" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C47E47D" w14:textId="0059E6B7" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...29 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D156DAB" w14:textId="13F4B634" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
+              <w:t>5/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1D264B" w14:textId="74DDC10B" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D156DAB" w14:textId="5C5B0A72" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          </w:tcPr>
+          <w:p w14:paraId="5B52D7AC" w14:textId="2BBCAEE9" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...37 lines deleted...]
-                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="6C35D699" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="6C35D699" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B399EB7" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="7B399EB7" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C8AD0BB" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="6C8AD0BB" w14:textId="7A43A902" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="247698AF" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...10 lines deleted...]
-              <w:t>Form F-Enterprise Risk Report ***</w:t>
+          <w:p w14:paraId="247698AF" w14:textId="71125623" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Form</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> F-Enterprise Risk Report ****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="74CC4A10" w14:textId="56AB9EE8" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="74CC4A10" w14:textId="31967DCC" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C423582" w14:textId="677F798B" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="730B9311" w14:textId="15C86221" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E15E106" w14:textId="43694BFA" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>N/A</w:t>
+              <w:t>5/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="486661BF" w14:textId="2066BB04" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E15E106" w14:textId="2BAC8D5C" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...46 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="6AADC2C9" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00680DFA" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680DFA">
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lead State only </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AC0A991" w14:textId="27167E79" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680DFA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="255D6E66" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="255D6E66" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68768AE4" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="68768AE4" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26BB2878" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="26BB2878" w14:textId="2021430D" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="750C3CB0" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...9 lines deleted...]
-              <w:t>ORSA ****</w:t>
+          <w:p w14:paraId="750C3CB0" w14:textId="3715FED9" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ORSA *****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71811582" w14:textId="10FC0C37" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="71811582" w14:textId="4CF05D2D" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="002319E3" w14:textId="61DE9C5A" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA4BE1A" w14:textId="35142D57" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">EO (If </w:t>
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...20 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="141DE4D5" w14:textId="15B7C303" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="141DE4D5" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="59E08B21" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="59E08B21" w14:textId="34211A83" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16466355" w14:textId="326E66F2" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...9 lines deleted...]
-              <w:t>See Notes &amp; Instruction O</w:t>
+          <w:p w14:paraId="16466355" w14:textId="614004F6" w:rsidR="00F40FCE" w:rsidRPr="00E6262D" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680DFA">
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lead State only </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="022B9B6D" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="022B9B6D" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C611394" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="0C611394" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0338C40D" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="0338C40D" w14:textId="7502EA0E" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C5CB70" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...9 lines deleted...]
-              <w:t>State Filing Fees</w:t>
+          <w:p w14:paraId="33C5CB70" w14:textId="0BDA0C75" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Premium Tax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="461A61AE" w14:textId="306D5CF8" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="461A61AE" w14:textId="43917AC6" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>@@@</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D222075" w14:textId="471C913C" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7D222075" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...21 lines deleted...]
-          <w:p w14:paraId="214416F3" w14:textId="46C760F3" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="214416F3" w14:textId="6A120816" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>@@@</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C31383A" w14:textId="45C11398" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4C31383A" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1746DBA5" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="1746DBA5" w14:textId="2DFC957F" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="146502DD" w14:textId="507012E0" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...9 lines deleted...]
-              <w:t>See Note 3</w:t>
+          <w:p w14:paraId="146502DD" w14:textId="344BE7BB" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200B64">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>See Note 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="4AB0DAC5" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="4AB0DAC5" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF64E7B" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="5DF64E7B" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2DB321" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="4D2DB321" w14:textId="4DFFF5CA" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3DDFCA" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...9 lines deleted...]
-              <w:t>Signed Jurat</w:t>
+          <w:p w14:paraId="6D3DDFCA" w14:textId="6F851940" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>State Filing Fees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="79BF2A50" w14:textId="49A2F0BA" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...12 lines deleted...]
-              <w:t>xxx</w:t>
+          <w:p w14:paraId="79BF2A50" w14:textId="6026A868" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="35C7287D" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="35C7287D" w14:textId="461776DF" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34690CC4" w14:textId="69DF3127" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="34690CC4" w14:textId="3DC92ACB" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1B8E60" w14:textId="1B198F54" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="3D1B8E60" w14:textId="697B8915" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6531C42D" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...10 lines deleted...]
-              <w:t>NAIC</w:t>
+          <w:p w14:paraId="6531C42D" w14:textId="0D3821BB" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="413FE13E" w14:textId="769107B8" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...9 lines deleted...]
-              <w:t>See Note 8</w:t>
+          <w:p w14:paraId="413FE13E" w14:textId="721C5595" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200B64">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>See Note 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="00BC155E" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="00BC155E" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7DC589D6" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          </w:tcPr>
+          <w:p w14:paraId="7DC589D6" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          </w:tcPr>
+          <w:p w14:paraId="1E45C184" w14:textId="3D72B8CF" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-                <w:sz w:val="16"/>
+          </w:tcPr>
+          <w:p w14:paraId="751DB8A5" w14:textId="529C10E5" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Signed Jurat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10418E07" w14:textId="137EEE77" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF24E3A" w14:textId="48410D50" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13AFDCF1" w14:textId="619599BB" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...29 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBBC32B" w14:textId="43377FF0" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...45 lines deleted...]
-              <w:t>EO</w:t>
+              <w:t>3/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3B3C9D" w14:textId="4333EE55" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...53 lines deleted...]
-              <w:t>See Note 10</w:t>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D910D68" w14:textId="3A4B0C0B" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200B64">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>See Note 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="5C97C305" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="5C97C305" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8C6EAC" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="4A8C6EAC" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="087E86D1" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00524884">
+          <w:p w14:paraId="087E86D1" w14:textId="02A89407" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7906C60E" w14:textId="5D450964" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="7906C60E" w14:textId="198D695F" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Claims in Suit</w:t>
+              <w:t xml:space="preserve">Group Capital Calculation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C266A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>(File with lead state only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13E907E4" w14:textId="4326A296" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="13E907E4" w14:textId="61102698" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE07298" w14:textId="43A58131" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="569916F8" w14:textId="3F5A04D3" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A131BB5" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1AD302" w14:textId="7B77EC30" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:t>NAIC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42ACEFF6" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4A131BB5" w14:textId="7B52F603" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lead State only </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="521DCEEA" w14:textId="7F7E9A63" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...40 lines deleted...]
-              <w:t>See Note 4</w:t>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>See Note 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2FF6" w:rsidRPr="00524884" w14:paraId="6D7E427D" w14:textId="77777777" w:rsidTr="00195121">
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="21D828A3" w14:textId="77777777" w:rsidTr="00195121">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B8A5A24" w14:textId="77777777" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="7B3F2E7E" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75B0E454" w14:textId="023B1F27" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="41E7A17E" w14:textId="7C9BB607" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E344EC6" w14:textId="3C86297B" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="6E2B3337" w14:textId="7CA31473" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Holding Company Registration Statement Affidavit</w:t>
+              <w:t xml:space="preserve">Claims in Suit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="57BEB6E7" w14:textId="3C3819F4" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="0A58BA06" w14:textId="17548993" w:rsidR="00F40FCE" w:rsidRPr="008A0094" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E5212B" w14:textId="212E8161" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7BA5DE" w14:textId="44C91C09" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="59362FCF" w14:textId="102629D4" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED4F317" w14:textId="231F5759" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7E797F" w14:textId="0466C70E" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0107C333" w14:textId="75EF0FC4" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>See Note 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="5FA8C9EE" w14:textId="77777777" w:rsidTr="00195121">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2672E7ED" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21383109" w14:textId="69578613" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BDFA1E" w14:textId="5DBF8634" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Holding Company Registration Statement Affidavit </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A310E31" w14:textId="178C6A09" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="04970959" w14:textId="3A6A2205" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
+          <w:p w14:paraId="36FA379B" w14:textId="00CC9964" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38340BED" w14:textId="442534B2" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="314E4AB0" w14:textId="0C9BDE84" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="3FBA5C0A" w14:textId="62636050" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1007" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="239413FC" w14:textId="48AAD383" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="006010C1">
-[...3 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="6B69B669" w14:textId="1972C597" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="02CF806B" w14:textId="458E3FA1" w:rsidR="009A2FF6" w:rsidRPr="00524884" w:rsidRDefault="009A2FF6" w:rsidP="009A2FF6">
-[...2 lines deleted...]
-                <w:sz w:val="16"/>
+          <w:p w14:paraId="5187BE9F" w14:textId="6312F43D" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200B64">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">See Note </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B6461">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F40FCE" w:rsidRPr="00524884" w14:paraId="61634F1E" w14:textId="77777777" w:rsidTr="00195121">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="557AF9AA" w14:textId="77777777" w:rsidR="00F40FCE" w:rsidRPr="00524884" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C8C1B4" w14:textId="39DF0D89" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
-              </w:rPr>
-              <w:t>See Note 7</w:t>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BBF327" w14:textId="3D17203B" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">License Renewal Application </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="266BF410" w14:textId="3B3C3AA5" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="167EDBF0" w14:textId="10A2A329" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC83CAA" w14:textId="4A5A1FDB" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCBFB41" w14:textId="7E84E4BA" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1007" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B72E0FB" w14:textId="4B47C169" w:rsidR="00F40FCE" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="512DB41B" w14:textId="1AD3AD24" w:rsidR="00F40FCE" w:rsidRPr="00200B64" w:rsidRDefault="00F40FCE" w:rsidP="00F40FCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000333DA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>See Note 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="452172C1" w14:textId="77777777" w:rsidR="002862EE" w:rsidRPr="00524884" w:rsidRDefault="002862EE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36AFE1A6" w14:textId="77777777" w:rsidR="005A6EE3" w:rsidRPr="009B3C15" w:rsidRDefault="005A6EE3" w:rsidP="005A6EE3">
+    <w:p w14:paraId="2F3C2B15" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="002862EE">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00326B35">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00326B35">
+      </w:pPr>
+      <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:sym w:font="Wingdings" w:char="F09F"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00326B35">
+        <w:t>*If XXX appears in this column, this state does not require this filing, if hard copy is filed with the state of domicile and if the data is filed electronically with the NAIC. If N/A appears in this column, the filing is required with the domiciliary state.</w:t>
+      </w:r>
+      <w:r w:rsidR="00970294" w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:tab/>
-[...122 lines deleted...]
-        <w:t xml:space="preserve"> Filing Checklist Notes.</w:t>
+        <w:t xml:space="preserve"> EO (electronic only filing).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324D9DB8" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="002862EE">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">**If Form Source is NAIC, the form should be obtained from the appropriate vendor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66A8748F" w14:textId="77777777" w:rsidR="00A5576C" w:rsidRPr="00524884" w:rsidRDefault="00A5576C" w:rsidP="00A5576C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -9127,51 +9280,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblInd w:w="198" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="689"/>
         <w:gridCol w:w="520"/>
         <w:gridCol w:w="5572"/>
         <w:gridCol w:w="3299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="2CD0DE26" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="2CD0DE26" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EADF897" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="032697DE" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9185,1839 +9338,2689 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>NOTES AND INSTRUCTIONS (A-K APPLY TO ALL FILINGS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F33AF16" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE02EF" w:rsidRPr="00524884" w14:paraId="53B90985" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00F4583A" w:rsidRPr="00524884" w14:paraId="53B90985" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63E714B8" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="63E714B8" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3312CA89" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="3312CA89" w14:textId="5750D2B8" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6CFD4D" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="52B0C73E" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Required Filings Contact Person:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="333E2A59" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
-[...6 lines deleted...]
-          <w:p w14:paraId="35A87D20" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="62D86CAA" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35A87D20" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD4F49E" w14:textId="72EB54B9" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="1BD4F49E" w14:textId="23CD991D" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial Surveillance / Company Licensing </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ompanies.mailbox@mass.gov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or telephone: 617-521-7794</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE02EF" w:rsidRPr="00524884" w14:paraId="550B6C62" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00F4583A" w:rsidRPr="00524884" w14:paraId="550B6C62" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CAF0F06" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="7CAF0F06" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62E065F8" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="62E065F8" w14:textId="0A53C91F" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6491B6" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="4B575B57" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Filing Email:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2636C936" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
-[...6 lines deleted...]
-          <w:p w14:paraId="1ED1EB25" w14:textId="64CF252D" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00CE5226" w:rsidP="00DE02EF">
+          <w:p w14:paraId="7157F178" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55D772C4" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Office</w:t>
             </w:r>
-            <w:r w:rsidR="00DE02EF" w:rsidRPr="00524884">
+            <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Address:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7636ABB3" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
-[...6 lines deleted...]
-          <w:p w14:paraId="66849678" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRPr="00524884" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="455AB1E1" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66849678" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A65FA40" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="43FD9CE5" w14:textId="77777777" w:rsidR="004E601A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...3 lines deleted...]
-              <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>C</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52111">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foreign Companies: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="001F7A66">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>C</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001F7A66">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ompanies.mailbox@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>ompanies.mailbox@mass.gov</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="253E256B" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7378CDBD" w14:textId="77777777" w:rsidR="004E601A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="5C2E4E3D" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C79AF9C" w14:textId="77777777" w:rsidR="004E601A" w:rsidRPr="00E956E7" w:rsidRDefault="004E601A" w:rsidP="004E601A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E956E7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Domestic Companies: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6352FFDC" w14:textId="77777777" w:rsidR="004E601A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Doi.domestic.companies@mass.gov</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="022E956F" w14:textId="77777777" w:rsidR="004E601A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50277620" w14:textId="77777777" w:rsidR="004E601A" w:rsidRPr="0070226A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Commonwealth of Massachusetts </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="777C683A" w14:textId="77777777" w:rsidR="00DE02EF" w:rsidRDefault="00DE02EF" w:rsidP="00DE02EF">
+          <w:p w14:paraId="14EB8950" w14:textId="77777777" w:rsidR="004E601A" w:rsidRPr="0070226A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Division of Insurance </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AFF8AD2" w14:textId="77777777" w:rsidR="004E601A" w:rsidRPr="0070226A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Company Licensing Section </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="287D5C14" w14:textId="77777777" w:rsidR="004E601A" w:rsidRPr="004E601A" w:rsidRDefault="004E601A" w:rsidP="004E601A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E601A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 Federal Street, Suite 700</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="078D5BE7" w14:textId="6C42312C" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="004E601A" w:rsidP="004E601A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E601A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boston, MA 02110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F4583A" w:rsidRPr="00524884" w14:paraId="1FF01422" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3249BFAC" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="524AFBAE" w14:textId="5B88768C" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D38B579" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...120 lines deleted...]
-          <w:p w14:paraId="5D3E2F8A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+              </w:rPr>
+              <w:t>Filing Fees Instructions:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2396A9EB" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D3E2F8A" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35B29AF9" w14:textId="092FED93" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="002D7354" w:rsidP="00E66E67">
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+          <w:p w14:paraId="35B29AF9" w14:textId="6601505F" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00414BB8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://content.naic.org/industry/optins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="6DB15305" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00F4583A" w:rsidRPr="00524884" w14:paraId="6DB15305" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58410F60" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="58410F60" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F7CA76" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="52F7CA76" w14:textId="38A3587D" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="071F02FD" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="6D868441" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Mailing Address for Premium Tax Payments:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC24986" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
-[...6 lines deleted...]
-          <w:p w14:paraId="778B7A8F" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="5C8CB171" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="778B7A8F" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="022CB417" w14:textId="77777777" w:rsidR="00592103" w:rsidRDefault="00592103" w:rsidP="00592103">
+          <w:p w14:paraId="1C801166" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Commissioner of Revenue </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08057E99" w14:textId="77777777" w:rsidR="00592103" w:rsidRPr="009E05E1" w:rsidRDefault="00592103" w:rsidP="00592103">
+          <w:p w14:paraId="78282542" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="009E05E1" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please refer to DOR website for filing instruction</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CE9BAD5" w14:textId="55D65573" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00592103" w:rsidP="00592103">
+          <w:p w14:paraId="3CE9BAD5" w14:textId="372A3F73" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF4191">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telephone: (617) 887-6367</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00334B96" w:rsidRPr="00524884" w14:paraId="535DEF86" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00F4583A" w:rsidRPr="00524884" w14:paraId="535DEF86" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46CAD842" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="46CAD842" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED7361D" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="6ED7361D" w14:textId="6E854F91" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5143E414" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="0B4A6497" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Delivery Instructions:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3491C2AF" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
-[...6 lines deleted...]
-          <w:p w14:paraId="56E6913C" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
+          <w:p w14:paraId="4001B286" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56E6913C" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="665E8695" w14:textId="36AEDCBF" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00E15BBB">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00003508">
+          <w:p w14:paraId="4C15BA23" w14:textId="77777777" w:rsidR="00D7680D" w:rsidRPr="00D7680D" w:rsidRDefault="00D7680D" w:rsidP="00D7680D">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Massachusetts General Laws, Chapter 175, Section 25 requires that the Annual Statement be </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00003508">
+            </w:pPr>
+            <w:r w:rsidRPr="00D7680D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Massachusetts General Laws, Chapter 175, Section 25, Chapter 176A, Section 18, Chapter 176B, Section 8, Chapter 176E, Section 8, and Chapter 176F, Section 8, require that the Annual Statement be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D7680D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>received on or before March 1, 202</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>received on or before March 1, 2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D7680D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. All schedules due on that date must be filed electronically: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7892B93D" w14:textId="77777777" w:rsidR="00D7680D" w:rsidRPr="00D7680D" w:rsidRDefault="00D7680D" w:rsidP="00D7680D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FD941E9" w14:textId="77777777" w:rsidR="00D7680D" w:rsidRDefault="00D7680D" w:rsidP="00D7680D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52111">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...31 lines deleted...]
-              <w:r w:rsidRPr="00DD4265">
+              <w:t xml:space="preserve">Foreign Companies: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="001F7A66">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>C</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001F7A66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Companies.mailbox@mass.gov</w:t>
+                <w:t>ompanies.mailbox@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...75 lines deleted...]
-            <w:r w:rsidRPr="00003508">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00003508">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CC25F16" w14:textId="77777777" w:rsidR="00D7680D" w:rsidRDefault="00D7680D" w:rsidP="00D7680D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07C6A7DC" w14:textId="77777777" w:rsidR="00D7680D" w:rsidRPr="00E956E7" w:rsidRDefault="00D7680D" w:rsidP="00D7680D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">$100 per day </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E956E7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>if the Annual Statement, or any other related filings, are not received in the proper form and by the date required. In addition, any company that neglects to file in the proper form and by the date required, may be required to cease writing new business as long as this deficiency continues.</w:t>
-[...101 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Domestic Companies: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665E8695" w14:textId="6B2266BB" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00D7680D" w:rsidP="00D7680D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-            </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+              <w:t>Doi.domestic.companies@mass.gov</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F4583A" w:rsidRPr="00524884" w14:paraId="65CC5DE1" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BAC903" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BE500D" w14:textId="5C5188D6" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFB5947" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Late Filings:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B9CC2F9" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="439FD00D" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FD55AB" w14:textId="57F09D8D" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00003508">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Massachusetts General Laws, Chapter 175, Section 26 provides for a penalty of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00003508">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$100 per day </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00003508">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if the Annual Statement, or any other related filings, are not received in the proper form and by the date required. In addition, any company that neglects to file in the proper form and by the date required, may be required to cease writing new business </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00003508">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>as long as</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00003508">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this deficiency continues.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F4583A" w:rsidRPr="00524884" w14:paraId="70B5B984" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3A7BFE" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB3B7C3" w14:textId="57046E63" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="600B9ED5" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Original Signatures:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38D94D89" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F21043F" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038059CA" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="0070226A" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Original notarized signatures of at least two principal officers of the company.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E0145C4" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRPr="0070226A" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please refer to Massachusetts Bulletin 2020-24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and 2021-13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for guidance on </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">electronic signatures and notarization </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in light of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Covid-19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DE5090" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="0070226A">
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="63FD8868" w14:textId="77777777" w:rsidR="0026695B" w:rsidRDefault="0026695B" w:rsidP="0026695B">
+          <w:p w14:paraId="08C56E92" w14:textId="77777777" w:rsidR="00F4583A" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30ACD009" w14:textId="1066DC1F" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="0026695B" w:rsidP="0026695B">
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+          <w:p w14:paraId="30ACD009" w14:textId="192F8ABE" w:rsidR="00F4583A" w:rsidRPr="00524884" w:rsidRDefault="00F4583A" w:rsidP="00F4583A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="63285B74" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="63285B74" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069AEB67" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="069AEB67" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00457802" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="00457802" w14:textId="68C7B1C1" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041990F0" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="4FFB3801" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Signature/Notarization/Certification:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63DA011B" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
-[...6 lines deleted...]
-          <w:p w14:paraId="3D6960AE" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="73A05C52" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D6960AE" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70F6A855" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00440468" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="6A02AD73" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Annual Statements must be subscribed and sworn before a notary by at least two principal officers of the company.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="41A4B067" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00440468" w:rsidRDefault="00023159" w:rsidP="00023159">
+              <w:t xml:space="preserve">Annual Statements must be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>subscribed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and sworn before a notary by at least two principal officers of the company.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03C4F1C4" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Please refer to Massachusetts Bulletin 2020-24 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and 2021-13 </w:t>
             </w:r>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>for guidance on electronic signatures and notarization in light of Covid-19.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="66102C11" w14:textId="77777777" w:rsidR="00023159" w:rsidRDefault="00023159" w:rsidP="00023159">
+              <w:t xml:space="preserve">for guidance on electronic signatures and notarization </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in light of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Covid-19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="357BAFA4" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="0070226A">
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="1577816A" w14:textId="77777777" w:rsidR="00023159" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="650DEC56" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EAECE2D" w14:textId="24AC6EF0" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+          <w:p w14:paraId="0EAECE2D" w14:textId="62307D33" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="778BC8F8" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="778BC8F8" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E495971" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="1E495971" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF917E4" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="7EF917E4" w14:textId="2813DF5A" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7DA093" w14:textId="419AED49" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="3B7DA093" w14:textId="1D6C3C2A" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Amended Filings:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D85F819" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="5D85F819" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="6D0C9BFC" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="6D0C9BFC" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48A9D5E4" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="48A9D5E4" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="367F7926" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="367F7926" w14:textId="0C65D94E" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="178A44A9" w14:textId="20CCFFB3" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="178A44A9" w14:textId="3A4E33CB" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Exceptions from normal filings:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E78D83E" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="2E78D83E" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="031AE017" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="031AE017" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17C90E1B" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="17C90E1B" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="172EE985" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="172EE985" w14:textId="73F30182" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC14045" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="4C8DDA14" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Bar Codes (State or NAIC):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="126004DA" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="126004DA" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08A6D3E0" w14:textId="71CCCA86" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="007D6159" w:rsidP="00023159">
+          <w:p w14:paraId="08A6D3E0" w14:textId="78F402DC" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Please follow the instruction in the NAIC Annual Statement Instructions.</w:t>
+              <w:t xml:space="preserve">Please follow the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>instruction</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the NAIC Annual Statement Instructions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="026259F4" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="026259F4" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3913902C" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="3913902C" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8EBC35" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="3E8EBC35" w14:textId="6787B419" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D70E08" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="04D70E08" w14:textId="2FCCB227" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Signed Jurat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="609E6E79" w14:textId="77777777" w:rsidR="00A96EB0" w:rsidRPr="00440468" w:rsidRDefault="00A96EB0" w:rsidP="00A96EB0">
+          <w:p w14:paraId="5ADB514A" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">In lieu of printed copies of annual statements, Massachusetts requires foreign </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>title</w:t>
             </w:r>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> insurers to file a signed Jurat page.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39011444" w14:textId="77777777" w:rsidR="00A96EB0" w:rsidRPr="00440468" w:rsidRDefault="00A96EB0" w:rsidP="00A96EB0">
+          <w:p w14:paraId="2ACA7CE5" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please refer to Massachusetts Bulletin 2020-24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 2021-13</w:t>
             </w:r>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> for guidance on electronic signatures and notarization in light of Covid-19.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> for guidance on electronic signatures and notarization </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+              <w:t>in light of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Covid-19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35261E15" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="0070226A">
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0070226A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D047C0" w14:textId="77777777" w:rsidR="00A96EB0" w:rsidRDefault="00A96EB0" w:rsidP="00A96EB0">
+          <w:p w14:paraId="125CCAA6" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4941F50A" w14:textId="785D71EE" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00A96EB0" w:rsidP="00A96EB0">
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+          <w:p w14:paraId="4941F50A" w14:textId="0CD6EC91" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="68E17C26" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="68E17C26" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1221868A" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="1221868A" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3305A6" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="2B3305A6" w14:textId="6A734E5A" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47BDBB1D" w14:textId="09CC9C6C" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
-[...9 lines deleted...]
-              <w:t>NONE Filings:</w:t>
+          <w:p w14:paraId="47BDBB1D" w14:textId="6491BF90" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>NONE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Filings:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54C01B3B" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="54C01B3B" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="43A72687" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="43A72687" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D64B637" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="2D64B637" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BAF31DA" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="0BAF31DA" w14:textId="29AA39AC" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1831D0" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="027335C8" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524884">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Filings new, discontinued or modified materially since last year:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A3BEC8D" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
-[...6 lines deleted...]
-          <w:p w14:paraId="77EEBDF4" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="18E2F946" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77EEBDF4" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="743336E5" w14:textId="4111CB58" w:rsidR="00EC1084" w:rsidRDefault="001550B5" w:rsidP="00AC6C80">
+          <w:p w14:paraId="5681AE13" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51A22">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Deleted </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67F1D3D2" w14:textId="07982E41" w:rsidR="006010C1" w:rsidRPr="00EC1084" w:rsidRDefault="00945263" w:rsidP="00EC1084">
+          <w:p w14:paraId="47FFEFDC" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00EC1084" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">#88 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00901E5C" w:rsidRPr="00EC1084">
+              <w:t>#88 Request for Exemption to File</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A1A669" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Request for Exemption to File</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A51A22">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A51A22">
+              <w:t xml:space="preserve">Added </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CFA2697" w14:textId="1479DBAB" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC1084">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Added </w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t>#91 Request for Exemption to File Management’s Report of Internal Control Over Financial Reporting</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="4F775B8A" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="6BB83658" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1509CB7A" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+          <w:p w14:paraId="7E7DE14E" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33CFC463" w14:textId="015A7ECD" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="001248DD" w:rsidP="00023159">
+          <w:p w14:paraId="3E396C7D" w14:textId="21ECFA93" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44ADE53A" w14:textId="03062ED9" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00E502BC" w:rsidP="00023159">
+          <w:p w14:paraId="3C03DAB1" w14:textId="1B55AFDF" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ORSA Filings:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E3FC50D" w14:textId="7D66FE82" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00833BEF" w:rsidP="00023159">
+          <w:p w14:paraId="7AE985A0" w14:textId="4148C904" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>To be filed if Massachusetts is the Lead State.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023159" w:rsidRPr="00524884" w14:paraId="25E2711A" w14:textId="77777777" w:rsidTr="00DE02EF">
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="4F775B8A" w14:textId="77777777" w:rsidTr="00F4583A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="476F7D32" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1509CB7A" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1B22B850" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CFC463" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="1E05A40A" w14:textId="77777777" w:rsidR="00023159" w:rsidRPr="00524884" w:rsidRDefault="00023159" w:rsidP="00023159">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44ADE53A" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E3FC50D" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="1CAA44D9" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30FF927A" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57A327E3" w14:textId="2054717A" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="629212AF" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Signature/Notarization/Certification:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18E3BAB7" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="293E19F1" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="737EAA9C" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Statements must be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>subscribed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and sworn before a notary by at least two principal officers of the company.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D642259" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please refer to Massachusetts Bulletin 2020-24 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and 2021-13 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for guidance on electronic signatures and notarization </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in light of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Covid-19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65869DF3" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="0070226A">
+                <w:rPr>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="78666983" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E75EA4C" w14:textId="0BEAB88F" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="1D7DF7BC" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B1FE723" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21F30D4C" w14:textId="46B70411" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0451DF73" w14:textId="7623C9E7" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Amended Filings:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53F5F327" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="206D6265" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0495B59A" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E64814D" w14:textId="560598EE" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70C15531" w14:textId="2FC8BF99" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Exceptions from normal filings:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43EE1A22" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="78ED6CAF" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F648094" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA576F8" w14:textId="436B21F4" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00027186" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Bar Codes (State or NAIC):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD1F3B0" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="347EA0D9" w14:textId="78C9DA06" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please follow the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>instruction</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the NAIC Annual Statement Instructions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00480E3C" w:rsidRPr="00524884" w14:paraId="25E2711A" w14:textId="77777777" w:rsidTr="00F4583A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476F7D32" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B22B850" w14:textId="72BE08CC" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E05A40A" w14:textId="7F646208" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00524884">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Signed Jurat:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4911CAB6" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In lieu of printed copies of annual statements, Massachusetts requires foreign </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> insurers to file a signed Jurat page.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A9A810F" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRPr="00440468" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please refer to Massachusetts Bulletin 2020-24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 2021-13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for guidance on electronic signatures and notarization </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in light of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00440468">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Covid-19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2455E73B" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="0070226A">
+                <w:rPr>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E94808D" w14:textId="77777777" w:rsidR="00480E3C" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5972D857" w14:textId="72146AF3" w:rsidR="00480E3C" w:rsidRPr="00524884" w:rsidRDefault="00480E3C" w:rsidP="00480E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B19B0B5" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239D0DC9" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -11082,51 +12085,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14B0A125" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Electronic filing is intended </w:t>
       </w:r>
       <w:r w:rsidR="00967811" w:rsidRPr="00524884">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>to be filing(s) submitted to the NAIC via the NAIC Internet Filing Site which eliminates the need for a company to submit diskettes or CD-ROM to the NAIC.</w:t>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00967811" w:rsidRPr="00524884">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>be filing(s)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00967811" w:rsidRPr="00524884">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submitted to the NAIC via the NAIC Internet Filing Site which eliminates the need for a company to submit diskettes or CD-ROM to the NAIC.</w:t>
       </w:r>
       <w:r w:rsidR="005C6130" w:rsidRPr="00524884">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Companies are not required to file hard copy filings with the NAIC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5722D265" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DEE513E" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="003F67F7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
@@ -11141,51 +12160,65 @@
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Checklist</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AAFAE95" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70C97C18" w14:textId="00F49D76" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Companies may use the checklist to submit to a state, if the state requests it.  Companies should copy the checklist and place an “x” in this column when </w:t>
+        <w:t xml:space="preserve">Companies may use the checklist to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to a state, if the state requests it.  Companies should copy the checklist and place an “x” in this column when </w:t>
       </w:r>
       <w:r w:rsidR="00C16A13" w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">submitting </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>information to the state.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CAA891F" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="355B5363" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="003F67F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
@@ -11317,64 +12350,106 @@
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Annual Statement Electronic Filing</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> includes the annual statement data and all supplements due March 1, per the </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Statement Instructions. </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">This includes all detail investment schedules and other supplements for which the </w:t>
+        <w:t xml:space="preserve">This includes all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>detail</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investment schedules and other supplements for which the </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Annual Statement Instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> exempt printed detail.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>exempt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>printed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> detail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6242BC06" w14:textId="77777777" w:rsidR="00784A80" w:rsidRPr="00524884" w:rsidRDefault="00784A80">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35340B1F" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96" w:rsidP="00B05B64">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0020049E" w:rsidRPr="00524884">
@@ -11411,51 +12486,65 @@
     </w:p>
     <w:p w14:paraId="6DFFB71C" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Supplemental Electronic Filing</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> includes all supplements due April 1, per the </w:t>
+        <w:t xml:space="preserve"> includes all supplements due April 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Annual Statement Instructions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06209D45" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C3E095A" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -11634,95 +12723,123 @@
       </w:pPr>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Column (4)</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Number of Copies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="101B270B" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20068AF8" w14:textId="77777777" w:rsidR="00AE1B7F" w:rsidRPr="00524884" w:rsidRDefault="00AE1B7F" w:rsidP="00AE1B7F">
+    <w:p w14:paraId="7CB57987" w14:textId="042D7D3A" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Indicates the number of copies that each foreign or domestic company is required to file for each type of form. The Blanks (EX</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Indicates</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> the number of copies that each foreign or domestic company is required to file for each type of form. The Blanks (E</w:t>
+      </w:r>
+      <w:r w:rsidR="0001061D" w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) Task Force modified the 1999 </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Statement Instructions </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>to waive paper filings of certain NAIC supplements and certain investment schedule detail, if such investment schedule data is available to the states via the NAIC database. The checklists reflect this action taken by the Blanks (EX</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">to waive paper filings of certain NAIC supplements and certain investment schedule </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA5FCD" w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>detail</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA5FCD" w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if such investment schedule data is available to the states via the NAIC database. The checklists reflect this action taken by the Blanks (E</w:t>
+      </w:r>
+      <w:r w:rsidR="0001061D" w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) Task Force. XXX appears in the “Number of Copies” “Foreign” column for the appropriate schedules and exhibits. </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Some states have chosen to</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> waive printed quarterly and annual statements from their foreign insurers and to rely upon the NAIC database for these filings. This waiver could include supplemental annual statement filings. The XXX in this column might signify that the state has waived the paper filing of the annual statement and all supplements.</w:t>
       </w:r>
     </w:p>
@@ -11905,86 +13022,129 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This column contains references to the Notes to the Instructions that apply to each item listed on the checklist. The company should carefully read these notes </w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r w:rsidRPr="00524884">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> submitting a filing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4530F4" w14:textId="77777777" w:rsidR="00334B96" w:rsidRPr="00524884" w:rsidRDefault="00334B96">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D83C10B" w14:textId="51FA6D93" w:rsidR="007329AF" w:rsidRPr="007329AF" w:rsidRDefault="007329AF">
+    <w:p w14:paraId="5273BF6E" w14:textId="77777777" w:rsidR="007329AF" w:rsidRPr="00524884" w:rsidRDefault="007329AF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D83C10B" w14:textId="1B848F76" w:rsidR="007329AF" w:rsidRPr="007329AF" w:rsidRDefault="007329AF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FILENAME  \* Lower \p  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004339A0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>w:\qa\blanks\checklists\2026\4 titlecklist_2024_filingsmade2025.docx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00524884">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="007329AF" w:rsidRPr="007329AF" w:rsidSect="002862EE">
-      <w:headerReference w:type="even" r:id="rId21"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+      <w:headerReference w:type="even" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="even" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E819480" w14:textId="77777777" w:rsidR="00E731D9" w:rsidRDefault="00E731D9">
+    <w:p w14:paraId="59ACC467" w14:textId="77777777" w:rsidR="000868E7" w:rsidRDefault="000868E7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60DCB80D" w14:textId="77777777" w:rsidR="00E731D9" w:rsidRDefault="00E731D9">
+    <w:p w14:paraId="5CEE2C36" w14:textId="77777777" w:rsidR="000868E7" w:rsidRDefault="000868E7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11993,71 +13153,63 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="PMingLiU">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57CC6158" w14:textId="798FD659" w:rsidR="00373267" w:rsidRDefault="00373267">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
@@ -12070,80 +13222,80 @@
     </w:r>
     <w:r w:rsidR="00771D6B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="56BF5C03" w14:textId="77777777" w:rsidR="00373267" w:rsidRDefault="00373267">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70920775" w14:textId="46528972" w:rsidR="00373267" w:rsidRDefault="00373267" w:rsidP="006B7834">
+  <w:p w14:paraId="70920775" w14:textId="0C4FF1BC" w:rsidR="00373267" w:rsidRDefault="00373267" w:rsidP="006B7834">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">© </w:t>
     </w:r>
     <w:r w:rsidR="00A67283">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00195121">
+    <w:r w:rsidR="004339A0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00A67283">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>National Association of Insurance Commissioners</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="002862EE">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -12165,77 +13317,77 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="002862EE">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t>Title</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="65287C31" w14:textId="676FA617" w:rsidR="00373267" w:rsidRDefault="00373267" w:rsidP="006B7834">
+  <w:p w14:paraId="65287C31" w14:textId="26E27043" w:rsidR="00373267" w:rsidRDefault="00373267" w:rsidP="006B7834">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>© 20</w:t>
     </w:r>
     <w:r w:rsidR="00A67283">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00195121">
+    <w:r w:rsidR="004339A0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> National Association of Insurance Commissioners</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="002862EE">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="002862EE">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
@@ -12252,89 +13404,89 @@
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="002862EE">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t>Title</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1601E220" w14:textId="77777777" w:rsidR="00E731D9" w:rsidRDefault="00E731D9">
+    <w:p w14:paraId="40EBB522" w14:textId="77777777" w:rsidR="000868E7" w:rsidRDefault="000868E7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55017071" w14:textId="77777777" w:rsidR="00E731D9" w:rsidRDefault="00E731D9">
+    <w:p w14:paraId="2508DB86" w14:textId="77777777" w:rsidR="000868E7" w:rsidRDefault="000868E7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0B27BB1A" w14:textId="77777777" w:rsidR="00195121" w:rsidRDefault="00195121">
+  <w:p w14:paraId="6F099F1D" w14:textId="77777777" w:rsidR="00EC4639" w:rsidRDefault="00EC4639">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="02E89BD5" w14:textId="77777777" w:rsidR="00195121" w:rsidRDefault="00195121">
+  <w:p w14:paraId="68F36765" w14:textId="77777777" w:rsidR="00EC4639" w:rsidRDefault="00EC4639">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="42E1D0FB" w14:textId="77777777" w:rsidR="00195121" w:rsidRDefault="00195121">
+  <w:p w14:paraId="10E2E6AC" w14:textId="77777777" w:rsidR="00EC4639" w:rsidRDefault="00EC4639">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A174C11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9BE58A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
@@ -12469,464 +13621,125 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26595554"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="39"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="282146BF"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AD86D40"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3878159C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F54316F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="518C2104"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C242D48"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="682D43AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E32506C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13032,404 +13845,337 @@
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2018800316">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1571962697">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="987854635">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="241108890">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2006544380">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1008557562">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1080" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="702440227">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="186141920">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1575161594">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2092120083">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2026250058">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="2"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1054044250">
-[...8 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="13502143">
+  <w:num w:numId="14" w16cid:durableId="13502143">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1206025446">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="15" w16cid:durableId="1206025446">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00925C91"/>
-    <w:rsid w:val="0000001A"/>
     <w:rsid w:val="0001061D"/>
-    <w:rsid w:val="00021325"/>
-    <w:rsid w:val="00023159"/>
     <w:rsid w:val="00037776"/>
     <w:rsid w:val="0005244A"/>
-    <w:rsid w:val="00073C47"/>
+    <w:rsid w:val="000868E7"/>
     <w:rsid w:val="00095158"/>
     <w:rsid w:val="000E0FAA"/>
     <w:rsid w:val="000E3835"/>
     <w:rsid w:val="000E3A5D"/>
     <w:rsid w:val="000F3CF8"/>
-    <w:rsid w:val="001016DA"/>
     <w:rsid w:val="001111DB"/>
     <w:rsid w:val="001116F5"/>
-    <w:rsid w:val="001248DD"/>
-    <w:rsid w:val="00137CE4"/>
     <w:rsid w:val="001439E1"/>
-    <w:rsid w:val="001550B5"/>
+    <w:rsid w:val="00147CD6"/>
     <w:rsid w:val="0015768A"/>
     <w:rsid w:val="00180808"/>
     <w:rsid w:val="0019255A"/>
     <w:rsid w:val="00195121"/>
-    <w:rsid w:val="001C53D6"/>
     <w:rsid w:val="001D676B"/>
     <w:rsid w:val="0020049E"/>
     <w:rsid w:val="00200AE2"/>
-    <w:rsid w:val="00205DEB"/>
     <w:rsid w:val="00217024"/>
+    <w:rsid w:val="0021776D"/>
     <w:rsid w:val="002456EF"/>
     <w:rsid w:val="00247532"/>
-    <w:rsid w:val="0025691D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00266EE6"/>
     <w:rsid w:val="00270B11"/>
     <w:rsid w:val="00283D7A"/>
     <w:rsid w:val="002862EE"/>
     <w:rsid w:val="002878CA"/>
     <w:rsid w:val="002A3D5E"/>
     <w:rsid w:val="002A3E55"/>
-    <w:rsid w:val="002A5ABF"/>
     <w:rsid w:val="002D0E87"/>
-    <w:rsid w:val="002D20AF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002D7354"/>
     <w:rsid w:val="002E23D5"/>
     <w:rsid w:val="002E24FC"/>
     <w:rsid w:val="00301C23"/>
     <w:rsid w:val="0030481D"/>
     <w:rsid w:val="00334B96"/>
     <w:rsid w:val="00342D79"/>
+    <w:rsid w:val="003460C3"/>
     <w:rsid w:val="003714E7"/>
     <w:rsid w:val="00373267"/>
     <w:rsid w:val="00382CF6"/>
+    <w:rsid w:val="00395993"/>
+    <w:rsid w:val="003A0711"/>
     <w:rsid w:val="003B608D"/>
-    <w:rsid w:val="003D2E2A"/>
     <w:rsid w:val="003F10BD"/>
     <w:rsid w:val="003F67F7"/>
-    <w:rsid w:val="003F6FD1"/>
     <w:rsid w:val="00405977"/>
     <w:rsid w:val="004141E6"/>
-    <w:rsid w:val="00414BB8"/>
     <w:rsid w:val="00421035"/>
     <w:rsid w:val="00427F54"/>
-    <w:rsid w:val="00437279"/>
+    <w:rsid w:val="004339A0"/>
     <w:rsid w:val="00441810"/>
     <w:rsid w:val="00445052"/>
+    <w:rsid w:val="00450CFD"/>
     <w:rsid w:val="00462A32"/>
     <w:rsid w:val="00472447"/>
+    <w:rsid w:val="00480E3C"/>
     <w:rsid w:val="004827C3"/>
     <w:rsid w:val="004B78A6"/>
     <w:rsid w:val="004D05C5"/>
+    <w:rsid w:val="004E601A"/>
     <w:rsid w:val="0050685A"/>
-    <w:rsid w:val="00514A27"/>
     <w:rsid w:val="005224C4"/>
     <w:rsid w:val="00524884"/>
     <w:rsid w:val="005370B9"/>
     <w:rsid w:val="00540EEE"/>
-    <w:rsid w:val="00541344"/>
     <w:rsid w:val="00553221"/>
     <w:rsid w:val="00560E9C"/>
     <w:rsid w:val="00577DCA"/>
     <w:rsid w:val="005837F7"/>
     <w:rsid w:val="0058683F"/>
-    <w:rsid w:val="00592103"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005B5865"/>
+    <w:rsid w:val="00594CDE"/>
     <w:rsid w:val="005C6130"/>
     <w:rsid w:val="005C77EF"/>
     <w:rsid w:val="00600354"/>
-    <w:rsid w:val="006010C1"/>
     <w:rsid w:val="00626AA3"/>
     <w:rsid w:val="00646F58"/>
     <w:rsid w:val="006505E0"/>
     <w:rsid w:val="00654682"/>
-    <w:rsid w:val="00661C48"/>
     <w:rsid w:val="00670BA4"/>
     <w:rsid w:val="006A1928"/>
     <w:rsid w:val="006B7362"/>
     <w:rsid w:val="006B7834"/>
     <w:rsid w:val="007021CC"/>
     <w:rsid w:val="00703F8F"/>
     <w:rsid w:val="0071688B"/>
-    <w:rsid w:val="0072658B"/>
     <w:rsid w:val="007329AF"/>
-    <w:rsid w:val="00751242"/>
     <w:rsid w:val="007568D4"/>
-    <w:rsid w:val="00767751"/>
     <w:rsid w:val="00771D6B"/>
     <w:rsid w:val="00784A80"/>
     <w:rsid w:val="007B5BB1"/>
-    <w:rsid w:val="007B62BB"/>
     <w:rsid w:val="007C1BE6"/>
-    <w:rsid w:val="007D6159"/>
     <w:rsid w:val="007F35A5"/>
     <w:rsid w:val="007F5092"/>
     <w:rsid w:val="00831964"/>
-    <w:rsid w:val="00832E1D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00835ADC"/>
     <w:rsid w:val="00844E12"/>
     <w:rsid w:val="008459FE"/>
     <w:rsid w:val="00882C3E"/>
-    <w:rsid w:val="0089076C"/>
-    <w:rsid w:val="008A5A02"/>
     <w:rsid w:val="008B0671"/>
     <w:rsid w:val="008D1A15"/>
     <w:rsid w:val="008F02D9"/>
     <w:rsid w:val="008F4BF9"/>
-    <w:rsid w:val="00901E5C"/>
     <w:rsid w:val="009224C3"/>
-    <w:rsid w:val="009252F4"/>
     <w:rsid w:val="00925C91"/>
     <w:rsid w:val="0092787D"/>
     <w:rsid w:val="009307DB"/>
     <w:rsid w:val="00930C7A"/>
     <w:rsid w:val="00937C20"/>
-    <w:rsid w:val="00945263"/>
     <w:rsid w:val="00955773"/>
     <w:rsid w:val="00957E4F"/>
     <w:rsid w:val="00967811"/>
     <w:rsid w:val="00970294"/>
     <w:rsid w:val="00971C21"/>
-    <w:rsid w:val="00973004"/>
     <w:rsid w:val="00987E98"/>
     <w:rsid w:val="00992C46"/>
     <w:rsid w:val="00997F26"/>
-    <w:rsid w:val="009A2FF6"/>
-    <w:rsid w:val="009B613A"/>
     <w:rsid w:val="009E100D"/>
     <w:rsid w:val="00A05743"/>
-    <w:rsid w:val="00A11249"/>
+    <w:rsid w:val="00A10781"/>
     <w:rsid w:val="00A203A4"/>
     <w:rsid w:val="00A37956"/>
-    <w:rsid w:val="00A51A22"/>
     <w:rsid w:val="00A5576C"/>
     <w:rsid w:val="00A67283"/>
-    <w:rsid w:val="00A93C93"/>
-    <w:rsid w:val="00A96EB0"/>
+    <w:rsid w:val="00A73148"/>
     <w:rsid w:val="00AA165F"/>
-    <w:rsid w:val="00AB049E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AE2794"/>
     <w:rsid w:val="00B05B64"/>
-    <w:rsid w:val="00B11C1E"/>
     <w:rsid w:val="00B211E8"/>
     <w:rsid w:val="00B31401"/>
     <w:rsid w:val="00B37685"/>
-    <w:rsid w:val="00B4219D"/>
-    <w:rsid w:val="00BA11D1"/>
+    <w:rsid w:val="00B811FC"/>
     <w:rsid w:val="00BA5FCD"/>
     <w:rsid w:val="00BC41DF"/>
     <w:rsid w:val="00BC4CFD"/>
     <w:rsid w:val="00BC685E"/>
     <w:rsid w:val="00BF03D3"/>
-    <w:rsid w:val="00C12780"/>
     <w:rsid w:val="00C16A13"/>
     <w:rsid w:val="00C309D8"/>
-    <w:rsid w:val="00C61208"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CF2859"/>
+    <w:rsid w:val="00C561D2"/>
     <w:rsid w:val="00D33A0A"/>
-    <w:rsid w:val="00D430B6"/>
     <w:rsid w:val="00D62329"/>
     <w:rsid w:val="00D66090"/>
-    <w:rsid w:val="00D71D13"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D91288"/>
+    <w:rsid w:val="00D7680D"/>
     <w:rsid w:val="00D92672"/>
     <w:rsid w:val="00DA069A"/>
-    <w:rsid w:val="00DA0B03"/>
-    <w:rsid w:val="00DE02EF"/>
     <w:rsid w:val="00E07057"/>
-    <w:rsid w:val="00E15BBB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E60A3A"/>
+    <w:rsid w:val="00E6262D"/>
     <w:rsid w:val="00E65669"/>
-    <w:rsid w:val="00E66E67"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EC1084"/>
+    <w:rsid w:val="00E702C9"/>
+    <w:rsid w:val="00E8072E"/>
+    <w:rsid w:val="00EC4639"/>
     <w:rsid w:val="00EC50A2"/>
     <w:rsid w:val="00ED010E"/>
-    <w:rsid w:val="00ED6D09"/>
     <w:rsid w:val="00EE2CAD"/>
     <w:rsid w:val="00F220AB"/>
     <w:rsid w:val="00F3345B"/>
     <w:rsid w:val="00F35622"/>
+    <w:rsid w:val="00F40FCE"/>
+    <w:rsid w:val="00F4583A"/>
     <w:rsid w:val="00F526D5"/>
-    <w:rsid w:val="00F63E5D"/>
+    <w:rsid w:val="00F571CD"/>
     <w:rsid w:val="00F64797"/>
-    <w:rsid w:val="00F7249B"/>
     <w:rsid w:val="00F81F16"/>
     <w:rsid w:val="00F90576"/>
     <w:rsid w:val="00F925A4"/>
     <w:rsid w:val="00F97B66"/>
-    <w:rsid w:val="00F97F3F"/>
     <w:rsid w:val="00FD2907"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="045ED4C4"/>
   <w15:docId w15:val="{B1A9F52F-17BC-487E-AF48-D830BD653359}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
@@ -13992,98 +14738,86 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00462A32"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00462A32"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00DE02EF"/>
+    <w:rsid w:val="00A10781"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00973004"/>
+    <w:rsid w:val="00A10781"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.naic.org/industry/optins" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.naic.org/industry/optins" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14340,85 +15074,75 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fde9f3d2ba75b3864c5532904883d9d6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DE413DC9396414788A0571B52761EC3" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="64ce9e119d01d05c60efa83d6e05e09e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af287d5fabe2c5d05a5a3658eb2cd64b" ns2:_="" ns3:_="">
     <xsd:import namespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -14442,50 +15166,55 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85471739-20a3-405f-8957-71a2abecc360" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -14585,133 +15314,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="219cc07e-c1da-4270-a78f-3a6ce23ab0a8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{792F02B6-A23D-47C4-B448-EAB8CBEA370B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD0F617E-C764-46A9-91E1-518124467E44}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09F35C60-1151-4AFA-969A-7F6046F0F063}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
     <ds:schemaRef ds:uri="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B844D7D1-EC0C-4506-B317-E3994A8D50F9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E7E8FE4-A832-4B75-BA6E-27641737DD84}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11623</Characters>
+  <Pages>7</Pages>
+  <Words>2347</Words>
+  <Characters>13378</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TITLE COMPANIES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NAIC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13357</CharactersWithSpaces>
+  <CharactersWithSpaces>15694</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TITLE COMPANIES</dc:title>
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101009DE413DC9396414788A0571B52761EC3</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>