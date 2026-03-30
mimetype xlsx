--- v0 (2026-02-05)
+++ v1 (2026-03-30)
@@ -1,122 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\piccolov\Desktop\DAILY TEMP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AA36D14-16E2-4C1B-A678-19ACEE7AC521}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC4A6970-E8AA-4FB6-ABCA-13D5FA23E016}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BA7E54CA-7146-47F9-B47C-C71DCE9CA734}"/>
   </bookViews>
   <sheets>
     <sheet name="Full Dir" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Full Dir'!$A$3:$I$637</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Full Dir'!$A$1:$H$636</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Full Dir'!$A$3:$I$643</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Full Dir'!$A$1:$H$637</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Full Dir'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Less, Daniel (AGO)</author>
   </authors>
   <commentList>
-    <comment ref="D604" authorId="0" shapeId="0" xr:uid="{FA644D63-F1DC-4455-A809-6909B925E849}">
+    <comment ref="D610" authorId="0" shapeId="0" xr:uid="{FA644D63-F1DC-4455-A809-6909B925E849}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Less, Daniel (AGO):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 FSC Approval</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4953" uniqueCount="1102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4996" uniqueCount="1115">
   <si>
     <t>PM / NPM</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Cigarette / RYO</t>
   </si>
   <si>
     <t>UPC Number</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Brand Style</t>
   </si>
   <si>
     <t>Packaging Type</t>
   </si>
   <si>
     <t>Stamp</t>
   </si>
   <si>
@@ -3150,83 +3150,65 @@
   <si>
     <t>026100660579</t>
   </si>
   <si>
     <t>Non-Menthol Select 100 Box</t>
   </si>
   <si>
     <t>026100660517</t>
   </si>
   <si>
     <t>Non-Menthol Select King Box</t>
   </si>
   <si>
     <t>026100208597</t>
   </si>
   <si>
     <t>Signature Box</t>
   </si>
   <si>
     <t>026100208566</t>
   </si>
   <si>
     <t xml:space="preserve">Signature 100 Box </t>
   </si>
   <si>
-    <t>027200205813</t>
-[...1 lines deleted...]
-  <si>
     <t>Select Blue Box</t>
   </si>
   <si>
-    <t>027200205844</t>
-[...1 lines deleted...]
-  <si>
     <t>Select Red Box</t>
   </si>
   <si>
-    <t>027200205875</t>
-[...1 lines deleted...]
-  <si>
     <t>Select Menthol Box</t>
   </si>
   <si>
-    <t>027200208654</t>
-[...1 lines deleted...]
-  <si>
     <t>Select Blue 100 Box</t>
   </si>
   <si>
-    <t>027200208685</t>
-[...1 lines deleted...]
-  <si>
     <t>Select Red 100 Box</t>
   </si>
   <si>
-    <t>027200208623</t>
-[...1 lines deleted...]
-  <si>
     <t>Select Menthol 100 Box</t>
   </si>
   <si>
     <t>026100119060</t>
   </si>
   <si>
     <t>EXP Non-Menthol Flex 100 Box</t>
   </si>
   <si>
     <t>026100120158</t>
   </si>
   <si>
     <t>Non-Menthol Blend Box</t>
   </si>
   <si>
     <t>026100120219</t>
   </si>
   <si>
     <t>Non-Menthol Blend 100 Box</t>
   </si>
   <si>
     <t>Full-Bodied Red Box</t>
   </si>
   <si>
     <t>Smooth Gold Box</t>
@@ -3397,50 +3379,107 @@
     <t>090600010233</t>
   </si>
   <si>
     <t>Malibu</t>
   </si>
   <si>
     <t>Gold Smooth Kings Box</t>
   </si>
   <si>
     <t>090600010240</t>
   </si>
   <si>
     <t>Gold Smooth Box 100s</t>
   </si>
   <si>
     <t>090600010219</t>
   </si>
   <si>
     <t>Red Bold Kings Box</t>
   </si>
   <si>
     <t>090600010226</t>
   </si>
   <si>
     <t>Red Bold Box 100s</t>
+  </si>
+  <si>
+    <t>028200336811</t>
+  </si>
+  <si>
+    <t>Marlboro Cowboy Cut Box</t>
+  </si>
+  <si>
+    <t>028200336910</t>
+  </si>
+  <si>
+    <t>Marlboro Cowboy Cut 100’s Box</t>
+  </si>
+  <si>
+    <t>028200337016</t>
+  </si>
+  <si>
+    <t>Marlboro Cowboy Cut Gold Pack Box</t>
+  </si>
+  <si>
+    <t>028200337115</t>
+  </si>
+  <si>
+    <t>Marlboro Cowboy Cut Gold Pack 100’s Box</t>
+  </si>
+  <si>
+    <t>028200337214</t>
+  </si>
+  <si>
+    <t>Marlboro Cowboy Cut Menthol Box</t>
+  </si>
+  <si>
+    <t>028200337313</t>
+  </si>
+  <si>
+    <t>Marlboro Cowboy Cut Menthol 100’s Box</t>
+  </si>
+  <si>
+    <t>027200205905</t>
+  </si>
+  <si>
+    <t>027200209514</t>
+  </si>
+  <si>
+    <t>027200205967</t>
+  </si>
+  <si>
+    <t>027200209576</t>
+  </si>
+  <si>
+    <t>027200205936</t>
+  </si>
+  <si>
+    <t>March/19/2026</t>
+  </si>
+  <si>
+    <t>027200209545</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -4079,78 +4118,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1B2528F9-9ED4-4C00-9773-822D9956813C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I637"/>
+  <dimension ref="A1:I643"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3:H637"/>
+      <selection pane="bottomLeft" activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="42.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" customWidth="1"/>
     <col min="4" max="4" width="21.42578125" customWidth="1"/>
     <col min="5" max="5" width="24.85546875" customWidth="1"/>
     <col min="6" max="6" width="50.28515625" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" customWidth="1"/>
     <col min="9" max="9" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="2" t="s">
         <v>906</v>
       </c>
       <c r="E1" s="1"/>
-      <c r="F1" s="53">
-        <v>46038</v>
+      <c r="F1" s="53" t="s">
+        <v>1113</v>
       </c>
       <c r="G1" s="1"/>
       <c r="H1" s="3"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="4"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="3"/>
     </row>
     <row r="3" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
@@ -4652,51 +4691,51 @@
       </c>
       <c r="E22" s="16" t="s">
         <v>733</v>
       </c>
       <c r="F22" s="16" t="s">
         <v>770</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="69" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>180</v>
       </c>
       <c r="C23" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="E23" s="12" t="s">
         <v>182</v>
       </c>
       <c r="F23" s="12" t="s">
         <v>544</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="12">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="69" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C24" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="10" t="s">
@@ -5406,135 +5445,135 @@
       </c>
       <c r="E51" s="20" t="s">
         <v>923</v>
       </c>
       <c r="F51" s="20" t="s">
         <v>924</v>
       </c>
       <c r="G51" s="20" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="55" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="73" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="73" t="s">
         <v>180</v>
       </c>
       <c r="C52" s="73" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="73" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="E52" s="73" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="F52" s="73" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
       <c r="G52" s="73" t="s">
         <v>14</v>
       </c>
       <c r="H52" s="74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="73" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="73" t="s">
         <v>180</v>
       </c>
       <c r="C53" s="73" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="73" t="s">
-        <v>1093</v>
+        <v>1087</v>
       </c>
       <c r="E53" s="73" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="F53" s="73" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="G53" s="73" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="73" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="73" t="s">
         <v>180</v>
       </c>
       <c r="C54" s="73" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="73" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="E54" s="73" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="F54" s="73" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="G54" s="73" t="s">
         <v>14</v>
       </c>
       <c r="H54" s="74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="73" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="73" t="s">
         <v>180</v>
       </c>
       <c r="C55" s="73" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="73" t="s">
-        <v>1098</v>
+        <v>1092</v>
       </c>
       <c r="E55" s="73" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="F55" s="73" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="G55" s="73" t="s">
         <v>14</v>
       </c>
       <c r="H55" s="74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>490</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>491</v>
       </c>
       <c r="F56" s="8" t="s">
@@ -7647,135 +7686,135 @@
       </c>
       <c r="E137" s="8" t="s">
         <v>892</v>
       </c>
       <c r="F137" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H137" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A138" s="68" t="s">
         <v>8</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>892</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>1040</v>
+        <v>1034</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H138" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A139" s="68" t="s">
         <v>8</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>1041</v>
+        <v>1035</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>892</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>1042</v>
+        <v>1036</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H139" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A140" s="68" t="s">
         <v>8</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>1043</v>
+        <v>1037</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>892</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H140" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A141" s="68" t="s">
         <v>8</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>1044</v>
+        <v>1038</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>892</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>1045</v>
+        <v>1039</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H141" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B142" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D142" s="10" t="s">
         <v>902</v>
       </c>
       <c r="E142" s="8" t="s">
         <v>892</v>
       </c>
       <c r="F142" s="8" t="s">
@@ -10078,10687 +10117,10843 @@
         <v>8</v>
       </c>
       <c r="B231" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C231" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D231" s="25" t="s">
         <v>436</v>
       </c>
       <c r="E231" s="23" t="s">
         <v>411</v>
       </c>
       <c r="F231" s="23" t="s">
         <v>437</v>
       </c>
       <c r="G231" s="23" t="s">
         <v>14</v>
       </c>
       <c r="H231" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A232" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B232" s="8" t="s">
+      <c r="A232" t="s">
+        <v>8</v>
+      </c>
+      <c r="B232" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C232" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E232" s="8" t="s">
+      <c r="C232" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E232" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F232" s="8" t="s">
-[...5 lines deleted...]
-      <c r="H232" s="11">
+      <c r="F232" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H232" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A233" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B233" s="36" t="s">
+      <c r="A233" t="s">
+        <v>8</v>
+      </c>
+      <c r="B233" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C233" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E233" s="8" t="s">
+      <c r="C233" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E233" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F233" s="8" t="s">
-[...5 lines deleted...]
-      <c r="H233" s="11">
+      <c r="F233" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H233" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A234" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B234" s="8" t="s">
+      <c r="A234" t="s">
+        <v>8</v>
+      </c>
+      <c r="B234" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C234" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E234" s="23" t="s">
+      <c r="C234" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E234" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F234" s="23" t="s">
-[...5 lines deleted...]
-      <c r="H234" s="11">
+      <c r="F234" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H234" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="235" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A235" s="35" t="s">
-[...2 lines deleted...]
-      <c r="B235" s="35" t="s">
+      <c r="A235" t="s">
+        <v>8</v>
+      </c>
+      <c r="B235" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C235" s="35" t="s">
-[...5 lines deleted...]
-      <c r="E235" s="20" t="s">
+      <c r="C235" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E235" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F235" s="20" t="s">
-[...5 lines deleted...]
-      <c r="H235" s="33">
+      <c r="F235" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H235" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B236" s="8" t="s">
+      <c r="A236" t="s">
+        <v>8</v>
+      </c>
+      <c r="B236" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D236" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="8" t="s">
+      <c r="D236" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E236" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F236" s="15" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F236" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H236" s="1">
+        <v>20</v>
       </c>
     </row>
     <row r="237" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B237" s="8" t="s">
+      <c r="A237" t="s">
+        <v>8</v>
+      </c>
+      <c r="B237" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D237" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="8" t="s">
+      <c r="D237" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E237" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F237" s="15" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F237" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H237" s="1">
+        <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A238" s="1" t="s">
+      <c r="A238" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B238" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C238" s="1" t="s">
-[...3 lines deleted...]
-        <v>448</v>
+      <c r="C238" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D238" s="10" t="s">
+        <v>438</v>
       </c>
       <c r="E238" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F238" s="15" t="s">
-        <v>449</v>
+      <c r="F238" s="8" t="s">
+        <v>439</v>
       </c>
       <c r="G238" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H238" s="11" t="s">
-        <v>15</v>
+      <c r="H238" s="11">
+        <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B239" s="8" t="s">
+      <c r="A239" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B239" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...3 lines deleted...]
-        <v>450</v>
+      <c r="C239" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D239" s="10" t="s">
+        <v>440</v>
       </c>
       <c r="E239" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F239" s="15" t="s">
-        <v>451</v>
+      <c r="F239" s="8" t="s">
+        <v>441</v>
       </c>
       <c r="G239" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H239" s="11" t="s">
-        <v>15</v>
+      <c r="H239" s="11">
+        <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A240" s="1" t="s">
+      <c r="A240" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B240" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C240" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E240" s="8" t="s">
+      <c r="C240" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D240" s="25" t="s">
+        <v>442</v>
+      </c>
+      <c r="E240" s="23" t="s">
         <v>411</v>
       </c>
-      <c r="F240" s="15" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F240" s="23" t="s">
+        <v>443</v>
+      </c>
+      <c r="G240" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H240" s="11">
+        <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B241" s="8" t="s">
+      <c r="A241" s="35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B241" s="35" t="s">
         <v>50</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="8" t="s">
+      <c r="C241" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D241" s="32" t="s">
+        <v>444</v>
+      </c>
+      <c r="E241" s="20" t="s">
         <v>411</v>
       </c>
-      <c r="F241" s="15" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F241" s="20" t="s">
+        <v>445</v>
+      </c>
+      <c r="G241" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H241" s="33">
+        <v>20</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B242" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="E242" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F242" s="15" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="G242" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H242" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B243" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="E243" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F243" s="15" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G243" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H243" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B244" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="E244" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F244" s="15" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="G244" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H244" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B245" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="E245" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F245" s="15" t="s">
-        <v>70</v>
+        <v>451</v>
       </c>
       <c r="G245" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H245" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B246" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="E246" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F246" s="15" t="s">
-        <v>72</v>
+        <v>453</v>
       </c>
       <c r="G246" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H246" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B247" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D247" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="12" t="s">
+      <c r="D247" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="E247" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F247" s="37" t="s">
-[...6 lines deleted...]
-        <v>20</v>
+      <c r="F247" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="G247" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H247" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B248" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D248" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="12" t="s">
+      <c r="D248" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="E248" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F248" s="37" t="s">
-[...6 lines deleted...]
-        <v>20</v>
+      <c r="F248" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G248" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H248" s="11" t="s">
+        <v>15</v>
       </c>
       <c r="I248" s="56"/>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A249" s="12" t="s">
+      <c r="A249" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B249" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C249" s="12" t="s">
-[...3 lines deleted...]
-        <v>466</v>
+      <c r="C249" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D249" s="4" t="s">
+        <v>457</v>
       </c>
       <c r="E249" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F249" s="23" t="s">
-        <v>467</v>
+      <c r="F249" s="15" t="s">
+        <v>68</v>
       </c>
       <c r="G249" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H249" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I249" s="56"/>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B250" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="E250" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F250" s="15" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="G250" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H250" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B251" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>471</v>
+        <v>460</v>
       </c>
       <c r="E251" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F251" s="15" t="s">
-        <v>470</v>
+        <v>70</v>
       </c>
       <c r="G251" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H251" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B252" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="E252" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F252" s="15" t="s">
-        <v>473</v>
+        <v>72</v>
       </c>
       <c r="G252" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H252" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I252" s="56"/>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A253" s="38" t="s">
-[...2 lines deleted...]
-      <c r="B253" s="29" t="s">
+      <c r="A253" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B253" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C253" s="38" t="s">
-[...5 lines deleted...]
-      <c r="E253" s="29" t="s">
+      <c r="C253" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D253" s="10" t="s">
+        <v>462</v>
+      </c>
+      <c r="E253" s="12" t="s">
         <v>411</v>
       </c>
-      <c r="F253" s="30" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F253" s="37" t="s">
+        <v>463</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H253" s="3">
+        <v>20</v>
       </c>
       <c r="I253" s="56"/>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B254" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D254" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="8" t="s">
+      <c r="D254" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="E254" s="12" t="s">
         <v>411</v>
       </c>
-      <c r="F254" s="15" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F254" s="37" t="s">
+        <v>465</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H254" s="3">
+        <v>20</v>
       </c>
       <c r="I254" s="56"/>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A255" s="1" t="s">
+      <c r="A255" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B255" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...3 lines deleted...]
-        <v>478</v>
+      <c r="C255" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D255" s="10" t="s">
+        <v>466</v>
       </c>
       <c r="E255" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F255" s="15" t="s">
-        <v>479</v>
+      <c r="F255" s="23" t="s">
+        <v>467</v>
       </c>
       <c r="G255" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H255" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="50" t="s">
-[...2 lines deleted...]
-      <c r="B256" s="48" t="s">
+      <c r="A256" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B256" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C256" s="50" t="s">
-[...5 lines deleted...]
-      <c r="E256" s="48" t="s">
+      <c r="C256" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E256" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F256" s="51" t="s">
-[...5 lines deleted...]
-      <c r="H256" s="52" t="s">
+      <c r="F256" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="G256" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H256" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A257" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B257" s="20" t="s">
+      <c r="A257" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B257" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C257" s="31" t="s">
-[...5 lines deleted...]
-      <c r="E257" s="20" t="s">
+      <c r="C257" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="E257" s="8" t="s">
         <v>411</v>
       </c>
       <c r="F257" s="15" t="s">
-        <v>481</v>
-[...4 lines deleted...]
-      <c r="H257" s="33" t="s">
+        <v>470</v>
+      </c>
+      <c r="G257" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H257" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A258" s="12" t="s">
+      <c r="A258" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B258" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C258" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="29" t="s">
+      <c r="C258" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="E258" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F258" s="30" t="s">
-        <v>483</v>
+      <c r="F258" s="15" t="s">
+        <v>473</v>
       </c>
       <c r="G258" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H258" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="12" t="s">
-[...2 lines deleted...]
-      <c r="B259" s="8" t="s">
+      <c r="A259" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B259" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="C259" s="12" t="s">
-[...3 lines deleted...]
-        <v>484</v>
+      <c r="C259" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D259" s="39" t="s">
+        <v>474</v>
       </c>
       <c r="E259" s="29" t="s">
         <v>411</v>
       </c>
       <c r="F259" s="30" t="s">
-        <v>485</v>
-[...4 lines deleted...]
-      <c r="H259" s="11" t="s">
+        <v>475</v>
+      </c>
+      <c r="G259" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H259" s="40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A260" s="12" t="s">
+      <c r="A260" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B260" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C260" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E260" s="29" t="s">
+      <c r="C260" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="E260" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F260" s="30" t="s">
-        <v>487</v>
+      <c r="F260" s="15" t="s">
+        <v>477</v>
       </c>
       <c r="G260" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H260" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A261" s="12" t="s">
+      <c r="A261" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B261" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C261" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="29" t="s">
+      <c r="C261" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="E261" s="8" t="s">
         <v>411</v>
       </c>
-      <c r="F261" s="30" t="s">
-        <v>489</v>
+      <c r="F261" s="15" t="s">
+        <v>479</v>
       </c>
       <c r="G261" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H261" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I261" s="58"/>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B262" s="8" t="s">
+      <c r="A262" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="B262" s="48" t="s">
         <v>50</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...14 lines deleted...]
-      <c r="H262" s="11" t="s">
+      <c r="C262" s="50" t="s">
+        <v>10</v>
+      </c>
+      <c r="D262" s="49" t="s">
+        <v>480</v>
+      </c>
+      <c r="E262" s="48" t="s">
+        <v>411</v>
+      </c>
+      <c r="F262" s="51" t="s">
+        <v>481</v>
+      </c>
+      <c r="G262" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H262" s="52" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B263" s="8" t="s">
+      <c r="A263" s="31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B263" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="C263" s="1" t="s">
-[...6 lines deleted...]
-        <v>503</v>
+      <c r="C263" s="31" t="s">
+        <v>10</v>
+      </c>
+      <c r="D263" s="32" t="s">
+        <v>429</v>
+      </c>
+      <c r="E263" s="20" t="s">
+        <v>411</v>
       </c>
       <c r="F263" s="15" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="H263" s="11" t="s">
+        <v>481</v>
+      </c>
+      <c r="G263" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H263" s="33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A264" s="1" t="s">
+      <c r="A264" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B264" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C264" s="1" t="s">
-[...9 lines deleted...]
-        <v>59</v>
+      <c r="C264" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D264" s="41" t="s">
+        <v>482</v>
+      </c>
+      <c r="E264" s="29" t="s">
+        <v>411</v>
+      </c>
+      <c r="F264" s="30" t="s">
+        <v>483</v>
       </c>
       <c r="G264" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H264" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B265" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C265" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D265" s="10" t="s">
-[...6 lines deleted...]
-        <v>565</v>
+      <c r="D265" s="41" t="s">
+        <v>484</v>
+      </c>
+      <c r="E265" s="29" t="s">
+        <v>411</v>
+      </c>
+      <c r="F265" s="30" t="s">
+        <v>485</v>
       </c>
       <c r="G265" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H265" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B266" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C266" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D266" s="10" t="s">
-[...6 lines deleted...]
-        <v>567</v>
+      <c r="D266" s="41" t="s">
+        <v>486</v>
+      </c>
+      <c r="E266" s="29" t="s">
+        <v>411</v>
+      </c>
+      <c r="F266" s="30" t="s">
+        <v>487</v>
       </c>
       <c r="G266" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H266" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I266" s="58"/>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B267" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C267" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D267" s="10" t="s">
-[...6 lines deleted...]
-        <v>569</v>
+      <c r="D267" s="41" t="s">
+        <v>488</v>
+      </c>
+      <c r="E267" s="29" t="s">
+        <v>411</v>
+      </c>
+      <c r="F267" s="30" t="s">
+        <v>489</v>
       </c>
       <c r="G267" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H267" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A268" s="12" t="s">
+      <c r="A268" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B268" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C268" s="12" t="s">
-[...3 lines deleted...]
-        <v>570</v>
+      <c r="C268" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>502</v>
       </c>
       <c r="E268" s="8" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>503</v>
+      </c>
+      <c r="F268" s="15" t="s">
+        <v>54</v>
       </c>
       <c r="G268" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H268" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I268"/>
     </row>
     <row r="269" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B269" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>690</v>
+        <v>504</v>
       </c>
       <c r="E269" s="8" t="s">
-        <v>691</v>
+        <v>503</v>
       </c>
       <c r="F269" s="15" t="s">
-        <v>692</v>
+        <v>58</v>
       </c>
       <c r="G269" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H269" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I269" s="1"/>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B270" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>694</v>
+        <v>505</v>
       </c>
       <c r="E270" s="8" t="s">
-        <v>691</v>
+        <v>503</v>
       </c>
       <c r="F270" s="15" t="s">
-        <v>693</v>
+        <v>59</v>
       </c>
       <c r="G270" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H270" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A271" s="1" t="s">
+      <c r="A271" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B271" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...3 lines deleted...]
-        <v>695</v>
+      <c r="C271" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D271" s="10" t="s">
+        <v>563</v>
       </c>
       <c r="E271" s="8" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>696</v>
+        <v>564</v>
+      </c>
+      <c r="F271" s="8" t="s">
+        <v>565</v>
       </c>
       <c r="G271" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H271" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A272" s="1" t="s">
+      <c r="A272" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B272" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...3 lines deleted...]
-        <v>697</v>
+      <c r="C272" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D272" s="10" t="s">
+        <v>566</v>
       </c>
       <c r="E272" s="8" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>564</v>
+      </c>
+      <c r="F272" s="8" t="s">
+        <v>567</v>
       </c>
       <c r="G272" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H272" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I272"/>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="1" t="s">
+      <c r="A273" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B273" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C273" s="1" t="s">
-[...3 lines deleted...]
-        <v>699</v>
+      <c r="C273" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D273" s="10" t="s">
+        <v>568</v>
       </c>
       <c r="E273" s="8" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>564</v>
+      </c>
+      <c r="F273" s="8" t="s">
+        <v>569</v>
       </c>
       <c r="G273" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H273" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="1" t="s">
+      <c r="A274" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B274" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...3 lines deleted...]
-        <v>701</v>
+      <c r="C274" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D274" s="10" t="s">
+        <v>570</v>
       </c>
       <c r="E274" s="8" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>702</v>
+        <v>564</v>
+      </c>
+      <c r="F274" s="8" t="s">
+        <v>571</v>
       </c>
       <c r="G274" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H274" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B275" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>703</v>
+        <v>690</v>
       </c>
       <c r="E275" s="8" t="s">
         <v>691</v>
       </c>
       <c r="F275" s="15" t="s">
-        <v>70</v>
+        <v>692</v>
       </c>
       <c r="G275" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H275" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I275"/>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B276" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
       <c r="E276" s="8" t="s">
         <v>691</v>
       </c>
       <c r="F276" s="15" t="s">
-        <v>473</v>
+        <v>693</v>
       </c>
       <c r="G276" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H276" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B277" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>867</v>
+        <v>695</v>
       </c>
       <c r="E277" s="8" t="s">
-        <v>868</v>
+        <v>691</v>
       </c>
       <c r="F277" s="15" t="s">
-        <v>869</v>
+        <v>696</v>
       </c>
       <c r="G277" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H277" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I277" s="66"/>
     </row>
     <row r="278" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B278" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>870</v>
+        <v>697</v>
       </c>
       <c r="E278" s="8" t="s">
-        <v>868</v>
+        <v>691</v>
       </c>
       <c r="F278" s="15" t="s">
-        <v>871</v>
+        <v>698</v>
       </c>
       <c r="G278" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H278" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I278" s="66"/>
     </row>
     <row r="279" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A279" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B279" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>872</v>
+        <v>699</v>
       </c>
       <c r="E279" s="8" t="s">
-        <v>868</v>
+        <v>691</v>
       </c>
       <c r="F279" s="15" t="s">
-        <v>873</v>
+        <v>700</v>
       </c>
       <c r="G279" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H279" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I279"/>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B280" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>874</v>
+        <v>701</v>
       </c>
       <c r="E280" s="8" t="s">
-        <v>868</v>
+        <v>691</v>
       </c>
       <c r="F280" s="15" t="s">
-        <v>875</v>
+        <v>702</v>
       </c>
       <c r="G280" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H280" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B281" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>876</v>
+        <v>703</v>
       </c>
       <c r="E281" s="8" t="s">
-        <v>868</v>
+        <v>691</v>
       </c>
       <c r="F281" s="15" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="G281" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H281" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B282" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>877</v>
+        <v>704</v>
       </c>
       <c r="E282" s="8" t="s">
-        <v>868</v>
+        <v>691</v>
       </c>
       <c r="F282" s="15" t="s">
-        <v>31</v>
+        <v>473</v>
       </c>
       <c r="G282" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H282" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B283" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>878</v>
+        <v>867</v>
       </c>
       <c r="E283" s="8" t="s">
         <v>868</v>
       </c>
       <c r="F283" s="15" t="s">
-        <v>66</v>
+        <v>869</v>
       </c>
       <c r="G283" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H283" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B284" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>879</v>
+        <v>870</v>
       </c>
       <c r="E284" s="8" t="s">
         <v>868</v>
       </c>
       <c r="F284" s="15" t="s">
-        <v>70</v>
+        <v>871</v>
       </c>
       <c r="G284" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H284" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B285" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="E285" s="8" t="s">
         <v>868</v>
       </c>
       <c r="F285" s="15" t="s">
-        <v>473</v>
+        <v>873</v>
       </c>
       <c r="G285" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H285" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B286" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="E286" s="8" t="s">
         <v>868</v>
       </c>
       <c r="F286" s="15" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
       <c r="G286" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H286" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="287" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B287" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="E287" s="8" t="s">
         <v>868</v>
       </c>
       <c r="F287" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G287" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H287" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I287"/>
+    </row>
+    <row r="288" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B288" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D288" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="E288" s="8" t="s">
         <v>868</v>
       </c>
-      <c r="G287" s="8" t="s">
-[...29 lines deleted...]
-      <c r="H288" s="40" t="s">
+      <c r="F288" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="G288" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H288" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A289" s="38" t="s">
-[...20 lines deleted...]
-      <c r="H289" s="40" t="s">
+      <c r="A289" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B289" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>878</v>
+      </c>
+      <c r="E289" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="F289" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G289" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H289" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I289" s="72"/>
     </row>
     <row r="290" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A290" s="38" t="s">
-[...20 lines deleted...]
-      <c r="H290" s="40" t="s">
+      <c r="A290" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B290" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="E290" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="F290" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G290" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H290" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="291" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A291" s="38" t="s">
-[...20 lines deleted...]
-      <c r="H291" s="40" t="s">
+      <c r="A291" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B291" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="E291" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="F291" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="G291" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H291" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A292" s="38" t="s">
-[...20 lines deleted...]
-      <c r="H292" s="40" t="s">
+      <c r="A292" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B292" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D292" s="4" t="s">
+        <v>881</v>
+      </c>
+      <c r="E292" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="F292" s="15" t="s">
+        <v>882</v>
+      </c>
+      <c r="G292" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H292" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A293" s="38" t="s">
-[...20 lines deleted...]
-      <c r="H293" s="40" t="s">
+      <c r="A293" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B293" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D293" s="4" t="s">
+        <v>883</v>
+      </c>
+      <c r="E293" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="F293" s="15" t="s">
+        <v>868</v>
+      </c>
+      <c r="G293" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H293" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A294" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B294" s="29" t="s">
         <v>89</v>
       </c>
       <c r="C294" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D294" s="41" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="E294" s="29" t="s">
         <v>91</v>
       </c>
       <c r="F294" s="29" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="G294" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H294" s="40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A295" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B295" s="29" t="s">
         <v>89</v>
       </c>
       <c r="C295" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D295" s="41" t="s">
-        <v>1056</v>
+        <v>1042</v>
       </c>
       <c r="E295" s="29" t="s">
         <v>91</v>
       </c>
       <c r="F295" s="29" t="s">
-        <v>1057</v>
+        <v>1043</v>
       </c>
       <c r="G295" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H295" s="40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A296" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B296" s="29" t="s">
         <v>89</v>
       </c>
       <c r="C296" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D296" s="41" t="s">
-        <v>1060</v>
+        <v>1044</v>
       </c>
       <c r="E296" s="29" t="s">
         <v>91</v>
       </c>
       <c r="F296" s="29" t="s">
-        <v>1061</v>
+        <v>1045</v>
       </c>
       <c r="G296" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H296" s="40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="297" spans="1:9" s="57" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A297" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B297" s="29" t="s">
         <v>89</v>
       </c>
       <c r="C297" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D297" s="41" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="E297" s="29" t="s">
         <v>91</v>
       </c>
       <c r="F297" s="29" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="G297" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H297" s="40" t="s">
         <v>15</v>
       </c>
       <c r="I297"/>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="1" t="s">
-[...8 lines deleted...]
-      <c r="D298" s="10" t="s">
+      <c r="A298" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B298" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C298" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D298" s="41" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E298" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="F298" s="29" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G298" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H298" s="40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" s="57" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B299" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C299" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D299" s="41" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E299" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="F299" s="29" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G299" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H299" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="I299"/>
+    </row>
+    <row r="300" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A300" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B300" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C300" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D300" s="41" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E300" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="F300" s="29" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G300" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H300" s="40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B301" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C301" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D301" s="41" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E301" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="F301" s="29" t="s">
+        <v>1051</v>
+      </c>
+      <c r="G301" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H301" s="40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A302" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B302" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C302" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D302" s="41" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E302" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="F302" s="29" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G302" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H302" s="40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B303" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C303" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D303" s="41" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E303" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="F303" s="29" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G303" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H303" s="40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B304" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D304" s="10" t="s">
         <v>90</v>
-      </c>
-[...155 lines deleted...]
-        <v>944</v>
       </c>
       <c r="E304" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="F304" s="23" t="s">
-        <v>945</v>
+      <c r="F304" s="8" t="s">
+        <v>92</v>
       </c>
       <c r="G304" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H304" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A305" s="12" t="s">
+      <c r="A305" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B305" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C305" s="12" t="s">
+      <c r="C305" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D305" s="10" t="s">
-        <v>943</v>
+        <v>93</v>
       </c>
       <c r="E305" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F305" s="8" t="s">
-        <v>520</v>
+        <v>94</v>
       </c>
       <c r="G305" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H305" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B306" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D306" s="21" t="s">
-        <v>103</v>
+      <c r="D306" s="10" t="s">
+        <v>95</v>
       </c>
       <c r="E306" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F306" s="8" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="G306" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H306" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A307" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B307" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D307" s="21" t="s">
-        <v>105</v>
+      <c r="D307" s="10" t="s">
+        <v>97</v>
       </c>
       <c r="E307" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F307" s="8" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="G307" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H307" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A308" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B308" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D308" s="10" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="E308" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F308" s="8" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="G308" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H308" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B309" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D309" s="10" t="s">
-        <v>146</v>
+        <v>101</v>
       </c>
       <c r="E309" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F309" s="8" t="s">
-        <v>910</v>
+        <v>102</v>
       </c>
       <c r="G309" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H309" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A310" s="1" t="s">
+      <c r="A310" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B310" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="C310" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D310" s="10" t="s">
-        <v>147</v>
+        <v>944</v>
       </c>
       <c r="E310" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="F310" s="8" t="s">
-        <v>911</v>
+      <c r="F310" s="23" t="s">
+        <v>945</v>
       </c>
       <c r="G310" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H310" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="311" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A311" s="1" t="s">
+      <c r="A311" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B311" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="C311" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D311" s="10" t="s">
-        <v>148</v>
+        <v>943</v>
       </c>
       <c r="E311" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F311" s="8" t="s">
-        <v>912</v>
+        <v>520</v>
       </c>
       <c r="G311" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H311" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="312" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B312" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D312" s="10" t="s">
-        <v>109</v>
+      <c r="D312" s="21" t="s">
+        <v>103</v>
       </c>
       <c r="E312" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F312" s="8" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G312" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H312" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="313" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B313" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D313" s="10" t="s">
-        <v>111</v>
+      <c r="D313" s="21" t="s">
+        <v>105</v>
       </c>
       <c r="E313" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F313" s="8" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="G313" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H313" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B314" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D314" s="10" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="E314" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F314" s="8" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="G314" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H314" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="315" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B315" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D315" s="10" t="s">
-        <v>115</v>
+        <v>146</v>
       </c>
       <c r="E315" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F315" s="8" t="s">
-        <v>116</v>
+        <v>910</v>
       </c>
       <c r="G315" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H315" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B316" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D316" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="1" t="s">
+      <c r="D316" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="E316" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="F316" s="1" t="s">
-[...6 lines deleted...]
-        <v>20</v>
+      <c r="F316" s="8" t="s">
+        <v>911</v>
+      </c>
+      <c r="G316" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H316" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B317" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D317" s="10" t="s">
-        <v>117</v>
+        <v>148</v>
       </c>
       <c r="E317" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F317" s="8" t="s">
-        <v>118</v>
+        <v>912</v>
       </c>
       <c r="G317" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H317" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A318" s="12" t="s">
+      <c r="A318" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B318" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C318" s="12" t="s">
+      <c r="C318" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D318" s="10" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="E318" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F318" s="8" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="G318" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H318" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="319" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B319" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D319" s="4" t="s">
-        <v>121</v>
+      <c r="D319" s="10" t="s">
+        <v>111</v>
       </c>
       <c r="E319" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F319" s="8" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="G319" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H319" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="320" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B320" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D320" s="4" t="s">
-        <v>123</v>
+      <c r="D320" s="10" t="s">
+        <v>113</v>
       </c>
       <c r="E320" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F320" s="8" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="G320" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H320" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B321" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D321" s="10" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="E321" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F321" s="8" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="G321" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H321" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B322" s="8" t="s">
+      <c r="B322" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D322" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E322" s="8" t="s">
+      <c r="D322" s="16" t="s">
+        <v>986</v>
+      </c>
+      <c r="E322" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>987</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H322" s="1">
+        <v>20</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B323" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D323" s="10" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="E323" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F323" s="8" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="G323" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H323" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A324" s="1" t="s">
+      <c r="A324" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B324" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C324" s="1" t="s">
+      <c r="C324" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D324" s="10" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="E324" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="F324" s="1" t="s">
-        <v>133</v>
+      <c r="F324" s="8" t="s">
+        <v>120</v>
       </c>
       <c r="G324" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H324" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I324"/>
     </row>
     <row r="325" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B325" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D325" s="10" t="s">
-        <v>134</v>
+      <c r="D325" s="4" t="s">
+        <v>121</v>
       </c>
       <c r="E325" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F325" s="8" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="G325" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H325" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I325"/>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A326" s="12" t="s">
+      <c r="A326" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B326" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C326" s="12" t="s">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="C326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D326" s="4" t="s">
+        <v>123</v>
       </c>
       <c r="E326" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F326" s="8" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="G326" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H326" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="327" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A327" s="12" t="s">
+      <c r="A327" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B327" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C327" s="12" t="s">
+      <c r="C327" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D327" s="10" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="E327" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F327" s="8" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="G327" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H327" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I327"/>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B328" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D328" s="10" t="s">
-        <v>140</v>
+      <c r="D328" s="22" t="s">
+        <v>128</v>
       </c>
       <c r="E328" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="F328" s="8" t="s">
-        <v>141</v>
+      <c r="F328" s="1" t="s">
+        <v>129</v>
       </c>
       <c r="G328" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H328" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B329" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D329" s="10" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="E329" s="8" t="s">
         <v>91</v>
       </c>
-      <c r="F329" s="1" t="s">
-        <v>143</v>
+      <c r="F329" s="8" t="s">
+        <v>131</v>
       </c>
       <c r="G329" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H329" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I329"/>
     </row>
     <row r="330" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B330" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D330" s="10" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="E330" s="8" t="s">
         <v>91</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="G330" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H330" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I330"/>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="B331" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D331" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H331" s="3" t="s">
+      <c r="D331" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="E331" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F331" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="G331" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H331" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="332" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A332" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H332" s="3" t="s">
+      <c r="A332" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B332" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C332" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D332" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="E332" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F332" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="G332" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H332" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I332"/>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A333" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H333" s="3" t="s">
+      <c r="A333" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B333" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C333" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D333" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="E333" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F333" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="G333" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H333" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="B334" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D334" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H334" s="3" t="s">
+      <c r="D334" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="E334" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F334" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="G334" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H334" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="B335" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D335" s="4" t="s">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="D335" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="E335" s="8" t="s">
+        <v>91</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>162</v>
-[...4 lines deleted...]
-      <c r="H335" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G335" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H335" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="336" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A336" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="B336" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D336" s="4" t="s">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="D336" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="E336" s="8" t="s">
+        <v>91</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>164</v>
-[...4 lines deleted...]
-      <c r="H336" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G336" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H336" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I336"/>
     </row>
     <row r="337" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A337" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>169</v>
+        <v>155</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="I337"/>
     </row>
     <row r="338" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A338" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>55</v>
+        <v>158</v>
       </c>
       <c r="H338" s="3" t="s">
         <v>15</v>
       </c>
       <c r="I338"/>
     </row>
     <row r="339" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A339" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H339" s="28" t="s">
+      <c r="A339" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D339" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H339" s="3" t="s">
         <v>15</v>
       </c>
       <c r="I339"/>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D340" s="4" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>40</v>
+        <v>161</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H340" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>55</v>
+        <v>158</v>
       </c>
       <c r="H341" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H342" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A343" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H343" s="11" t="s">
+      <c r="A343" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D343" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H343" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A344" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H344" s="11" t="s">
+      <c r="A344" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D344" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H344" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A345" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="B345" s="8" t="s">
+      <c r="B345" s="12" t="s">
         <v>89</v>
       </c>
       <c r="C345" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D345" s="10" t="s">
-        <v>194</v>
-[...10 lines deleted...]
-      <c r="H345" s="11" t="s">
+        <v>174</v>
+      </c>
+      <c r="E345" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="F345" s="12" t="s">
+        <v>175</v>
+      </c>
+      <c r="G345" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H345" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I345"/>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A346" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H346" s="11" t="s">
+      <c r="A346" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D346" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H346" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A347" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H347" s="11" t="s">
+      <c r="A347" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D347" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H347" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="348" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A348" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H348" s="11" t="s">
+      <c r="A348" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D348" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H348" s="3" t="s">
         <v>15</v>
       </c>
       <c r="I348"/>
     </row>
     <row r="349" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A349" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B349" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C349" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D349" s="10" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="E349" s="8" t="s">
         <v>190</v>
       </c>
       <c r="F349" s="8" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="G349" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H349" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I349"/>
     </row>
     <row r="350" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A350" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B350" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C350" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D350" s="10" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="E350" s="8" t="s">
         <v>190</v>
       </c>
       <c r="F350" s="8" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="G350" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H350" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I350"/>
     </row>
     <row r="351" spans="1:9" s="56" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A351" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B351" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C351" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D351" s="10" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="E351" s="8" t="s">
         <v>190</v>
       </c>
       <c r="F351" s="8" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="G351" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H351" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I351"/>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A352" s="1" t="s">
+      <c r="A352" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B352" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="C352" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D352" s="10" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="E352" s="8" t="s">
         <v>190</v>
       </c>
       <c r="F352" s="8" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="G352" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H352" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A353" s="1" t="s">
+      <c r="A353" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B353" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="C353" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D353" s="10" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="E353" s="8" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="F353" s="8" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="G353" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H353" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A354" s="1" t="s">
+      <c r="A354" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B354" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="C354" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D354" s="10" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="E354" s="8" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="F354" s="8" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="G354" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H354" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A355" s="1" t="s">
+      <c r="A355" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B355" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="C355" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D355" s="10" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="E355" s="8" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="F355" s="8" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="G355" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H355" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A356" s="1" t="s">
+      <c r="A356" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B356" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="C356" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D356" s="10" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="E356" s="8" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="F356" s="8" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="G356" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H356" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="357" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A357" s="1" t="s">
+      <c r="A357" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B357" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="C357" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D357" s="10" t="s">
-        <v>222</v>
+        <v>206</v>
       </c>
       <c r="E357" s="8" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="F357" s="8" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="G357" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H357" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="358" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A358" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B358" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D358" s="10" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="E358" s="8" t="s">
-        <v>240</v>
+        <v>190</v>
       </c>
       <c r="F358" s="8" t="s">
-        <v>31</v>
+        <v>209</v>
       </c>
       <c r="G358" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H358" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A359" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B359" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D359" s="10" t="s">
-        <v>241</v>
+        <v>213</v>
       </c>
       <c r="E359" s="8" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="F359" s="12"/>
+        <v>214</v>
+      </c>
+      <c r="F359" s="8" t="s">
+        <v>215</v>
+      </c>
       <c r="G359" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H359" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A360" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B360" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D360" s="10" t="s">
-        <v>293</v>
+        <v>216</v>
       </c>
       <c r="E360" s="8" t="s">
-        <v>294</v>
+        <v>214</v>
       </c>
       <c r="F360" s="8" t="s">
-        <v>295</v>
+        <v>217</v>
       </c>
       <c r="G360" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H360" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A361" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B361" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D361" s="10" t="s">
-        <v>296</v>
+        <v>218</v>
       </c>
       <c r="E361" s="8" t="s">
-        <v>294</v>
+        <v>214</v>
       </c>
       <c r="F361" s="8" t="s">
-        <v>297</v>
+        <v>219</v>
       </c>
       <c r="G361" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H361" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A362" s="12" t="s">
+      <c r="A362" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B362" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C362" s="12" t="s">
+      <c r="C362" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D362" s="10" t="s">
-        <v>298</v>
+        <v>220</v>
       </c>
       <c r="E362" s="8" t="s">
-        <v>294</v>
+        <v>214</v>
       </c>
       <c r="F362" s="8" t="s">
-        <v>299</v>
+        <v>221</v>
       </c>
       <c r="G362" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H362" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A363" s="12" t="s">
+      <c r="A363" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B363" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C363" s="12" t="s">
+      <c r="C363" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D363" s="10" t="s">
-        <v>300</v>
+        <v>222</v>
       </c>
       <c r="E363" s="8" t="s">
-        <v>294</v>
+        <v>214</v>
       </c>
       <c r="F363" s="8" t="s">
-        <v>301</v>
+        <v>223</v>
       </c>
       <c r="G363" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H363" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A364" s="12" t="s">
+      <c r="A364" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B364" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C364" s="12" t="s">
+      <c r="C364" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D364" s="10" t="s">
-        <v>302</v>
+        <v>239</v>
       </c>
       <c r="E364" s="8" t="s">
-        <v>294</v>
+        <v>240</v>
       </c>
       <c r="F364" s="8" t="s">
-        <v>303</v>
+        <v>31</v>
       </c>
       <c r="G364" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H364" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A365" s="12" t="s">
+      <c r="A365" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B365" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C365" s="12" t="s">
+      <c r="C365" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D365" s="10" t="s">
-        <v>304</v>
+        <v>241</v>
       </c>
       <c r="E365" s="8" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="F365" s="12"/>
       <c r="G365" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H365" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="366" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A366" s="12" t="s">
+      <c r="A366" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B366" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C366" s="12" t="s">
+      <c r="C366" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D366" s="10" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="E366" s="8" t="s">
         <v>294</v>
       </c>
       <c r="F366" s="8" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="G366" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H366" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="367" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A367" s="12" t="s">
+      <c r="A367" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B367" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C367" s="12" t="s">
+      <c r="C367" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D367" s="10" t="s">
-        <v>968</v>
+        <v>296</v>
       </c>
       <c r="E367" s="8" t="s">
         <v>294</v>
       </c>
       <c r="F367" s="8" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="G367" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H367" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="368" spans="1:8" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A368" s="1" t="s">
+      <c r="A368" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B368" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="C368" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D368" s="10" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="E368" s="8" t="s">
         <v>294</v>
       </c>
       <c r="F368" s="8" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="G368" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H368" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A369" s="1" t="s">
+      <c r="A369" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B369" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="C369" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D369" s="10" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="E369" s="8" t="s">
         <v>294</v>
       </c>
       <c r="F369" s="8" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="G369" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H369" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A370" s="1" t="s">
+      <c r="A370" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B370" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="C370" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D370" s="10" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="E370" s="8" t="s">
         <v>294</v>
       </c>
-      <c r="F370" s="27" t="s">
-        <v>314</v>
+      <c r="F370" s="8" t="s">
+        <v>303</v>
       </c>
       <c r="G370" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H370" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A371" s="1" t="s">
+      <c r="A371" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B371" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="C371" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D371" s="10" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="E371" s="8" t="s">
         <v>294</v>
       </c>
-      <c r="F371" s="27" t="s">
-        <v>316</v>
+      <c r="F371" s="8" t="s">
+        <v>305</v>
       </c>
       <c r="G371" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H371" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A372" s="1" t="s">
+      <c r="A372" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B372" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="C372" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D372" s="10" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="E372" s="8" t="s">
-        <v>329</v>
+        <v>294</v>
       </c>
       <c r="F372" s="8" t="s">
-        <v>330</v>
+        <v>307</v>
       </c>
       <c r="G372" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H372" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A373" s="1" t="s">
+      <c r="A373" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B373" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="C373" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D373" s="10" t="s">
-        <v>331</v>
+        <v>968</v>
       </c>
       <c r="E373" s="8" t="s">
-        <v>329</v>
+        <v>294</v>
       </c>
       <c r="F373" s="8" t="s">
-        <v>332</v>
+        <v>308</v>
       </c>
       <c r="G373" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H373" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B374" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D374" s="10" t="s">
-        <v>333</v>
+        <v>309</v>
       </c>
       <c r="E374" s="8" t="s">
-        <v>329</v>
+        <v>294</v>
       </c>
       <c r="F374" s="8" t="s">
-        <v>334</v>
+        <v>310</v>
       </c>
       <c r="G374" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H374" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B375" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D375" s="10" t="s">
-        <v>335</v>
+        <v>311</v>
       </c>
       <c r="E375" s="8" t="s">
-        <v>329</v>
+        <v>294</v>
       </c>
       <c r="F375" s="8" t="s">
-        <v>336</v>
+        <v>312</v>
       </c>
       <c r="G375" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H375" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B376" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D376" s="10" t="s">
-        <v>337</v>
+        <v>313</v>
       </c>
       <c r="E376" s="8" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>294</v>
+      </c>
+      <c r="F376" s="27" t="s">
+        <v>314</v>
       </c>
       <c r="G376" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H376" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B377" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D377" s="10" t="s">
-        <v>340</v>
+        <v>315</v>
       </c>
       <c r="E377" s="8" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>294</v>
+      </c>
+      <c r="F377" s="27" t="s">
+        <v>316</v>
       </c>
       <c r="G377" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H377" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A378" s="12" t="s">
+      <c r="A378" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B378" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C378" s="12" t="s">
+      <c r="C378" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D378" s="10" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="E378" s="8" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="F378" s="8" t="s">
-        <v>343</v>
+        <v>330</v>
       </c>
       <c r="G378" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H378" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A379" s="12" t="s">
+      <c r="A379" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B379" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C379" s="12" t="s">
+      <c r="C379" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D379" s="10" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="E379" s="8" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="F379" s="8" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="G379" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H379" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B380" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D380" s="10" t="s">
-        <v>956</v>
-[...5 lines deleted...]
-        <v>346</v>
+        <v>333</v>
+      </c>
+      <c r="E380" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="F380" s="8" t="s">
+        <v>334</v>
       </c>
       <c r="G380" s="8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H380" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H380" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B381" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D381" s="10" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="E381" s="29" t="s">
+        <v>335</v>
+      </c>
+      <c r="E381" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="F381" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="G381" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H381" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A382" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B382" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D382" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E382" s="8" t="s">
         <v>338</v>
       </c>
-      <c r="F381" s="30" t="s">
-[...2 lines deleted...]
-      <c r="G381" s="8" t="s">
+      <c r="F382" s="8" t="s">
+        <v>339</v>
+      </c>
+      <c r="G382" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="H381" s="14" t="s">
-[...26 lines deleted...]
-        <v>15</v>
+      <c r="H382" s="3">
+        <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A383" s="25" t="s">
-[...21 lines deleted...]
-        <v>15</v>
+      <c r="A383" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B383" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D383" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="E383" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="F383" s="8" t="s">
+        <v>341</v>
+      </c>
+      <c r="G383" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H383" s="3">
+        <v>20</v>
       </c>
       <c r="I383" s="57"/>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B384" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C384" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D384" s="21" t="s">
-        <v>384</v>
+      <c r="D384" s="10" t="s">
+        <v>342</v>
       </c>
       <c r="E384" s="8" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>338</v>
+      </c>
+      <c r="F384" s="8" t="s">
+        <v>343</v>
       </c>
       <c r="G384" s="8" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H384" s="11">
+        <v>55</v>
+      </c>
+      <c r="H384" s="28">
         <v>20</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B385" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C385" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D385" s="21" t="s">
-        <v>385</v>
+      <c r="D385" s="10" t="s">
+        <v>344</v>
       </c>
       <c r="E385" s="8" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>386</v>
+        <v>338</v>
+      </c>
+      <c r="F385" s="8" t="s">
+        <v>345</v>
       </c>
       <c r="G385" s="8" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H385" s="11">
+        <v>55</v>
+      </c>
+      <c r="H385" s="28">
         <v>20</v>
       </c>
       <c r="I385" s="57"/>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A386" s="25" t="s">
-[...18 lines deleted...]
-        <v>14</v>
+      <c r="A386" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B386" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D386" s="10" t="s">
+        <v>956</v>
+      </c>
+      <c r="E386" s="29" t="s">
+        <v>338</v>
+      </c>
+      <c r="F386" s="30" t="s">
+        <v>346</v>
+      </c>
+      <c r="G386" s="8" t="s">
+        <v>55</v>
       </c>
       <c r="H386" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A387" s="25" t="s">
-[...18 lines deleted...]
-        <v>14</v>
+      <c r="A387" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B387" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D387" s="10" t="s">
+        <v>955</v>
+      </c>
+      <c r="E387" s="29" t="s">
+        <v>338</v>
+      </c>
+      <c r="F387" s="30" t="s">
+        <v>347</v>
+      </c>
+      <c r="G387" s="8" t="s">
+        <v>55</v>
       </c>
       <c r="H387" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I387" s="57"/>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="25" t="s">
         <v>8</v>
       </c>
       <c r="B388" s="25" t="s">
         <v>89</v>
       </c>
       <c r="C388" s="25" t="s">
         <v>10</v>
       </c>
       <c r="D388" s="34" t="s">
-        <v>390</v>
+        <v>379</v>
       </c>
       <c r="E388" s="25" t="s">
         <v>380</v>
       </c>
       <c r="F388" s="25" t="s">
-        <v>959</v>
+        <v>381</v>
       </c>
       <c r="G388" s="25" t="s">
         <v>14</v>
       </c>
       <c r="H388" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="25" t="s">
         <v>8</v>
       </c>
       <c r="B389" s="25" t="s">
         <v>89</v>
       </c>
       <c r="C389" s="25" t="s">
         <v>10</v>
       </c>
       <c r="D389" s="34" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="E389" s="25" t="s">
         <v>380</v>
       </c>
       <c r="F389" s="25" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="G389" s="25" t="s">
         <v>14</v>
       </c>
       <c r="H389" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I389" s="57"/>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A390" s="1" t="s">
+      <c r="A390" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B390" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C390" s="1" t="s">
-[...3 lines deleted...]
-        <v>393</v>
+      <c r="C390" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D390" s="21" t="s">
+        <v>384</v>
       </c>
       <c r="E390" s="8" t="s">
         <v>380</v>
       </c>
-      <c r="F390" s="8" t="s">
-        <v>394</v>
+      <c r="F390" s="23" t="s">
+        <v>245</v>
       </c>
       <c r="G390" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H390" s="11">
+        <v>20</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B391" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C391" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D391" s="21" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="E391" s="8" t="s">
         <v>380</v>
       </c>
       <c r="F391" s="23" t="s">
-        <v>19</v>
+        <v>386</v>
       </c>
       <c r="G391" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H391" s="11">
         <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A392" s="12" t="s">
-[...11 lines deleted...]
-      <c r="E392" s="8" t="s">
+      <c r="A392" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B392" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="C392" s="25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D392" s="34" t="s">
+        <v>387</v>
+      </c>
+      <c r="E392" s="25" t="s">
         <v>380</v>
       </c>
-      <c r="F392" s="23" t="s">
-[...6 lines deleted...]
-        <v>20</v>
+      <c r="F392" s="25" t="s">
+        <v>170</v>
+      </c>
+      <c r="G392" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H392" s="14" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A393" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H393" s="3" t="s">
+      <c r="A393" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B393" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="C393" s="25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D393" s="34" t="s">
+        <v>388</v>
+      </c>
+      <c r="E393" s="25" t="s">
+        <v>380</v>
+      </c>
+      <c r="F393" s="25" t="s">
+        <v>389</v>
+      </c>
+      <c r="G393" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H393" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A394" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H394" s="3" t="s">
+      <c r="A394" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B394" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="C394" s="25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D394" s="34" t="s">
+        <v>390</v>
+      </c>
+      <c r="E394" s="25" t="s">
+        <v>380</v>
+      </c>
+      <c r="F394" s="25" t="s">
+        <v>959</v>
+      </c>
+      <c r="G394" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H394" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I394" s="56"/>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A395" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H395" s="3" t="s">
+      <c r="A395" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B395" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="C395" s="25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D395" s="34" t="s">
+        <v>391</v>
+      </c>
+      <c r="E395" s="25" t="s">
+        <v>380</v>
+      </c>
+      <c r="F395" s="25" t="s">
+        <v>392</v>
+      </c>
+      <c r="G395" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H395" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I395" s="56"/>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="B396" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D396" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H396" s="3" t="s">
+      <c r="D396" s="10" t="s">
+        <v>393</v>
+      </c>
+      <c r="E396" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="F396" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="G396" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H396" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="B397" s="12" t="s">
+      <c r="B397" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C397" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D397" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E397" s="12" t="s">
+      <c r="D397" s="21" t="s">
+        <v>395</v>
+      </c>
+      <c r="E397" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="F397" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="G397" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H397" s="11">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A398" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B398" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C398" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D398" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="E398" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="F398" s="23" t="s">
+        <v>397</v>
+      </c>
+      <c r="G398" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H398" s="11">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A399" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D399" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="E399" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="F397" s="12" t="s">
-[...2 lines deleted...]
-      <c r="G397" s="12" t="s">
+      <c r="F399" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="G399" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="H397" s="28" t="s">
-[...16 lines deleted...]
-      <c r="E398" s="1" t="s">
+      <c r="H399" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A400" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D400" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="E400" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="F398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G398" s="1" t="s">
+      <c r="F400" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="G400" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="H398" s="3" t="s">
-[...52 lines deleted...]
-        <v>20</v>
+      <c r="H400" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A401" s="12" t="s">
-[...21 lines deleted...]
-        <v>20</v>
+      <c r="A401" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D401" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H401" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A402" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H402" s="11" t="s">
+      <c r="A402" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D402" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H402" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="B403" s="8" t="s">
+      <c r="B403" s="12" t="s">
         <v>89</v>
       </c>
       <c r="C403" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D403" s="10" t="s">
-        <v>523</v>
-[...10 lines deleted...]
-      <c r="H403" s="11" t="s">
+        <v>516</v>
+      </c>
+      <c r="E403" s="12" t="s">
+        <v>508</v>
+      </c>
+      <c r="F403" s="12" t="s">
+        <v>960</v>
+      </c>
+      <c r="G403" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="H403" s="28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A404" s="12" t="s">
-[...20 lines deleted...]
-      <c r="H404" s="11" t="s">
+      <c r="A404" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D404" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H404" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="405" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A405" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B405" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C405" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D405" s="10" t="s">
-        <v>527</v>
+      <c r="D405" s="21" t="s">
+        <v>969</v>
       </c>
       <c r="E405" s="8" t="s">
         <v>519</v>
       </c>
-      <c r="F405" s="42" t="s">
-        <v>528</v>
+      <c r="F405" s="23" t="s">
+        <v>970</v>
       </c>
       <c r="G405" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="H405" s="11" t="s">
-        <v>15</v>
+      <c r="H405" s="28">
+        <v>20</v>
       </c>
       <c r="I405"/>
     </row>
     <row r="406" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A406" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B406" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C406" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D406" s="21" t="s">
-        <v>529</v>
+        <v>971</v>
       </c>
       <c r="E406" s="8" t="s">
         <v>519</v>
       </c>
       <c r="F406" s="23" t="s">
-        <v>530</v>
+        <v>972</v>
       </c>
       <c r="G406" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H406" s="28">
         <v>20</v>
       </c>
       <c r="I406"/>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B407" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C407" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D407" s="21" t="s">
-        <v>531</v>
+        <v>973</v>
       </c>
       <c r="E407" s="8" t="s">
         <v>519</v>
       </c>
       <c r="F407" s="23" t="s">
-        <v>532</v>
+        <v>520</v>
       </c>
       <c r="G407" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H407" s="28">
         <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B408" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C408" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D408" s="10" t="s">
-        <v>553</v>
+        <v>521</v>
       </c>
       <c r="E408" s="8" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>519</v>
+      </c>
+      <c r="F408" s="42" t="s">
+        <v>522</v>
       </c>
       <c r="G408" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H408" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A409" s="1" t="s">
+      <c r="A409" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B409" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="C409" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D409" s="10" t="s">
-        <v>556</v>
+        <v>523</v>
       </c>
       <c r="E409" s="8" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>519</v>
+      </c>
+      <c r="F409" s="42" t="s">
+        <v>524</v>
       </c>
       <c r="G409" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H409" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A410" s="1" t="s">
+      <c r="A410" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B410" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="C410" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D410" s="10" t="s">
-        <v>558</v>
+        <v>525</v>
       </c>
       <c r="E410" s="8" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>519</v>
+      </c>
+      <c r="F410" s="42" t="s">
+        <v>526</v>
       </c>
       <c r="G410" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H410" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B411" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C411" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D411" s="10" t="s">
-        <v>560</v>
+        <v>527</v>
       </c>
       <c r="E411" s="8" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>519</v>
+      </c>
+      <c r="F411" s="42" t="s">
+        <v>528</v>
       </c>
       <c r="G411" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H411" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A412" s="44" t="s">
-[...21 lines deleted...]
-        <v>15</v>
+      <c r="A412" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B412" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C412" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D412" s="21" t="s">
+        <v>529</v>
+      </c>
+      <c r="E412" s="8" t="s">
+        <v>519</v>
+      </c>
+      <c r="F412" s="23" t="s">
+        <v>530</v>
+      </c>
+      <c r="G412" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H412" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A413" s="44" t="s">
-[...21 lines deleted...]
-        <v>15</v>
+      <c r="A413" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B413" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C413" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D413" s="21" t="s">
+        <v>531</v>
+      </c>
+      <c r="E413" s="8" t="s">
+        <v>519</v>
+      </c>
+      <c r="F413" s="23" t="s">
+        <v>532</v>
+      </c>
+      <c r="G413" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H413" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="414" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A414" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B414" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C414" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D414" s="8" t="s">
-        <v>1031</v>
+      <c r="D414" s="10" t="s">
+        <v>553</v>
       </c>
       <c r="E414" s="8" t="s">
+        <v>554</v>
+      </c>
+      <c r="F414" s="8" t="s">
+        <v>555</v>
+      </c>
+      <c r="G414" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H414" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A415" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B415" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D415" s="10" t="s">
+        <v>556</v>
+      </c>
+      <c r="E415" s="8" t="s">
+        <v>554</v>
+      </c>
+      <c r="F415" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="G415" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H415" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A416" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B416" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D416" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="E416" s="8" t="s">
+        <v>554</v>
+      </c>
+      <c r="F416" s="8" t="s">
+        <v>559</v>
+      </c>
+      <c r="G416" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H416" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A417" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B417" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C417" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D417" s="10" t="s">
+        <v>560</v>
+      </c>
+      <c r="E417" s="8" t="s">
+        <v>554</v>
+      </c>
+      <c r="F417" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="G417" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H417" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A418" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B418" s="44" t="s">
+        <v>89</v>
+      </c>
+      <c r="C418" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D418" s="45" t="s">
+        <v>609</v>
+      </c>
+      <c r="E418" s="44" t="s">
         <v>610</v>
       </c>
-      <c r="F414" s="12" t="s">
-[...5 lines deleted...]
-      <c r="H414" s="11">
+      <c r="F418" s="44" t="s">
+        <v>611</v>
+      </c>
+      <c r="G418" s="44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H418" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A419" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B419" s="44" t="s">
+        <v>89</v>
+      </c>
+      <c r="C419" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D419" s="45" t="s">
+        <v>612</v>
+      </c>
+      <c r="E419" s="44" t="s">
+        <v>610</v>
+      </c>
+      <c r="F419" s="44" t="s">
+        <v>613</v>
+      </c>
+      <c r="G419" s="44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H419" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A420" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B420" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C420" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D420" s="8" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E420" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="F420" s="12" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G420" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H420" s="11">
         <v>20</v>
       </c>
     </row>
-    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E415" s="29" t="s">
+    <row r="421" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A421" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B421" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C421" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D421" s="29" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E421" s="29" t="s">
         <v>610</v>
       </c>
-      <c r="F415" s="38" t="s">
-[...5 lines deleted...]
-      <c r="H415" s="40">
+      <c r="F421" s="38" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G421" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H421" s="40">
         <v>20</v>
       </c>
     </row>
-    <row r="416" spans="1:9" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D416" s="44" t="s">
+    <row r="422" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A422" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B422" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C422" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D422" s="44" t="s">
         <v>948</v>
-      </c>
-[...154 lines deleted...]
-        <v>615</v>
       </c>
       <c r="E422" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F422" s="8" t="s">
-        <v>499</v>
+        <v>949</v>
       </c>
       <c r="G422" s="8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H422" s="3">
+        <v>14</v>
+      </c>
+      <c r="H422" s="28">
         <v>20</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A423" s="12" t="s">
-[...11 lines deleted...]
-      <c r="E423" s="8" t="s">
+      <c r="A423" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B423" s="38" t="s">
+        <v>89</v>
+      </c>
+      <c r="C423" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D423" s="29" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E423" s="38" t="s">
         <v>610</v>
       </c>
-      <c r="F423" s="23" t="s">
-[...5 lines deleted...]
-      <c r="H423" s="11">
+      <c r="F423" s="38" t="s">
+        <v>988</v>
+      </c>
+      <c r="G423" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H423" s="38">
         <v>20</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B424" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C424" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D424" s="21" t="s">
-        <v>618</v>
+      <c r="D424" s="44" t="s">
+        <v>946</v>
       </c>
       <c r="E424" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F424" s="23" t="s">
-        <v>619</v>
+      <c r="F424" s="8" t="s">
+        <v>947</v>
       </c>
       <c r="G424" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H424" s="11">
+      <c r="H424" s="28">
         <v>20</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A425" s="12" t="s">
-[...11 lines deleted...]
-      <c r="E425" s="8" t="s">
+      <c r="A425" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D425" s="16" t="s">
+        <v>989</v>
+      </c>
+      <c r="E425" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="F425" s="23" t="s">
-[...5 lines deleted...]
-      <c r="H425" s="11">
+      <c r="F425" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H425" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A426" s="12" t="s">
-[...11 lines deleted...]
-      <c r="E426" s="8" t="s">
+      <c r="A426" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D426" s="16" t="s">
+        <v>991</v>
+      </c>
+      <c r="E426" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="F426" s="8" t="s">
-[...5 lines deleted...]
-      <c r="H426" s="28">
+      <c r="F426" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H426" s="38">
         <v>20</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A427" s="12" t="s">
+      <c r="A427" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B427" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C427" s="12" t="s">
-[...3 lines deleted...]
-        <v>621</v>
+      <c r="C427" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D427" s="10" t="s">
+        <v>614</v>
       </c>
       <c r="E427" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F427" s="23" t="s">
-        <v>622</v>
+      <c r="F427" s="8" t="s">
+        <v>499</v>
       </c>
       <c r="G427" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H427" s="11">
+      <c r="H427" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A428" s="12" t="s">
+      <c r="A428" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B428" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C428" s="12" t="s">
-[...3 lines deleted...]
-        <v>623</v>
+      <c r="C428" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D428" s="10" t="s">
+        <v>615</v>
       </c>
       <c r="E428" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F428" s="23" t="s">
-        <v>622</v>
+      <c r="F428" s="8" t="s">
+        <v>499</v>
       </c>
       <c r="G428" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="H428" s="11">
+      <c r="H428" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A429" s="1" t="s">
+      <c r="A429" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B429" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C429" s="1" t="s">
-[...3 lines deleted...]
-        <v>624</v>
+      <c r="C429" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D429" s="21" t="s">
+        <v>616</v>
       </c>
       <c r="E429" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F429" s="8" t="s">
-        <v>625</v>
+      <c r="F429" s="23" t="s">
+        <v>617</v>
       </c>
       <c r="G429" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H429" s="3">
+      <c r="H429" s="11">
         <v>20</v>
       </c>
     </row>
     <row r="430" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A430" s="1" t="s">
+      <c r="A430" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B430" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C430" s="1" t="s">
-[...3 lines deleted...]
-        <v>626</v>
+      <c r="C430" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D430" s="21" t="s">
+        <v>618</v>
       </c>
       <c r="E430" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F430" s="8" t="s">
-        <v>625</v>
+      <c r="F430" s="23" t="s">
+        <v>619</v>
       </c>
       <c r="G430" s="8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H430" s="3">
+        <v>14</v>
+      </c>
+      <c r="H430" s="11">
         <v>20</v>
       </c>
       <c r="I430"/>
     </row>
     <row r="431" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A431" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B431" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C431" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D431" s="10" t="s">
-        <v>627</v>
+      <c r="D431" s="21" t="s">
+        <v>963</v>
       </c>
       <c r="E431" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F431" s="8" t="s">
-        <v>628</v>
+      <c r="F431" s="23" t="s">
+        <v>964</v>
       </c>
       <c r="G431" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H431" s="11" t="s">
-        <v>15</v>
+      <c r="H431" s="11">
+        <v>20</v>
       </c>
       <c r="I431"/>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B432" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C432" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D432" s="10" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="E432" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F432" s="8" t="s">
-        <v>630</v>
+        <v>954</v>
       </c>
       <c r="G432" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>55</v>
+      </c>
+      <c r="H432" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="433" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A433" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B433" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C433" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D433" s="21" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="E433" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F433" s="23" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="G433" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H433" s="11">
         <v>20</v>
       </c>
     </row>
     <row r="434" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A434" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B434" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C434" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D434" s="21" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="E434" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F434" s="23" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="G434" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H434" s="11">
         <v>20</v>
       </c>
     </row>
     <row r="435" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B435" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D435" s="10" t="s">
-        <v>636</v>
+        <v>624</v>
       </c>
       <c r="E435" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F435" s="8" t="s">
-        <v>958</v>
+        <v>625</v>
       </c>
       <c r="G435" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H435" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="436" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A436" s="12" t="s">
+      <c r="A436" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B436" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C436" s="12" t="s">
-[...3 lines deleted...]
-        <v>635</v>
+      <c r="C436" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D436" s="46" t="s">
+        <v>626</v>
       </c>
       <c r="E436" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F436" s="8" t="s">
-        <v>961</v>
+        <v>625</v>
       </c>
       <c r="G436" s="8" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H436" s="28">
+        <v>55</v>
+      </c>
+      <c r="H436" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="437" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A437" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B437" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C437" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D437" s="8" t="s">
-        <v>1035</v>
+      <c r="D437" s="10" t="s">
+        <v>627</v>
       </c>
       <c r="E437" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F437" s="12" t="s">
-        <v>1036</v>
+      <c r="F437" s="8" t="s">
+        <v>628</v>
       </c>
       <c r="G437" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H437" s="11">
-        <v>20</v>
+      <c r="H437" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="438" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A438" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B438" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C438" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D438" s="8" t="s">
-        <v>1033</v>
+      <c r="D438" s="10" t="s">
+        <v>629</v>
       </c>
       <c r="E438" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F438" s="12" t="s">
-        <v>1034</v>
+      <c r="F438" s="8" t="s">
+        <v>630</v>
       </c>
       <c r="G438" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H438" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A439" s="38" t="s">
-[...11 lines deleted...]
-      <c r="E439" s="29" t="s">
+      <c r="A439" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B439" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C439" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D439" s="21" t="s">
+        <v>631</v>
+      </c>
+      <c r="E439" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F439" s="38" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F439" s="23" t="s">
+        <v>632</v>
+      </c>
+      <c r="G439" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H439" s="11">
+        <v>20</v>
       </c>
     </row>
     <row r="440" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A440" s="38" t="s">
-[...11 lines deleted...]
-      <c r="E440" s="29" t="s">
+      <c r="A440" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B440" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C440" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D440" s="21" t="s">
+        <v>633</v>
+      </c>
+      <c r="E440" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F440" s="38" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="F440" s="23" t="s">
+        <v>634</v>
+      </c>
+      <c r="G440" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H440" s="11">
+        <v>20</v>
       </c>
     </row>
     <row r="441" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A441" s="12" t="s">
+      <c r="A441" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B441" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C441" s="12" t="s">
+      <c r="C441" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D441" s="10" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E441" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F441" s="8" t="s">
-        <v>1084</v>
+        <v>958</v>
       </c>
       <c r="G441" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H441" s="28">
+      <c r="H441" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="442" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A442" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B442" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C442" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D442" s="10" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="E442" s="8" t="s">
         <v>610</v>
       </c>
       <c r="F442" s="8" t="s">
-        <v>1085</v>
+        <v>961</v>
       </c>
       <c r="G442" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H442" s="28">
         <v>20</v>
       </c>
     </row>
     <row r="443" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A443" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B443" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C443" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D443" s="44" t="s">
-        <v>952</v>
+      <c r="D443" s="8" t="s">
+        <v>1029</v>
       </c>
       <c r="E443" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F443" s="8" t="s">
-        <v>953</v>
+      <c r="F443" s="12" t="s">
+        <v>1030</v>
       </c>
       <c r="G443" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H443" s="28">
+      <c r="H443" s="11">
         <v>20</v>
       </c>
     </row>
     <row r="444" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A444" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B444" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C444" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D444" s="44" t="s">
-        <v>950</v>
+      <c r="D444" s="8" t="s">
+        <v>1027</v>
       </c>
       <c r="E444" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F444" s="8" t="s">
+      <c r="F444" s="12" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G444" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H444" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A445" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B445" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C445" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D445" s="70" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E445" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F445" s="38" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G445" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H445" s="40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A446" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B446" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C446" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D446" s="70" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E446" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F446" s="38" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G446" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H446" s="40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A447" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B447" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C447" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D447" s="10" t="s">
+        <v>638</v>
+      </c>
+      <c r="E447" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="F447" s="8" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G447" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H447" s="28">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A448" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B448" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C448" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D448" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="E448" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="F448" s="8" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G448" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H448" s="28">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A449" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B449" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C449" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D449" s="44" t="s">
+        <v>952</v>
+      </c>
+      <c r="E449" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="F449" s="8" t="s">
+        <v>953</v>
+      </c>
+      <c r="G449" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H449" s="28">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A450" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B450" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C450" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D450" s="44" t="s">
+        <v>950</v>
+      </c>
+      <c r="E450" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="F450" s="8" t="s">
         <v>951</v>
       </c>
-      <c r="G444" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H444" s="28">
+      <c r="G450" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H450" s="28">
         <v>20</v>
       </c>
     </row>
-    <row r="445" spans="1:8" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D445" s="10" t="s">
+    <row r="451" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A451" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B451" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C451" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D451" s="10" t="s">
         <v>1011</v>
       </c>
-      <c r="E445" s="8" t="s">
+      <c r="E451" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F445" s="8" t="s">
+      <c r="F451" s="8" t="s">
         <v>1012</v>
       </c>
-      <c r="G445" s="8" t="s">
-[...16 lines deleted...]
-      <c r="D446" s="10" t="s">
+      <c r="G451" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H451" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="I451" s="58"/>
+    </row>
+    <row r="452" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A452" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B452" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C452" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D452" s="10" t="s">
         <v>1013</v>
       </c>
-      <c r="E446" s="8" t="s">
+      <c r="E452" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="F446" s="8" t="s">
+      <c r="F452" s="8" t="s">
         <v>1014</v>
       </c>
-      <c r="G446" s="8" t="s">
-[...159 lines deleted...]
-      <c r="H452" s="40" t="s">
+      <c r="G452" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H452" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I452" s="58"/>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B453" s="29" t="s">
         <v>89</v>
       </c>
       <c r="C453" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D453" s="71" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="E453" s="29" t="s">
         <v>610</v>
       </c>
       <c r="F453" s="38" t="s">
-        <v>1083</v>
+        <v>1067</v>
       </c>
       <c r="G453" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H453" s="40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B454" s="29" t="s">
         <v>89</v>
       </c>
       <c r="C454" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D454" s="71" t="s">
-        <v>1080</v>
+        <v>1068</v>
       </c>
       <c r="E454" s="29" t="s">
         <v>610</v>
       </c>
       <c r="F454" s="38" t="s">
-        <v>1081</v>
+        <v>1069</v>
       </c>
       <c r="G454" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H454" s="40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A455" s="12" t="s">
-[...21 lines deleted...]
-        <v>20</v>
+      <c r="A455" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B455" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C455" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D455" s="71" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E455" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F455" s="38" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G455" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H455" s="40" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A456" s="12" t="s">
-[...21 lines deleted...]
-        <v>20</v>
+      <c r="A456" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B456" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C456" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D456" s="71" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E456" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F456" s="38" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G456" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H456" s="40" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A457" s="12" t="s">
-[...21 lines deleted...]
-        <v>20</v>
+      <c r="A457" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B457" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C457" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D457" s="29" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E457" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F457" s="38" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G457" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H457" s="40" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A458" s="12" t="s">
-[...21 lines deleted...]
-        <v>20</v>
+      <c r="A458" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B458" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C458" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D458" s="41" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E458" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F458" s="29" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G458" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H458" s="40" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A459" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H459" s="14" t="s">
+      <c r="A459" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B459" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C459" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D459" s="71" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E459" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F459" s="38" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G459" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H459" s="40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A460" s="12" t="s">
-[...21 lines deleted...]
-        <v>20</v>
+      <c r="A460" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B460" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C460" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D460" s="71" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E460" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="F460" s="38" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G460" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H460" s="40" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B461" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C461" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D461" s="10" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
       <c r="E461" s="8" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="F461" s="8" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
       <c r="G461" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H461" s="28">
         <v>20</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B462" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C462" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D462" s="10" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="E462" s="8" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="F462" s="8" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="G462" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H462" s="28">
         <v>20</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A463" s="44" t="s">
-[...21 lines deleted...]
-        <v>15</v>
+      <c r="A463" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B463" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C463" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D463" s="10" t="s">
+        <v>644</v>
+      </c>
+      <c r="E463" s="8" t="s">
+        <v>640</v>
+      </c>
+      <c r="F463" s="8" t="s">
+        <v>645</v>
+      </c>
+      <c r="G463" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H463" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A464" s="44" t="s">
-[...21 lines deleted...]
-        <v>15</v>
+      <c r="A464" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B464" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C464" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D464" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="E464" s="8" t="s">
+        <v>640</v>
+      </c>
+      <c r="F464" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="G464" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H464" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B465" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D465" s="10" t="s">
-[...11 lines deleted...]
-      <c r="H465" s="11" t="s">
+      <c r="D465" s="54" t="s">
+        <v>957</v>
+      </c>
+      <c r="E465" s="20" t="s">
+        <v>648</v>
+      </c>
+      <c r="F465" s="20" t="s">
+        <v>649</v>
+      </c>
+      <c r="G465" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H465" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A466" s="1" t="s">
+      <c r="A466" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B466" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C466" s="1" t="s">
+      <c r="C466" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D466" s="10" t="s">
-        <v>661</v>
+        <v>974</v>
       </c>
       <c r="E466" s="8" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>662</v>
+        <v>648</v>
+      </c>
+      <c r="F466" s="8" t="s">
+        <v>975</v>
       </c>
       <c r="G466" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H466" s="11" t="s">
-        <v>15</v>
+      <c r="H466" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B467" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C467" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D467" s="10" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="E467" s="8" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>664</v>
+        <v>648</v>
+      </c>
+      <c r="F467" s="8" t="s">
+        <v>651</v>
       </c>
       <c r="G467" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H467" s="11" t="s">
-        <v>15</v>
+      <c r="H467" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B468" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C468" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D468" s="10" t="s">
-        <v>665</v>
+        <v>652</v>
       </c>
       <c r="E468" s="8" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>648</v>
+      </c>
+      <c r="F468" s="8" t="s">
+        <v>653</v>
       </c>
       <c r="G468" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>55</v>
+      </c>
+      <c r="H468" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A469" s="1" t="s">
-[...18 lines deleted...]
-        <v>55</v>
+      <c r="A469" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B469" s="44" t="s">
+        <v>89</v>
+      </c>
+      <c r="C469" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D469" s="45" t="s">
+        <v>654</v>
+      </c>
+      <c r="E469" s="44" t="s">
+        <v>648</v>
+      </c>
+      <c r="F469" s="44" t="s">
+        <v>127</v>
+      </c>
+      <c r="G469" s="44" t="s">
+        <v>14</v>
       </c>
       <c r="H469" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A470" s="1" t="s">
-[...20 lines deleted...]
-      <c r="H470" s="11" t="s">
+      <c r="A470" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B470" s="44" t="s">
+        <v>89</v>
+      </c>
+      <c r="C470" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D470" s="19" t="s">
+        <v>655</v>
+      </c>
+      <c r="E470" s="44" t="s">
+        <v>648</v>
+      </c>
+      <c r="F470" s="44" t="s">
+        <v>129</v>
+      </c>
+      <c r="G470" s="44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H470" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B471" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D471" s="8" t="s">
-        <v>670</v>
+      <c r="D471" s="10" t="s">
+        <v>659</v>
       </c>
       <c r="E471" s="8" t="s">
         <v>658</v>
       </c>
       <c r="F471" s="29" t="s">
-        <v>671</v>
+        <v>660</v>
       </c>
       <c r="G471" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H471" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A472" s="12" t="s">
+      <c r="A472" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B472" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C472" s="12" t="s">
+      <c r="C472" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D472" s="10" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="E472" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F472" s="8" t="s">
-        <v>673</v>
+      <c r="F472" s="29" t="s">
+        <v>662</v>
       </c>
       <c r="G472" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H472" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B473" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C473" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D473" s="10" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="E473" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F473" s="8" t="s">
-        <v>675</v>
+      <c r="F473" s="12" t="s">
+        <v>664</v>
       </c>
       <c r="G473" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H473" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A474" s="1" t="s">
+      <c r="A474" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B474" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C474" s="1" t="s">
-[...3 lines deleted...]
-        <v>676</v>
+      <c r="C474" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D474" s="10" t="s">
+        <v>665</v>
       </c>
       <c r="E474" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F474" s="29" t="s">
-        <v>677</v>
+      <c r="F474" s="12" t="s">
+        <v>666</v>
       </c>
       <c r="G474" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H474" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B475" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D475" s="8" t="s">
-        <v>678</v>
+      <c r="D475" s="10" t="s">
+        <v>667</v>
       </c>
       <c r="E475" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F475" s="29" t="s">
-        <v>679</v>
+      <c r="F475" s="8" t="s">
+        <v>308</v>
       </c>
       <c r="G475" s="8" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H475" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H475" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B476" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D476" s="10" t="s">
-        <v>680</v>
+      <c r="D476" s="8" t="s">
+        <v>668</v>
       </c>
       <c r="E476" s="8" t="s">
         <v>658</v>
       </c>
       <c r="F476" s="29" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="G476" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H476" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B477" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D477" s="10" t="s">
-        <v>682</v>
+      <c r="D477" s="8" t="s">
+        <v>670</v>
       </c>
       <c r="E477" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F477" s="47" t="s">
-        <v>683</v>
+      <c r="F477" s="29" t="s">
+        <v>671</v>
       </c>
       <c r="G477" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H477" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A478" s="1" t="s">
+      <c r="A478" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B478" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C478" s="1" t="s">
+      <c r="C478" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D478" s="10" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="E478" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F478" s="47" t="s">
-        <v>685</v>
+      <c r="F478" s="8" t="s">
+        <v>673</v>
       </c>
       <c r="G478" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H478" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I478" s="64"/>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A479" s="1" t="s">
+      <c r="A479" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B479" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C479" s="1" t="s">
+      <c r="C479" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D479" s="10" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
       <c r="E479" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F479" s="29" t="s">
-        <v>687</v>
+      <c r="F479" s="8" t="s">
+        <v>675</v>
       </c>
       <c r="G479" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H479" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I479" s="64"/>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A480" s="12" t="s">
+      <c r="A480" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B480" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C480" s="12" t="s">
+      <c r="C480" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D480" s="8" t="s">
-        <v>1025</v>
+        <v>676</v>
       </c>
       <c r="E480" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F480" s="12" t="s">
-        <v>1026</v>
+      <c r="F480" s="29" t="s">
+        <v>677</v>
       </c>
       <c r="G480" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H480" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I480" s="56"/>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A481" s="12" t="s">
+      <c r="A481" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B481" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C481" s="12" t="s">
+      <c r="C481" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D481" s="8" t="s">
-        <v>1019</v>
+        <v>678</v>
       </c>
       <c r="E481" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F481" s="12" t="s">
-        <v>1020</v>
+      <c r="F481" s="29" t="s">
+        <v>679</v>
       </c>
       <c r="G481" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H481" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A482" s="12" t="s">
+      <c r="A482" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B482" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C482" s="12" t="s">
-[...3 lines deleted...]
-        <v>1029</v>
+      <c r="C482" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D482" s="10" t="s">
+        <v>680</v>
       </c>
       <c r="E482" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F482" s="12" t="s">
-        <v>1030</v>
+      <c r="F482" s="29" t="s">
+        <v>681</v>
       </c>
       <c r="G482" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H482" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I482" s="56"/>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A483" s="12" t="s">
+      <c r="A483" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B483" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C483" s="12" t="s">
-[...3 lines deleted...]
-        <v>1023</v>
+      <c r="C483" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D483" s="10" t="s">
+        <v>682</v>
       </c>
       <c r="E483" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F483" s="12" t="s">
-        <v>1024</v>
+      <c r="F483" s="47" t="s">
+        <v>683</v>
       </c>
       <c r="G483" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H483" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A484" s="12" t="s">
+      <c r="A484" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B484" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C484" s="12" t="s">
-[...3 lines deleted...]
-        <v>1027</v>
+      <c r="C484" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D484" s="10" t="s">
+        <v>684</v>
       </c>
       <c r="E484" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F484" s="12" t="s">
-        <v>1028</v>
+      <c r="F484" s="47" t="s">
+        <v>685</v>
       </c>
       <c r="G484" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H484" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I484" s="56"/>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A485" s="12" t="s">
+      <c r="A485" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B485" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C485" s="12" t="s">
-[...3 lines deleted...]
-        <v>1021</v>
+      <c r="C485" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D485" s="10" t="s">
+        <v>686</v>
       </c>
       <c r="E485" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F485" s="12" t="s">
-        <v>1022</v>
+      <c r="F485" s="29" t="s">
+        <v>687</v>
       </c>
       <c r="G485" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H485" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I485" s="56"/>
     </row>
     <row r="486" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A486" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B486" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C486" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D486" s="10" t="s">
-        <v>688</v>
+      <c r="D486" s="8" t="s">
+        <v>1114</v>
       </c>
       <c r="E486" s="8" t="s">
         <v>658</v>
       </c>
-      <c r="F486" s="8" t="s">
-        <v>689</v>
+      <c r="F486" s="12" t="s">
+        <v>1022</v>
       </c>
       <c r="G486" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H486" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I486"/>
     </row>
     <row r="487" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A487" s="1" t="s">
+      <c r="A487" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B487" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C487" s="1" t="s">
-[...3 lines deleted...]
-        <v>803</v>
+      <c r="C487" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D487" s="8" t="s">
+        <v>1108</v>
       </c>
       <c r="E487" s="8" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>658</v>
+      </c>
+      <c r="F487" s="12" t="s">
+        <v>1019</v>
       </c>
       <c r="G487" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H487" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I487" s="56"/>
     </row>
     <row r="488" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A488" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B488" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C488" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D488" s="10" t="s">
-        <v>805</v>
+      <c r="D488" s="8" t="s">
+        <v>1109</v>
       </c>
       <c r="E488" s="8" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-        <v>807</v>
+        <v>658</v>
+      </c>
+      <c r="F488" s="12" t="s">
+        <v>1024</v>
       </c>
       <c r="G488" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H488" s="11" t="s">
+        <v>15</v>
       </c>
       <c r="I488"/>
     </row>
     <row r="489" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A489" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B489" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C489" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D489" s="10" t="s">
-        <v>808</v>
+      <c r="D489" s="8" t="s">
+        <v>1110</v>
       </c>
       <c r="E489" s="8" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>658</v>
+      </c>
+      <c r="F489" s="12" t="s">
+        <v>1021</v>
       </c>
       <c r="G489" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H489" s="11" t="s">
+        <v>15</v>
       </c>
       <c r="I489"/>
     </row>
     <row r="490" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A490" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B490" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C490" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D490" s="10" t="s">
-        <v>825</v>
+      <c r="D490" s="8" t="s">
+        <v>1111</v>
       </c>
       <c r="E490" s="8" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>658</v>
+      </c>
+      <c r="F490" s="12" t="s">
+        <v>1023</v>
       </c>
       <c r="G490" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H490" s="28">
-        <v>20</v>
+      <c r="H490" s="11" t="s">
+        <v>15</v>
       </c>
       <c r="I490"/>
     </row>
     <row r="491" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A491" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B491" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C491" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D491" s="10" t="s">
-        <v>827</v>
+      <c r="D491" s="8" t="s">
+        <v>1112</v>
       </c>
       <c r="E491" s="8" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>658</v>
+      </c>
+      <c r="F491" s="12" t="s">
+        <v>1020</v>
       </c>
       <c r="G491" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H491" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I491" s="56"/>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B492" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C492" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D492" s="10" t="s">
-        <v>976</v>
+        <v>688</v>
       </c>
       <c r="E492" s="8" t="s">
-        <v>826</v>
+        <v>658</v>
       </c>
       <c r="F492" s="8" t="s">
-        <v>820</v>
+        <v>689</v>
       </c>
       <c r="G492" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H492" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I492" s="56"/>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A493" s="12" t="s">
+      <c r="A493" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B493" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C493" s="12" t="s">
+      <c r="C493" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D493" s="10" t="s">
-        <v>829</v>
+        <v>803</v>
       </c>
       <c r="E493" s="8" t="s">
-        <v>826</v>
+        <v>804</v>
       </c>
       <c r="F493" s="8" t="s">
-        <v>830</v>
+        <v>185</v>
       </c>
       <c r="G493" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H493" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I493" s="56"/>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B494" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C494" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D494" s="10" t="s">
-        <v>831</v>
+        <v>805</v>
       </c>
       <c r="E494" s="8" t="s">
-        <v>826</v>
+        <v>806</v>
       </c>
       <c r="F494" s="8" t="s">
-        <v>641</v>
+        <v>807</v>
       </c>
       <c r="G494" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="H494" s="11" t="s">
-        <v>15</v>
+      <c r="H494" s="28">
+        <v>20</v>
       </c>
       <c r="I494" s="56"/>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B495" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C495" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D495" s="10" t="s">
-        <v>977</v>
+        <v>808</v>
       </c>
       <c r="E495" s="8" t="s">
-        <v>826</v>
+        <v>806</v>
       </c>
       <c r="F495" s="8" t="s">
-        <v>175</v>
+        <v>809</v>
       </c>
       <c r="G495" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="H495" s="11" t="s">
-        <v>15</v>
+      <c r="H495" s="28">
+        <v>20</v>
       </c>
     </row>
     <row r="496" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A496" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B496" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C496" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D496" s="10" t="s">
-        <v>854</v>
+        <v>825</v>
       </c>
       <c r="E496" s="8" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>826</v>
+      </c>
+      <c r="F496" s="8" t="s">
+        <v>39</v>
       </c>
       <c r="G496" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H496" s="28">
+        <v>20</v>
       </c>
       <c r="I496"/>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B497" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C497" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D497" s="10" t="s">
-        <v>857</v>
+        <v>827</v>
       </c>
       <c r="E497" s="8" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>858</v>
+        <v>826</v>
+      </c>
+      <c r="F497" s="8" t="s">
+        <v>828</v>
       </c>
       <c r="G497" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H497" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A498" s="1" t="s">
+      <c r="A498" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B498" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="C498" s="1" t="s">
+      <c r="C498" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D498" s="10" t="s">
-        <v>859</v>
+        <v>976</v>
       </c>
       <c r="E498" s="8" t="s">
-        <v>855</v>
+        <v>826</v>
       </c>
       <c r="F498" s="8" t="s">
-        <v>962</v>
+        <v>820</v>
       </c>
       <c r="G498" s="8" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H498" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B499" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C499" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D499" s="10" t="s">
-        <v>860</v>
+        <v>829</v>
       </c>
       <c r="E499" s="8" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>826</v>
+      </c>
+      <c r="F499" s="8" t="s">
+        <v>830</v>
       </c>
       <c r="G499" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H499" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B500" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C500" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D500" s="21" t="s">
-        <v>862</v>
+      <c r="D500" s="10" t="s">
+        <v>831</v>
       </c>
       <c r="E500" s="8" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>826</v>
+      </c>
+      <c r="F500" s="8" t="s">
+        <v>641</v>
       </c>
       <c r="G500" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H500" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I500" s="56"/>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B501" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C501" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="D501" s="21" t="s">
-        <v>865</v>
+      <c r="D501" s="10" t="s">
+        <v>977</v>
       </c>
       <c r="E501" s="8" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>826</v>
+      </c>
+      <c r="F501" s="8" t="s">
+        <v>175</v>
       </c>
       <c r="G501" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H501" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A502" s="1" t="s">
+      <c r="A502" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B502" s="8" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="C502" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C502" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D502" s="10" t="s">
-        <v>573</v>
+        <v>854</v>
       </c>
       <c r="E502" s="8" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>855</v>
+      </c>
+      <c r="F502" s="23" t="s">
+        <v>856</v>
       </c>
       <c r="G502" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H502" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A503" s="1" t="s">
+      <c r="A503" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B503" s="8" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="C503" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C503" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D503" s="10" t="s">
-        <v>576</v>
+        <v>857</v>
       </c>
       <c r="E503" s="8" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>855</v>
+      </c>
+      <c r="F503" s="23" t="s">
+        <v>858</v>
       </c>
       <c r="G503" s="8" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H503" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B504" s="8" t="s">
-        <v>572</v>
+        <v>89</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D504" s="10" t="s">
-        <v>27</v>
+        <v>859</v>
       </c>
       <c r="E504" s="8" t="s">
-        <v>574</v>
+        <v>855</v>
       </c>
       <c r="F504" s="8" t="s">
-        <v>578</v>
+        <v>962</v>
       </c>
       <c r="G504" s="8" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="H504" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A505" s="1" t="s">
+      <c r="A505" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B505" s="8" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>89</v>
+      </c>
+      <c r="C505" s="12" t="s">
+        <v>10</v>
       </c>
       <c r="D505" s="10" t="s">
-        <v>27</v>
+        <v>860</v>
       </c>
       <c r="E505" s="8" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>855</v>
+      </c>
+      <c r="F505" s="23" t="s">
+        <v>861</v>
       </c>
       <c r="G505" s="8" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="H505" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A506" s="1" t="s">
+      <c r="A506" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B506" s="8" t="s">
-        <v>572</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>89</v>
+      </c>
+      <c r="C506" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D506" s="21" t="s">
+        <v>862</v>
       </c>
       <c r="E506" s="8" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>863</v>
+      </c>
+      <c r="F506" s="23" t="s">
+        <v>864</v>
       </c>
       <c r="G506" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H506" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A507" s="1" t="s">
+      <c r="A507" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B507" s="8" t="s">
-        <v>572</v>
-[...5 lines deleted...]
-        <v>582</v>
+        <v>89</v>
+      </c>
+      <c r="C507" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D507" s="21" t="s">
+        <v>865</v>
       </c>
       <c r="E507" s="8" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>863</v>
+      </c>
+      <c r="F507" s="23" t="s">
+        <v>866</v>
       </c>
       <c r="G507" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H507" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="508" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A508" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B508" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D508" s="10" t="s">
-        <v>584</v>
+        <v>573</v>
       </c>
       <c r="E508" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F508" s="8" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
       <c r="G508" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H508" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="509" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A509" s="12" t="s">
+      <c r="A509" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B509" s="8" t="s">
         <v>572</v>
       </c>
-      <c r="C509" s="12" t="s">
+      <c r="C509" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D509" s="10" t="s">
-        <v>1087</v>
+        <v>576</v>
       </c>
       <c r="E509" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F509" s="8" t="s">
-        <v>1037</v>
+        <v>577</v>
       </c>
       <c r="G509" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H509" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I509"/>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A510" s="12" t="s">
+      <c r="A510" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B510" s="8" t="s">
         <v>572</v>
       </c>
-      <c r="C510" s="12" t="s">
-[...3 lines deleted...]
-        <v>586</v>
+      <c r="C510" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D510" s="10" t="s">
+        <v>27</v>
       </c>
       <c r="E510" s="8" t="s">
         <v>574</v>
       </c>
-      <c r="F510" s="23" t="s">
-        <v>587</v>
+      <c r="F510" s="8" t="s">
+        <v>578</v>
       </c>
       <c r="G510" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H510" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="511" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A511" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B511" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D511" s="10" t="s">
-        <v>588</v>
+        <v>27</v>
       </c>
       <c r="E511" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F511" s="8" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="G511" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H511" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I511"/>
     </row>
     <row r="512" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A512" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B512" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D512" s="10" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
       <c r="E512" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F512" s="8" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="G512" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H512" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I512"/>
     </row>
     <row r="513" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A513" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B513" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D513" s="10" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="E513" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F513" s="8" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="G513" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H513" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I513"/>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B514" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D514" s="10" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c r="E514" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F514" s="8" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="G514" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H514" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A515" s="1" t="s">
+      <c r="A515" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B515" s="8" t="s">
         <v>572</v>
       </c>
-      <c r="C515" s="1" t="s">
+      <c r="C515" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D515" s="10" t="s">
-        <v>596</v>
+        <v>1081</v>
       </c>
       <c r="E515" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F515" s="8" t="s">
-        <v>597</v>
+        <v>1031</v>
       </c>
       <c r="G515" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H515" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A516" s="1" t="s">
+      <c r="A516" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B516" s="8" t="s">
         <v>572</v>
       </c>
-      <c r="C516" s="1" t="s">
-[...3 lines deleted...]
-        <v>598</v>
+      <c r="C516" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D516" s="21" t="s">
+        <v>586</v>
       </c>
       <c r="E516" s="8" t="s">
         <v>574</v>
       </c>
-      <c r="F516" s="8" t="s">
-        <v>599</v>
+      <c r="F516" s="23" t="s">
+        <v>587</v>
       </c>
       <c r="G516" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H516" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B517" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D517" s="10" t="s">
-        <v>27</v>
+        <v>588</v>
       </c>
       <c r="E517" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F517" s="8" t="s">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="G517" s="8" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H517" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B518" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D518" s="10" t="s">
-        <v>27</v>
+        <v>590</v>
       </c>
       <c r="E518" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F518" s="8" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="G518" s="8" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H518" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B519" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D519" s="10" t="s">
-        <v>27</v>
+        <v>592</v>
       </c>
       <c r="E519" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F519" s="8" t="s">
-        <v>602</v>
+        <v>593</v>
       </c>
       <c r="G519" s="8" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H519" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B520" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D520" s="10" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="E520" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F520" s="8" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="G520" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H520" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B521" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D521" s="10" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="E521" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F521" s="8" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="G521" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H521" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B522" s="8" t="s">
         <v>572</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D522" s="10" t="s">
-        <v>27</v>
+        <v>598</v>
       </c>
       <c r="E522" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F522" s="8" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="G522" s="8" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H522" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="523" spans="1:9" s="58" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A523" s="12" t="s">
+      <c r="A523" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B523" s="8" t="s">
         <v>572</v>
       </c>
-      <c r="C523" s="12" t="s">
-        <v>10</v>
+      <c r="C523" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D523" s="10" t="s">
-        <v>1088</v>
+        <v>27</v>
       </c>
       <c r="E523" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F523" s="8" t="s">
-        <v>1038</v>
+        <v>600</v>
       </c>
       <c r="G523" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H523" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A524" s="12" t="s">
+      <c r="A524" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B524" s="8" t="s">
         <v>572</v>
       </c>
-      <c r="C524" s="12" t="s">
-        <v>10</v>
+      <c r="C524" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D524" s="10" t="s">
-        <v>1091</v>
+        <v>27</v>
       </c>
       <c r="E524" s="8" t="s">
         <v>574</v>
       </c>
       <c r="F524" s="8" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="G524" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H524" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B525" s="1" t="s">
-        <v>86</v>
+      <c r="B525" s="8" t="s">
+        <v>572</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D525" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D525" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="E525" s="1" t="s">
-        <v>88</v>
+      <c r="E525" s="8" t="s">
+        <v>574</v>
       </c>
       <c r="F525" s="8" t="s">
-        <v>27</v>
+        <v>602</v>
       </c>
       <c r="G525" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H525" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B526" s="1" t="s">
-        <v>86</v>
+      <c r="B526" s="8" t="s">
+        <v>572</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>348</v>
+        <v>10</v>
+      </c>
+      <c r="D526" s="10" t="s">
+        <v>603</v>
+      </c>
+      <c r="E526" s="8" t="s">
+        <v>574</v>
       </c>
       <c r="F526" s="8" t="s">
-        <v>27</v>
+        <v>604</v>
       </c>
       <c r="G526" s="8" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H526" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A527" s="31" t="s">
-[...21 lines deleted...]
-        <v>27</v>
+      <c r="A527" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B527" s="8" t="s">
+        <v>572</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D527" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="E527" s="8" t="s">
+        <v>574</v>
+      </c>
+      <c r="F527" s="8" t="s">
+        <v>606</v>
+      </c>
+      <c r="G527" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H527" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B528" s="1" t="s">
-        <v>86</v>
+      <c r="B528" s="8" t="s">
+        <v>572</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D528" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D528" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="E528" s="1" t="s">
-        <v>506</v>
+      <c r="E528" s="8" t="s">
+        <v>574</v>
       </c>
       <c r="F528" s="8" t="s">
-        <v>27</v>
+        <v>607</v>
       </c>
       <c r="G528" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H528" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="529" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A529" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B529" s="8" t="s">
-        <v>46</v>
+        <v>572</v>
       </c>
       <c r="C529" s="12" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D529" s="10" t="s">
-        <v>27</v>
+        <v>1082</v>
       </c>
       <c r="E529" s="8" t="s">
-        <v>47</v>
+        <v>574</v>
       </c>
       <c r="F529" s="8" t="s">
-        <v>48</v>
+        <v>1032</v>
       </c>
       <c r="G529" s="8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>14</v>
+      </c>
+      <c r="H529" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="530" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A530" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B530" s="8" t="s">
-        <v>46</v>
+        <v>572</v>
       </c>
       <c r="C530" s="12" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D530" s="10" t="s">
-        <v>27</v>
+        <v>1085</v>
       </c>
       <c r="E530" s="8" t="s">
-        <v>47</v>
+        <v>574</v>
       </c>
       <c r="F530" s="8" t="s">
-        <v>49</v>
+        <v>608</v>
       </c>
       <c r="G530" s="8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>14</v>
+      </c>
+      <c r="H530" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="531" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A531" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B531" s="8" t="s">
-        <v>46</v>
+      <c r="B531" s="1" t="s">
+        <v>86</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D531" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D531" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="E531" s="8" t="s">
-        <v>210</v>
+      <c r="E531" s="1" t="s">
+        <v>88</v>
       </c>
       <c r="F531" s="8" t="s">
-        <v>211</v>
+        <v>27</v>
       </c>
       <c r="G531" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H531" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="532" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A532" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B532" s="8" t="s">
-        <v>46</v>
+      <c r="B532" s="1" t="s">
+        <v>86</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D532" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D532" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="E532" s="8" t="s">
-        <v>210</v>
+      <c r="E532" s="1" t="s">
+        <v>348</v>
       </c>
       <c r="F532" s="8" t="s">
-        <v>212</v>
+        <v>27</v>
       </c>
       <c r="G532" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H532" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="533" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A533" s="1" t="s">
-[...8 lines deleted...]
-      <c r="D533" s="10" t="s">
+      <c r="A533" s="31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B533" s="31" t="s">
+        <v>86</v>
+      </c>
+      <c r="C533" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="D533" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="E533" s="8" t="s">
-[...5 lines deleted...]
-      <c r="G533" s="8" t="s">
+      <c r="E533" s="20" t="s">
+        <v>368</v>
+      </c>
+      <c r="F533" s="20" t="s">
         <v>27</v>
       </c>
-      <c r="H533" s="11" t="s">
+      <c r="G533" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="H533" s="33" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="534" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A534" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B534" s="8" t="s">
-        <v>46</v>
+      <c r="B534" s="1" t="s">
+        <v>86</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D534" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D534" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="E534" s="8" t="s">
-        <v>285</v>
+      <c r="E534" s="1" t="s">
+        <v>506</v>
       </c>
       <c r="F534" s="8" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G534" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H534" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="535" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A535" s="1" t="s">
+      <c r="A535" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B535" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C535" s="1" t="s">
+      <c r="C535" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D535" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E535" s="8" t="s">
-        <v>285</v>
+        <v>47</v>
       </c>
       <c r="F535" s="8" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G535" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="H535" s="11" t="s">
+      <c r="H535" s="14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="536" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A536" s="1" t="s">
+      <c r="A536" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B536" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C536" s="1" t="s">
+      <c r="C536" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D536" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E536" s="8" t="s">
-        <v>285</v>
+        <v>47</v>
       </c>
       <c r="F536" s="8" t="s">
-        <v>287</v>
+        <v>49</v>
       </c>
       <c r="G536" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="H536" s="11" t="s">
+      <c r="H536" s="14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="537" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A537" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B537" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D537" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E537" s="8" t="s">
-        <v>285</v>
+        <v>210</v>
       </c>
       <c r="F537" s="8" t="s">
-        <v>288</v>
+        <v>211</v>
       </c>
       <c r="G537" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H537" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="538" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A538" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B538" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D538" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E538" s="8" t="s">
-        <v>285</v>
+        <v>210</v>
       </c>
       <c r="F538" s="8" t="s">
-        <v>289</v>
+        <v>212</v>
       </c>
       <c r="G538" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H538" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="539" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A539" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B539" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D539" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E539" s="8" t="s">
         <v>285</v>
       </c>
       <c r="F539" s="8" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="G539" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H539" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="540" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A540" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B540" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D540" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E540" s="8" t="s">
         <v>285</v>
       </c>
       <c r="F540" s="8" t="s">
-        <v>291</v>
+        <v>48</v>
       </c>
       <c r="G540" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H540" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="541" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A541" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B541" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D541" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E541" s="8" t="s">
         <v>285</v>
       </c>
       <c r="F541" s="8" t="s">
-        <v>292</v>
+        <v>31</v>
       </c>
       <c r="G541" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H541" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="542" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A542" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B542" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D542" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="E542" s="1" t="s">
-[...3 lines deleted...]
-        <v>657</v>
+      <c r="E542" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="F542" s="8" t="s">
+        <v>287</v>
       </c>
       <c r="G542" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H542" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="543" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A543" s="12" t="s">
+      <c r="A543" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B543" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C543" s="12" t="s">
+      <c r="C543" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D543" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E543" s="8" t="s">
-        <v>712</v>
+        <v>285</v>
       </c>
       <c r="F543" s="8" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="G543" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="H543" s="14" t="s">
+      <c r="H543" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="544" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A544" s="12" t="s">
+      <c r="A544" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B544" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C544" s="12" t="s">
+      <c r="C544" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D544" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E544" s="8" t="s">
-        <v>713</v>
+        <v>285</v>
       </c>
       <c r="F544" s="8" t="s">
-        <v>714</v>
+        <v>289</v>
       </c>
       <c r="G544" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H544" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A545" s="12" t="s">
+      <c r="A545" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B545" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C545" s="12" t="s">
+      <c r="C545" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D545" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E545" s="8" t="s">
-        <v>713</v>
+        <v>285</v>
       </c>
       <c r="F545" s="8" t="s">
-        <v>715</v>
+        <v>290</v>
       </c>
       <c r="G545" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H545" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B546" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D546" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E546" s="8" t="s">
-        <v>812</v>
+        <v>285</v>
       </c>
       <c r="F546" s="8" t="s">
-        <v>48</v>
+        <v>291</v>
       </c>
       <c r="G546" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H546" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B547" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D547" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E547" s="8" t="s">
-        <v>812</v>
+        <v>285</v>
       </c>
       <c r="F547" s="8" t="s">
-        <v>31</v>
+        <v>292</v>
       </c>
       <c r="G547" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H547" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B548" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D548" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="E548" s="8" t="s">
-[...3 lines deleted...]
-        <v>813</v>
+      <c r="E548" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="F548" s="1" t="s">
+        <v>657</v>
       </c>
       <c r="G548" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H548" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A549" s="1" t="s">
+      <c r="A549" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B549" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C549" s="1" t="s">
+      <c r="C549" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D549" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E549" s="8" t="s">
-        <v>812</v>
+        <v>712</v>
       </c>
       <c r="F549" s="8" t="s">
-        <v>814</v>
+        <v>286</v>
       </c>
       <c r="G549" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="H549" s="11" t="s">
+      <c r="H549" s="14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A550" s="1" t="s">
+      <c r="A550" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B550" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C550" s="1" t="s">
+      <c r="C550" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D550" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E550" s="8" t="s">
-        <v>812</v>
+        <v>713</v>
       </c>
       <c r="F550" s="8" t="s">
-        <v>815</v>
+        <v>714</v>
       </c>
       <c r="G550" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H550" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A551" s="1" t="s">
+      <c r="A551" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B551" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C551" s="1" t="s">
+      <c r="C551" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D551" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E551" s="8" t="s">
-        <v>812</v>
+        <v>713</v>
       </c>
       <c r="F551" s="8" t="s">
-        <v>816</v>
+        <v>715</v>
       </c>
       <c r="G551" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H551" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B552" s="8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>46</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D552" s="10" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E552" s="8" t="s">
-        <v>12</v>
+        <v>812</v>
       </c>
       <c r="F552" s="8" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G552" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H552" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B553" s="8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>46</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D553" s="10" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E553" s="8" t="s">
-        <v>12</v>
+        <v>812</v>
       </c>
       <c r="F553" s="8" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="G553" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H553" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B554" s="8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>46</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D554" s="10" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E554" s="8" t="s">
-        <v>12</v>
+        <v>812</v>
       </c>
       <c r="F554" s="8" t="s">
-        <v>19</v>
+        <v>813</v>
       </c>
       <c r="G554" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H554" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B555" s="8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>46</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D555" s="10" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E555" s="8" t="s">
-        <v>12</v>
+        <v>812</v>
       </c>
       <c r="F555" s="8" t="s">
-        <v>21</v>
+        <v>814</v>
       </c>
       <c r="G555" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H555" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I555" s="58"/>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B556" s="8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>46</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D556" s="10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E556" s="8" t="s">
-        <v>12</v>
+        <v>812</v>
       </c>
       <c r="F556" s="8" t="s">
-        <v>23</v>
+        <v>815</v>
       </c>
       <c r="G556" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H556" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I556" s="58"/>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B557" s="8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>46</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="D557" s="10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E557" s="8" t="s">
-        <v>12</v>
+        <v>812</v>
       </c>
       <c r="F557" s="8" t="s">
-        <v>25</v>
+        <v>816</v>
       </c>
       <c r="G557" s="8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H557" s="11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I557" s="58"/>
     </row>
     <row r="558" spans="1:9" s="59" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A558" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B558" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C558" s="9" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>10</v>
+      </c>
+      <c r="D558" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E558" s="8" t="s">
+        <v>12</v>
       </c>
       <c r="F558" s="8" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G558" s="8" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H558" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I558" s="58"/>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B559" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C559" s="9" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>10</v>
+      </c>
+      <c r="D559" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E559" s="8" t="s">
+        <v>12</v>
       </c>
       <c r="F559" s="8" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="G559" s="8" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H559" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I559" s="58"/>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B560" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C560" s="9" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>10</v>
+      </c>
+      <c r="D560" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E560" s="8" t="s">
+        <v>12</v>
       </c>
       <c r="F560" s="8" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G560" s="8" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H560" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B561" s="1" t="s">
+      <c r="B561" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C561" s="1" t="s">
+      <c r="C561" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D561" s="10" t="s">
-        <v>33</v>
-[...10 lines deleted...]
-      <c r="H561" s="3">
         <v>20</v>
+      </c>
+      <c r="E561" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F561" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G561" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H561" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B562" s="1" t="s">
+      <c r="B562" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C562" s="1" t="s">
+      <c r="C562" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D562" s="10" t="s">
-        <v>35</v>
-[...11 lines deleted...]
-        <v>20</v>
+        <v>22</v>
+      </c>
+      <c r="E562" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F562" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G562" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H562" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B563" s="1" t="s">
+      <c r="B563" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C563" s="1" t="s">
+      <c r="C563" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D563" s="10" t="s">
-        <v>36</v>
-[...11 lines deleted...]
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="E563" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F563" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G563" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H563" s="11" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B564" s="1" t="s">
+      <c r="B564" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C564" s="1" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="C564" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D564" s="4" t="s">
+        <v>27</v>
       </c>
       <c r="E564" s="13" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>28</v>
+      </c>
+      <c r="F564" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="G564" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H564" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B565" s="1" t="s">
+      <c r="B565" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C565" s="1" t="s">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="C565" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D565" s="4" t="s">
+        <v>27</v>
       </c>
       <c r="E565" s="13" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>28</v>
+      </c>
+      <c r="F565" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G565" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H565" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B566" s="16" t="s">
+      <c r="B566" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C566" s="1" t="s">
-[...15 lines deleted...]
-        <v>15</v>
+      <c r="C566" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D566" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E566" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F566" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G566" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H566" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B567" s="16" t="s">
+      <c r="B567" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D567" s="63">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="D567" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E567" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F567" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G567" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H567" s="3">
+        <v>20</v>
       </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B568" s="16" t="s">
+      <c r="B568" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D568" s="63">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="D568" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E568" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F568" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="G568" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H568" s="3">
+        <v>20</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B569" s="16" t="s">
+      <c r="B569" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D569" s="63">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="D569" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E569" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F569" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G569" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H569" s="3">
+        <v>20</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B570" s="16" t="s">
+      <c r="B570" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D570" s="63">
+      <c r="D570" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E570" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F570" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G570" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H570" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="571" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A571" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D571" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E571" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F571" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="G571" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H571" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="572" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A572" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B572" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D572" s="63">
+        <v>767321933164</v>
+      </c>
+      <c r="E572" s="16" t="s">
+        <v>993</v>
+      </c>
+      <c r="F572" s="16" t="s">
+        <v>998</v>
+      </c>
+      <c r="G572" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H572" s="65" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="573" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A573" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B573" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D573" s="63">
+        <v>767321963161</v>
+      </c>
+      <c r="E573" s="16" t="s">
+        <v>993</v>
+      </c>
+      <c r="F573" s="16" t="s">
+        <v>995</v>
+      </c>
+      <c r="G573" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H573" s="65" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="574" spans="1:9" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A574" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B574" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D574" s="63">
+        <v>767321914170</v>
+      </c>
+      <c r="E574" s="16" t="s">
+        <v>993</v>
+      </c>
+      <c r="F574" s="16" t="s">
+        <v>994</v>
+      </c>
+      <c r="G574" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H574" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="I574"/>
+    </row>
+    <row r="575" spans="1:9" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A575" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B575" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D575" s="63">
+        <v>767321973160</v>
+      </c>
+      <c r="E575" s="16" t="s">
+        <v>993</v>
+      </c>
+      <c r="F575" s="16" t="s">
+        <v>997</v>
+      </c>
+      <c r="G575" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H575" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="I575"/>
+    </row>
+    <row r="576" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A576" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B576" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D576" s="63">
         <v>767321924179</v>
       </c>
-      <c r="E570" s="16" t="s">
+      <c r="E576" s="16" t="s">
         <v>993</v>
       </c>
-      <c r="F570" s="16" t="s">
+      <c r="F576" s="16" t="s">
         <v>996</v>
       </c>
-      <c r="G570" s="16" t="s">
-[...160 lines deleted...]
-      <c r="H576" s="11" t="s">
+      <c r="G576" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H576" s="65" t="s">
         <v>15</v>
       </c>
       <c r="I576"/>
     </row>
     <row r="577" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A577" s="1" t="s">
+      <c r="A577" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B577" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C577" s="9" t="s">
+      <c r="C577" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D577" s="10" t="s">
-        <v>772</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>398</v>
+      </c>
+      <c r="E577" s="12" t="s">
+        <v>399</v>
+      </c>
+      <c r="F577" s="12" t="s">
+        <v>400</v>
       </c>
       <c r="G577" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H577" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I577"/>
     </row>
     <row r="578" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A578" s="1" t="s">
+      <c r="A578" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B578" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C578" s="9" t="s">
+      <c r="C578" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D578" s="10" t="s">
-        <v>774</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>401</v>
+      </c>
+      <c r="E578" s="12" t="s">
+        <v>399</v>
+      </c>
+      <c r="F578" s="12" t="s">
+        <v>402</v>
       </c>
       <c r="G578" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H578" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I578"/>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A579" s="1" t="s">
+      <c r="A579" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B579" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C579" s="9" t="s">
+      <c r="C579" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D579" s="10" t="s">
-        <v>775</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>403</v>
+      </c>
+      <c r="E579" s="12" t="s">
+        <v>399</v>
+      </c>
+      <c r="F579" s="12" t="s">
+        <v>404</v>
       </c>
       <c r="G579" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H579" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A580" s="1" t="s">
+      <c r="A580" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B580" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C580" s="9" t="s">
+      <c r="C580" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D580" s="10" t="s">
-        <v>776</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>405</v>
+      </c>
+      <c r="E580" s="12" t="s">
+        <v>399</v>
+      </c>
+      <c r="F580" s="12" t="s">
+        <v>406</v>
       </c>
       <c r="G580" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H580" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I580" s="58"/>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A581" s="1" t="s">
+      <c r="A581" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B581" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C581" s="9" t="s">
+      <c r="C581" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D581" s="10" t="s">
-        <v>777</v>
-[...5 lines deleted...]
-        <v>23</v>
+        <v>407</v>
+      </c>
+      <c r="E581" s="12" t="s">
+        <v>399</v>
+      </c>
+      <c r="F581" s="12" t="s">
+        <v>408</v>
       </c>
       <c r="G581" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H581" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A582" s="1" t="s">
+      <c r="A582" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B582" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C582" s="9" t="s">
+      <c r="C582" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D582" s="10" t="s">
-        <v>778</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>409</v>
+      </c>
+      <c r="E582" s="12" t="s">
+        <v>399</v>
+      </c>
+      <c r="F582" s="12" t="s">
+        <v>410</v>
       </c>
       <c r="G582" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H582" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B583" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C583" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D583" s="10" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>772</v>
+      </c>
+      <c r="E583" s="8" t="s">
+        <v>773</v>
       </c>
       <c r="F583" s="8" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G583" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H583" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B584" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C584" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D584" s="10" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>774</v>
+      </c>
+      <c r="E584" s="8" t="s">
+        <v>773</v>
       </c>
       <c r="F584" s="8" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="G584" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H584" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B585" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C585" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D585" s="10" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>775</v>
+      </c>
+      <c r="E585" s="8" t="s">
+        <v>773</v>
       </c>
       <c r="F585" s="8" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="G585" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H585" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B586" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C586" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D586" s="10" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>776</v>
+      </c>
+      <c r="E586" s="8" t="s">
+        <v>773</v>
       </c>
       <c r="F586" s="8" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G586" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H586" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B587" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C587" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D587" s="10" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>777</v>
+      </c>
+      <c r="E587" s="8" t="s">
+        <v>773</v>
       </c>
       <c r="F587" s="8" t="s">
-        <v>824</v>
+        <v>23</v>
       </c>
       <c r="G587" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H587" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B588" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C588" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D588" s="10" t="s">
-        <v>884</v>
+        <v>778</v>
       </c>
       <c r="E588" s="8" t="s">
-        <v>885</v>
+        <v>773</v>
       </c>
       <c r="F588" s="8" t="s">
-        <v>245</v>
+        <v>25</v>
       </c>
       <c r="G588" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H588" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="589" spans="1:9" s="66" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A589" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B589" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C589" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D589" s="10" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-        <v>885</v>
+        <v>817</v>
+      </c>
+      <c r="E589" s="1" t="s">
+        <v>818</v>
       </c>
       <c r="F589" s="8" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="G589" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H589" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I589"/>
     </row>
     <row r="590" spans="1:9" s="66" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A590" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B590" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C590" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D590" s="10" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-        <v>885</v>
+        <v>819</v>
+      </c>
+      <c r="E590" s="1" t="s">
+        <v>818</v>
       </c>
       <c r="F590" s="8" t="s">
-        <v>19</v>
+        <v>820</v>
       </c>
       <c r="G590" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H590" s="11" t="s">
         <v>15</v>
       </c>
       <c r="I590"/>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B591" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C591" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D591" s="10" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-        <v>885</v>
+        <v>821</v>
+      </c>
+      <c r="E591" s="1" t="s">
+        <v>818</v>
       </c>
       <c r="F591" s="8" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G591" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H591" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B592" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C592" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D592" s="10" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-        <v>885</v>
+        <v>822</v>
+      </c>
+      <c r="E592" s="1" t="s">
+        <v>818</v>
       </c>
       <c r="F592" s="8" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G592" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H592" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="593" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A593" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B593" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C593" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D593" s="10" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>885</v>
+        <v>823</v>
+      </c>
+      <c r="E593" s="1" t="s">
+        <v>818</v>
       </c>
       <c r="F593" s="8" t="s">
-        <v>25</v>
+        <v>824</v>
       </c>
       <c r="G593" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H593" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="594" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A594" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B594" s="8" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="C594" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D594" s="10" t="s">
-        <v>225</v>
+        <v>884</v>
       </c>
       <c r="E594" s="8" t="s">
-        <v>226</v>
+        <v>885</v>
       </c>
       <c r="F594" s="8" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="G594" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H594" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="595" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A595" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B595" s="8" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="C595" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D595" s="10" t="s">
-        <v>228</v>
+        <v>886</v>
       </c>
       <c r="E595" s="8" t="s">
-        <v>226</v>
+        <v>885</v>
       </c>
       <c r="F595" s="8" t="s">
-        <v>229</v>
+        <v>185</v>
       </c>
       <c r="G595" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H595" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="596" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A596" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B596" s="8" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="C596" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D596" s="10" t="s">
-        <v>230</v>
+        <v>887</v>
       </c>
       <c r="E596" s="8" t="s">
-        <v>226</v>
+        <v>885</v>
       </c>
       <c r="F596" s="8" t="s">
-        <v>231</v>
+        <v>19</v>
       </c>
       <c r="G596" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H596" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="597" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A597" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B597" s="8" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="C597" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D597" s="10" t="s">
-        <v>232</v>
+        <v>888</v>
       </c>
       <c r="E597" s="8" t="s">
-        <v>226</v>
+        <v>885</v>
       </c>
       <c r="F597" s="8" t="s">
-        <v>233</v>
+        <v>21</v>
       </c>
       <c r="G597" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H597" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="598" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A598" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B598" s="8" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="C598" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D598" s="10" t="s">
-        <v>234</v>
+        <v>889</v>
       </c>
       <c r="E598" s="8" t="s">
-        <v>226</v>
+        <v>885</v>
       </c>
       <c r="F598" s="8" t="s">
-        <v>235</v>
+        <v>23</v>
       </c>
       <c r="G598" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H598" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A599" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B599" s="8" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="C599" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D599" s="10" t="s">
-        <v>236</v>
+        <v>890</v>
       </c>
       <c r="E599" s="8" t="s">
-        <v>226</v>
+        <v>885</v>
       </c>
       <c r="F599" s="8" t="s">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="G599" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H599" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="600" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A600" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B600" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D600" s="10" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="E600" s="8" t="s">
         <v>226</v>
       </c>
       <c r="F600" s="8" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="G600" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H600" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="601" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A601" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B601" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D601" s="10" t="s">
-        <v>779</v>
+        <v>228</v>
       </c>
       <c r="E601" s="8" t="s">
-        <v>780</v>
+        <v>226</v>
       </c>
       <c r="F601" s="8" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G601" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H601" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="602" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A602" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B602" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D602" s="10" t="s">
-        <v>781</v>
+        <v>230</v>
       </c>
       <c r="E602" s="8" t="s">
-        <v>780</v>
+        <v>226</v>
       </c>
       <c r="F602" s="8" t="s">
-        <v>782</v>
+        <v>231</v>
       </c>
       <c r="G602" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H602" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="603" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A603" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B603" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D603" s="10" t="s">
-        <v>783</v>
+        <v>232</v>
       </c>
       <c r="E603" s="8" t="s">
-        <v>780</v>
+        <v>226</v>
       </c>
       <c r="F603" s="8" t="s">
-        <v>784</v>
+        <v>233</v>
       </c>
       <c r="G603" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H603" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="604" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A604" s="12" t="s">
+      <c r="A604" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B604" s="8" t="s">
         <v>224</v>
       </c>
-      <c r="C604" s="12" t="s">
+      <c r="C604" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D604" s="10" t="s">
-        <v>1086</v>
+        <v>234</v>
       </c>
       <c r="E604" s="8" t="s">
-        <v>780</v>
+        <v>226</v>
       </c>
       <c r="F604" s="8" t="s">
-        <v>785</v>
+        <v>235</v>
       </c>
       <c r="G604" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H604" s="55" t="s">
+      <c r="H604" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="605" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A605" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B605" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D605" s="10" t="s">
-        <v>786</v>
+        <v>236</v>
       </c>
       <c r="E605" s="8" t="s">
-        <v>780</v>
+        <v>226</v>
       </c>
       <c r="F605" s="8" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="G605" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H605" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="606" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A606" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B606" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D606" s="10" t="s">
-        <v>787</v>
+        <v>237</v>
       </c>
       <c r="E606" s="8" t="s">
-        <v>780</v>
+        <v>226</v>
       </c>
       <c r="F606" s="8" t="s">
-        <v>788</v>
+        <v>238</v>
       </c>
       <c r="G606" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H606" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="607" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A607" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B607" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D607" s="10" t="s">
-        <v>832</v>
+        <v>779</v>
       </c>
       <c r="E607" s="8" t="s">
-        <v>833</v>
+        <v>780</v>
       </c>
       <c r="F607" s="8" t="s">
         <v>227</v>
       </c>
       <c r="G607" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H607" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="608" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A608" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B608" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C608" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D608" s="10" t="s">
-        <v>834</v>
+        <v>781</v>
       </c>
       <c r="E608" s="8" t="s">
-        <v>833</v>
+        <v>780</v>
       </c>
       <c r="F608" s="8" t="s">
-        <v>229</v>
+        <v>782</v>
       </c>
       <c r="G608" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H608" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="609" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A609" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B609" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C609" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D609" s="10" t="s">
-        <v>835</v>
+        <v>783</v>
       </c>
       <c r="E609" s="8" t="s">
-        <v>833</v>
+        <v>780</v>
       </c>
       <c r="F609" s="8" t="s">
         <v>784</v>
       </c>
       <c r="G609" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H609" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="610" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A610" s="1" t="s">
+      <c r="A610" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B610" s="8" t="s">
         <v>224</v>
       </c>
-      <c r="C610" s="1" t="s">
+      <c r="C610" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D610" s="10" t="s">
-        <v>836</v>
+        <v>1080</v>
       </c>
       <c r="E610" s="8" t="s">
-        <v>833</v>
+        <v>780</v>
       </c>
       <c r="F610" s="8" t="s">
         <v>785</v>
       </c>
       <c r="G610" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H610" s="11" t="s">
+      <c r="H610" s="55" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="611" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A611" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B611" s="8" t="s">
         <v>224</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D611" s="10" t="s">
-        <v>837</v>
+        <v>786</v>
       </c>
       <c r="E611" s="8" t="s">
-        <v>833</v>
+        <v>780</v>
       </c>
       <c r="F611" s="8" t="s">
-        <v>541</v>
+        <v>183</v>
       </c>
       <c r="G611" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H611" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="612" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A612" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B612" s="8" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D612" s="10" t="s">
-        <v>27</v>
+        <v>787</v>
       </c>
       <c r="E612" s="8" t="s">
-        <v>43</v>
+        <v>780</v>
       </c>
       <c r="F612" s="8" t="s">
-        <v>27</v>
+        <v>788</v>
       </c>
       <c r="G612" s="8" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="H612" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="613" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A613" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B613" s="8" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D613" s="10" t="s">
-        <v>27</v>
+        <v>832</v>
       </c>
       <c r="E613" s="8" t="s">
-        <v>43</v>
+        <v>833</v>
       </c>
       <c r="F613" s="8" t="s">
-        <v>27</v>
+        <v>227</v>
       </c>
       <c r="G613" s="8" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="H613" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="614" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A614" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B614" s="8" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D614" s="10" t="s">
-        <v>27</v>
+        <v>834</v>
       </c>
       <c r="E614" s="8" t="s">
-        <v>149</v>
+        <v>833</v>
       </c>
       <c r="F614" s="8" t="s">
-        <v>150</v>
+        <v>229</v>
       </c>
       <c r="G614" s="8" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H614" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="615" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A615" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B615" s="8" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D615" s="10" t="s">
-        <v>27</v>
+        <v>835</v>
       </c>
       <c r="E615" s="8" t="s">
-        <v>149</v>
+        <v>833</v>
       </c>
       <c r="F615" s="8" t="s">
-        <v>1089</v>
+        <v>784</v>
       </c>
       <c r="G615" s="8" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H615" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="616" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A616" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B616" s="8" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D616" s="10" t="s">
-        <v>27</v>
+        <v>836</v>
       </c>
       <c r="E616" s="8" t="s">
-        <v>562</v>
+        <v>833</v>
       </c>
       <c r="F616" s="8" t="s">
-        <v>286</v>
+        <v>785</v>
       </c>
       <c r="G616" s="8" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="H616" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="617" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A617" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B617" s="8" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D617" s="10" t="s">
-        <v>27</v>
+        <v>837</v>
       </c>
       <c r="E617" s="8" t="s">
-        <v>562</v>
+        <v>833</v>
       </c>
       <c r="F617" s="8" t="s">
-        <v>31</v>
+        <v>541</v>
       </c>
       <c r="G617" s="8" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="H617" s="11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="618" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A618" s="12" t="s">
+      <c r="A618" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B618" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="C618" s="12" t="s">
+      <c r="C618" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D618" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E618" s="8" t="s">
-        <v>810</v>
+        <v>43</v>
       </c>
       <c r="F618" s="8" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G618" s="8" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="H618" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="619" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A619" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B619" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C619" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D619" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E619" s="8" t="s">
-        <v>810</v>
+        <v>43</v>
       </c>
       <c r="F619" s="8" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G619" s="8" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="H619" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="620" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A620" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B620" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C620" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D620" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E620" s="8" t="s">
-        <v>810</v>
+        <v>149</v>
       </c>
       <c r="F620" s="8" t="s">
-        <v>811</v>
+        <v>150</v>
       </c>
       <c r="G620" s="8" t="s">
         <v>30</v>
       </c>
       <c r="H620" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="621" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A621" s="1" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="B621" s="8" t="s">
-        <v>242</v>
+        <v>42</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>245</v>
+        <v>26</v>
+      </c>
+      <c r="D621" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E621" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="F621" s="8" t="s">
+        <v>1083</v>
       </c>
       <c r="G621" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>30</v>
+      </c>
+      <c r="H621" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="622" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A622" s="1" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="B622" s="8" t="s">
-        <v>242</v>
+        <v>42</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>185</v>
+        <v>26</v>
+      </c>
+      <c r="D622" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E622" s="8" t="s">
+        <v>562</v>
+      </c>
+      <c r="F622" s="8" t="s">
+        <v>286</v>
       </c>
       <c r="G622" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>44</v>
+      </c>
+      <c r="H622" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="623" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A623" s="1" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="B623" s="8" t="s">
-        <v>242</v>
+        <v>42</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>170</v>
+        <v>26</v>
+      </c>
+      <c r="D623" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E623" s="8" t="s">
+        <v>562</v>
+      </c>
+      <c r="F623" s="8" t="s">
+        <v>31</v>
       </c>
       <c r="G623" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>44</v>
+      </c>
+      <c r="H623" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="624" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A624" s="1" t="s">
-        <v>178</v>
+      <c r="A624" s="12" t="s">
+        <v>8</v>
       </c>
       <c r="B624" s="8" t="s">
-        <v>242</v>
-[...11 lines deleted...]
-        <v>252</v>
+        <v>42</v>
+      </c>
+      <c r="C624" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D624" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E624" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="F624" s="8" t="s">
+        <v>29</v>
       </c>
       <c r="G624" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>30</v>
+      </c>
+      <c r="H624" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="625" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A625" s="1" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="B625" s="8" t="s">
-        <v>242</v>
+        <v>42</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>26</v>
+      </c>
+      <c r="D625" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E625" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="F625" s="8" t="s">
+        <v>31</v>
       </c>
       <c r="G625" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>30</v>
+      </c>
+      <c r="H625" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="626" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A626" s="1" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="B626" s="8" t="s">
-        <v>242</v>
+        <v>42</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D626" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E626" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="F626" s="8" t="s">
+        <v>811</v>
       </c>
       <c r="G626" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>30</v>
+      </c>
+      <c r="H626" s="11" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="627" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A627" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B627" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C627" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D627" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F627" s="8" t="s">
+      <c r="D627" s="63">
+        <v>685141913077</v>
+      </c>
+      <c r="E627" s="26" t="s">
+        <v>967</v>
+      </c>
+      <c r="F627" s="1" t="s">
         <v>245</v>
       </c>
       <c r="G627" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H627" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="628" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A628" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B628" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C628" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D628" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F628" s="8" t="s">
+      <c r="D628" s="63">
+        <v>685141913046</v>
+      </c>
+      <c r="E628" s="26" t="s">
+        <v>967</v>
+      </c>
+      <c r="F628" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G628" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H628" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A629" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B629" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C629" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D629" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F629" s="8" t="s">
+      <c r="D629" s="63">
+        <v>685141913152</v>
+      </c>
+      <c r="E629" s="26" t="s">
+        <v>967</v>
+      </c>
+      <c r="F629" s="1" t="s">
         <v>170</v>
       </c>
       <c r="G629" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H629" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="630" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A630" s="12" t="s">
+      <c r="A630" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B630" s="8" t="s">
         <v>242</v>
       </c>
-      <c r="C630" s="12" t="s">
-[...3 lines deleted...]
-        <v>248</v>
+      <c r="C630" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D630" s="63">
+        <v>685141913121</v>
       </c>
       <c r="E630" s="26" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>967</v>
+      </c>
+      <c r="F630" s="1" t="s">
+        <v>252</v>
       </c>
       <c r="G630" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H630" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="631" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A631" s="12" t="s">
+      <c r="A631" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B631" s="8" t="s">
         <v>242</v>
       </c>
-      <c r="C631" s="12" t="s">
-[...3 lines deleted...]
-        <v>249</v>
+      <c r="C631" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D631" s="63">
+        <v>685141913039</v>
       </c>
       <c r="E631" s="26" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>967</v>
+      </c>
+      <c r="F631" s="1" t="s">
+        <v>19</v>
       </c>
       <c r="G631" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H631" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="632" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A632" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B632" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C632" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D632" s="4" t="s">
-[...6 lines deleted...]
-        <v>252</v>
+      <c r="D632" s="63">
+        <v>685141913008</v>
+      </c>
+      <c r="E632" s="26" t="s">
+        <v>967</v>
+      </c>
+      <c r="F632" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="G632" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H632" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="633" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A633" s="12" t="s">
+      <c r="A633" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B633" s="8" t="s">
         <v>242</v>
       </c>
-      <c r="C633" s="12" t="s">
-[...5 lines deleted...]
-      <c r="E633" s="26" t="s">
+      <c r="C633" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D633" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="E633" s="8" t="s">
         <v>244</v>
       </c>
-      <c r="F633" s="12" t="s">
-        <v>254</v>
+      <c r="F633" s="8" t="s">
+        <v>245</v>
       </c>
       <c r="G633" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H633" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="634" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A634" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B634" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D634" s="4" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="E634" s="8" t="s">
         <v>244</v>
       </c>
       <c r="F634" s="8" t="s">
-        <v>19</v>
+        <v>185</v>
       </c>
       <c r="G634" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H634" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="635" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A635" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B635" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C635" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D635" s="4" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="E635" s="8" t="s">
         <v>244</v>
       </c>
       <c r="F635" s="8" t="s">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="G635" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H635" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:8" s="58" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A636" s="12" t="s">
         <v>178</v>
       </c>
       <c r="B636" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C636" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D636" s="10" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="E636" s="26" t="s">
         <v>244</v>
       </c>
       <c r="F636" s="12" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="G636" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H636" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="637" spans="1:8" s="66" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A637" s="12" t="s">
         <v>178</v>
       </c>
       <c r="B637" s="8" t="s">
         <v>242</v>
       </c>
       <c r="C637" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D637" s="10" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="E637" s="26" t="s">
         <v>244</v>
       </c>
       <c r="F637" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="G637" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H637" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A638" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B638" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D638" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="E638" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="F638" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="G638" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H638" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A639" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="B639" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C639" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D639" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="E639" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="F639" s="12" t="s">
+        <v>254</v>
+      </c>
+      <c r="G639" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H639" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A640" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B640" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D640" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="E640" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="F640" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="G640" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H640" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A641" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B641" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D641" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="E641" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="F641" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G641" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H641" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A642" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="B642" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C642" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D642" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="E642" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="F642" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="G642" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H642" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A643" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="B643" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="C643" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D643" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="E643" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="F643" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="G637" s="8" t="s">
-[...2 lines deleted...]
-      <c r="H637" s="14" t="s">
+      <c r="G643" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H643" s="14" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:H637">
-[...2 lines deleted...]
-    <sortCondition ref="F4:F637"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:H643">
+    <sortCondition ref="B4:B643"/>
+    <sortCondition ref="E4:E643"/>
+    <sortCondition ref="F4:F643"/>
   </sortState>
   <conditionalFormatting sqref="E612">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$B612="Inactive"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="74" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>Page &amp;P</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c4bc3177-0536-4996-8eb6-21250ea187dc}" enabled="1" method="Standard" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>