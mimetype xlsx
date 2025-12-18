--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -11,90 +11,90 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\ID-DSAI-Data-Analytics\Respiratory Dashboards\Website Files\Front Page Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0C0104F5-53F2-40AC-912B-01510E16CA5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{34E6322A-542E-414A-AAA8-D95D26FFD8FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="27690" yWindow="2400" windowWidth="19020" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="2" r:id="rId1"/>
-    <sheet name="Respiratory hospital visits" sheetId="1028" r:id="rId2"/>
-[...5 lines deleted...]
-    <sheet name="Immunizations" sheetId="1039" r:id="rId8"/>
+    <sheet name="COVID-19 Reporting" sheetId="1201" r:id="rId2"/>
+    <sheet name="Wastewater Reporting" sheetId="1196" r:id="rId3"/>
+    <sheet name="Topline Vaccination Data" sheetId="1199" r:id="rId4"/>
+    <sheet name="Immunizations" sheetId="1198" r:id="rId5"/>
+    <sheet name="Visit Level Threshold Reference" sheetId="1194" r:id="rId6"/>
+    <sheet name="Respiratory hospital visits" sheetId="1193" r:id="rId7"/>
+    <sheet name="Influenza Reporting" sheetId="1200" r:id="rId8"/>
     <sheet name="Flu Severity Level Definitions" sheetId="4" r:id="rId9"/>
     <sheet name="Data Dictionary" sheetId="963" r:id="rId10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'COVID-19 Reporting'!$A$1:$F$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'COVID-19 Reporting'!$A$1:$F$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'Data Dictionary'!$A$1:$E$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'Flu Severity Level Definitions'!$A$1:$D$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">Immunizations!$A$1:$I$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Wastewater Reporting'!$A$1:$E$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">Immunizations!$A$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'Influenza Reporting'!$A$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Respiratory hospital visits'!$A$1:$AJ$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Topline Vaccination Data'!$A$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Visit Level Threshold Reference'!$A$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Wastewater Reporting'!$A$1:$E$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2584" uniqueCount="2349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3004" uniqueCount="2741">
   <si>
     <t>Week Start Date</t>
   </si>
   <si>
     <t>Week End Date</t>
   </si>
   <si>
     <t>Data column</t>
   </si>
   <si>
     <t>Definition</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>The first date of the week that the data represent.</t>
   </si>
   <si>
     <t>The last date of the week that the data represent.</t>
   </si>
   <si>
@@ -589,80 +589,101 @@
   <si>
     <t>Low estimated number of acute respiratory visits</t>
   </si>
   <si>
     <t>Description of two week average acute respiratory trend</t>
   </si>
   <si>
     <t>Estimated percent of acute respiratory visits reported</t>
   </si>
   <si>
     <t>Estimated acute respiratory visit level</t>
   </si>
   <si>
     <t>Estimated COVID-19 visit level</t>
   </si>
   <si>
     <t>Estimated influenza visit level</t>
   </si>
   <si>
     <t>Estimated RSV visit level</t>
   </si>
   <si>
     <t>Last updated</t>
   </si>
   <si>
-    <t>2.50%</t>
-[...2 lines deleted...]
-    <t>97.50%</t>
+    <t>2.5%</t>
+  </si>
+  <si>
+    <t>97.5%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>rising</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>rising</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
@@ -721,176 +742,269 @@
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>staying level</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>falling</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>falling</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>falling</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>rising</t>
   </si>
   <si>
+    <t>Low</t>
+  </si>
+  <si>
     <t>Very Low</t>
   </si>
   <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>staying level</t>
+  </si>
+  <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>staying level</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
     <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>2025-2026</t>
@@ -997,50 +1111,104 @@
   <si>
     <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>Low Value</t>
   </si>
   <si>
     <t>High Value</t>
   </si>
   <si>
     <t>Threshold</t>
   </si>
   <si>
     <t>Season</t>
   </si>
   <si>
     <t>Group</t>
   </si>
   <si>
     <t>Subgroup</t>
   </si>
   <si>
     <t>Disease</t>
   </si>
   <si>
     <t>Visit type</t>
   </si>
   <si>
     <t>Very Low</t>
@@ -1321,5823 +1489,6831 @@
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Very High</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
+    <t>Week Start Date</t>
+  </si>
+  <si>
+    <t>Week End Date</t>
+  </si>
+  <si>
+    <t>Number of samples where SARS-CoV-2 was detected</t>
+  </si>
+  <si>
+    <t>Statewide average effective SARS-CoV-2 concentration</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
     <t>Season</t>
   </si>
   <si>
+    <t>Type of vaccine</t>
+  </si>
+  <si>
+    <t>Group</t>
+  </si>
+  <si>
+    <t>Subgroup</t>
+  </si>
+  <si>
+    <t>Start Date</t>
+  </si>
+  <si>
+    <t>End Date</t>
+  </si>
+  <si>
+    <t>Population</t>
+  </si>
+  <si>
+    <t>Percent of MA residents vaccinated</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>1.5%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>2.3%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>3.2%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>4.2%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>5.2%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>6.1%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>7.1%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>7.9%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>8.6%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>9.3%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>9.8%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>10.1%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>10.4%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>1.9%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>3.7%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>6.0%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>8.8%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>12.2%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>15.7%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>18.7%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>21.7%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>24.3%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>26.4%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>28.1%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>29.7%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>30.6%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>31.5%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>1.90%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>4.00%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>6.70%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>10.20%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>14.60%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>18.90%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>23.20%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>27.00%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>30.10%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>32.70%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>34.90%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>36.10%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>37.50%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>38.90%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>40.20%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.10%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.60%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>42.20%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>42.70%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>43.10%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>43.50%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>43.90%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>44.10%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>44.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>44.50%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>44.70%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>44.90%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.00%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.10%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.20%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.30%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.30%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.30%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.30%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.30%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>45.40%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>1.70%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>3.40%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>6.00%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>9.60%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>14.00%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>18.00%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>22.10%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>25.40%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>28.00%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>30.20%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>32.20%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>33.30%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>34.60%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>35.70%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>36.60%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>37.40%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>37.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>38.30%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>38.90%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>39.30%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>39.70%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>40.10%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>40.40%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>40.60%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>40.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.00%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.20%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.40%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.50%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.60%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.60%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.70%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.70%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.70%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2023-2024</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029920</t>
+  </si>
+  <si>
+    <t>41.80%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>&lt; 1.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>1.1%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>2.3%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>4.3%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>6.9%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>10.3%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>14.3%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>18.2%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>21.5%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>24.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>27.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>29.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>30.7%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>32.2%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>33.1%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>34.1%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>35.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>35.7%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>36.1%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>36.5%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>37.1%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>37.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>38.0%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>38.4%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>38.8%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>39.2%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>39.4%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>39.7%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>39.9%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.1%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.2%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.3%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.4%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.5%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.5%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.5%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7029916.9969439004</t>
+  </si>
+  <si>
+    <t>40.6%</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>Type of vaccine</t>
+  </si>
+  <si>
+    <t>Group</t>
+  </si>
+  <si>
+    <t>Subgroup</t>
+  </si>
+  <si>
+    <t>Start Date</t>
+  </si>
+  <si>
+    <t>End Date</t>
+  </si>
+  <si>
+    <t>Population</t>
+  </si>
+  <si>
+    <t>Percent of MA population vaccinated</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>Activity type</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
+    <t>Activity level</t>
+  </si>
+  <si>
+    <t>Region Name</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
     <t>Week Start Date</t>
   </si>
   <si>
     <t>Week End Date</t>
   </si>
   <si>
+    <t>MMWR Week</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>Week Start Date</t>
+  </si>
+  <si>
+    <t>Week End Date</t>
+  </si>
+  <si>
     <t>Confirmed and probable cases</t>
   </si>
   <si>
     <t>Confirmed and probable deaths</t>
   </si>
   <si>
     <t>Last updated</t>
-  </si>
-[...5755 lines deleted...]
-    <t>West</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000000"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -7648,59 +8824,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D749755-DA5B-45D9-BD07-DCA1DA113173}">
   <sheetPr>
     <tabColor theme="4" tint="0.79995117038483843"/>
   </sheetPr>
   <dimension ref="A1:A29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
@@ -7778,51 +8950,53 @@
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7451566-2E04-490A-AE2F-62CF70A1D6F0}">
   <sheetPr>
     <tabColor theme="4" tint="0.79995117038483843"/>
   </sheetPr>
   <dimension ref="A1:E68"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
+    <sheetView topLeftCell="C24" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="58.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="255.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="188.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="5" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="5" t="s">
@@ -8597,92 +9771,10207 @@
         <v>44</v>
       </c>
       <c r="D67" s="13" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="6" t="s">
         <v>80</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C68" s="12" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1" xr:uid="{D5EA64C5-B415-4272-AB3F-0577F2D743A8}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:F23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>2737</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B2" s="21">
+        <v>45844</v>
+      </c>
+      <c r="C2" s="21">
+        <v>45850</v>
+      </c>
+      <c r="D2">
+        <v>583</v>
+      </c>
+      <c r="E2">
+        <v>4</v>
+      </c>
+      <c r="F2" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B3" s="21">
+        <v>45851</v>
+      </c>
+      <c r="C3" s="21">
+        <v>45857</v>
+      </c>
+      <c r="D3">
+        <v>648</v>
+      </c>
+      <c r="E3">
+        <v>7</v>
+      </c>
+      <c r="F3" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B4" s="21">
+        <v>45858</v>
+      </c>
+      <c r="C4" s="21">
+        <v>45864</v>
+      </c>
+      <c r="D4">
+        <v>736</v>
+      </c>
+      <c r="E4">
+        <v>3</v>
+      </c>
+      <c r="F4" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B5" s="21">
+        <v>45865</v>
+      </c>
+      <c r="C5" s="21">
+        <v>45871</v>
+      </c>
+      <c r="D5">
+        <v>910</v>
+      </c>
+      <c r="E5">
+        <v>6</v>
+      </c>
+      <c r="F5" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B6" s="21">
+        <v>45872</v>
+      </c>
+      <c r="C6" s="21">
+        <v>45878</v>
+      </c>
+      <c r="D6">
+        <v>1048</v>
+      </c>
+      <c r="E6">
+        <v>3</v>
+      </c>
+      <c r="F6" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B7" s="21">
+        <v>45879</v>
+      </c>
+      <c r="C7" s="21">
+        <v>45885</v>
+      </c>
+      <c r="D7">
+        <v>1188</v>
+      </c>
+      <c r="E7">
+        <v>4</v>
+      </c>
+      <c r="F7" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B8" s="21">
+        <v>45886</v>
+      </c>
+      <c r="C8" s="21">
+        <v>45892</v>
+      </c>
+      <c r="D8">
+        <v>1254</v>
+      </c>
+      <c r="E8">
+        <v>3</v>
+      </c>
+      <c r="F8" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B9" s="21">
+        <v>45893</v>
+      </c>
+      <c r="C9" s="21">
+        <v>45899</v>
+      </c>
+      <c r="D9">
+        <v>1405</v>
+      </c>
+      <c r="E9">
+        <v>4</v>
+      </c>
+      <c r="F9" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B10" s="21">
+        <v>45900</v>
+      </c>
+      <c r="C10" s="21">
+        <v>45906</v>
+      </c>
+      <c r="D10">
+        <v>1651</v>
+      </c>
+      <c r="E10">
+        <v>7</v>
+      </c>
+      <c r="F10" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B11" s="21">
+        <v>45907</v>
+      </c>
+      <c r="C11" s="21">
+        <v>45913</v>
+      </c>
+      <c r="D11">
+        <v>1813</v>
+      </c>
+      <c r="E11">
+        <v>10</v>
+      </c>
+      <c r="F11" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B12" s="21">
+        <v>45914</v>
+      </c>
+      <c r="C12" s="21">
+        <v>45920</v>
+      </c>
+      <c r="D12">
+        <v>1791</v>
+      </c>
+      <c r="E12">
+        <v>10</v>
+      </c>
+      <c r="F12" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B13" s="21">
+        <v>45921</v>
+      </c>
+      <c r="C13" s="21">
+        <v>45927</v>
+      </c>
+      <c r="D13">
+        <v>1499</v>
+      </c>
+      <c r="E13">
+        <v>9</v>
+      </c>
+      <c r="F13" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B14" s="21">
+        <v>45928</v>
+      </c>
+      <c r="C14" s="21">
+        <v>45934</v>
+      </c>
+      <c r="D14">
+        <v>984</v>
+      </c>
+      <c r="E14">
+        <v>7</v>
+      </c>
+      <c r="F14" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B15" s="21">
+        <v>45935</v>
+      </c>
+      <c r="C15" s="21">
+        <v>45941</v>
+      </c>
+      <c r="D15">
+        <v>757</v>
+      </c>
+      <c r="E15">
+        <v>5</v>
+      </c>
+      <c r="F15" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B16" s="21">
+        <v>45942</v>
+      </c>
+      <c r="C16" s="21">
+        <v>45948</v>
+      </c>
+      <c r="D16">
+        <v>570</v>
+      </c>
+      <c r="E16">
+        <v>7</v>
+      </c>
+      <c r="F16" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B17" s="21">
+        <v>45949</v>
+      </c>
+      <c r="C17" s="21">
+        <v>45955</v>
+      </c>
+      <c r="D17">
+        <v>536</v>
+      </c>
+      <c r="E17">
+        <v>8</v>
+      </c>
+      <c r="F17" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B18" s="21">
+        <v>45956</v>
+      </c>
+      <c r="C18" s="21">
+        <v>45962</v>
+      </c>
+      <c r="D18">
+        <v>546</v>
+      </c>
+      <c r="E18">
+        <v>5</v>
+      </c>
+      <c r="F18" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B19" s="21">
+        <v>45963</v>
+      </c>
+      <c r="C19" s="21">
+        <v>45969</v>
+      </c>
+      <c r="D19">
+        <v>632</v>
+      </c>
+      <c r="E19">
+        <v>6</v>
+      </c>
+      <c r="F19" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B20" s="21">
+        <v>45970</v>
+      </c>
+      <c r="C20" s="21">
+        <v>45976</v>
+      </c>
+      <c r="D20">
+        <v>605</v>
+      </c>
+      <c r="E20">
+        <v>8</v>
+      </c>
+      <c r="F20" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B21" s="21">
+        <v>45977</v>
+      </c>
+      <c r="C21" s="21">
+        <v>45983</v>
+      </c>
+      <c r="D21">
+        <v>740</v>
+      </c>
+      <c r="E21">
+        <v>5</v>
+      </c>
+      <c r="F21" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B22" s="21">
+        <v>45984</v>
+      </c>
+      <c r="C22" s="21">
+        <v>45990</v>
+      </c>
+      <c r="D22">
+        <v>770</v>
+      </c>
+      <c r="E22">
+        <v>4</v>
+      </c>
+      <c r="F22" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B23" s="21">
+        <v>45991</v>
+      </c>
+      <c r="C23" s="21">
+        <v>45997</v>
+      </c>
+      <c r="D23">
+        <v>1079</v>
+      </c>
+      <c r="E23">
+        <v>4</v>
+      </c>
+      <c r="F23" s="21">
+        <v>46002</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0900-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:E24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="51.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="53.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="17">
+        <v>45851</v>
+      </c>
+      <c r="B2" s="17">
+        <v>45857</v>
+      </c>
+      <c r="C2">
+        <v>86</v>
+      </c>
+      <c r="D2">
+        <v>159334.98781547623</v>
+      </c>
+      <c r="E2" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="17">
+        <v>45844</v>
+      </c>
+      <c r="B3" s="17">
+        <v>45850</v>
+      </c>
+      <c r="C3">
+        <v>76</v>
+      </c>
+      <c r="D3">
+        <v>134760.25814373896</v>
+      </c>
+      <c r="E3" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="17">
+        <v>45837</v>
+      </c>
+      <c r="B4" s="17">
+        <v>45843</v>
+      </c>
+      <c r="C4">
+        <v>68</v>
+      </c>
+      <c r="D4">
+        <v>100124.62167582419</v>
+      </c>
+      <c r="E4" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="17">
+        <v>45893</v>
+      </c>
+      <c r="B5" s="17">
+        <v>45899</v>
+      </c>
+      <c r="C5">
+        <v>86</v>
+      </c>
+      <c r="D5">
+        <v>561050.47919444449</v>
+      </c>
+      <c r="E5" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="17">
+        <v>45949</v>
+      </c>
+      <c r="B6" s="17">
+        <v>45955</v>
+      </c>
+      <c r="C6">
+        <v>84</v>
+      </c>
+      <c r="D6">
+        <v>292615.46054926107</v>
+      </c>
+      <c r="E6" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="17">
+        <v>45977</v>
+      </c>
+      <c r="B7" s="17">
+        <v>45983</v>
+      </c>
+      <c r="C7">
+        <v>97</v>
+      </c>
+      <c r="D7">
+        <v>324923.8448611112</v>
+      </c>
+      <c r="E7" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="17">
+        <v>45858</v>
+      </c>
+      <c r="B8" s="17">
+        <v>45864</v>
+      </c>
+      <c r="C8">
+        <v>87</v>
+      </c>
+      <c r="D8">
+        <v>249257.26503826529</v>
+      </c>
+      <c r="E8" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="17">
+        <v>45935</v>
+      </c>
+      <c r="B9" s="17">
+        <v>45941</v>
+      </c>
+      <c r="C9">
+        <v>92</v>
+      </c>
+      <c r="D9">
+        <v>341335.13829365082</v>
+      </c>
+      <c r="E9" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="17">
+        <v>45991</v>
+      </c>
+      <c r="B10" s="17">
+        <v>45997</v>
+      </c>
+      <c r="C10">
+        <v>68</v>
+      </c>
+      <c r="D10">
+        <v>1144185.3235769698</v>
+      </c>
+      <c r="E10" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="17">
+        <v>45900</v>
+      </c>
+      <c r="B11" s="17">
+        <v>45906</v>
+      </c>
+      <c r="C11">
+        <v>77</v>
+      </c>
+      <c r="D11">
+        <v>627292.690098522</v>
+      </c>
+      <c r="E11" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="17">
+        <v>45886</v>
+      </c>
+      <c r="B12" s="17">
+        <v>45892</v>
+      </c>
+      <c r="C12">
+        <v>93</v>
+      </c>
+      <c r="D12">
+        <v>591151.69624603156</v>
+      </c>
+      <c r="E12" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="17">
+        <v>45970</v>
+      </c>
+      <c r="B13" s="17">
+        <v>45976</v>
+      </c>
+      <c r="C13">
+        <v>89</v>
+      </c>
+      <c r="D13">
+        <v>352695.36802936502</v>
+      </c>
+      <c r="E13" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="17">
+        <v>45963</v>
+      </c>
+      <c r="B14" s="17">
+        <v>45969</v>
+      </c>
+      <c r="C14">
+        <v>90</v>
+      </c>
+      <c r="D14">
+        <v>356802.99054047617</v>
+      </c>
+      <c r="E14" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="17">
+        <v>45921</v>
+      </c>
+      <c r="B15" s="17">
+        <v>45927</v>
+      </c>
+      <c r="C15">
+        <v>81</v>
+      </c>
+      <c r="D15">
+        <v>556942.40208248305</v>
+      </c>
+      <c r="E15" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="17">
+        <v>45865</v>
+      </c>
+      <c r="B16" s="17">
+        <v>45871</v>
+      </c>
+      <c r="C16">
+        <v>89</v>
+      </c>
+      <c r="D16">
+        <v>301419.26244663383</v>
+      </c>
+      <c r="E16" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="17">
+        <v>45942</v>
+      </c>
+      <c r="B17" s="17">
+        <v>45948</v>
+      </c>
+      <c r="C17">
+        <v>79</v>
+      </c>
+      <c r="D17">
+        <v>293632.72977422003</v>
+      </c>
+      <c r="E17" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="17">
+        <v>45928</v>
+      </c>
+      <c r="B18" s="17">
+        <v>45934</v>
+      </c>
+      <c r="C18">
+        <v>92</v>
+      </c>
+      <c r="D18">
+        <v>552160.67856978648</v>
+      </c>
+      <c r="E18" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="17">
+        <v>45872</v>
+      </c>
+      <c r="B19" s="17">
+        <v>45878</v>
+      </c>
+      <c r="C19">
+        <v>91</v>
+      </c>
+      <c r="D19">
+        <v>319557.57723316911</v>
+      </c>
+      <c r="E19" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="17">
+        <v>45956</v>
+      </c>
+      <c r="B20" s="17">
+        <v>45962</v>
+      </c>
+      <c r="C20">
+        <v>88</v>
+      </c>
+      <c r="D20">
+        <v>1952206.9846865078</v>
+      </c>
+      <c r="E20" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="17">
+        <v>45907</v>
+      </c>
+      <c r="B21" s="17">
+        <v>45913</v>
+      </c>
+      <c r="C21">
+        <v>95</v>
+      </c>
+      <c r="D21">
+        <v>1076530.9930090313</v>
+      </c>
+      <c r="E21" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="17">
+        <v>45914</v>
+      </c>
+      <c r="B22" s="17">
+        <v>45920</v>
+      </c>
+      <c r="C22">
+        <v>86</v>
+      </c>
+      <c r="D22">
+        <v>557803.93962698418</v>
+      </c>
+      <c r="E22" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="17">
+        <v>45879</v>
+      </c>
+      <c r="B23" s="17">
+        <v>45885</v>
+      </c>
+      <c r="C23">
+        <v>89</v>
+      </c>
+      <c r="D23">
+        <v>320376.63924999995</v>
+      </c>
+      <c r="E23" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="17">
+        <v>45984</v>
+      </c>
+      <c r="B24" s="17">
+        <v>45990</v>
+      </c>
+      <c r="C24">
+        <v>85</v>
+      </c>
+      <c r="D24">
+        <v>569062.86755936593</v>
+      </c>
+      <c r="E24" s="17">
+        <v>46002</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:E1" xr:uid="{00000000-0001-0000-0500-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:I93"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36.85546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E2" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F2" s="19">
+        <v>45962</v>
+      </c>
+      <c r="G2">
+        <v>7272847</v>
+      </c>
+      <c r="H2">
+        <v>0</v>
+      </c>
+      <c r="I2" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E3" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F3" s="19">
+        <v>45955</v>
+      </c>
+      <c r="G3">
+        <v>7272847</v>
+      </c>
+      <c r="H3">
+        <v>0</v>
+      </c>
+      <c r="I3" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1725</v>
+      </c>
+      <c r="E4" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F4" s="19">
+        <v>45948</v>
+      </c>
+      <c r="G4">
+        <v>7272847</v>
+      </c>
+      <c r="H4">
+        <v>0</v>
+      </c>
+      <c r="I4" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E5" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F5" s="19">
+        <v>45941</v>
+      </c>
+      <c r="G5">
+        <v>7272847</v>
+      </c>
+      <c r="H5">
+        <v>0</v>
+      </c>
+      <c r="I5" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E6" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F6" s="19">
+        <v>45934</v>
+      </c>
+      <c r="G6">
+        <v>7272847</v>
+      </c>
+      <c r="H6">
+        <v>0</v>
+      </c>
+      <c r="I6" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E7" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F7" s="19">
+        <v>45927</v>
+      </c>
+      <c r="G7">
+        <v>7272847</v>
+      </c>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E8" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F8" s="19">
+        <v>45920</v>
+      </c>
+      <c r="G8">
+        <v>7272847</v>
+      </c>
+      <c r="H8">
+        <v>0</v>
+      </c>
+      <c r="I8" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E9" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F9" s="19">
+        <v>45843</v>
+      </c>
+      <c r="G9">
+        <v>7272847</v>
+      </c>
+      <c r="H9">
+        <v>0</v>
+      </c>
+      <c r="I9" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E10" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F10" s="19">
+        <v>45843</v>
+      </c>
+      <c r="G10">
+        <v>68723</v>
+      </c>
+      <c r="H10">
+        <v>0</v>
+      </c>
+      <c r="I10" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E11" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F11" s="19">
+        <v>45850</v>
+      </c>
+      <c r="G11">
+        <v>7272847</v>
+      </c>
+      <c r="H11">
+        <v>0</v>
+      </c>
+      <c r="I11" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E12" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F12" s="19">
+        <v>45850</v>
+      </c>
+      <c r="G12">
+        <v>68723</v>
+      </c>
+      <c r="H12">
+        <v>0</v>
+      </c>
+      <c r="I12" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E13" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F13" s="19">
+        <v>45857</v>
+      </c>
+      <c r="G13">
+        <v>7272847</v>
+      </c>
+      <c r="H13">
+        <v>0</v>
+      </c>
+      <c r="I13" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E14" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F14" s="19">
+        <v>45857</v>
+      </c>
+      <c r="G14">
+        <v>68723</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+      <c r="I14" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E15" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F15" s="19">
+        <v>45864</v>
+      </c>
+      <c r="G15">
+        <v>7272847</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E16" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F16" s="19">
+        <v>45864</v>
+      </c>
+      <c r="G16">
+        <v>68723</v>
+      </c>
+      <c r="H16">
+        <v>0</v>
+      </c>
+      <c r="I16" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E17" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F17" s="19">
+        <v>45871</v>
+      </c>
+      <c r="G17">
+        <v>7272847</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+      <c r="I17" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E18" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F18" s="19">
+        <v>45871</v>
+      </c>
+      <c r="G18">
+        <v>68723</v>
+      </c>
+      <c r="H18">
+        <v>0</v>
+      </c>
+      <c r="I18" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E19" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F19" s="19">
+        <v>45878</v>
+      </c>
+      <c r="G19">
+        <v>7272847</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E20" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F20" s="19">
+        <v>45878</v>
+      </c>
+      <c r="G20">
+        <v>68723</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E21" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F21" s="19">
+        <v>45885</v>
+      </c>
+      <c r="G21">
+        <v>7272847</v>
+      </c>
+      <c r="H21">
+        <v>0</v>
+      </c>
+      <c r="I21" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1797</v>
+      </c>
+      <c r="E22" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F22" s="19">
+        <v>45885</v>
+      </c>
+      <c r="G22">
+        <v>68723</v>
+      </c>
+      <c r="H22">
+        <v>0</v>
+      </c>
+      <c r="I22" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E23" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F23" s="19">
+        <v>45892</v>
+      </c>
+      <c r="G23">
+        <v>7272847</v>
+      </c>
+      <c r="H23">
+        <v>0</v>
+      </c>
+      <c r="I23" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E24" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F24" s="19">
+        <v>45892</v>
+      </c>
+      <c r="G24">
+        <v>68723</v>
+      </c>
+      <c r="H24">
+        <v>0</v>
+      </c>
+      <c r="I24" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E25" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F25" s="19">
+        <v>45899</v>
+      </c>
+      <c r="G25">
+        <v>7272847</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+      <c r="I25" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E26" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F26" s="19">
+        <v>45899</v>
+      </c>
+      <c r="G26">
+        <v>68723</v>
+      </c>
+      <c r="H26">
+        <v>0</v>
+      </c>
+      <c r="I26" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E27" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F27" s="19">
+        <v>45906</v>
+      </c>
+      <c r="G27">
+        <v>7272847</v>
+      </c>
+      <c r="H27">
+        <v>0</v>
+      </c>
+      <c r="I27" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E28" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F28" s="19">
+        <v>45906</v>
+      </c>
+      <c r="G28">
+        <v>68723</v>
+      </c>
+      <c r="H28">
+        <v>0</v>
+      </c>
+      <c r="I28" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E29" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F29" s="19">
+        <v>45913</v>
+      </c>
+      <c r="G29">
+        <v>7272847</v>
+      </c>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E30" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F30" s="19">
+        <v>45843</v>
+      </c>
+      <c r="G30">
+        <v>7272847</v>
+      </c>
+      <c r="H30">
+        <v>0</v>
+      </c>
+      <c r="I30" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E31" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F31" s="19">
+        <v>45850</v>
+      </c>
+      <c r="G31">
+        <v>7272847</v>
+      </c>
+      <c r="H31">
+        <v>0</v>
+      </c>
+      <c r="I31" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E32" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F32" s="19">
+        <v>45857</v>
+      </c>
+      <c r="G32">
+        <v>7272847</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E33" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F33" s="19">
+        <v>45864</v>
+      </c>
+      <c r="G33">
+        <v>7272847</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E34" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F34" s="19">
+        <v>45871</v>
+      </c>
+      <c r="G34">
+        <v>7272847</v>
+      </c>
+      <c r="H34">
+        <v>0</v>
+      </c>
+      <c r="I34" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E35" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F35" s="19">
+        <v>45878</v>
+      </c>
+      <c r="G35">
+        <v>7272847</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E36" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F36" s="19">
+        <v>45885</v>
+      </c>
+      <c r="G36">
+        <v>7272847</v>
+      </c>
+      <c r="H36">
+        <v>0</v>
+      </c>
+      <c r="I36" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E37" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F37" s="19">
+        <v>45892</v>
+      </c>
+      <c r="G37">
+        <v>7272847</v>
+      </c>
+      <c r="H37">
+        <v>0</v>
+      </c>
+      <c r="I37" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E38" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F38" s="19">
+        <v>45899</v>
+      </c>
+      <c r="G38">
+        <v>7272847</v>
+      </c>
+      <c r="H38">
+        <v>0</v>
+      </c>
+      <c r="I38" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E39" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F39" s="19">
+        <v>45843</v>
+      </c>
+      <c r="G39">
+        <v>7272847</v>
+      </c>
+      <c r="H39">
+        <v>0</v>
+      </c>
+      <c r="I39" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E40" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F40" s="19">
+        <v>45850</v>
+      </c>
+      <c r="G40">
+        <v>7272847</v>
+      </c>
+      <c r="H40">
+        <v>0</v>
+      </c>
+      <c r="I40" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1873</v>
+      </c>
+      <c r="E41" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F41" s="19">
+        <v>45857</v>
+      </c>
+      <c r="G41">
+        <v>7272847</v>
+      </c>
+      <c r="H41">
+        <v>0</v>
+      </c>
+      <c r="I41" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1877</v>
+      </c>
+      <c r="E42" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F42" s="19">
+        <v>45864</v>
+      </c>
+      <c r="G42">
+        <v>7272847</v>
+      </c>
+      <c r="H42">
+        <v>0</v>
+      </c>
+      <c r="I42" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E43" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F43" s="19">
+        <v>45871</v>
+      </c>
+      <c r="G43">
+        <v>7272847</v>
+      </c>
+      <c r="H43">
+        <v>0</v>
+      </c>
+      <c r="I43" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1885</v>
+      </c>
+      <c r="E44" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F44" s="19">
+        <v>45878</v>
+      </c>
+      <c r="G44">
+        <v>7272847</v>
+      </c>
+      <c r="H44">
+        <v>0</v>
+      </c>
+      <c r="I44" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E45" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F45" s="19">
+        <v>45885</v>
+      </c>
+      <c r="G45">
+        <v>7272847</v>
+      </c>
+      <c r="H45">
+        <v>0</v>
+      </c>
+      <c r="I45" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E46" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F46" s="19">
+        <v>45892</v>
+      </c>
+      <c r="G46">
+        <v>7272847</v>
+      </c>
+      <c r="H46">
+        <v>0</v>
+      </c>
+      <c r="I46" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E47" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F47" s="19">
+        <v>45899</v>
+      </c>
+      <c r="G47">
+        <v>7272847</v>
+      </c>
+      <c r="H47">
+        <v>0</v>
+      </c>
+      <c r="I47" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E48" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F48" s="19">
+        <v>45906</v>
+      </c>
+      <c r="G48">
+        <v>7272847</v>
+      </c>
+      <c r="H48">
+        <v>0</v>
+      </c>
+      <c r="I48" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E49" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F49" s="19">
+        <v>45990</v>
+      </c>
+      <c r="G49">
+        <v>68723</v>
+      </c>
+      <c r="H49">
+        <v>0.48899999999999999</v>
+      </c>
+      <c r="I49" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E50" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F50" s="19">
+        <v>45962</v>
+      </c>
+      <c r="G50">
+        <v>68723</v>
+      </c>
+      <c r="H50">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="I50" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E51" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F51" s="19">
+        <v>45913</v>
+      </c>
+      <c r="G51">
+        <v>7272847</v>
+      </c>
+      <c r="H51">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="I51" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1917</v>
+      </c>
+      <c r="E52" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F52" s="19">
+        <v>45927</v>
+      </c>
+      <c r="G52">
+        <v>7272847</v>
+      </c>
+      <c r="H52">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="I52" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E53" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F53" s="19">
+        <v>45997</v>
+      </c>
+      <c r="G53">
+        <v>7272847</v>
+      </c>
+      <c r="H53">
+        <v>0.104</v>
+      </c>
+      <c r="I53" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E54" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F54" s="19">
+        <v>45941</v>
+      </c>
+      <c r="G54">
+        <v>7272847</v>
+      </c>
+      <c r="H54">
+        <v>0.157</v>
+      </c>
+      <c r="I54" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E55" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F55" s="19">
+        <v>45934</v>
+      </c>
+      <c r="G55">
+        <v>7272847</v>
+      </c>
+      <c r="H55">
+        <v>0.122</v>
+      </c>
+      <c r="I55" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E56" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F56" s="19">
+        <v>45920</v>
+      </c>
+      <c r="G56">
+        <v>7272847</v>
+      </c>
+      <c r="H56">
+        <v>0.06</v>
+      </c>
+      <c r="I56" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E57" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F57" s="19">
+        <v>45934</v>
+      </c>
+      <c r="G57">
+        <v>7272847</v>
+      </c>
+      <c r="H57">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="I57" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E58" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F58" s="19">
+        <v>45906</v>
+      </c>
+      <c r="G58">
+        <v>7272847</v>
+      </c>
+      <c r="H58">
+        <v>1.9E-2</v>
+      </c>
+      <c r="I58" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1945</v>
+      </c>
+      <c r="E59" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F59" s="19">
+        <v>45920</v>
+      </c>
+      <c r="G59">
+        <v>68723</v>
+      </c>
+      <c r="H59">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="I59" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1949</v>
+      </c>
+      <c r="E60" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F60" s="19">
+        <v>45976</v>
+      </c>
+      <c r="G60">
+        <v>7272847</v>
+      </c>
+      <c r="H60">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="I60" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1953</v>
+      </c>
+      <c r="E61" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F61" s="19">
+        <v>45969</v>
+      </c>
+      <c r="G61">
+        <v>7272847</v>
+      </c>
+      <c r="H61">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="I61" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E62" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F62" s="19">
+        <v>45997</v>
+      </c>
+      <c r="G62">
+        <v>7272847</v>
+      </c>
+      <c r="H62">
+        <v>1.2E-2</v>
+      </c>
+      <c r="I62" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1961</v>
+      </c>
+      <c r="E63" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F63" s="19">
+        <v>45990</v>
+      </c>
+      <c r="G63">
+        <v>7272847</v>
+      </c>
+      <c r="H63">
+        <v>1.2E-2</v>
+      </c>
+      <c r="I63" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E64" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F64" s="19">
+        <v>45983</v>
+      </c>
+      <c r="G64">
+        <v>7272847</v>
+      </c>
+      <c r="H64">
+        <v>1.2E-2</v>
+      </c>
+      <c r="I64" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1969</v>
+      </c>
+      <c r="E65" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F65" s="19">
+        <v>45990</v>
+      </c>
+      <c r="G65">
+        <v>7272847</v>
+      </c>
+      <c r="H65">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="I65" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E66" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F66" s="19">
+        <v>45934</v>
+      </c>
+      <c r="G66">
+        <v>68723</v>
+      </c>
+      <c r="H66">
+        <v>0.109</v>
+      </c>
+      <c r="I66" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E67" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F67" s="19">
+        <v>45997</v>
+      </c>
+      <c r="G67">
+        <v>7272847</v>
+      </c>
+      <c r="H67">
+        <v>0.315</v>
+      </c>
+      <c r="I67" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E68" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F68" s="19">
+        <v>45920</v>
+      </c>
+      <c r="G68">
+        <v>7272847</v>
+      </c>
+      <c r="H68">
+        <v>2.3E-2</v>
+      </c>
+      <c r="I68" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E69" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F69" s="19">
+        <v>45983</v>
+      </c>
+      <c r="G69">
+        <v>7272847</v>
+      </c>
+      <c r="H69">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="I69" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E70" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F70" s="19">
+        <v>45927</v>
+      </c>
+      <c r="G70">
+        <v>7272847</v>
+      </c>
+      <c r="H70">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="I70" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E71" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F71" s="19">
+        <v>45913</v>
+      </c>
+      <c r="G71">
+        <v>7272847</v>
+      </c>
+      <c r="H71">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="I71" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E72" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F72" s="19">
+        <v>45976</v>
+      </c>
+      <c r="G72">
+        <v>7272847</v>
+      </c>
+      <c r="H72">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="I72" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C73" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E73" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F73" s="19">
+        <v>45976</v>
+      </c>
+      <c r="G73">
+        <v>68723</v>
+      </c>
+      <c r="H73">
+        <v>0.433</v>
+      </c>
+      <c r="I73" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E74" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F74" s="19">
+        <v>45962</v>
+      </c>
+      <c r="G74">
+        <v>7272847</v>
+      </c>
+      <c r="H74">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="I74" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2009</v>
+      </c>
+      <c r="E75" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F75" s="19">
+        <v>45983</v>
+      </c>
+      <c r="G75">
+        <v>68723</v>
+      </c>
+      <c r="H75">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="I75" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E76" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F76" s="19">
+        <v>45941</v>
+      </c>
+      <c r="G76">
+        <v>68723</v>
+      </c>
+      <c r="H76">
+        <v>0.188</v>
+      </c>
+      <c r="I76" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C77" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E77" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F77" s="19">
+        <v>45948</v>
+      </c>
+      <c r="G77">
+        <v>68723</v>
+      </c>
+      <c r="H77">
+        <v>0.248</v>
+      </c>
+      <c r="I77" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C78" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E78" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F78" s="19">
+        <v>45948</v>
+      </c>
+      <c r="G78">
+        <v>7272847</v>
+      </c>
+      <c r="H78">
+        <v>0.187</v>
+      </c>
+      <c r="I78" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C79" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E79" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F79" s="19">
+        <v>45969</v>
+      </c>
+      <c r="G79">
+        <v>7272847</v>
+      </c>
+      <c r="H79">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="I79" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C80" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D80" t="s">
+        <v>2029</v>
+      </c>
+      <c r="E80" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F80" s="19">
+        <v>45955</v>
+      </c>
+      <c r="G80">
+        <v>68723</v>
+      </c>
+      <c r="H80">
+        <v>0.308</v>
+      </c>
+      <c r="I80" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C81" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E81" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F81" s="19">
+        <v>45969</v>
+      </c>
+      <c r="G81">
+        <v>7272847</v>
+      </c>
+      <c r="H81">
+        <v>0.01</v>
+      </c>
+      <c r="I81" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C82" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2037</v>
+      </c>
+      <c r="E82" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F82" s="19">
+        <v>45955</v>
+      </c>
+      <c r="G82">
+        <v>7272847</v>
+      </c>
+      <c r="H82">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="I82" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C83" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E83" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F83" s="19">
+        <v>45955</v>
+      </c>
+      <c r="G83">
+        <v>7272847</v>
+      </c>
+      <c r="H83">
+        <v>0.217</v>
+      </c>
+      <c r="I83" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C84" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D84" t="s">
+        <v>2045</v>
+      </c>
+      <c r="E84" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F84" s="19">
+        <v>45990</v>
+      </c>
+      <c r="G84">
+        <v>7272847</v>
+      </c>
+      <c r="H84">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="I84" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C85" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D85" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E85" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F85" s="19">
+        <v>45976</v>
+      </c>
+      <c r="G85">
+        <v>7272847</v>
+      </c>
+      <c r="H85">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="I85" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C86" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2053</v>
+      </c>
+      <c r="E86" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F86" s="19">
+        <v>45927</v>
+      </c>
+      <c r="G86">
+        <v>68723</v>
+      </c>
+      <c r="H86">
+        <v>0.05</v>
+      </c>
+      <c r="I86" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C87" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E87" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F87" s="19">
+        <v>45969</v>
+      </c>
+      <c r="G87">
+        <v>68723</v>
+      </c>
+      <c r="H87">
+        <v>0.39800000000000002</v>
+      </c>
+      <c r="I87" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C88" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E88" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F88" s="19">
+        <v>45948</v>
+      </c>
+      <c r="G88">
+        <v>7272847</v>
+      </c>
+      <c r="H88">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="I88" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C89" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E89" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F89" s="19">
+        <v>45913</v>
+      </c>
+      <c r="G89">
+        <v>68723</v>
+      </c>
+      <c r="H89">
+        <v>0.02</v>
+      </c>
+      <c r="I89" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C90" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E90" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F90" s="19">
+        <v>45983</v>
+      </c>
+      <c r="G90">
+        <v>7272847</v>
+      </c>
+      <c r="H90">
+        <v>0.29699999999999999</v>
+      </c>
+      <c r="I90" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C91" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D91" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E91" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F91" s="19">
+        <v>45962</v>
+      </c>
+      <c r="G91">
+        <v>7272847</v>
+      </c>
+      <c r="H91">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="I91" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C92" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D92" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E92" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F92" s="19">
+        <v>45941</v>
+      </c>
+      <c r="G92">
+        <v>7272847</v>
+      </c>
+      <c r="H92">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="I92" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C93" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E93" s="19">
+        <v>45837</v>
+      </c>
+      <c r="F93" s="19">
+        <v>45997</v>
+      </c>
+      <c r="G93">
+        <v>68723</v>
+      </c>
+      <c r="H93">
+        <v>0.51400000000000001</v>
+      </c>
+      <c r="I93" s="19">
+        <v>46002</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:I1" xr:uid="{00000000-0001-0000-0700-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:I203"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="35.28515625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B2" t="s">
+        <v>494</v>
+      </c>
+      <c r="C2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D2" t="s">
+        <v>496</v>
+      </c>
+      <c r="E2" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F2" s="18">
+        <v>45843</v>
+      </c>
+      <c r="G2" t="s">
+        <v>497</v>
+      </c>
+      <c r="H2" t="s">
+        <v>498</v>
+      </c>
+      <c r="I2" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B3" t="s">
+        <v>500</v>
+      </c>
+      <c r="C3" t="s">
+        <v>501</v>
+      </c>
+      <c r="D3" t="s">
+        <v>502</v>
+      </c>
+      <c r="E3" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F3" s="18">
+        <v>45850</v>
+      </c>
+      <c r="G3" t="s">
+        <v>503</v>
+      </c>
+      <c r="H3" t="s">
+        <v>504</v>
+      </c>
+      <c r="I3" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>505</v>
+      </c>
+      <c r="B4" t="s">
+        <v>506</v>
+      </c>
+      <c r="C4" t="s">
+        <v>507</v>
+      </c>
+      <c r="D4" t="s">
+        <v>508</v>
+      </c>
+      <c r="E4" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F4" s="18">
+        <v>45857</v>
+      </c>
+      <c r="G4" t="s">
+        <v>509</v>
+      </c>
+      <c r="H4" t="s">
+        <v>510</v>
+      </c>
+      <c r="I4" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B5" t="s">
+        <v>512</v>
+      </c>
+      <c r="C5" t="s">
+        <v>513</v>
+      </c>
+      <c r="D5" t="s">
+        <v>514</v>
+      </c>
+      <c r="E5" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F5" s="18">
+        <v>45864</v>
+      </c>
+      <c r="G5" t="s">
+        <v>515</v>
+      </c>
+      <c r="H5" t="s">
+        <v>516</v>
+      </c>
+      <c r="I5" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>517</v>
+      </c>
+      <c r="B6" t="s">
+        <v>518</v>
+      </c>
+      <c r="C6" t="s">
+        <v>519</v>
+      </c>
+      <c r="D6" t="s">
+        <v>520</v>
+      </c>
+      <c r="E6" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F6" s="18">
+        <v>45871</v>
+      </c>
+      <c r="G6" t="s">
+        <v>521</v>
+      </c>
+      <c r="H6" t="s">
+        <v>522</v>
+      </c>
+      <c r="I6" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>523</v>
+      </c>
+      <c r="B7" t="s">
+        <v>524</v>
+      </c>
+      <c r="C7" t="s">
+        <v>525</v>
+      </c>
+      <c r="D7" t="s">
+        <v>526</v>
+      </c>
+      <c r="E7" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F7" s="18">
+        <v>45878</v>
+      </c>
+      <c r="G7" t="s">
+        <v>527</v>
+      </c>
+      <c r="H7" t="s">
+        <v>528</v>
+      </c>
+      <c r="I7" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>529</v>
+      </c>
+      <c r="B8" t="s">
+        <v>530</v>
+      </c>
+      <c r="C8" t="s">
+        <v>531</v>
+      </c>
+      <c r="D8" t="s">
+        <v>532</v>
+      </c>
+      <c r="E8" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F8" s="18">
+        <v>45885</v>
+      </c>
+      <c r="G8" t="s">
+        <v>533</v>
+      </c>
+      <c r="H8" t="s">
+        <v>534</v>
+      </c>
+      <c r="I8" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>535</v>
+      </c>
+      <c r="B9" t="s">
+        <v>536</v>
+      </c>
+      <c r="C9" t="s">
+        <v>537</v>
+      </c>
+      <c r="D9" t="s">
+        <v>538</v>
+      </c>
+      <c r="E9" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F9" s="18">
+        <v>45892</v>
+      </c>
+      <c r="G9" t="s">
+        <v>539</v>
+      </c>
+      <c r="H9" t="s">
+        <v>540</v>
+      </c>
+      <c r="I9" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>541</v>
+      </c>
+      <c r="B10" t="s">
+        <v>542</v>
+      </c>
+      <c r="C10" t="s">
+        <v>543</v>
+      </c>
+      <c r="D10" t="s">
+        <v>544</v>
+      </c>
+      <c r="E10" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F10" s="18">
+        <v>45899</v>
+      </c>
+      <c r="G10" t="s">
+        <v>545</v>
+      </c>
+      <c r="H10" t="s">
+        <v>546</v>
+      </c>
+      <c r="I10" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>547</v>
+      </c>
+      <c r="B11" t="s">
+        <v>548</v>
+      </c>
+      <c r="C11" t="s">
+        <v>549</v>
+      </c>
+      <c r="D11" t="s">
+        <v>550</v>
+      </c>
+      <c r="E11" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F11" s="18">
+        <v>45906</v>
+      </c>
+      <c r="G11" t="s">
+        <v>551</v>
+      </c>
+      <c r="H11" t="s">
+        <v>552</v>
+      </c>
+      <c r="I11" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>553</v>
+      </c>
+      <c r="B12" t="s">
+        <v>554</v>
+      </c>
+      <c r="C12" t="s">
+        <v>555</v>
+      </c>
+      <c r="D12" t="s">
+        <v>556</v>
+      </c>
+      <c r="E12" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F12" s="18">
+        <v>45913</v>
+      </c>
+      <c r="G12" t="s">
+        <v>557</v>
+      </c>
+      <c r="H12" t="s">
+        <v>558</v>
+      </c>
+      <c r="I12" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>559</v>
+      </c>
+      <c r="B13" t="s">
+        <v>560</v>
+      </c>
+      <c r="C13" t="s">
+        <v>561</v>
+      </c>
+      <c r="D13" t="s">
+        <v>562</v>
+      </c>
+      <c r="E13" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F13" s="18">
+        <v>45920</v>
+      </c>
+      <c r="G13" t="s">
+        <v>563</v>
+      </c>
+      <c r="H13" t="s">
+        <v>564</v>
+      </c>
+      <c r="I13" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>565</v>
+      </c>
+      <c r="B14" t="s">
+        <v>566</v>
+      </c>
+      <c r="C14" t="s">
+        <v>567</v>
+      </c>
+      <c r="D14" t="s">
+        <v>568</v>
+      </c>
+      <c r="E14" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F14" s="18">
+        <v>45927</v>
+      </c>
+      <c r="G14" t="s">
+        <v>569</v>
+      </c>
+      <c r="H14" t="s">
+        <v>570</v>
+      </c>
+      <c r="I14" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>571</v>
+      </c>
+      <c r="B15" t="s">
+        <v>572</v>
+      </c>
+      <c r="C15" t="s">
+        <v>573</v>
+      </c>
+      <c r="D15" t="s">
+        <v>574</v>
+      </c>
+      <c r="E15" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F15" s="18">
+        <v>45934</v>
+      </c>
+      <c r="G15" t="s">
+        <v>575</v>
+      </c>
+      <c r="H15" t="s">
+        <v>576</v>
+      </c>
+      <c r="I15" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>577</v>
+      </c>
+      <c r="B16" t="s">
+        <v>578</v>
+      </c>
+      <c r="C16" t="s">
+        <v>579</v>
+      </c>
+      <c r="D16" t="s">
+        <v>580</v>
+      </c>
+      <c r="E16" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F16" s="18">
+        <v>45941</v>
+      </c>
+      <c r="G16" t="s">
+        <v>581</v>
+      </c>
+      <c r="H16" t="s">
+        <v>582</v>
+      </c>
+      <c r="I16" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>583</v>
+      </c>
+      <c r="B17" t="s">
+        <v>584</v>
+      </c>
+      <c r="C17" t="s">
+        <v>585</v>
+      </c>
+      <c r="D17" t="s">
+        <v>586</v>
+      </c>
+      <c r="E17" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F17" s="18">
+        <v>45948</v>
+      </c>
+      <c r="G17" t="s">
+        <v>587</v>
+      </c>
+      <c r="H17" t="s">
+        <v>588</v>
+      </c>
+      <c r="I17" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>589</v>
+      </c>
+      <c r="B18" t="s">
+        <v>590</v>
+      </c>
+      <c r="C18" t="s">
+        <v>591</v>
+      </c>
+      <c r="D18" t="s">
+        <v>592</v>
+      </c>
+      <c r="E18" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F18" s="18">
+        <v>45955</v>
+      </c>
+      <c r="G18" t="s">
+        <v>593</v>
+      </c>
+      <c r="H18" t="s">
+        <v>594</v>
+      </c>
+      <c r="I18" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>595</v>
+      </c>
+      <c r="B19" t="s">
+        <v>596</v>
+      </c>
+      <c r="C19" t="s">
+        <v>597</v>
+      </c>
+      <c r="D19" t="s">
+        <v>598</v>
+      </c>
+      <c r="E19" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F19" s="18">
+        <v>45962</v>
+      </c>
+      <c r="G19" t="s">
+        <v>599</v>
+      </c>
+      <c r="H19" t="s">
+        <v>600</v>
+      </c>
+      <c r="I19" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>601</v>
+      </c>
+      <c r="B20" t="s">
+        <v>602</v>
+      </c>
+      <c r="C20" t="s">
+        <v>603</v>
+      </c>
+      <c r="D20" t="s">
+        <v>604</v>
+      </c>
+      <c r="E20" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F20" s="18">
+        <v>45969</v>
+      </c>
+      <c r="G20" t="s">
+        <v>605</v>
+      </c>
+      <c r="H20" t="s">
+        <v>606</v>
+      </c>
+      <c r="I20" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>607</v>
+      </c>
+      <c r="B21" t="s">
+        <v>608</v>
+      </c>
+      <c r="C21" t="s">
+        <v>609</v>
+      </c>
+      <c r="D21" t="s">
+        <v>610</v>
+      </c>
+      <c r="E21" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F21" s="18">
+        <v>45976</v>
+      </c>
+      <c r="G21" t="s">
+        <v>611</v>
+      </c>
+      <c r="H21" t="s">
+        <v>612</v>
+      </c>
+      <c r="I21" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>613</v>
+      </c>
+      <c r="B22" t="s">
+        <v>614</v>
+      </c>
+      <c r="C22" t="s">
+        <v>615</v>
+      </c>
+      <c r="D22" t="s">
+        <v>616</v>
+      </c>
+      <c r="E22" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F22" s="18">
+        <v>45983</v>
+      </c>
+      <c r="G22" t="s">
+        <v>617</v>
+      </c>
+      <c r="H22" t="s">
+        <v>618</v>
+      </c>
+      <c r="I22" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>619</v>
+      </c>
+      <c r="B23" t="s">
+        <v>620</v>
+      </c>
+      <c r="C23" t="s">
+        <v>621</v>
+      </c>
+      <c r="D23" t="s">
+        <v>622</v>
+      </c>
+      <c r="E23" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F23" s="18">
+        <v>45990</v>
+      </c>
+      <c r="G23" t="s">
+        <v>623</v>
+      </c>
+      <c r="H23" t="s">
+        <v>624</v>
+      </c>
+      <c r="I23" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>625</v>
+      </c>
+      <c r="B24" t="s">
+        <v>626</v>
+      </c>
+      <c r="C24" t="s">
+        <v>627</v>
+      </c>
+      <c r="D24" t="s">
+        <v>628</v>
+      </c>
+      <c r="E24" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F24" s="18">
+        <v>45997</v>
+      </c>
+      <c r="G24" t="s">
+        <v>629</v>
+      </c>
+      <c r="H24" t="s">
+        <v>630</v>
+      </c>
+      <c r="I24" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>631</v>
+      </c>
+      <c r="B25" t="s">
+        <v>632</v>
+      </c>
+      <c r="C25" t="s">
+        <v>633</v>
+      </c>
+      <c r="D25" t="s">
+        <v>634</v>
+      </c>
+      <c r="E25" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F25" s="18">
+        <v>45843</v>
+      </c>
+      <c r="G25" t="s">
+        <v>635</v>
+      </c>
+      <c r="H25" t="s">
+        <v>636</v>
+      </c>
+      <c r="I25" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>637</v>
+      </c>
+      <c r="B26" t="s">
+        <v>638</v>
+      </c>
+      <c r="C26" t="s">
+        <v>639</v>
+      </c>
+      <c r="D26" t="s">
+        <v>640</v>
+      </c>
+      <c r="E26" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F26" s="18">
+        <v>45850</v>
+      </c>
+      <c r="G26" t="s">
+        <v>641</v>
+      </c>
+      <c r="H26" t="s">
+        <v>642</v>
+      </c>
+      <c r="I26" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>643</v>
+      </c>
+      <c r="B27" t="s">
+        <v>644</v>
+      </c>
+      <c r="C27" t="s">
+        <v>645</v>
+      </c>
+      <c r="D27" t="s">
+        <v>646</v>
+      </c>
+      <c r="E27" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F27" s="18">
+        <v>45857</v>
+      </c>
+      <c r="G27" t="s">
+        <v>647</v>
+      </c>
+      <c r="H27" t="s">
+        <v>648</v>
+      </c>
+      <c r="I27" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>649</v>
+      </c>
+      <c r="B28" t="s">
+        <v>650</v>
+      </c>
+      <c r="C28" t="s">
+        <v>651</v>
+      </c>
+      <c r="D28" t="s">
+        <v>652</v>
+      </c>
+      <c r="E28" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F28" s="18">
+        <v>45864</v>
+      </c>
+      <c r="G28" t="s">
+        <v>653</v>
+      </c>
+      <c r="H28" t="s">
+        <v>654</v>
+      </c>
+      <c r="I28" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>655</v>
+      </c>
+      <c r="B29" t="s">
+        <v>656</v>
+      </c>
+      <c r="C29" t="s">
+        <v>657</v>
+      </c>
+      <c r="D29" t="s">
+        <v>658</v>
+      </c>
+      <c r="E29" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F29" s="18">
+        <v>45871</v>
+      </c>
+      <c r="G29" t="s">
+        <v>659</v>
+      </c>
+      <c r="H29" t="s">
+        <v>660</v>
+      </c>
+      <c r="I29" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>661</v>
+      </c>
+      <c r="B30" t="s">
+        <v>662</v>
+      </c>
+      <c r="C30" t="s">
+        <v>663</v>
+      </c>
+      <c r="D30" t="s">
+        <v>664</v>
+      </c>
+      <c r="E30" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F30" s="18">
+        <v>45878</v>
+      </c>
+      <c r="G30" t="s">
+        <v>665</v>
+      </c>
+      <c r="H30" t="s">
+        <v>666</v>
+      </c>
+      <c r="I30" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>667</v>
+      </c>
+      <c r="B31" t="s">
+        <v>668</v>
+      </c>
+      <c r="C31" t="s">
+        <v>669</v>
+      </c>
+      <c r="D31" t="s">
+        <v>670</v>
+      </c>
+      <c r="E31" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F31" s="18">
+        <v>45885</v>
+      </c>
+      <c r="G31" t="s">
+        <v>671</v>
+      </c>
+      <c r="H31" t="s">
+        <v>672</v>
+      </c>
+      <c r="I31" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>673</v>
+      </c>
+      <c r="B32" t="s">
+        <v>674</v>
+      </c>
+      <c r="C32" t="s">
+        <v>675</v>
+      </c>
+      <c r="D32" t="s">
+        <v>676</v>
+      </c>
+      <c r="E32" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F32" s="18">
+        <v>45892</v>
+      </c>
+      <c r="G32" t="s">
+        <v>677</v>
+      </c>
+      <c r="H32" t="s">
+        <v>678</v>
+      </c>
+      <c r="I32" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>679</v>
+      </c>
+      <c r="B33" t="s">
+        <v>680</v>
+      </c>
+      <c r="C33" t="s">
+        <v>681</v>
+      </c>
+      <c r="D33" t="s">
+        <v>682</v>
+      </c>
+      <c r="E33" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F33" s="18">
+        <v>45899</v>
+      </c>
+      <c r="G33" t="s">
+        <v>683</v>
+      </c>
+      <c r="H33" t="s">
+        <v>684</v>
+      </c>
+      <c r="I33" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>685</v>
+      </c>
+      <c r="B34" t="s">
+        <v>686</v>
+      </c>
+      <c r="C34" t="s">
+        <v>687</v>
+      </c>
+      <c r="D34" t="s">
+        <v>688</v>
+      </c>
+      <c r="E34" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F34" s="18">
+        <v>45906</v>
+      </c>
+      <c r="G34" t="s">
+        <v>689</v>
+      </c>
+      <c r="H34" t="s">
+        <v>690</v>
+      </c>
+      <c r="I34" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>691</v>
+      </c>
+      <c r="B35" t="s">
+        <v>692</v>
+      </c>
+      <c r="C35" t="s">
+        <v>693</v>
+      </c>
+      <c r="D35" t="s">
+        <v>694</v>
+      </c>
+      <c r="E35" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F35" s="18">
+        <v>45913</v>
+      </c>
+      <c r="G35" t="s">
+        <v>695</v>
+      </c>
+      <c r="H35" t="s">
+        <v>696</v>
+      </c>
+      <c r="I35" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>697</v>
+      </c>
+      <c r="B36" t="s">
+        <v>698</v>
+      </c>
+      <c r="C36" t="s">
+        <v>699</v>
+      </c>
+      <c r="D36" t="s">
+        <v>700</v>
+      </c>
+      <c r="E36" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F36" s="18">
+        <v>45920</v>
+      </c>
+      <c r="G36" t="s">
+        <v>701</v>
+      </c>
+      <c r="H36" t="s">
+        <v>702</v>
+      </c>
+      <c r="I36" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>703</v>
+      </c>
+      <c r="B37" t="s">
+        <v>704</v>
+      </c>
+      <c r="C37" t="s">
+        <v>705</v>
+      </c>
+      <c r="D37" t="s">
+        <v>706</v>
+      </c>
+      <c r="E37" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F37" s="18">
+        <v>45927</v>
+      </c>
+      <c r="G37" t="s">
+        <v>707</v>
+      </c>
+      <c r="H37" t="s">
+        <v>708</v>
+      </c>
+      <c r="I37" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>709</v>
+      </c>
+      <c r="B38" t="s">
+        <v>710</v>
+      </c>
+      <c r="C38" t="s">
+        <v>711</v>
+      </c>
+      <c r="D38" t="s">
+        <v>712</v>
+      </c>
+      <c r="E38" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F38" s="18">
+        <v>45934</v>
+      </c>
+      <c r="G38" t="s">
+        <v>713</v>
+      </c>
+      <c r="H38" t="s">
+        <v>714</v>
+      </c>
+      <c r="I38" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>715</v>
+      </c>
+      <c r="B39" t="s">
+        <v>716</v>
+      </c>
+      <c r="C39" t="s">
+        <v>717</v>
+      </c>
+      <c r="D39" t="s">
+        <v>718</v>
+      </c>
+      <c r="E39" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F39" s="18">
+        <v>45941</v>
+      </c>
+      <c r="G39" t="s">
+        <v>719</v>
+      </c>
+      <c r="H39" t="s">
+        <v>720</v>
+      </c>
+      <c r="I39" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>721</v>
+      </c>
+      <c r="B40" t="s">
+        <v>722</v>
+      </c>
+      <c r="C40" t="s">
+        <v>723</v>
+      </c>
+      <c r="D40" t="s">
+        <v>724</v>
+      </c>
+      <c r="E40" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F40" s="18">
+        <v>45948</v>
+      </c>
+      <c r="G40" t="s">
+        <v>725</v>
+      </c>
+      <c r="H40" t="s">
+        <v>726</v>
+      </c>
+      <c r="I40" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>727</v>
+      </c>
+      <c r="B41" t="s">
+        <v>728</v>
+      </c>
+      <c r="C41" t="s">
+        <v>729</v>
+      </c>
+      <c r="D41" t="s">
+        <v>730</v>
+      </c>
+      <c r="E41" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F41" s="18">
+        <v>45955</v>
+      </c>
+      <c r="G41" t="s">
+        <v>731</v>
+      </c>
+      <c r="H41" t="s">
+        <v>732</v>
+      </c>
+      <c r="I41" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>733</v>
+      </c>
+      <c r="B42" t="s">
+        <v>734</v>
+      </c>
+      <c r="C42" t="s">
+        <v>735</v>
+      </c>
+      <c r="D42" t="s">
+        <v>736</v>
+      </c>
+      <c r="E42" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F42" s="18">
+        <v>45962</v>
+      </c>
+      <c r="G42" t="s">
+        <v>737</v>
+      </c>
+      <c r="H42" t="s">
+        <v>738</v>
+      </c>
+      <c r="I42" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>739</v>
+      </c>
+      <c r="B43" t="s">
+        <v>740</v>
+      </c>
+      <c r="C43" t="s">
+        <v>741</v>
+      </c>
+      <c r="D43" t="s">
+        <v>742</v>
+      </c>
+      <c r="E43" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F43" s="18">
+        <v>45969</v>
+      </c>
+      <c r="G43" t="s">
+        <v>743</v>
+      </c>
+      <c r="H43" t="s">
+        <v>744</v>
+      </c>
+      <c r="I43" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>745</v>
+      </c>
+      <c r="B44" t="s">
+        <v>746</v>
+      </c>
+      <c r="C44" t="s">
+        <v>747</v>
+      </c>
+      <c r="D44" t="s">
+        <v>748</v>
+      </c>
+      <c r="E44" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F44" s="18">
+        <v>45976</v>
+      </c>
+      <c r="G44" t="s">
+        <v>749</v>
+      </c>
+      <c r="H44" t="s">
+        <v>750</v>
+      </c>
+      <c r="I44" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>751</v>
+      </c>
+      <c r="B45" t="s">
+        <v>752</v>
+      </c>
+      <c r="C45" t="s">
+        <v>753</v>
+      </c>
+      <c r="D45" t="s">
+        <v>754</v>
+      </c>
+      <c r="E45" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F45" s="18">
+        <v>45983</v>
+      </c>
+      <c r="G45" t="s">
+        <v>755</v>
+      </c>
+      <c r="H45" t="s">
+        <v>756</v>
+      </c>
+      <c r="I45" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>757</v>
+      </c>
+      <c r="B46" t="s">
+        <v>758</v>
+      </c>
+      <c r="C46" t="s">
+        <v>759</v>
+      </c>
+      <c r="D46" t="s">
+        <v>760</v>
+      </c>
+      <c r="E46" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F46" s="18">
+        <v>45990</v>
+      </c>
+      <c r="G46" t="s">
+        <v>761</v>
+      </c>
+      <c r="H46" t="s">
+        <v>762</v>
+      </c>
+      <c r="I46" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>763</v>
+      </c>
+      <c r="B47" t="s">
+        <v>764</v>
+      </c>
+      <c r="C47" t="s">
+        <v>765</v>
+      </c>
+      <c r="D47" t="s">
+        <v>766</v>
+      </c>
+      <c r="E47" s="18">
+        <v>45837</v>
+      </c>
+      <c r="F47" s="18">
+        <v>45997</v>
+      </c>
+      <c r="G47" t="s">
+        <v>767</v>
+      </c>
+      <c r="H47" t="s">
+        <v>768</v>
+      </c>
+      <c r="I47" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>769</v>
+      </c>
+      <c r="B48" t="s">
+        <v>770</v>
+      </c>
+      <c r="C48" t="s">
+        <v>771</v>
+      </c>
+      <c r="D48" t="s">
+        <v>772</v>
+      </c>
+      <c r="E48" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F48" s="18">
+        <v>44751</v>
+      </c>
+      <c r="G48" t="s">
+        <v>773</v>
+      </c>
+      <c r="H48" t="s">
+        <v>774</v>
+      </c>
+      <c r="I48" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>775</v>
+      </c>
+      <c r="B49" t="s">
+        <v>776</v>
+      </c>
+      <c r="C49" t="s">
+        <v>777</v>
+      </c>
+      <c r="D49" t="s">
+        <v>778</v>
+      </c>
+      <c r="E49" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F49" s="18">
+        <v>44758</v>
+      </c>
+      <c r="G49" t="s">
+        <v>779</v>
+      </c>
+      <c r="H49" t="s">
+        <v>780</v>
+      </c>
+      <c r="I49" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>781</v>
+      </c>
+      <c r="B50" t="s">
+        <v>782</v>
+      </c>
+      <c r="C50" t="s">
+        <v>783</v>
+      </c>
+      <c r="D50" t="s">
+        <v>784</v>
+      </c>
+      <c r="E50" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F50" s="18">
+        <v>44765</v>
+      </c>
+      <c r="G50" t="s">
+        <v>785</v>
+      </c>
+      <c r="H50" t="s">
+        <v>786</v>
+      </c>
+      <c r="I50" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>787</v>
+      </c>
+      <c r="B51" t="s">
+        <v>788</v>
+      </c>
+      <c r="C51" t="s">
+        <v>789</v>
+      </c>
+      <c r="D51" t="s">
+        <v>790</v>
+      </c>
+      <c r="E51" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F51" s="18">
+        <v>44772</v>
+      </c>
+      <c r="G51" t="s">
+        <v>791</v>
+      </c>
+      <c r="H51" t="s">
+        <v>792</v>
+      </c>
+      <c r="I51" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>793</v>
+      </c>
+      <c r="B52" t="s">
+        <v>794</v>
+      </c>
+      <c r="C52" t="s">
+        <v>795</v>
+      </c>
+      <c r="D52" t="s">
+        <v>796</v>
+      </c>
+      <c r="E52" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F52" s="18">
+        <v>44779</v>
+      </c>
+      <c r="G52" t="s">
+        <v>797</v>
+      </c>
+      <c r="H52" t="s">
+        <v>798</v>
+      </c>
+      <c r="I52" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>799</v>
+      </c>
+      <c r="B53" t="s">
+        <v>800</v>
+      </c>
+      <c r="C53" t="s">
+        <v>801</v>
+      </c>
+      <c r="D53" t="s">
+        <v>802</v>
+      </c>
+      <c r="E53" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F53" s="18">
+        <v>44786</v>
+      </c>
+      <c r="G53" t="s">
+        <v>803</v>
+      </c>
+      <c r="H53" t="s">
+        <v>804</v>
+      </c>
+      <c r="I53" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>805</v>
+      </c>
+      <c r="B54" t="s">
+        <v>806</v>
+      </c>
+      <c r="C54" t="s">
+        <v>807</v>
+      </c>
+      <c r="D54" t="s">
+        <v>808</v>
+      </c>
+      <c r="E54" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F54" s="18">
+        <v>44793</v>
+      </c>
+      <c r="G54" t="s">
+        <v>809</v>
+      </c>
+      <c r="H54" t="s">
+        <v>810</v>
+      </c>
+      <c r="I54" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>811</v>
+      </c>
+      <c r="B55" t="s">
+        <v>812</v>
+      </c>
+      <c r="C55" t="s">
+        <v>813</v>
+      </c>
+      <c r="D55" t="s">
+        <v>814</v>
+      </c>
+      <c r="E55" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F55" s="18">
+        <v>44800</v>
+      </c>
+      <c r="G55" t="s">
+        <v>815</v>
+      </c>
+      <c r="H55" t="s">
+        <v>816</v>
+      </c>
+      <c r="I55" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>817</v>
+      </c>
+      <c r="B56" t="s">
+        <v>818</v>
+      </c>
+      <c r="C56" t="s">
+        <v>819</v>
+      </c>
+      <c r="D56" t="s">
+        <v>820</v>
+      </c>
+      <c r="E56" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F56" s="18">
+        <v>44807</v>
+      </c>
+      <c r="G56" t="s">
+        <v>821</v>
+      </c>
+      <c r="H56" t="s">
+        <v>822</v>
+      </c>
+      <c r="I56" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>823</v>
+      </c>
+      <c r="B57" t="s">
+        <v>824</v>
+      </c>
+      <c r="C57" t="s">
+        <v>825</v>
+      </c>
+      <c r="D57" t="s">
+        <v>826</v>
+      </c>
+      <c r="E57" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F57" s="18">
+        <v>44814</v>
+      </c>
+      <c r="G57" t="s">
+        <v>827</v>
+      </c>
+      <c r="H57" t="s">
+        <v>828</v>
+      </c>
+      <c r="I57" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>829</v>
+      </c>
+      <c r="B58" t="s">
+        <v>830</v>
+      </c>
+      <c r="C58" t="s">
+        <v>831</v>
+      </c>
+      <c r="D58" t="s">
+        <v>832</v>
+      </c>
+      <c r="E58" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F58" s="18">
+        <v>44821</v>
+      </c>
+      <c r="G58" t="s">
+        <v>833</v>
+      </c>
+      <c r="H58" t="s">
+        <v>834</v>
+      </c>
+      <c r="I58" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>835</v>
+      </c>
+      <c r="B59" t="s">
+        <v>836</v>
+      </c>
+      <c r="C59" t="s">
+        <v>837</v>
+      </c>
+      <c r="D59" t="s">
+        <v>838</v>
+      </c>
+      <c r="E59" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F59" s="18">
+        <v>44828</v>
+      </c>
+      <c r="G59" t="s">
+        <v>839</v>
+      </c>
+      <c r="H59" t="s">
+        <v>840</v>
+      </c>
+      <c r="I59" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>841</v>
+      </c>
+      <c r="B60" t="s">
+        <v>842</v>
+      </c>
+      <c r="C60" t="s">
+        <v>843</v>
+      </c>
+      <c r="D60" t="s">
+        <v>844</v>
+      </c>
+      <c r="E60" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F60" s="18">
+        <v>44835</v>
+      </c>
+      <c r="G60" t="s">
+        <v>845</v>
+      </c>
+      <c r="H60" t="s">
+        <v>846</v>
+      </c>
+      <c r="I60" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>847</v>
+      </c>
+      <c r="B61" t="s">
+        <v>848</v>
+      </c>
+      <c r="C61" t="s">
+        <v>849</v>
+      </c>
+      <c r="D61" t="s">
+        <v>850</v>
+      </c>
+      <c r="E61" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F61" s="18">
+        <v>44842</v>
+      </c>
+      <c r="G61" t="s">
+        <v>851</v>
+      </c>
+      <c r="H61" t="s">
+        <v>852</v>
+      </c>
+      <c r="I61" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>853</v>
+      </c>
+      <c r="B62" t="s">
+        <v>854</v>
+      </c>
+      <c r="C62" t="s">
+        <v>855</v>
+      </c>
+      <c r="D62" t="s">
+        <v>856</v>
+      </c>
+      <c r="E62" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F62" s="18">
+        <v>44849</v>
+      </c>
+      <c r="G62" t="s">
+        <v>857</v>
+      </c>
+      <c r="H62" t="s">
+        <v>858</v>
+      </c>
+      <c r="I62" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>859</v>
+      </c>
+      <c r="B63" t="s">
+        <v>860</v>
+      </c>
+      <c r="C63" t="s">
+        <v>861</v>
+      </c>
+      <c r="D63" t="s">
+        <v>862</v>
+      </c>
+      <c r="E63" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F63" s="18">
+        <v>44856</v>
+      </c>
+      <c r="G63" t="s">
+        <v>863</v>
+      </c>
+      <c r="H63" t="s">
+        <v>864</v>
+      </c>
+      <c r="I63" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>865</v>
+      </c>
+      <c r="B64" t="s">
+        <v>866</v>
+      </c>
+      <c r="C64" t="s">
+        <v>867</v>
+      </c>
+      <c r="D64" t="s">
+        <v>868</v>
+      </c>
+      <c r="E64" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F64" s="18">
+        <v>44863</v>
+      </c>
+      <c r="G64" t="s">
+        <v>869</v>
+      </c>
+      <c r="H64" t="s">
+        <v>870</v>
+      </c>
+      <c r="I64" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>871</v>
+      </c>
+      <c r="B65" t="s">
+        <v>872</v>
+      </c>
+      <c r="C65" t="s">
+        <v>873</v>
+      </c>
+      <c r="D65" t="s">
+        <v>874</v>
+      </c>
+      <c r="E65" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F65" s="18">
+        <v>44870</v>
+      </c>
+      <c r="G65" t="s">
+        <v>875</v>
+      </c>
+      <c r="H65" t="s">
+        <v>876</v>
+      </c>
+      <c r="I65" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>877</v>
+      </c>
+      <c r="B66" t="s">
+        <v>878</v>
+      </c>
+      <c r="C66" t="s">
+        <v>879</v>
+      </c>
+      <c r="D66" t="s">
+        <v>880</v>
+      </c>
+      <c r="E66" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F66" s="18">
+        <v>44877</v>
+      </c>
+      <c r="G66" t="s">
+        <v>881</v>
+      </c>
+      <c r="H66" t="s">
+        <v>882</v>
+      </c>
+      <c r="I66" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>883</v>
+      </c>
+      <c r="B67" t="s">
+        <v>884</v>
+      </c>
+      <c r="C67" t="s">
+        <v>885</v>
+      </c>
+      <c r="D67" t="s">
+        <v>886</v>
+      </c>
+      <c r="E67" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F67" s="18">
+        <v>44884</v>
+      </c>
+      <c r="G67" t="s">
+        <v>887</v>
+      </c>
+      <c r="H67" t="s">
+        <v>888</v>
+      </c>
+      <c r="I67" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>889</v>
+      </c>
+      <c r="B68" t="s">
+        <v>890</v>
+      </c>
+      <c r="C68" t="s">
+        <v>891</v>
+      </c>
+      <c r="D68" t="s">
+        <v>892</v>
+      </c>
+      <c r="E68" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F68" s="18">
+        <v>44891</v>
+      </c>
+      <c r="G68" t="s">
+        <v>893</v>
+      </c>
+      <c r="H68" t="s">
+        <v>894</v>
+      </c>
+      <c r="I68" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>895</v>
+      </c>
+      <c r="B69" t="s">
+        <v>896</v>
+      </c>
+      <c r="C69" t="s">
+        <v>897</v>
+      </c>
+      <c r="D69" t="s">
+        <v>898</v>
+      </c>
+      <c r="E69" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F69" s="18">
+        <v>44898</v>
+      </c>
+      <c r="G69" t="s">
+        <v>899</v>
+      </c>
+      <c r="H69" t="s">
+        <v>900</v>
+      </c>
+      <c r="I69" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>901</v>
+      </c>
+      <c r="B70" t="s">
+        <v>902</v>
+      </c>
+      <c r="C70" t="s">
+        <v>903</v>
+      </c>
+      <c r="D70" t="s">
+        <v>904</v>
+      </c>
+      <c r="E70" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F70" s="18">
+        <v>44905</v>
+      </c>
+      <c r="G70" t="s">
+        <v>905</v>
+      </c>
+      <c r="H70" t="s">
+        <v>906</v>
+      </c>
+      <c r="I70" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>907</v>
+      </c>
+      <c r="B71" t="s">
+        <v>908</v>
+      </c>
+      <c r="C71" t="s">
+        <v>909</v>
+      </c>
+      <c r="D71" t="s">
+        <v>910</v>
+      </c>
+      <c r="E71" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F71" s="18">
+        <v>44912</v>
+      </c>
+      <c r="G71" t="s">
+        <v>911</v>
+      </c>
+      <c r="H71" t="s">
+        <v>912</v>
+      </c>
+      <c r="I71" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>913</v>
+      </c>
+      <c r="B72" t="s">
+        <v>914</v>
+      </c>
+      <c r="C72" t="s">
+        <v>915</v>
+      </c>
+      <c r="D72" t="s">
+        <v>916</v>
+      </c>
+      <c r="E72" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F72" s="18">
+        <v>44919</v>
+      </c>
+      <c r="G72" t="s">
+        <v>917</v>
+      </c>
+      <c r="H72" t="s">
+        <v>918</v>
+      </c>
+      <c r="I72" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>919</v>
+      </c>
+      <c r="B73" t="s">
+        <v>920</v>
+      </c>
+      <c r="C73" t="s">
+        <v>921</v>
+      </c>
+      <c r="D73" t="s">
+        <v>922</v>
+      </c>
+      <c r="E73" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F73" s="18">
+        <v>44926</v>
+      </c>
+      <c r="G73" t="s">
+        <v>923</v>
+      </c>
+      <c r="H73" t="s">
+        <v>924</v>
+      </c>
+      <c r="I73" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>925</v>
+      </c>
+      <c r="B74" t="s">
+        <v>926</v>
+      </c>
+      <c r="C74" t="s">
+        <v>927</v>
+      </c>
+      <c r="D74" t="s">
+        <v>928</v>
+      </c>
+      <c r="E74" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F74" s="18">
+        <v>44933</v>
+      </c>
+      <c r="G74" t="s">
+        <v>929</v>
+      </c>
+      <c r="H74" t="s">
+        <v>930</v>
+      </c>
+      <c r="I74" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>931</v>
+      </c>
+      <c r="B75" t="s">
+        <v>932</v>
+      </c>
+      <c r="C75" t="s">
+        <v>933</v>
+      </c>
+      <c r="D75" t="s">
+        <v>934</v>
+      </c>
+      <c r="E75" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F75" s="18">
+        <v>44940</v>
+      </c>
+      <c r="G75" t="s">
+        <v>935</v>
+      </c>
+      <c r="H75" t="s">
+        <v>936</v>
+      </c>
+      <c r="I75" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>937</v>
+      </c>
+      <c r="B76" t="s">
+        <v>938</v>
+      </c>
+      <c r="C76" t="s">
+        <v>939</v>
+      </c>
+      <c r="D76" t="s">
+        <v>940</v>
+      </c>
+      <c r="E76" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F76" s="18">
+        <v>44947</v>
+      </c>
+      <c r="G76" t="s">
+        <v>941</v>
+      </c>
+      <c r="H76" t="s">
+        <v>942</v>
+      </c>
+      <c r="I76" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>943</v>
+      </c>
+      <c r="B77" t="s">
+        <v>944</v>
+      </c>
+      <c r="C77" t="s">
+        <v>945</v>
+      </c>
+      <c r="D77" t="s">
+        <v>946</v>
+      </c>
+      <c r="E77" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F77" s="18">
+        <v>44954</v>
+      </c>
+      <c r="G77" t="s">
+        <v>947</v>
+      </c>
+      <c r="H77" t="s">
+        <v>948</v>
+      </c>
+      <c r="I77" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>949</v>
+      </c>
+      <c r="B78" t="s">
+        <v>950</v>
+      </c>
+      <c r="C78" t="s">
+        <v>951</v>
+      </c>
+      <c r="D78" t="s">
+        <v>952</v>
+      </c>
+      <c r="E78" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F78" s="18">
+        <v>44961</v>
+      </c>
+      <c r="G78" t="s">
+        <v>953</v>
+      </c>
+      <c r="H78" t="s">
+        <v>954</v>
+      </c>
+      <c r="I78" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>955</v>
+      </c>
+      <c r="B79" t="s">
+        <v>956</v>
+      </c>
+      <c r="C79" t="s">
+        <v>957</v>
+      </c>
+      <c r="D79" t="s">
+        <v>958</v>
+      </c>
+      <c r="E79" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F79" s="18">
+        <v>44968</v>
+      </c>
+      <c r="G79" t="s">
+        <v>959</v>
+      </c>
+      <c r="H79" t="s">
+        <v>960</v>
+      </c>
+      <c r="I79" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>961</v>
+      </c>
+      <c r="B80" t="s">
+        <v>962</v>
+      </c>
+      <c r="C80" t="s">
+        <v>963</v>
+      </c>
+      <c r="D80" t="s">
+        <v>964</v>
+      </c>
+      <c r="E80" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F80" s="18">
+        <v>44975</v>
+      </c>
+      <c r="G80" t="s">
+        <v>965</v>
+      </c>
+      <c r="H80" t="s">
+        <v>966</v>
+      </c>
+      <c r="I80" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>967</v>
+      </c>
+      <c r="B81" t="s">
+        <v>968</v>
+      </c>
+      <c r="C81" t="s">
+        <v>969</v>
+      </c>
+      <c r="D81" t="s">
+        <v>970</v>
+      </c>
+      <c r="E81" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F81" s="18">
+        <v>44982</v>
+      </c>
+      <c r="G81" t="s">
+        <v>971</v>
+      </c>
+      <c r="H81" t="s">
+        <v>972</v>
+      </c>
+      <c r="I81" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>973</v>
+      </c>
+      <c r="B82" t="s">
+        <v>974</v>
+      </c>
+      <c r="C82" t="s">
+        <v>975</v>
+      </c>
+      <c r="D82" t="s">
+        <v>976</v>
+      </c>
+      <c r="E82" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F82" s="18">
+        <v>44989</v>
+      </c>
+      <c r="G82" t="s">
+        <v>977</v>
+      </c>
+      <c r="H82" t="s">
+        <v>978</v>
+      </c>
+      <c r="I82" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>979</v>
+      </c>
+      <c r="B83" t="s">
+        <v>980</v>
+      </c>
+      <c r="C83" t="s">
+        <v>981</v>
+      </c>
+      <c r="D83" t="s">
+        <v>982</v>
+      </c>
+      <c r="E83" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F83" s="18">
+        <v>44996</v>
+      </c>
+      <c r="G83" t="s">
+        <v>983</v>
+      </c>
+      <c r="H83" t="s">
+        <v>984</v>
+      </c>
+      <c r="I83" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>985</v>
+      </c>
+      <c r="B84" t="s">
+        <v>986</v>
+      </c>
+      <c r="C84" t="s">
+        <v>987</v>
+      </c>
+      <c r="D84" t="s">
+        <v>988</v>
+      </c>
+      <c r="E84" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F84" s="18">
+        <v>45003</v>
+      </c>
+      <c r="G84" t="s">
+        <v>989</v>
+      </c>
+      <c r="H84" t="s">
+        <v>990</v>
+      </c>
+      <c r="I84" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>991</v>
+      </c>
+      <c r="B85" t="s">
+        <v>992</v>
+      </c>
+      <c r="C85" t="s">
+        <v>993</v>
+      </c>
+      <c r="D85" t="s">
+        <v>994</v>
+      </c>
+      <c r="E85" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F85" s="18">
+        <v>45010</v>
+      </c>
+      <c r="G85" t="s">
+        <v>995</v>
+      </c>
+      <c r="H85" t="s">
+        <v>996</v>
+      </c>
+      <c r="I85" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>997</v>
+      </c>
+      <c r="B86" t="s">
+        <v>998</v>
+      </c>
+      <c r="C86" t="s">
+        <v>999</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E86" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F86" s="18">
+        <v>45017</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1002</v>
+      </c>
+      <c r="I86" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E87" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F87" s="18">
+        <v>45024</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I87" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E88" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F88" s="18">
+        <v>45031</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I88" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E89" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F89" s="18">
+        <v>45038</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I89" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E90" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F90" s="18">
+        <v>45045</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1026</v>
+      </c>
+      <c r="I90" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E91" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F91" s="18">
+        <v>45052</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I91" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E92" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F92" s="18">
+        <v>45059</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I92" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E93" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F93" s="18">
+        <v>45066</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I93" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E94" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F94" s="18">
+        <v>45073</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I94" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E95" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F95" s="18">
+        <v>45080</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I95" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E96" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F96" s="18">
+        <v>45087</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I96" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E97" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F97" s="18">
+        <v>45094</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I97" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E98" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F98" s="18">
+        <v>45101</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I98" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E99" s="18">
+        <v>44738</v>
+      </c>
+      <c r="F99" s="18">
+        <v>45108</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I99" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E100" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F100" s="18">
+        <v>45115</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1086</v>
+      </c>
+      <c r="I100" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D101" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E101" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F101" s="18">
+        <v>45122</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1092</v>
+      </c>
+      <c r="I101" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E102" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F102" s="18">
+        <v>45129</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I102" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E103" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F103" s="18">
+        <v>45136</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I103" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E104" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F104" s="18">
+        <v>45143</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I104" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E105" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F105" s="18">
+        <v>45150</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I105" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E106" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F106" s="18">
+        <v>45157</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I106" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E107" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F107" s="18">
+        <v>45164</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I107" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E108" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F108" s="18">
+        <v>45171</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I108" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E109" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F109" s="18">
+        <v>45178</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I109" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E110" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F110" s="18">
+        <v>45185</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I110" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E111" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F111" s="18">
+        <v>45192</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I111" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E112" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F112" s="18">
+        <v>45199</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I112" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E113" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F113" s="18">
+        <v>45206</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I113" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E114" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F114" s="18">
+        <v>45213</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I114" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E115" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F115" s="18">
+        <v>45220</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I115" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E116" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F116" s="18">
+        <v>45227</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I116" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E117" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F117" s="18">
+        <v>45234</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I117" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E118" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F118" s="18">
+        <v>45241</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I118" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E119" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F119" s="18">
+        <v>45248</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I119" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E120" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F120" s="18">
+        <v>45255</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I120" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E121" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F121" s="18">
+        <v>45262</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I121" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E122" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F122" s="18">
+        <v>45269</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I122" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E123" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F123" s="18">
+        <v>45276</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I123" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E124" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F124" s="18">
+        <v>45283</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I124" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E125" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F125" s="18">
+        <v>45290</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I125" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E126" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F126" s="18">
+        <v>45297</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1242</v>
+      </c>
+      <c r="I126" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E127" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F127" s="18">
+        <v>45304</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1248</v>
+      </c>
+      <c r="I127" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E128" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F128" s="18">
+        <v>45311</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I128" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E129" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F129" s="18">
+        <v>45318</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I129" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E130" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F130" s="18">
+        <v>45325</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I130" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E131" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F131" s="18">
+        <v>45332</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I131" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E132" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F132" s="18">
+        <v>45339</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I132" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E133" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F133" s="18">
+        <v>45346</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I133" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E134" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F134" s="18">
+        <v>45353</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I134" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E135" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F135" s="18">
+        <v>45360</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I135" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E136" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F136" s="18">
+        <v>45367</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I136" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E137" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F137" s="18">
+        <v>45374</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I137" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E138" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F138" s="18">
+        <v>45381</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I138" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E139" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F139" s="18">
+        <v>45388</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I139" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E140" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F140" s="18">
+        <v>45395</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I140" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E141" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F141" s="18">
+        <v>45402</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I141" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E142" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F142" s="18">
+        <v>45409</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I142" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D143" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E143" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F143" s="18">
+        <v>45416</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I143" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E144" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F144" s="18">
+        <v>45423</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I144" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D145" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E145" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F145" s="18">
+        <v>45430</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I145" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E146" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F146" s="18">
+        <v>45437</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I146" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D147" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E147" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F147" s="18">
+        <v>45444</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I147" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D148" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E148" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F148" s="18">
+        <v>45451</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1374</v>
+      </c>
+      <c r="I148" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E149" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F149" s="18">
+        <v>45458</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I149" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E150" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F150" s="18">
+        <v>45465</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I150" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E151" s="18">
+        <v>45109</v>
+      </c>
+      <c r="F151" s="18">
+        <v>45472</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I151" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E152" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F152" s="18">
+        <v>45479</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1398</v>
+      </c>
+      <c r="I152" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E153" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F153" s="18">
+        <v>45486</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I153" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D154" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E154" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F154" s="18">
+        <v>45493</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1410</v>
+      </c>
+      <c r="I154" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E155" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F155" s="18">
+        <v>45500</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I155" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1420</v>
+      </c>
+      <c r="E156" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F156" s="18">
+        <v>45507</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1422</v>
+      </c>
+      <c r="I156" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D157" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E157" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F157" s="18">
+        <v>45514</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I157" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D158" t="s">
+        <v>1432</v>
+      </c>
+      <c r="E158" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F158" s="18">
+        <v>45521</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I158" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E159" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F159" s="18">
+        <v>45528</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I159" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E160" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F160" s="18">
+        <v>45535</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1446</v>
+      </c>
+      <c r="I160" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E161" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F161" s="18">
+        <v>45542</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I161" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E162" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F162" s="18">
+        <v>45549</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I162" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E163" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F163" s="18">
+        <v>45556</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I163" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E164" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F164" s="18">
+        <v>45563</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1470</v>
+      </c>
+      <c r="I164" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E165" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F165" s="18">
+        <v>45570</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I165" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E166" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F166" s="18">
+        <v>45577</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1482</v>
+      </c>
+      <c r="I166" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E167" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F167" s="18">
+        <v>45584</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I167" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E168" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F168" s="18">
+        <v>45591</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I168" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E169" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F169" s="18">
+        <v>45598</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I169" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E170" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F170" s="18">
+        <v>45605</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I170" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E171" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F171" s="18">
+        <v>45612</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1512</v>
+      </c>
+      <c r="I171" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E172" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F172" s="18">
+        <v>45619</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1518</v>
+      </c>
+      <c r="I172" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E173" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F173" s="18">
+        <v>45626</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I173" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E174" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F174" s="18">
+        <v>45633</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I174" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E175" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F175" s="18">
+        <v>45640</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I175" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E176" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F176" s="18">
+        <v>45647</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1542</v>
+      </c>
+      <c r="I176" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E177" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F177" s="18">
+        <v>45654</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1548</v>
+      </c>
+      <c r="I177" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E178" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F178" s="18">
+        <v>45661</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1554</v>
+      </c>
+      <c r="I178" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E179" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F179" s="18">
+        <v>45668</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I179" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1564</v>
+      </c>
+      <c r="E180" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F180" s="18">
+        <v>45675</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1566</v>
+      </c>
+      <c r="I180" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E181" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F181" s="18">
+        <v>45682</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1572</v>
+      </c>
+      <c r="I181" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E182" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F182" s="18">
+        <v>45689</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I182" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E183" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F183" s="18">
+        <v>45696</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I183" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E184" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F184" s="18">
+        <v>45703</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1590</v>
+      </c>
+      <c r="I184" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1594</v>
+      </c>
+      <c r="E185" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F185" s="18">
+        <v>45710</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1596</v>
+      </c>
+      <c r="I185" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E186" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F186" s="18">
+        <v>45717</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1602</v>
+      </c>
+      <c r="I186" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E187" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F187" s="18">
+        <v>45724</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1608</v>
+      </c>
+      <c r="I187" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1612</v>
+      </c>
+      <c r="E188" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F188" s="18">
+        <v>45731</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1614</v>
+      </c>
+      <c r="I188" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E189" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F189" s="18">
+        <v>45738</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I189" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E190" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F190" s="18">
+        <v>45745</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1626</v>
+      </c>
+      <c r="I190" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1630</v>
+      </c>
+      <c r="E191" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F191" s="18">
+        <v>45752</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1632</v>
+      </c>
+      <c r="I191" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E192" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F192" s="18">
+        <v>45759</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I192" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E193" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F193" s="18">
+        <v>45766</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I193" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E194" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F194" s="18">
+        <v>45773</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1650</v>
+      </c>
+      <c r="I194" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E195" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F195" s="18">
+        <v>45780</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1656</v>
+      </c>
+      <c r="I195" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E196" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F196" s="18">
+        <v>45787</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1662</v>
+      </c>
+      <c r="I196" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E197" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F197" s="18">
+        <v>45794</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1668</v>
+      </c>
+      <c r="I197" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E198" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F198" s="18">
+        <v>45801</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1674</v>
+      </c>
+      <c r="I198" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E199" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F199" s="18">
+        <v>45808</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I199" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E200" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F200" s="18">
+        <v>45815</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1686</v>
+      </c>
+      <c r="I200" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E201" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F201" s="18">
+        <v>45822</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1692</v>
+      </c>
+      <c r="I201" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E202" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F202" s="18">
+        <v>45829</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I202" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E203" s="18">
+        <v>45473</v>
+      </c>
+      <c r="F203" s="18">
+        <v>45836</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1704</v>
+      </c>
+      <c r="I203" s="18">
+        <v>46002</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:I1" xr:uid="{00000000-0001-0000-0600-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="23.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2">
+        <v>0</v>
+      </c>
+      <c r="B2">
+        <v>2.7E-2</v>
+      </c>
+      <c r="C2" t="s">
+        <v>379</v>
+      </c>
+      <c r="D2" t="s">
+        <v>380</v>
+      </c>
+      <c r="E2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F2" t="s">
+        <v>381</v>
+      </c>
+      <c r="G2" t="s">
+        <v>382</v>
+      </c>
+      <c r="H2" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="B3">
+        <v>0.03</v>
+      </c>
+      <c r="C3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D3" t="s">
+        <v>385</v>
+      </c>
+      <c r="E3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G3" t="s">
+        <v>387</v>
+      </c>
+      <c r="H3" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4">
+        <v>3.1E-2</v>
+      </c>
+      <c r="B4">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="C4" t="s">
+        <v>389</v>
+      </c>
+      <c r="D4" t="s">
+        <v>390</v>
+      </c>
+      <c r="E4" t="s">
+        <v>391</v>
+      </c>
+      <c r="F4" t="s">
+        <v>391</v>
+      </c>
+      <c r="G4" t="s">
+        <v>392</v>
+      </c>
+      <c r="H4" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="B5">
+        <v>8.4999999999999992E-2</v>
+      </c>
+      <c r="C5" t="s">
+        <v>394</v>
+      </c>
+      <c r="D5" t="s">
+        <v>395</v>
+      </c>
+      <c r="E5" t="s">
+        <v>396</v>
+      </c>
+      <c r="F5" t="s">
+        <v>396</v>
+      </c>
+      <c r="G5" t="s">
+        <v>397</v>
+      </c>
+      <c r="H5" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="B6">
+        <v>0.129</v>
+      </c>
+      <c r="C6" t="s">
+        <v>399</v>
+      </c>
+      <c r="D6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E6" t="s">
+        <v>401</v>
+      </c>
+      <c r="F6" t="s">
+        <v>401</v>
+      </c>
+      <c r="G6" t="s">
+        <v>402</v>
+      </c>
+      <c r="H6" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>0</v>
+      </c>
+      <c r="B7">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="C7" t="s">
+        <v>404</v>
+      </c>
+      <c r="D7" t="s">
+        <v>405</v>
+      </c>
+      <c r="E7" t="s">
+        <v>406</v>
+      </c>
+      <c r="F7" t="s">
+        <v>406</v>
+      </c>
+      <c r="G7" t="s">
+        <v>407</v>
+      </c>
+      <c r="H7" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="B8">
+        <v>0.19900000000000001</v>
+      </c>
+      <c r="C8" t="s">
+        <v>409</v>
+      </c>
+      <c r="D8" t="s">
+        <v>410</v>
+      </c>
+      <c r="E8" t="s">
+        <v>411</v>
+      </c>
+      <c r="F8" t="s">
+        <v>411</v>
+      </c>
+      <c r="G8" t="s">
+        <v>412</v>
+      </c>
+      <c r="H8" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>0.2</v>
+      </c>
+      <c r="B9">
+        <v>0.249</v>
+      </c>
+      <c r="C9" t="s">
+        <v>414</v>
+      </c>
+      <c r="D9" t="s">
+        <v>415</v>
+      </c>
+      <c r="E9" t="s">
+        <v>416</v>
+      </c>
+      <c r="F9" t="s">
+        <v>416</v>
+      </c>
+      <c r="G9" t="s">
+        <v>417</v>
+      </c>
+      <c r="H9" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10">
+        <v>0.25</v>
+      </c>
+      <c r="B10">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="C10" t="s">
+        <v>419</v>
+      </c>
+      <c r="D10" t="s">
+        <v>420</v>
+      </c>
+      <c r="E10" t="s">
+        <v>421</v>
+      </c>
+      <c r="F10" t="s">
+        <v>421</v>
+      </c>
+      <c r="G10" t="s">
+        <v>422</v>
+      </c>
+      <c r="H10" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="B11">
+        <v>0.42150000000000004</v>
+      </c>
+      <c r="C11" t="s">
+        <v>424</v>
+      </c>
+      <c r="D11" t="s">
+        <v>425</v>
+      </c>
+      <c r="E11" t="s">
+        <v>426</v>
+      </c>
+      <c r="F11" t="s">
+        <v>426</v>
+      </c>
+      <c r="G11" t="s">
+        <v>427</v>
+      </c>
+      <c r="H11" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>0</v>
+      </c>
+      <c r="B12">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="C12" t="s">
+        <v>429</v>
+      </c>
+      <c r="D12" t="s">
+        <v>430</v>
+      </c>
+      <c r="E12" t="s">
+        <v>431</v>
+      </c>
+      <c r="F12" t="s">
+        <v>431</v>
+      </c>
+      <c r="G12" t="s">
+        <v>432</v>
+      </c>
+      <c r="H12" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="B13">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="C13" t="s">
+        <v>434</v>
+      </c>
+      <c r="D13" t="s">
+        <v>435</v>
+      </c>
+      <c r="E13" t="s">
+        <v>436</v>
+      </c>
+      <c r="F13" t="s">
+        <v>436</v>
+      </c>
+      <c r="G13" t="s">
+        <v>437</v>
+      </c>
+      <c r="H13" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>3.9E-2</v>
+      </c>
+      <c r="B14">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="C14" t="s">
+        <v>439</v>
+      </c>
+      <c r="D14" t="s">
+        <v>440</v>
+      </c>
+      <c r="E14" t="s">
+        <v>441</v>
+      </c>
+      <c r="F14" t="s">
+        <v>441</v>
+      </c>
+      <c r="G14" t="s">
+        <v>442</v>
+      </c>
+      <c r="H14" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="B15">
+        <v>0.109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>444</v>
+      </c>
+      <c r="D15" t="s">
+        <v>445</v>
+      </c>
+      <c r="E15" t="s">
+        <v>446</v>
+      </c>
+      <c r="F15" t="s">
+        <v>446</v>
+      </c>
+      <c r="G15" t="s">
+        <v>447</v>
+      </c>
+      <c r="H15" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>0.11</v>
+      </c>
+      <c r="B16">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="C16" t="s">
+        <v>449</v>
+      </c>
+      <c r="D16" t="s">
+        <v>450</v>
+      </c>
+      <c r="E16" t="s">
+        <v>451</v>
+      </c>
+      <c r="F16" t="s">
+        <v>451</v>
+      </c>
+      <c r="G16" t="s">
+        <v>452</v>
+      </c>
+      <c r="H16" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>0</v>
+      </c>
+      <c r="B17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="C17" t="s">
+        <v>454</v>
+      </c>
+      <c r="D17" t="s">
+        <v>455</v>
+      </c>
+      <c r="E17" t="s">
+        <v>456</v>
+      </c>
+      <c r="F17" t="s">
+        <v>456</v>
+      </c>
+      <c r="G17" t="s">
+        <v>457</v>
+      </c>
+      <c r="H17" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="B18">
+        <v>9.0000000000000011E-3</v>
+      </c>
+      <c r="C18" t="s">
+        <v>459</v>
+      </c>
+      <c r="D18" t="s">
+        <v>460</v>
+      </c>
+      <c r="E18" t="s">
+        <v>461</v>
+      </c>
+      <c r="F18" t="s">
+        <v>461</v>
+      </c>
+      <c r="G18" t="s">
+        <v>462</v>
+      </c>
+      <c r="H18" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19">
+        <v>0.01</v>
+      </c>
+      <c r="B19">
+        <v>0.02</v>
+      </c>
+      <c r="C19" t="s">
+        <v>464</v>
+      </c>
+      <c r="D19" t="s">
+        <v>465</v>
+      </c>
+      <c r="E19" t="s">
+        <v>466</v>
+      </c>
+      <c r="F19" t="s">
+        <v>466</v>
+      </c>
+      <c r="G19" t="s">
+        <v>467</v>
+      </c>
+      <c r="H19" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="B20">
+        <v>2.8999999999999998E-2</v>
+      </c>
+      <c r="C20" t="s">
+        <v>469</v>
+      </c>
+      <c r="D20" t="s">
+        <v>470</v>
+      </c>
+      <c r="E20" t="s">
+        <v>471</v>
+      </c>
+      <c r="F20" t="s">
+        <v>471</v>
+      </c>
+      <c r="G20" t="s">
+        <v>472</v>
+      </c>
+      <c r="H20" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21">
+        <v>0.03</v>
+      </c>
+      <c r="B21">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="C21" t="s">
+        <v>474</v>
+      </c>
+      <c r="D21" t="s">
+        <v>475</v>
+      </c>
+      <c r="E21" t="s">
+        <v>476</v>
+      </c>
+      <c r="F21" t="s">
+        <v>476</v>
+      </c>
+      <c r="G21" t="s">
+        <v>477</v>
+      </c>
+      <c r="H21" t="s">
+        <v>478</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:H1" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:AJ35"/>
+  <dimension ref="A1:AJ47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="34" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="45.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="55.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="60" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="59.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="32.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="42.140625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="46.85546875" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="46.42578125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="32.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="46.7109375" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="27.28515625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="37" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="41.7109375" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="43.28515625" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="32.140625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="47.5703125" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="54.42578125" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="51.7109375" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="30.5703125" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="30.42578125" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="14.5703125" bestFit="1" customWidth="1"/>
-    <col min="35" max="36" width="11" bestFit="1" customWidth="1"/>
+    <col min="35" max="36" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>149</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>150</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -8765,14605 +20054,7755 @@
       </c>
       <c r="AH1" s="1" t="s">
         <v>178</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>179</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="2" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>181</v>
       </c>
       <c r="B2" t="s">
         <v>182</v>
       </c>
       <c r="C2" t="s">
         <v>183</v>
       </c>
       <c r="D2" t="s">
         <v>183</v>
       </c>
       <c r="E2" s="16">
-        <v>45914</v>
+        <v>45977</v>
       </c>
       <c r="F2" s="16">
-        <v>45920</v>
+        <v>45983</v>
       </c>
       <c r="G2">
-        <v>65629</v>
+        <v>61022</v>
       </c>
       <c r="H2">
-        <v>6340</v>
+        <v>6678</v>
       </c>
       <c r="I2">
-        <v>9.7000000000000003E-2</v>
+        <v>0.109</v>
       </c>
       <c r="J2">
-        <v>9.7500000000000003E-2</v>
+        <v>0.1135</v>
       </c>
       <c r="K2">
-        <v>9.9699999999999997E-2</v>
+        <v>0.11700000000000001</v>
       </c>
       <c r="L2">
-        <v>9.7000000000000003E-2</v>
+        <v>0.1118</v>
       </c>
       <c r="M2">
-        <v>0.01</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="N2">
-        <v>1.03E-2</v>
+        <v>5.1999999999999998E-3</v>
       </c>
       <c r="O2">
-        <v>1.06E-2</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="P2">
-        <v>1.03E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="Q2">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="R2">
+        <v>4.3E-3</v>
+      </c>
+      <c r="S2">
+        <v>4.5999999999999999E-3</v>
+      </c>
+      <c r="T2">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="U2">
         <v>1E-3</v>
       </c>
-      <c r="R2">
-[...10 lines deleted...]
-      </c>
       <c r="V2">
-        <v>2.0000000000000001E-4</v>
+        <v>1.2999999999999999E-3</v>
       </c>
       <c r="W2">
-        <v>2.0000000000000001E-4</v>
+        <v>1.5E-3</v>
       </c>
       <c r="X2">
-        <v>2.0000000000000001E-4</v>
+        <v>1.2999999999999999E-3</v>
       </c>
       <c r="Y2">
-        <v>6401.11877</v>
+        <v>6923.96286895718</v>
       </c>
       <c r="Z2">
-        <v>6542.5462699999998</v>
+        <v>7138.3823090338301</v>
       </c>
       <c r="AA2">
-        <v>6365.6972100000003</v>
+        <v>6823.3971183265803</v>
       </c>
       <c r="AB2" t="s">
         <v>184</v>
       </c>
       <c r="AC2">
-        <v>0.99199999999999999</v>
+        <v>0.96599999999999997</v>
       </c>
       <c r="AD2" t="s">
         <v>185</v>
       </c>
       <c r="AE2" t="s">
         <v>185</v>
       </c>
       <c r="AF2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AG2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="AH2" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI2">
-        <v>0.97041728999999999</v>
+        <v>0.93746730145443102</v>
       </c>
       <c r="AJ2">
-        <v>0.99737699999999996</v>
+        <v>0.98074315241396903</v>
       </c>
     </row>
     <row r="3" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E3" s="16">
-        <v>45893</v>
+        <v>45914</v>
       </c>
       <c r="F3" s="16">
-        <v>45899</v>
+        <v>45920</v>
       </c>
       <c r="G3">
-        <v>64720</v>
+        <v>65652</v>
       </c>
       <c r="H3">
-        <v>5076</v>
+        <v>6401</v>
       </c>
       <c r="I3">
-        <v>7.8E-2</v>
+        <v>9.7000000000000003E-2</v>
       </c>
       <c r="J3">
-        <v>7.8799999999999995E-2</v>
+        <v>9.7600000000000006E-2</v>
       </c>
       <c r="K3">
-        <v>8.0600000000000005E-2</v>
+        <v>9.7600000000000006E-2</v>
       </c>
       <c r="L3">
-        <v>7.8600000000000003E-2</v>
+        <v>9.7600000000000006E-2</v>
       </c>
       <c r="M3">
         <v>0.01</v>
       </c>
       <c r="N3">
-        <v>9.7999999999999997E-3</v>
+        <v>1.03E-2</v>
       </c>
       <c r="O3">
-        <v>0.01</v>
+        <v>1.03E-2</v>
       </c>
       <c r="P3">
-        <v>9.7999999999999997E-3</v>
+        <v>1.03E-2</v>
       </c>
       <c r="Q3">
         <v>1E-3</v>
       </c>
       <c r="R3">
-        <v>5.0000000000000001E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="S3">
-        <v>5.0000000000000001E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="T3">
-        <v>5.0000000000000001E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="U3">
         <v>0</v>
       </c>
       <c r="V3">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="W3">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="X3">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="Y3">
-        <v>5102.01757</v>
+        <v>6430.6431095406397</v>
       </c>
       <c r="Z3">
-        <v>5213.7660800000003</v>
+        <v>6471.4749195835002</v>
       </c>
       <c r="AA3">
-        <v>5084.1354600000004</v>
+        <v>6408</v>
       </c>
       <c r="AB3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="AC3">
-        <v>0.995</v>
+        <v>0.996</v>
       </c>
       <c r="AD3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="AE3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="AF3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="AG3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="AH3" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI3">
-        <v>0.97396006999999996</v>
+        <v>0.99019158377769201</v>
       </c>
       <c r="AJ3">
-        <v>0.99879320999999999</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B4" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C4" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D4" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E4" s="16">
-        <v>45907</v>
+        <v>45893</v>
       </c>
       <c r="F4" s="16">
-        <v>45913</v>
+        <v>45899</v>
       </c>
       <c r="G4">
-        <v>64864</v>
+        <v>64736</v>
       </c>
       <c r="H4">
-        <v>5766</v>
+        <v>5089</v>
       </c>
       <c r="I4">
-        <v>8.8999999999999996E-2</v>
+        <v>7.9000000000000001E-2</v>
       </c>
       <c r="J4">
-        <v>8.9599999999999999E-2</v>
+        <v>7.8600000000000003E-2</v>
       </c>
       <c r="K4">
-        <v>9.1300000000000006E-2</v>
+        <v>7.8600000000000003E-2</v>
       </c>
       <c r="L4">
-        <v>8.9099999999999999E-2</v>
+        <v>7.8600000000000003E-2</v>
       </c>
       <c r="M4">
-        <v>1.2E-2</v>
+        <v>0.01</v>
       </c>
       <c r="N4">
-        <v>1.1599999999999999E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="O4">
-        <v>1.2E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="P4">
-        <v>1.1599999999999999E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="Q4">
         <v>1E-3</v>
       </c>
       <c r="R4">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="S4">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="T4">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="U4">
         <v>0</v>
       </c>
       <c r="V4">
-        <v>2.0000000000000001E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="W4">
-        <v>2.0000000000000001E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="X4">
-        <v>2.0000000000000001E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="Y4">
-        <v>5810.1744600000002</v>
+        <v>5107.8387890571803</v>
       </c>
       <c r="Z4">
-        <v>5922.09184</v>
+        <v>5132.3114116690704</v>
       </c>
       <c r="AA4">
-        <v>5781.0245999999997</v>
+        <v>5093.56918259339</v>
       </c>
       <c r="AB4" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="AC4">
-        <v>0.99299999999999999</v>
+        <v>0.997</v>
       </c>
       <c r="AD4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="AE4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="AF4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="AG4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="AH4" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI4">
-        <v>0.97414902999999997</v>
+        <v>0.99195071998648698</v>
       </c>
       <c r="AJ4">
-        <v>0.99791998999999998</v>
+        <v>0.99949560269011894</v>
       </c>
     </row>
     <row r="5" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E5" s="16">
-        <v>45900</v>
+        <v>45907</v>
       </c>
       <c r="F5" s="16">
-        <v>45906</v>
+        <v>45913</v>
       </c>
       <c r="G5">
-        <v>64954</v>
+        <v>64881</v>
       </c>
       <c r="H5">
-        <v>5413</v>
+        <v>5783</v>
       </c>
       <c r="I5">
-        <v>8.3000000000000004E-2</v>
+        <v>8.8999999999999996E-2</v>
       </c>
       <c r="J5">
-        <v>8.3900000000000002E-2</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="K5">
-        <v>8.5400000000000004E-2</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="L5">
-        <v>8.3599999999999994E-2</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="M5">
-        <v>1.0999999999999999E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="N5">
-        <v>1.14E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="O5">
-        <v>1.18E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="P5">
-        <v>1.14E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="Q5">
         <v>1E-3</v>
       </c>
       <c r="R5">
-        <v>6.9999999999999999E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="S5">
-        <v>6.9999999999999999E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="T5">
-        <v>6.9999999999999999E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="U5">
         <v>0</v>
       </c>
       <c r="V5">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="W5">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="X5">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="Y5">
-        <v>5450.4449000000004</v>
+        <v>5807.0464939024396</v>
       </c>
       <c r="Z5">
-        <v>5545.4200099999998</v>
+        <v>5836.87680985318</v>
       </c>
       <c r="AA5">
-        <v>5427.8203299999996</v>
+        <v>5785</v>
       </c>
       <c r="AB5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="AC5">
-        <v>0.99399999999999999</v>
+        <v>0.996</v>
       </c>
       <c r="AD5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="AE5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="AF5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="AG5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="AH5" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI5">
-        <v>0.97720280999999998</v>
+        <v>0.99111223149928296</v>
       </c>
       <c r="AJ5">
-        <v>0.99837498000000002</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E6" s="16">
-        <v>45865</v>
+        <v>45900</v>
       </c>
       <c r="F6" s="16">
-        <v>45871</v>
+        <v>45906</v>
       </c>
       <c r="G6">
-        <v>65064</v>
+        <v>64969</v>
       </c>
       <c r="H6">
-        <v>4685</v>
+        <v>5425</v>
       </c>
       <c r="I6">
-        <v>7.1999999999999995E-2</v>
+        <v>8.4000000000000005E-2</v>
       </c>
       <c r="J6">
-        <v>7.1999999999999995E-2</v>
+        <v>8.3599999999999994E-2</v>
       </c>
       <c r="K6">
-        <v>7.1999999999999995E-2</v>
+        <v>8.3599999999999994E-2</v>
       </c>
       <c r="L6">
-        <v>7.1999999999999995E-2</v>
+        <v>8.3599999999999994E-2</v>
       </c>
       <c r="M6">
-        <v>6.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="N6">
-        <v>6.1999999999999998E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="O6">
-        <v>6.1999999999999998E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="P6">
-        <v>6.1999999999999998E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="Q6">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="R6">
-        <v>5.0000000000000001E-4</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="S6">
-        <v>5.0000000000000001E-4</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="T6">
-        <v>5.0000000000000001E-4</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="U6">
         <v>0</v>
       </c>
       <c r="V6">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="W6">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="X6">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="Y6">
-        <v>4704.86204</v>
+        <v>5450.7251908396902</v>
       </c>
       <c r="Z6">
-        <v>4729.03053</v>
+        <v>5471.2787625418696</v>
       </c>
       <c r="AA6">
-        <v>4687</v>
+        <v>5434.4006366391004</v>
       </c>
       <c r="AB6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="AC6">
         <v>0.996</v>
       </c>
       <c r="AD6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="AE6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="AF6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="AG6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="AH6" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI6">
-        <v>0.99111223000000004</v>
+        <v>0.99245537207417101</v>
       </c>
       <c r="AJ6">
-        <v>1</v>
+        <v>0.99919022594517004</v>
       </c>
     </row>
     <row r="7" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B7" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E7" s="16">
-        <v>45935</v>
+        <v>45865</v>
       </c>
       <c r="F7" s="16">
-        <v>45941</v>
+        <v>45871</v>
       </c>
       <c r="G7">
-        <v>64490</v>
+        <v>65079</v>
       </c>
       <c r="H7">
-        <v>5849</v>
+        <v>4693</v>
       </c>
       <c r="I7">
-        <v>9.0999999999999998E-2</v>
+        <v>7.1999999999999995E-2</v>
       </c>
       <c r="J7">
-        <v>9.4E-2</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="K7">
-        <v>9.69E-2</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="L7">
-        <v>9.2600000000000002E-2</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="M7">
-        <v>5.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="N7">
-        <v>5.4999999999999997E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="O7">
-        <v>5.8999999999999999E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="P7">
-        <v>5.3E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="Q7">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="R7">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="S7">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="T7">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="U7">
         <v>0</v>
       </c>
       <c r="V7">
-        <v>2.9999999999999997E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="W7">
-        <v>4.0000000000000002E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="X7">
-        <v>2.9999999999999997E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="Y7">
-        <v>6061.0541700000003</v>
+        <v>4707.9249827942203</v>
       </c>
       <c r="Z7">
-        <v>6248.7512800000004</v>
+        <v>4728.4238879984996</v>
       </c>
       <c r="AA7">
-        <v>5973.0215699999999</v>
+        <v>4695</v>
       </c>
       <c r="AB7" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="AC7">
-        <v>0.96599999999999997</v>
+        <v>0.997</v>
       </c>
       <c r="AD7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AE7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AF7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AG7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AH7" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI7">
-        <v>0.9374673</v>
+        <v>0.99293128349103099</v>
       </c>
       <c r="AJ7">
-        <v>0.98074315000000001</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B8" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C8" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D8" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E8" s="16">
-        <v>45844</v>
+        <v>45935</v>
       </c>
       <c r="F8" s="16">
-        <v>45850</v>
+        <v>45941</v>
       </c>
       <c r="G8">
-        <v>67502</v>
+        <v>64537</v>
       </c>
       <c r="H8">
-        <v>5419</v>
+        <v>6060</v>
       </c>
       <c r="I8">
-        <v>0.08</v>
+        <v>9.4E-2</v>
       </c>
       <c r="J8">
-        <v>8.0299999999999996E-2</v>
+        <v>9.4399999999999998E-2</v>
       </c>
       <c r="K8">
-        <v>8.0299999999999996E-2</v>
+        <v>9.6500000000000002E-2</v>
       </c>
       <c r="L8">
-        <v>8.0299999999999996E-2</v>
+        <v>9.4100000000000003E-2</v>
       </c>
       <c r="M8">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="N8">
-        <v>3.5999999999999999E-3</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="O8">
-        <v>3.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="P8">
-        <v>3.5999999999999999E-3</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="Q8">
         <v>1E-3</v>
       </c>
       <c r="R8">
-        <v>5.9999999999999995E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="S8">
-        <v>5.9999999999999995E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="T8">
-        <v>5.9999999999999995E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="U8">
         <v>0</v>
       </c>
       <c r="V8">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="W8">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="X8">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="Y8">
-        <v>5435.1619099999998</v>
+        <v>6093.6858108108099</v>
       </c>
       <c r="Z8">
-        <v>5451.94596</v>
+        <v>6227.1546466510299</v>
       </c>
       <c r="AA8">
-        <v>5421</v>
+        <v>6072.3279963107598</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>216</v>
       </c>
       <c r="AC8">
-        <v>0.997</v>
+        <v>0.995</v>
       </c>
       <c r="AD8" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="AE8" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="AF8" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="AG8" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="AH8" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI8">
-        <v>0.99432387</v>
+        <v>0.97396007392586004</v>
       </c>
       <c r="AJ8">
-        <v>1</v>
+        <v>0.99879321467562099</v>
       </c>
     </row>
     <row r="9" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B9" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C9" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D9" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E9" s="16">
-        <v>45886</v>
+        <v>45844</v>
       </c>
       <c r="F9" s="16">
-        <v>45892</v>
+        <v>45850</v>
       </c>
       <c r="G9">
-        <v>64557</v>
+        <v>67509</v>
       </c>
       <c r="H9">
-        <v>4950</v>
+        <v>5423</v>
       </c>
       <c r="I9">
-        <v>7.6999999999999999E-2</v>
+        <v>0.08</v>
       </c>
       <c r="J9">
-        <v>7.7100000000000002E-2</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="K9">
-        <v>7.8399999999999997E-2</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="L9">
-        <v>7.6799999999999993E-2</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="M9">
-        <v>8.9999999999999993E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N9">
-        <v>8.8999999999999999E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="O9">
-        <v>9.1000000000000004E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="P9">
-        <v>8.8999999999999999E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="Q9">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="R9">
-        <v>5.0000000000000001E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="S9">
-        <v>5.0000000000000001E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="T9">
-        <v>5.0000000000000001E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="U9">
         <v>0</v>
       </c>
       <c r="V9">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="W9">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="X9">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="Y9">
-        <v>4974.2727299999997</v>
+        <v>5436.4392698247602</v>
       </c>
       <c r="Z9">
-        <v>5062.8897999999999</v>
+        <v>5453.1192320505897</v>
       </c>
       <c r="AA9">
-        <v>4957.70208</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>5425</v>
       </c>
       <c r="AC9">
-        <v>0.996</v>
+        <v>0.998</v>
       </c>
       <c r="AD9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="AE9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="AF9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="AG9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="AH9" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI9">
-        <v>0.97829504</v>
+        <v>0.99484345915539196</v>
       </c>
       <c r="AJ9">
-        <v>0.99905155999999995</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B10" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C10" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D10" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E10" s="16">
-        <v>45928</v>
+        <v>45886</v>
       </c>
       <c r="F10" s="16">
-        <v>45934</v>
+        <v>45892</v>
       </c>
       <c r="G10">
-        <v>64734</v>
+        <v>64570</v>
       </c>
       <c r="H10">
-        <v>5918</v>
+        <v>4960</v>
       </c>
       <c r="I10">
-        <v>9.0999999999999998E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="J10">
-        <v>9.3100000000000002E-2</v>
+        <v>7.6899999999999996E-2</v>
       </c>
       <c r="K10">
-        <v>9.6299999999999997E-2</v>
+        <v>7.6899999999999996E-2</v>
       </c>
       <c r="L10">
-        <v>9.2200000000000004E-2</v>
+        <v>7.6899999999999996E-2</v>
       </c>
       <c r="M10">
-        <v>7.0000000000000001E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="N10">
-        <v>7.1999999999999998E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="O10">
-        <v>7.6E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="P10">
-        <v>7.1000000000000004E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="Q10">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="R10">
-        <v>5.9999999999999995E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="S10">
-        <v>6.9999999999999999E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="T10">
-        <v>5.9999999999999995E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="U10">
         <v>0</v>
       </c>
       <c r="V10">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="W10">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="X10">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="Y10">
-        <v>6028.7055200000004</v>
+        <v>4975.9654219004597</v>
       </c>
       <c r="Z10">
-        <v>6235.8972800000001</v>
+        <v>4991.3314538287004</v>
       </c>
       <c r="AA10">
-        <v>5970.42857</v>
+        <v>4963</v>
       </c>
       <c r="AB10" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="AC10">
-        <v>0.98299999999999998</v>
+        <v>0.997</v>
       </c>
       <c r="AD10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="AE10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="AF10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="AG10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="AH10" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI10">
-        <v>0.95030429999999999</v>
+        <v>0.994323868472617</v>
       </c>
       <c r="AJ10">
-        <v>0.99255855999999998</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D11" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E11" s="16">
-        <v>45858</v>
+        <v>45956</v>
       </c>
       <c r="F11" s="16">
-        <v>45864</v>
+        <v>45962</v>
       </c>
       <c r="G11">
-        <v>66139</v>
+        <v>60951</v>
       </c>
       <c r="H11">
-        <v>4838</v>
+        <v>6094</v>
       </c>
       <c r="I11">
-        <v>7.2999999999999995E-2</v>
+        <v>0.1</v>
       </c>
       <c r="J11">
-        <v>7.3099999999999998E-2</v>
+        <v>0.1009</v>
       </c>
       <c r="K11">
-        <v>7.3099999999999998E-2</v>
+        <v>0.1032</v>
       </c>
       <c r="L11">
-        <v>7.3099999999999998E-2</v>
+        <v>0.1004</v>
       </c>
       <c r="M11">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="N11">
-        <v>4.3E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="O11">
-        <v>4.3E-3</v>
+        <v>4.7000000000000002E-3</v>
       </c>
       <c r="P11">
-        <v>4.3E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="Q11">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="R11">
-        <v>4.0000000000000002E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="S11">
-        <v>4.0000000000000002E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="T11">
-        <v>4.0000000000000002E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="U11">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="V11">
-        <v>1E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="W11">
-        <v>1E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="X11">
-        <v>1E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="Y11">
-        <v>4856.4656500000001</v>
+        <v>6152.0911554540198</v>
       </c>
       <c r="Z11">
-        <v>4874.7783900000004</v>
+        <v>6288.0165878632897</v>
       </c>
       <c r="AA11">
-        <v>4841.9208600000002</v>
+        <v>6118.0476249200601</v>
       </c>
       <c r="AB11" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="AC11">
-        <v>0.996</v>
+        <v>0.99199999999999999</v>
       </c>
       <c r="AD11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AE11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AF11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AG11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="AH11" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI11">
-        <v>0.99245536999999995</v>
+        <v>0.97041728734902999</v>
       </c>
       <c r="AJ11">
-        <v>0.99919022999999996</v>
+        <v>0.99737700228832904</v>
       </c>
     </row>
     <row r="12" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B12" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C12" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D12" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E12" s="16">
-        <v>45851</v>
+        <v>45928</v>
       </c>
       <c r="F12" s="16">
-        <v>45857</v>
+        <v>45934</v>
       </c>
       <c r="G12">
-        <v>67553</v>
+        <v>64771</v>
       </c>
       <c r="H12">
-        <v>4977</v>
+        <v>6054</v>
       </c>
       <c r="I12">
-        <v>7.3999999999999996E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="J12">
-        <v>7.3700000000000002E-2</v>
+        <v>9.3899999999999997E-2</v>
       </c>
       <c r="K12">
-        <v>7.3700000000000002E-2</v>
+        <v>9.5500000000000002E-2</v>
       </c>
       <c r="L12">
-        <v>7.3700000000000002E-2</v>
+        <v>9.3600000000000003E-2</v>
       </c>
       <c r="M12">
-        <v>4.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="N12">
-        <v>4.1000000000000003E-3</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="O12">
-        <v>4.1000000000000003E-3</v>
+        <v>7.4000000000000003E-3</v>
       </c>
       <c r="P12">
-        <v>4.1000000000000003E-3</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="Q12">
         <v>1E-3</v>
       </c>
       <c r="R12">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="S12">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="T12">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="U12">
         <v>0</v>
       </c>
       <c r="V12">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="W12">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="X12">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="Y12">
-        <v>4996.4716500000004</v>
+        <v>6080.0014316392298</v>
       </c>
       <c r="Z12">
-        <v>5020.4106899999997</v>
+        <v>6188.3171531837397</v>
       </c>
       <c r="AA12">
-        <v>4982.5131700000002</v>
+        <v>6059.7473045097704</v>
       </c>
       <c r="AB12" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="AC12">
-        <v>0.997</v>
+        <v>0.996</v>
       </c>
       <c r="AD12" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="AE12" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="AF12" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="AG12" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="AH12" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI12">
-        <v>0.99195071999999995</v>
+        <v>0.978295043731778</v>
       </c>
       <c r="AJ12">
-        <v>0.99949560000000004</v>
+        <v>0.99905156036696596</v>
       </c>
     </row>
     <row r="13" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B13" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C13" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D13" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E13" s="16">
-        <v>45879</v>
+        <v>45858</v>
       </c>
       <c r="F13" s="16">
-        <v>45885</v>
+        <v>45864</v>
       </c>
       <c r="G13">
-        <v>66667</v>
+        <v>66155</v>
       </c>
       <c r="H13">
-        <v>5130</v>
+        <v>4843</v>
       </c>
       <c r="I13">
-        <v>7.6999999999999999E-2</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="J13">
-        <v>7.6999999999999999E-2</v>
+        <v>7.3200000000000001E-2</v>
       </c>
       <c r="K13">
-        <v>7.6999999999999999E-2</v>
+        <v>7.3200000000000001E-2</v>
       </c>
       <c r="L13">
-        <v>7.6999999999999999E-2</v>
+        <v>7.3200000000000001E-2</v>
       </c>
       <c r="M13">
-        <v>8.9999999999999993E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N13">
-        <v>8.5000000000000006E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="O13">
-        <v>8.5000000000000006E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="P13">
-        <v>8.5000000000000006E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="Q13">
         <v>0</v>
       </c>
       <c r="R13">
         <v>4.0000000000000002E-4</v>
       </c>
       <c r="S13">
         <v>4.0000000000000002E-4</v>
       </c>
       <c r="T13">
         <v>4.0000000000000002E-4</v>
       </c>
       <c r="U13">
         <v>0</v>
       </c>
       <c r="V13">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="W13">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="X13">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="Y13">
-        <v>5156.3380500000003</v>
+        <v>4857.4029739776997</v>
       </c>
       <c r="Z13">
-        <v>5265.8983900000003</v>
+        <v>4871.5578535085197</v>
       </c>
       <c r="AA13">
-        <v>5138.0699599999998</v>
+        <v>4843</v>
       </c>
       <c r="AB13" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="AC13">
-        <v>0.996</v>
+        <v>0.997</v>
       </c>
       <c r="AD13" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AE13" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AF13" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AG13" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AH13" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI13">
-        <v>0.97514224999999999</v>
+        <v>0.99413783960546598</v>
       </c>
       <c r="AJ13">
-        <v>0.99940251000000002</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B14" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C14" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D14" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E14" s="16">
-        <v>45942</v>
+        <v>45851</v>
       </c>
       <c r="F14" s="16">
-        <v>45948</v>
+        <v>45857</v>
       </c>
       <c r="G14">
-        <v>60370</v>
+        <v>67558</v>
       </c>
       <c r="H14">
-        <v>5507</v>
+        <v>4980</v>
       </c>
       <c r="I14">
-        <v>9.0999999999999998E-2</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="J14">
-        <v>9.6699999999999994E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="K14">
-        <v>0.1004</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="L14">
-        <v>9.4700000000000006E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M14">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="N14">
-        <v>4.5999999999999999E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="O14">
-        <v>4.8999999999999998E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="P14">
-        <v>4.3E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="Q14">
         <v>1E-3</v>
       </c>
       <c r="R14">
-        <v>8.9999999999999998E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="S14">
-        <v>1.1000000000000001E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="T14">
-        <v>8.9999999999999998E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="U14">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="V14">
-        <v>5.9999999999999995E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="W14">
-        <v>8.0000000000000004E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="X14">
-        <v>5.9999999999999995E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="Y14">
-        <v>5839.6206700000002</v>
+        <v>4995.8141251950101</v>
       </c>
       <c r="Z14">
-        <v>6060.1336000000001</v>
+        <v>5013.3354683386897</v>
       </c>
       <c r="AA14">
-        <v>5714.7543999999998</v>
+        <v>4983</v>
       </c>
       <c r="AB14" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="AC14">
-        <v>0.94499999999999995</v>
+        <v>0.997</v>
       </c>
       <c r="AD14" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="AE14" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="AF14" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="AG14" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="AH14" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI14">
-        <v>0.91054098000000006</v>
+        <v>0.99394904479656798</v>
       </c>
       <c r="AJ14">
-        <v>0.96557079999999995</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E15" s="16">
-        <v>45949</v>
+        <v>45991</v>
       </c>
       <c r="F15" s="16">
-        <v>45955</v>
+        <v>45997</v>
       </c>
       <c r="G15">
-        <v>63274</v>
+        <v>61484</v>
       </c>
       <c r="H15">
-        <v>5176</v>
+        <v>7090</v>
       </c>
       <c r="I15">
-        <v>8.2000000000000003E-2</v>
+        <v>0.115</v>
       </c>
       <c r="J15">
-        <v>9.5299999999999996E-2</v>
+        <v>0.1353</v>
       </c>
       <c r="K15">
-        <v>0.1021</v>
+        <v>0.14499999999999999</v>
       </c>
       <c r="L15">
-        <v>9.0200000000000002E-2</v>
+        <v>0.12820000000000001</v>
       </c>
       <c r="M15">
-        <v>4.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="N15">
-        <v>4.5999999999999999E-3</v>
+        <v>7.7999999999999996E-3</v>
       </c>
       <c r="O15">
-        <v>5.3E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="P15">
+        <v>7.1000000000000004E-3</v>
+      </c>
+      <c r="Q15">
+        <v>1.4E-2</v>
+      </c>
+      <c r="R15">
+        <v>1.52E-2</v>
+      </c>
+      <c r="S15">
+        <v>2.7099999999999999E-2</v>
+      </c>
+      <c r="T15">
+        <v>1.3599999999999999E-2</v>
+      </c>
+      <c r="U15">
+        <v>2E-3</v>
+      </c>
+      <c r="V15">
+        <v>2.5000000000000001E-3</v>
+      </c>
+      <c r="W15">
         <v>4.3E-3</v>
       </c>
-      <c r="Q15">
-[...19 lines deleted...]
-      </c>
       <c r="X15">
-        <v>5.9999999999999995E-4</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="Y15">
-        <v>6027.4227799999999</v>
+        <v>8321.0438352324509</v>
       </c>
       <c r="Z15">
-        <v>6458.5591100000001</v>
+        <v>8916.2409009417206</v>
       </c>
       <c r="AA15">
-        <v>5709.2298899999996</v>
+        <v>7881.7686913153102</v>
       </c>
       <c r="AB15" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="AC15">
         <v>0.86199999999999999</v>
       </c>
       <c r="AD15" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="AE15" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="AF15" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="AG15" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="AH15" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI15">
-        <v>0.80482348000000004</v>
+        <v>0.80482347658889297</v>
       </c>
       <c r="AJ15">
-        <v>0.91045553999999995</v>
+        <v>0.91045554380541804</v>
       </c>
     </row>
     <row r="16" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B16" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C16" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D16" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="E16" s="16">
-        <v>45837</v>
+        <v>45984</v>
       </c>
       <c r="F16" s="16">
-        <v>45843</v>
+        <v>45990</v>
       </c>
       <c r="G16">
-        <v>64795</v>
+        <v>58318</v>
       </c>
       <c r="H16">
-        <v>5335</v>
+        <v>7025</v>
       </c>
       <c r="I16">
-        <v>8.2000000000000003E-2</v>
+        <v>0.12</v>
       </c>
       <c r="J16">
-        <v>8.2400000000000001E-2</v>
+        <v>0.12809999999999999</v>
       </c>
       <c r="K16">
-        <v>8.2400000000000001E-2</v>
+        <v>0.13289999999999999</v>
       </c>
       <c r="L16">
-        <v>8.2400000000000001E-2</v>
+        <v>0.12529999999999999</v>
       </c>
       <c r="M16">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="N16">
-        <v>3.3999999999999998E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="O16">
-        <v>3.3999999999999998E-3</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="P16">
-        <v>3.3999999999999998E-3</v>
+        <v>6.4000000000000003E-3</v>
       </c>
       <c r="Q16">
-        <v>1E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="R16">
-        <v>6.9999999999999999E-4</v>
+        <v>9.9000000000000008E-3</v>
       </c>
       <c r="S16">
-        <v>6.9999999999999999E-4</v>
+        <v>1.18E-2</v>
       </c>
       <c r="T16">
-        <v>6.9999999999999999E-4</v>
+        <v>9.4999999999999998E-3</v>
       </c>
       <c r="U16">
-        <v>0</v>
+        <v>2E-3</v>
       </c>
       <c r="V16">
-        <v>1E-4</v>
+        <v>2E-3</v>
       </c>
       <c r="W16">
-        <v>1E-4</v>
+        <v>2.7000000000000001E-3</v>
       </c>
       <c r="X16">
-        <v>1E-4</v>
+        <v>2E-3</v>
       </c>
       <c r="Y16">
-        <v>5351.7291100000002</v>
+        <v>7469.3806983587501</v>
       </c>
       <c r="Z16">
-        <v>5377.9562999999998</v>
+        <v>7751.4358422919704</v>
       </c>
       <c r="AA16">
-        <v>5336</v>
+        <v>7309.6659205363703</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>258</v>
       </c>
       <c r="AC16">
-        <v>0.997</v>
+        <v>0.94499999999999995</v>
       </c>
       <c r="AD16" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="AE16" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="AF16" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="AG16" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="AH16" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI16">
-        <v>0.99219847000000005</v>
+        <v>0.91054098151615104</v>
       </c>
       <c r="AJ16">
-        <v>1</v>
+        <v>0.96557080401864603</v>
       </c>
     </row>
     <row r="17" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="B17" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="C17" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="D17" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="E17" s="16">
-        <v>45872</v>
+        <v>45970</v>
       </c>
       <c r="F17" s="16">
-        <v>45878</v>
+        <v>45976</v>
       </c>
       <c r="G17">
-        <v>65349</v>
+        <v>61095</v>
       </c>
       <c r="H17">
-        <v>4798</v>
+        <v>6506</v>
       </c>
       <c r="I17">
-        <v>7.2999999999999995E-2</v>
+        <v>0.106</v>
       </c>
       <c r="J17">
-        <v>7.3499999999999996E-2</v>
+        <v>0.1085</v>
       </c>
       <c r="K17">
-        <v>7.3499999999999996E-2</v>
+        <v>0.11219999999999999</v>
       </c>
       <c r="L17">
-        <v>7.3499999999999996E-2</v>
+        <v>0.1075</v>
       </c>
       <c r="M17">
-        <v>7.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N17">
-        <v>7.3000000000000001E-3</v>
+        <v>3.8999999999999998E-3</v>
       </c>
       <c r="O17">
-        <v>7.3000000000000001E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="P17">
-        <v>7.3000000000000001E-3</v>
+        <v>3.8999999999999998E-3</v>
       </c>
       <c r="Q17">
-        <v>0</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R17">
-        <v>4.0000000000000002E-4</v>
+        <v>2.8E-3</v>
       </c>
       <c r="S17">
-        <v>4.0000000000000002E-4</v>
+        <v>2.8999999999999998E-3</v>
       </c>
       <c r="T17">
-        <v>4.0000000000000002E-4</v>
+        <v>2.8E-3</v>
       </c>
       <c r="U17">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="V17">
-        <v>1E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="W17">
-        <v>1E-4</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="X17">
-        <v>1E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="Y17">
-        <v>4818.9682000000003</v>
+        <v>6628.9310055059796</v>
       </c>
       <c r="Z17">
-        <v>4849.56657</v>
+        <v>6856.7510469582303</v>
       </c>
       <c r="AA17">
-        <v>4802</v>
+        <v>6564.8519354153796</v>
       </c>
       <c r="AB17" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="AC17">
-        <v>0.996</v>
+        <v>0.98299999999999998</v>
       </c>
       <c r="AD17" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="AE17" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="AF17" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="AG17" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="AH17" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI17">
-        <v>0.99019157999999996</v>
+        <v>0.95030429942335504</v>
       </c>
       <c r="AJ17">
-        <v>1</v>
+        <v>0.99255856249371899</v>
       </c>
     </row>
     <row r="18" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="B18" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="C18" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="D18" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="E18" s="16">
-        <v>45921</v>
+        <v>45879</v>
       </c>
       <c r="F18" s="16">
-        <v>45927</v>
+        <v>45885</v>
       </c>
       <c r="G18">
-        <v>64962</v>
+        <v>66676</v>
       </c>
       <c r="H18">
-        <v>6268</v>
+        <v>5138</v>
       </c>
       <c r="I18">
-        <v>9.6000000000000002E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="J18">
-        <v>9.7600000000000006E-2</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="K18">
-        <v>9.9900000000000003E-2</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="L18">
-        <v>9.7000000000000003E-2</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="M18">
-        <v>0.01</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="N18">
-        <v>1.0200000000000001E-2</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="O18">
-        <v>1.0699999999999999E-2</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="P18">
-        <v>1.01E-2</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="Q18">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="R18">
-        <v>1.1000000000000001E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="S18">
-        <v>1.1000000000000001E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="T18">
-        <v>1E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="U18">
         <v>0</v>
       </c>
       <c r="V18">
-        <v>4.0000000000000002E-4</v>
+        <v>0</v>
       </c>
       <c r="W18">
-        <v>5.0000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="X18">
-        <v>4.0000000000000002E-4</v>
+        <v>0</v>
       </c>
       <c r="Y18">
-        <v>6339.1230800000003</v>
+        <v>5158.1601947301697</v>
       </c>
       <c r="Z18">
-        <v>6490.5477499999997</v>
+        <v>5183.4387676921697</v>
       </c>
       <c r="AA18">
-        <v>6299.0404699999999</v>
+        <v>5143</v>
       </c>
       <c r="AB18" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="AC18">
-        <v>0.99</v>
+        <v>0.997</v>
       </c>
       <c r="AD18" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="AE18" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="AF18" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="AG18" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="AH18" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
       <c r="AI18">
-        <v>0.96694458000000005</v>
+        <v>0.99219846717506799</v>
       </c>
       <c r="AJ18">
-        <v>0.99634221999999995</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="B19" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="C19" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="D19" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="E19" s="16">
-        <v>45914</v>
+        <v>45942</v>
       </c>
       <c r="F19" s="16">
-        <v>45920</v>
+        <v>45948</v>
       </c>
       <c r="G19">
-        <v>13982</v>
+        <v>61174</v>
       </c>
       <c r="H19">
-        <v>2252</v>
+        <v>5966</v>
       </c>
       <c r="I19">
-        <v>0.161</v>
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="J19">
+        <v>9.8100000000000007E-2</v>
+      </c>
+      <c r="K19">
+        <v>9.98E-2</v>
+      </c>
+      <c r="L19">
+        <v>9.7699999999999995E-2</v>
       </c>
       <c r="M19">
-        <v>1.4E-2</v>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="N19">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="O19">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="P19">
+        <v>4.3E-3</v>
       </c>
       <c r="Q19">
         <v>1E-3</v>
       </c>
+      <c r="R19">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="S19">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="T19">
+        <v>8.9999999999999998E-4</v>
+      </c>
       <c r="U19">
-        <v>0</v>
+        <v>1E-3</v>
+      </c>
+      <c r="V19">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="W19">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="X19">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="Y19">
+        <v>6001.6247904188303</v>
+      </c>
+      <c r="Z19">
+        <v>6106.2043214447303</v>
+      </c>
+      <c r="AA19">
+        <v>5976.7122918060304</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>276</v>
+      </c>
+      <c r="AC19">
+        <v>0.99399999999999999</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>277</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>277</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>277</v>
       </c>
       <c r="AH19" s="16">
-        <v>45960</v>
+        <v>46002</v>
+      </c>
+      <c r="AI19">
+        <v>0.97720280650356695</v>
+      </c>
+      <c r="AJ19">
+        <v>0.99837497752412396</v>
       </c>
     </row>
     <row r="20" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="B20" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="C20" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="D20" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="E20" s="16">
-        <v>45893</v>
+        <v>45949</v>
       </c>
       <c r="F20" s="16">
-        <v>45899</v>
+        <v>45955</v>
       </c>
       <c r="G20">
-        <v>13655</v>
+        <v>64281</v>
       </c>
       <c r="H20">
-        <v>1921</v>
+        <v>6228</v>
       </c>
       <c r="I20">
-        <v>0.14099999999999999</v>
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="J20">
+        <v>9.7699999999999995E-2</v>
+      </c>
+      <c r="K20">
+        <v>9.9500000000000005E-2</v>
+      </c>
+      <c r="L20">
+        <v>9.7199999999999995E-2</v>
       </c>
       <c r="M20">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="N20">
+        <v>4.3E-3</v>
+      </c>
+      <c r="O20">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="P20">
+        <v>4.3E-3</v>
       </c>
       <c r="Q20">
         <v>1E-3</v>
       </c>
+      <c r="R20">
+        <v>1E-3</v>
+      </c>
+      <c r="S20">
+        <v>1E-3</v>
+      </c>
+      <c r="T20">
+        <v>8.9999999999999998E-4</v>
+      </c>
       <c r="U20">
-        <v>0</v>
+        <v>1E-3</v>
+      </c>
+      <c r="V20">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="W20">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="X20">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="Y20">
+        <v>6277.4861221253004</v>
+      </c>
+      <c r="Z20">
+        <v>6398.4049972068296</v>
+      </c>
+      <c r="AA20">
+        <v>6245.99173715284</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>281</v>
+      </c>
+      <c r="AC20">
+        <v>0.99299999999999999</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>282</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>282</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>282</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>282</v>
       </c>
       <c r="AH20" s="16">
-        <v>45960</v>
+        <v>46002</v>
+      </c>
+      <c r="AI20">
+        <v>0.97414902662788105</v>
+      </c>
+      <c r="AJ20">
+        <v>0.99791998809803795</v>
       </c>
     </row>
     <row r="21" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="B21" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
       <c r="C21" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
       <c r="D21" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
       <c r="E21" s="16">
-        <v>45907</v>
+        <v>45963</v>
       </c>
       <c r="F21" s="16">
-        <v>45913</v>
+        <v>45969</v>
       </c>
       <c r="G21">
-        <v>13753</v>
+        <v>61417</v>
       </c>
       <c r="H21">
-        <v>2062</v>
+        <v>6433</v>
       </c>
       <c r="I21">
-        <v>0.15</v>
+        <v>0.105</v>
+      </c>
+      <c r="J21">
+        <v>0.10589999999999999</v>
+      </c>
+      <c r="K21">
+        <v>0.1084</v>
+      </c>
+      <c r="L21">
+        <v>0.1052</v>
       </c>
       <c r="M21">
-        <v>1.2999999999999999E-2</v>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="N21">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="O21">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="P21">
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="Q21">
+        <v>2E-3</v>
+      </c>
+      <c r="R21">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="S21">
+        <v>1.8E-3</v>
+      </c>
+      <c r="T21">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="U21">
         <v>1E-3</v>
       </c>
-      <c r="U21">
-        <v>0</v>
+      <c r="V21">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="W21">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="X21">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="Y21">
+        <v>6502.75244838447</v>
+      </c>
+      <c r="Z21">
+        <v>6658.0857915389097</v>
+      </c>
+      <c r="AA21">
+        <v>6461.6352079594199</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>286</v>
+      </c>
+      <c r="AC21">
+        <v>0.99</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>287</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>287</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>287</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>287</v>
       </c>
       <c r="AH21" s="16">
-        <v>45960</v>
+        <v>46002</v>
+      </c>
+      <c r="AI21">
+        <v>0.966944584610401</v>
+      </c>
+      <c r="AJ21">
+        <v>0.99634222496337999</v>
       </c>
     </row>
     <row r="22" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="B22" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="C22" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="D22" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="E22" s="16">
-        <v>45900</v>
+        <v>45837</v>
       </c>
       <c r="F22" s="16">
-        <v>45906</v>
+        <v>45843</v>
       </c>
       <c r="G22">
-        <v>13755</v>
+        <v>64802</v>
       </c>
       <c r="H22">
-        <v>2078</v>
+        <v>5343</v>
       </c>
       <c r="I22">
-        <v>0.151</v>
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="J22">
+        <v>8.2500000000000004E-2</v>
+      </c>
+      <c r="K22">
+        <v>8.2500000000000004E-2</v>
+      </c>
+      <c r="L22">
+        <v>8.2500000000000004E-2</v>
       </c>
       <c r="M22">
-        <v>1.4E-2</v>
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="N22">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="O22">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="P22">
+        <v>3.3999999999999998E-3</v>
       </c>
       <c r="Q22">
         <v>1E-3</v>
       </c>
+      <c r="R22">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="S22">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="T22">
+        <v>6.9999999999999999E-4</v>
+      </c>
       <c r="U22">
         <v>0</v>
       </c>
+      <c r="V22">
+        <v>1E-4</v>
+      </c>
+      <c r="W22">
+        <v>1E-4</v>
+      </c>
+      <c r="X22">
+        <v>1E-4</v>
+      </c>
+      <c r="Y22">
+        <v>5354.5404339250499</v>
+      </c>
+      <c r="Z22">
+        <v>5378.6592314219897</v>
+      </c>
+      <c r="AA22">
+        <v>5344</v>
+      </c>
+      <c r="AC22">
+        <v>0.998</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>291</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>291</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>291</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>291</v>
+      </c>
       <c r="AH22" s="16">
-        <v>45960</v>
+        <v>46002</v>
+      </c>
+      <c r="AI22">
+        <v>0.99355615778380002</v>
+      </c>
+      <c r="AJ22">
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B23" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="C23" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
       <c r="D23" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
       <c r="E23" s="16">
-        <v>45865</v>
+        <v>45872</v>
       </c>
       <c r="F23" s="16">
-        <v>45871</v>
+        <v>45878</v>
       </c>
       <c r="G23">
-        <v>13899</v>
+        <v>65360</v>
       </c>
       <c r="H23">
-        <v>1843</v>
+        <v>4804</v>
       </c>
       <c r="I23">
-        <v>0.13300000000000001</v>
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="J23">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="K23">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="L23">
+        <v>7.3599999999999999E-2</v>
       </c>
       <c r="M23">
-        <v>8.0000000000000002E-3</v>
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="N23">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="O23">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="P23">
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="Q23">
-        <v>1E-3</v>
+        <v>0</v>
+      </c>
+      <c r="R23">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="S23">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="T23">
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="U23">
         <v>0</v>
       </c>
+      <c r="V23">
+        <v>1E-4</v>
+      </c>
+      <c r="W23">
+        <v>1E-4</v>
+      </c>
+      <c r="X23">
+        <v>1E-4</v>
+      </c>
+      <c r="Y23">
+        <v>4826.9198274814999</v>
+      </c>
+      <c r="Z23">
+        <v>4844.0201605306002</v>
+      </c>
+      <c r="AA23">
+        <v>4808</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>295</v>
+      </c>
+      <c r="AC23">
+        <v>0.996</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>296</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>296</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>296</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>296</v>
+      </c>
       <c r="AH23" s="16">
-        <v>45960</v>
+        <v>46002</v>
+      </c>
+      <c r="AI23">
+        <v>0.99256399450520505</v>
+      </c>
+      <c r="AJ23">
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="B24" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="C24" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="D24" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="E24" s="16">
-        <v>45935</v>
+        <v>45921</v>
       </c>
       <c r="F24" s="16">
-        <v>45941</v>
+        <v>45927</v>
       </c>
       <c r="G24">
-        <v>13744</v>
+        <v>64989</v>
       </c>
       <c r="H24">
-        <v>2041</v>
+        <v>6381</v>
       </c>
       <c r="I24">
-        <v>0.14899999999999999</v>
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="J24">
+        <v>9.8199999999999996E-2</v>
+      </c>
+      <c r="K24">
+        <v>9.8199999999999996E-2</v>
+      </c>
+      <c r="L24">
+        <v>9.8199999999999996E-2</v>
       </c>
       <c r="M24">
         <v>0.01</v>
       </c>
+      <c r="N24">
+        <v>1.01E-2</v>
+      </c>
+      <c r="O24">
+        <v>1.01E-2</v>
+      </c>
+      <c r="P24">
+        <v>1.01E-2</v>
+      </c>
       <c r="Q24">
-        <v>0</v>
+        <v>1E-3</v>
+      </c>
+      <c r="R24">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="S24">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="T24">
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="U24">
         <v>0</v>
       </c>
+      <c r="V24">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="W24">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="X24">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="Y24">
+        <v>6410.5281631831904</v>
+      </c>
+      <c r="Z24">
+        <v>6546.7371574741801</v>
+      </c>
+      <c r="AA24">
+        <v>6387.8166751310901</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>300</v>
+      </c>
+      <c r="AC24">
+        <v>0.996</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>301</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>301</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>301</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>301</v>
+      </c>
       <c r="AH24" s="16">
-        <v>45960</v>
+        <v>46002</v>
+      </c>
+      <c r="AI24">
+        <v>0.975142249710089</v>
+      </c>
+      <c r="AJ24">
+        <v>0.99940250709668199</v>
       </c>
     </row>
     <row r="25" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>282</v>
+        <v>302</v>
       </c>
       <c r="B25" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="C25" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="D25" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="E25" s="16">
-        <v>45844</v>
+        <v>45977</v>
       </c>
       <c r="F25" s="16">
-        <v>45850</v>
+        <v>45983</v>
       </c>
       <c r="G25">
-        <v>14305</v>
+        <v>13142</v>
       </c>
       <c r="H25">
-        <v>2102</v>
+        <v>2143</v>
       </c>
       <c r="I25">
-        <v>0.14699999999999999</v>
+        <v>0.16300000000000001</v>
       </c>
       <c r="M25">
-        <v>6.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="Q25">
-        <v>1E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="U25">
-        <v>0</v>
+        <v>2E-3</v>
       </c>
       <c r="AH25" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="26" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="B26" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="C26" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="D26" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="E26" s="16">
-        <v>45886</v>
+        <v>45914</v>
       </c>
       <c r="F26" s="16">
-        <v>45892</v>
+        <v>45920</v>
       </c>
       <c r="G26">
-        <v>14016</v>
+        <v>13987</v>
       </c>
       <c r="H26">
-        <v>1897</v>
+        <v>2270</v>
       </c>
       <c r="I26">
-        <v>0.13500000000000001</v>
+        <v>0.16200000000000001</v>
       </c>
       <c r="M26">
-        <v>1.0999999999999999E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="Q26">
         <v>1E-3</v>
       </c>
       <c r="U26">
         <v>0</v>
       </c>
       <c r="AH26" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="27" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="B27" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="C27" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="D27" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="E27" s="16">
-        <v>45928</v>
+        <v>45893</v>
       </c>
       <c r="F27" s="16">
-        <v>45934</v>
+        <v>45899</v>
       </c>
       <c r="G27">
-        <v>13803</v>
+        <v>13662</v>
       </c>
       <c r="H27">
-        <v>2054</v>
+        <v>1933</v>
       </c>
       <c r="I27">
-        <v>0.14899999999999999</v>
+        <v>0.14099999999999999</v>
       </c>
       <c r="M27">
-        <v>1.0999999999999999E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="Q27">
         <v>1E-3</v>
       </c>
       <c r="U27">
         <v>0</v>
       </c>
       <c r="AH27" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="28" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="B28" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="C28" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="D28" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="E28" s="16">
-        <v>45858</v>
+        <v>45907</v>
       </c>
       <c r="F28" s="16">
-        <v>45864</v>
+        <v>45913</v>
       </c>
       <c r="G28">
-        <v>14088</v>
+        <v>13754</v>
       </c>
       <c r="H28">
-        <v>1982</v>
+        <v>2071</v>
       </c>
       <c r="I28">
-        <v>0.14099999999999999</v>
+        <v>0.151</v>
       </c>
       <c r="M28">
-        <v>5.0000000000000001E-3</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="Q28">
         <v>1E-3</v>
       </c>
       <c r="U28">
         <v>0</v>
       </c>
       <c r="AH28" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="29" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>294</v>
+        <v>314</v>
       </c>
       <c r="B29" t="s">
-        <v>295</v>
+        <v>315</v>
       </c>
       <c r="C29" t="s">
-        <v>296</v>
+        <v>316</v>
       </c>
       <c r="D29" t="s">
-        <v>296</v>
+        <v>316</v>
       </c>
       <c r="E29" s="16">
-        <v>45851</v>
+        <v>45900</v>
       </c>
       <c r="F29" s="16">
-        <v>45857</v>
+        <v>45906</v>
       </c>
       <c r="G29">
-        <v>14398</v>
+        <v>13760</v>
       </c>
       <c r="H29">
-        <v>2050</v>
+        <v>2083</v>
       </c>
       <c r="I29">
-        <v>0.14199999999999999</v>
+        <v>0.151</v>
       </c>
       <c r="M29">
-        <v>6.0000000000000001E-3</v>
+        <v>1.4E-2</v>
       </c>
       <c r="Q29">
         <v>1E-3</v>
       </c>
       <c r="U29">
         <v>0</v>
       </c>
       <c r="AH29" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="30" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>297</v>
+        <v>317</v>
       </c>
       <c r="B30" t="s">
-        <v>298</v>
+        <v>318</v>
       </c>
       <c r="C30" t="s">
-        <v>299</v>
+        <v>319</v>
       </c>
       <c r="D30" t="s">
-        <v>299</v>
+        <v>319</v>
       </c>
       <c r="E30" s="16">
-        <v>45879</v>
+        <v>45865</v>
       </c>
       <c r="F30" s="16">
-        <v>45885</v>
+        <v>45871</v>
       </c>
       <c r="G30">
-        <v>14155</v>
+        <v>13900</v>
       </c>
       <c r="H30">
-        <v>2039</v>
+        <v>1847</v>
       </c>
       <c r="I30">
-        <v>0.14399999999999999</v>
+        <v>0.13300000000000001</v>
       </c>
       <c r="M30">
-        <v>1.0999999999999999E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="Q30">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="U30">
         <v>0</v>
       </c>
       <c r="AH30" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="31" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>300</v>
+        <v>320</v>
       </c>
       <c r="B31" t="s">
-        <v>301</v>
+        <v>321</v>
       </c>
       <c r="C31" t="s">
-        <v>302</v>
+        <v>322</v>
       </c>
       <c r="D31" t="s">
-        <v>302</v>
+        <v>322</v>
       </c>
       <c r="E31" s="16">
-        <v>45942</v>
+        <v>45935</v>
       </c>
       <c r="F31" s="16">
-        <v>45948</v>
+        <v>45941</v>
       </c>
       <c r="G31">
-        <v>13470</v>
+        <v>13763</v>
       </c>
       <c r="H31">
-        <v>2011</v>
+        <v>2128</v>
       </c>
       <c r="I31">
-        <v>0.14899999999999999</v>
+        <v>0.155</v>
       </c>
       <c r="M31">
-        <v>7.0000000000000001E-3</v>
+        <v>0.01</v>
       </c>
       <c r="Q31">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="U31">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="AH31" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="32" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>303</v>
+        <v>323</v>
       </c>
       <c r="B32" t="s">
-        <v>304</v>
+        <v>324</v>
       </c>
       <c r="C32" t="s">
-        <v>305</v>
+        <v>325</v>
       </c>
       <c r="D32" t="s">
-        <v>305</v>
+        <v>325</v>
       </c>
       <c r="E32" s="16">
-        <v>45949</v>
+        <v>45844</v>
       </c>
       <c r="F32" s="16">
-        <v>45955</v>
+        <v>45850</v>
       </c>
       <c r="G32">
-        <v>13667</v>
+        <v>14307</v>
       </c>
       <c r="H32">
-        <v>1691</v>
+        <v>2106</v>
       </c>
       <c r="I32">
-        <v>0.124</v>
+        <v>0.14699999999999999</v>
       </c>
       <c r="M32">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="Q32">
         <v>1E-3</v>
       </c>
       <c r="U32">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="AH32" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="33" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>306</v>
+        <v>326</v>
       </c>
       <c r="B33" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="C33" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="D33" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="E33" s="16">
-        <v>45837</v>
+        <v>45886</v>
       </c>
       <c r="F33" s="16">
-        <v>45843</v>
+        <v>45892</v>
       </c>
       <c r="G33">
-        <v>13855</v>
+        <v>14020</v>
       </c>
       <c r="H33">
-        <v>2092</v>
+        <v>1904</v>
       </c>
       <c r="I33">
-        <v>0.151</v>
+        <v>0.13600000000000001</v>
       </c>
       <c r="M33">
-        <v>5.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="Q33">
         <v>1E-3</v>
       </c>
       <c r="U33">
         <v>0</v>
       </c>
       <c r="AH33" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="34" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>309</v>
+        <v>329</v>
       </c>
       <c r="B34" t="s">
-        <v>310</v>
+        <v>330</v>
       </c>
       <c r="C34" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="D34" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="E34" s="16">
-        <v>45872</v>
+        <v>45956</v>
       </c>
       <c r="F34" s="16">
-        <v>45878</v>
+        <v>45962</v>
       </c>
       <c r="G34">
-        <v>14159</v>
+        <v>13477</v>
       </c>
       <c r="H34">
-        <v>1893</v>
+        <v>2141</v>
       </c>
       <c r="I34">
-        <v>0.13400000000000001</v>
+        <v>0.159</v>
       </c>
       <c r="M34">
-        <v>8.9999999999999993E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="Q34">
+        <v>2E-3</v>
+      </c>
+      <c r="U34">
         <v>1E-3</v>
       </c>
-      <c r="U34">
-[...1 lines deleted...]
-      </c>
       <c r="AH34" s="16">
-        <v>45960</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="35" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>312</v>
+        <v>332</v>
       </c>
       <c r="B35" t="s">
-        <v>313</v>
+        <v>333</v>
       </c>
       <c r="C35" t="s">
-        <v>314</v>
+        <v>334</v>
       </c>
       <c r="D35" t="s">
-        <v>314</v>
+        <v>334</v>
       </c>
       <c r="E35" s="16">
-        <v>45921</v>
+        <v>45928</v>
       </c>
       <c r="F35" s="16">
-        <v>45927</v>
+        <v>45934</v>
       </c>
       <c r="G35">
-        <v>13934</v>
+        <v>13819</v>
       </c>
       <c r="H35">
-        <v>2299</v>
+        <v>2101</v>
       </c>
       <c r="I35">
-        <v>0.16500000000000001</v>
+        <v>0.152</v>
       </c>
       <c r="M35">
-        <v>1.4999999999999999E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="Q35">
         <v>1E-3</v>
       </c>
       <c r="U35">
+        <v>0</v>
+      </c>
+      <c r="AH35" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="36" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>335</v>
+      </c>
+      <c r="B36" t="s">
+        <v>336</v>
+      </c>
+      <c r="C36" t="s">
+        <v>337</v>
+      </c>
+      <c r="D36" t="s">
+        <v>337</v>
+      </c>
+      <c r="E36" s="16">
+        <v>45858</v>
+      </c>
+      <c r="F36" s="16">
+        <v>45864</v>
+      </c>
+      <c r="G36">
+        <v>14092</v>
+      </c>
+      <c r="H36">
+        <v>1985</v>
+      </c>
+      <c r="I36">
+        <v>0.14099999999999999</v>
+      </c>
+      <c r="M36">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="Q36">
         <v>1E-3</v>
       </c>
-      <c r="AH35" s="16">
-        <v>45960</v>
+      <c r="U36">
+        <v>0</v>
+      </c>
+      <c r="AH36" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="37" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>338</v>
+      </c>
+      <c r="B37" t="s">
+        <v>339</v>
+      </c>
+      <c r="C37" t="s">
+        <v>340</v>
+      </c>
+      <c r="D37" t="s">
+        <v>340</v>
+      </c>
+      <c r="E37" s="16">
+        <v>45851</v>
+      </c>
+      <c r="F37" s="16">
+        <v>45857</v>
+      </c>
+      <c r="G37">
+        <v>14400</v>
+      </c>
+      <c r="H37">
+        <v>2051</v>
+      </c>
+      <c r="I37">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="M37">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q37">
+        <v>1E-3</v>
+      </c>
+      <c r="U37">
+        <v>0</v>
+      </c>
+      <c r="AH37" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="38" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>341</v>
+      </c>
+      <c r="B38" t="s">
+        <v>342</v>
+      </c>
+      <c r="C38" t="s">
+        <v>343</v>
+      </c>
+      <c r="D38" t="s">
+        <v>343</v>
+      </c>
+      <c r="E38" s="16">
+        <v>45991</v>
+      </c>
+      <c r="F38" s="16">
+        <v>45997</v>
+      </c>
+      <c r="G38">
+        <v>13506</v>
+      </c>
+      <c r="H38">
+        <v>2100</v>
+      </c>
+      <c r="I38">
+        <v>0.155</v>
+      </c>
+      <c r="M38">
+        <v>0.01</v>
+      </c>
+      <c r="Q38">
+        <v>1.2E-2</v>
+      </c>
+      <c r="U38">
+        <v>2E-3</v>
+      </c>
+      <c r="AH38" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="39" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>344</v>
+      </c>
+      <c r="B39" t="s">
+        <v>345</v>
+      </c>
+      <c r="C39" t="s">
+        <v>346</v>
+      </c>
+      <c r="D39" t="s">
+        <v>346</v>
+      </c>
+      <c r="E39" s="16">
+        <v>45984</v>
+      </c>
+      <c r="F39" s="16">
+        <v>45990</v>
+      </c>
+      <c r="G39">
+        <v>12468</v>
+      </c>
+      <c r="H39">
+        <v>2169</v>
+      </c>
+      <c r="I39">
+        <v>0.17399999999999999</v>
+      </c>
+      <c r="M39">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Q39">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="U39">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AH39" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>347</v>
+      </c>
+      <c r="B40" t="s">
+        <v>348</v>
+      </c>
+      <c r="C40" t="s">
+        <v>349</v>
+      </c>
+      <c r="D40" t="s">
+        <v>349</v>
+      </c>
+      <c r="E40" s="16">
+        <v>45970</v>
+      </c>
+      <c r="F40" s="16">
+        <v>45976</v>
+      </c>
+      <c r="G40">
+        <v>13308</v>
+      </c>
+      <c r="H40">
+        <v>2232</v>
+      </c>
+      <c r="I40">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="M40">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q40">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="U40">
+        <v>1E-3</v>
+      </c>
+      <c r="AH40" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="41" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>350</v>
+      </c>
+      <c r="B41" t="s">
+        <v>351</v>
+      </c>
+      <c r="C41" t="s">
+        <v>352</v>
+      </c>
+      <c r="D41" t="s">
+        <v>352</v>
+      </c>
+      <c r="E41" s="16">
+        <v>45879</v>
+      </c>
+      <c r="F41" s="16">
+        <v>45885</v>
+      </c>
+      <c r="G41">
+        <v>14157</v>
+      </c>
+      <c r="H41">
+        <v>2042</v>
+      </c>
+      <c r="I41">
+        <v>0.14399999999999999</v>
+      </c>
+      <c r="M41">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Q41">
+        <v>0</v>
+      </c>
+      <c r="U41">
+        <v>0</v>
+      </c>
+      <c r="AH41" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>353</v>
+      </c>
+      <c r="B42" t="s">
+        <v>354</v>
+      </c>
+      <c r="C42" t="s">
+        <v>355</v>
+      </c>
+      <c r="D42" t="s">
+        <v>355</v>
+      </c>
+      <c r="E42" s="16">
+        <v>45942</v>
+      </c>
+      <c r="F42" s="16">
+        <v>45948</v>
+      </c>
+      <c r="G42">
+        <v>13560</v>
+      </c>
+      <c r="H42">
+        <v>2229</v>
+      </c>
+      <c r="I42">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="M42">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Q42">
+        <v>1E-3</v>
+      </c>
+      <c r="U42">
+        <v>1E-3</v>
+      </c>
+      <c r="AH42" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="43" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>356</v>
+      </c>
+      <c r="B43" t="s">
+        <v>357</v>
+      </c>
+      <c r="C43" t="s">
+        <v>358</v>
+      </c>
+      <c r="D43" t="s">
+        <v>358</v>
+      </c>
+      <c r="E43" s="16">
+        <v>45949</v>
+      </c>
+      <c r="F43" s="16">
+        <v>45955</v>
+      </c>
+      <c r="G43">
+        <v>13868</v>
+      </c>
+      <c r="H43">
+        <v>2225</v>
+      </c>
+      <c r="I43">
+        <v>0.16</v>
+      </c>
+      <c r="M43">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Q43">
+        <v>1E-3</v>
+      </c>
+      <c r="U43">
+        <v>1E-3</v>
+      </c>
+      <c r="AH43" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="44" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>359</v>
+      </c>
+      <c r="B44" t="s">
+        <v>360</v>
+      </c>
+      <c r="C44" t="s">
+        <v>361</v>
+      </c>
+      <c r="D44" t="s">
+        <v>361</v>
+      </c>
+      <c r="E44" s="16">
+        <v>45963</v>
+      </c>
+      <c r="F44" s="16">
+        <v>45969</v>
+      </c>
+      <c r="G44">
+        <v>13279</v>
+      </c>
+      <c r="H44">
+        <v>2232</v>
+      </c>
+      <c r="I44">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="M44">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Q44">
+        <v>2E-3</v>
+      </c>
+      <c r="U44">
+        <v>1E-3</v>
+      </c>
+      <c r="AH44" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="45" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>362</v>
+      </c>
+      <c r="B45" t="s">
+        <v>363</v>
+      </c>
+      <c r="C45" t="s">
+        <v>364</v>
+      </c>
+      <c r="D45" t="s">
+        <v>364</v>
+      </c>
+      <c r="E45" s="16">
+        <v>45837</v>
+      </c>
+      <c r="F45" s="16">
+        <v>45843</v>
+      </c>
+      <c r="G45">
+        <v>13856</v>
+      </c>
+      <c r="H45">
+        <v>2100</v>
+      </c>
+      <c r="I45">
+        <v>0.152</v>
+      </c>
+      <c r="M45">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="Q45">
+        <v>1E-3</v>
+      </c>
+      <c r="U45">
+        <v>0</v>
+      </c>
+      <c r="AH45" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="46" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>365</v>
+      </c>
+      <c r="B46" t="s">
+        <v>366</v>
+      </c>
+      <c r="C46" t="s">
+        <v>367</v>
+      </c>
+      <c r="D46" t="s">
+        <v>367</v>
+      </c>
+      <c r="E46" s="16">
+        <v>45872</v>
+      </c>
+      <c r="F46" s="16">
+        <v>45878</v>
+      </c>
+      <c r="G46">
+        <v>14160</v>
+      </c>
+      <c r="H46">
+        <v>1897</v>
+      </c>
+      <c r="I46">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="M46">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Q46">
+        <v>1E-3</v>
+      </c>
+      <c r="U46">
+        <v>0</v>
+      </c>
+      <c r="AH46" s="16">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="47" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>368</v>
+      </c>
+      <c r="B47" t="s">
+        <v>369</v>
+      </c>
+      <c r="C47" t="s">
+        <v>370</v>
+      </c>
+      <c r="D47" t="s">
+        <v>370</v>
+      </c>
+      <c r="E47" s="16">
+        <v>45921</v>
+      </c>
+      <c r="F47" s="16">
+        <v>45927</v>
+      </c>
+      <c r="G47">
+        <v>13939</v>
+      </c>
+      <c r="H47">
+        <v>2319</v>
+      </c>
+      <c r="I47">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="M47">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Q47">
+        <v>1E-3</v>
+      </c>
+      <c r="U47">
+        <v>1E-3</v>
+      </c>
+      <c r="AH47" s="16">
+        <v>46002</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:AJ1" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...569 lines deleted...]
-  <autoFilter ref="A1:H1" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...690 lines deleted...]
-  <dimension ref="A1:H120"/>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:H162"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>1865</v>
+        <v>2082</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>1866</v>
+        <v>2083</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>1867</v>
+        <v>2084</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1868</v>
+        <v>2085</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1869</v>
+        <v>2086</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1870</v>
+        <v>2087</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1871</v>
+        <v>2088</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>1872</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>1873</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2090</v>
+      </c>
+      <c r="B2" s="20">
+        <v>46002</v>
       </c>
       <c r="C2" t="s">
-        <v>1874</v>
+        <v>2091</v>
       </c>
       <c r="D2" t="s">
-        <v>1875</v>
+        <v>2092</v>
       </c>
       <c r="E2" t="s">
-        <v>1876</v>
-[...1 lines deleted...]
-      <c r="F2" s="21">
+        <v>2093</v>
+      </c>
+      <c r="F2" s="20">
         <v>45837</v>
       </c>
-      <c r="G2" s="21">
+      <c r="G2" s="20">
         <v>45843</v>
       </c>
       <c r="H2">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>1877</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2094</v>
+      </c>
+      <c r="B3" s="20">
+        <v>46002</v>
       </c>
       <c r="C3" t="s">
-        <v>1878</v>
+        <v>2095</v>
       </c>
       <c r="D3" t="s">
-        <v>1879</v>
+        <v>2096</v>
       </c>
       <c r="E3" t="s">
-        <v>1880</v>
-[...1 lines deleted...]
-      <c r="F3" s="21">
+        <v>2097</v>
+      </c>
+      <c r="F3" s="20">
         <v>45837</v>
       </c>
-      <c r="G3" s="21">
+      <c r="G3" s="20">
         <v>45843</v>
       </c>
       <c r="H3">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>1881</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2098</v>
+      </c>
+      <c r="B4" s="20">
+        <v>46002</v>
       </c>
       <c r="C4" t="s">
-        <v>1882</v>
+        <v>2099</v>
       </c>
       <c r="D4" t="s">
-        <v>1883</v>
+        <v>2100</v>
       </c>
       <c r="E4" t="s">
-        <v>1884</v>
-[...1 lines deleted...]
-      <c r="F4" s="21">
+        <v>2101</v>
+      </c>
+      <c r="F4" s="20">
         <v>45837</v>
       </c>
-      <c r="G4" s="21">
+      <c r="G4" s="20">
         <v>45843</v>
       </c>
       <c r="H4">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>1885</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2102</v>
+      </c>
+      <c r="B5" s="20">
+        <v>46002</v>
       </c>
       <c r="C5" t="s">
-        <v>1886</v>
+        <v>2103</v>
       </c>
       <c r="D5" t="s">
-        <v>1887</v>
+        <v>2104</v>
       </c>
       <c r="E5" t="s">
-        <v>1888</v>
-[...1 lines deleted...]
-      <c r="F5" s="21">
+        <v>2105</v>
+      </c>
+      <c r="F5" s="20">
         <v>45837</v>
       </c>
-      <c r="G5" s="21">
+      <c r="G5" s="20">
         <v>45843</v>
       </c>
       <c r="H5">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>1889</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2106</v>
+      </c>
+      <c r="B6" s="20">
+        <v>46002</v>
       </c>
       <c r="C6" t="s">
-        <v>1890</v>
+        <v>2107</v>
       </c>
       <c r="D6" t="s">
-        <v>1891</v>
+        <v>2108</v>
       </c>
       <c r="E6" t="s">
-        <v>1892</v>
-[...1 lines deleted...]
-      <c r="F6" s="21">
+        <v>2109</v>
+      </c>
+      <c r="F6" s="20">
         <v>45837</v>
       </c>
-      <c r="G6" s="21">
+      <c r="G6" s="20">
         <v>45843</v>
       </c>
       <c r="H6">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>1893</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2110</v>
+      </c>
+      <c r="B7" s="20">
+        <v>46002</v>
       </c>
       <c r="C7" t="s">
-        <v>1894</v>
+        <v>2111</v>
       </c>
       <c r="D7" t="s">
-        <v>1895</v>
+        <v>2112</v>
       </c>
       <c r="E7" t="s">
-        <v>1896</v>
-[...1 lines deleted...]
-      <c r="F7" s="21">
+        <v>2113</v>
+      </c>
+      <c r="F7" s="20">
         <v>45837</v>
       </c>
-      <c r="G7" s="21">
+      <c r="G7" s="20">
         <v>45843</v>
       </c>
       <c r="H7">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>1897</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2114</v>
+      </c>
+      <c r="B8" s="20">
+        <v>46002</v>
       </c>
       <c r="C8" t="s">
-        <v>1898</v>
+        <v>2115</v>
       </c>
       <c r="D8" t="s">
-        <v>1899</v>
+        <v>2116</v>
       </c>
       <c r="E8" t="s">
-        <v>1900</v>
-[...1 lines deleted...]
-      <c r="F8" s="21">
+        <v>2117</v>
+      </c>
+      <c r="F8" s="20">
         <v>45837</v>
       </c>
-      <c r="G8" s="21">
+      <c r="G8" s="20">
         <v>45843</v>
       </c>
       <c r="H8">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>1901</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2118</v>
+      </c>
+      <c r="B9" s="20">
+        <v>46002</v>
       </c>
       <c r="C9" t="s">
-        <v>1902</v>
+        <v>2119</v>
       </c>
       <c r="D9" t="s">
-        <v>1903</v>
+        <v>2120</v>
       </c>
       <c r="E9" t="s">
-        <v>1904</v>
-[...1 lines deleted...]
-      <c r="F9" s="21">
+        <v>2121</v>
+      </c>
+      <c r="F9" s="20">
         <v>45844</v>
       </c>
-      <c r="G9" s="21">
+      <c r="G9" s="20">
         <v>45850</v>
       </c>
       <c r="H9">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>1905</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2122</v>
+      </c>
+      <c r="B10" s="20">
+        <v>46002</v>
       </c>
       <c r="C10" t="s">
-        <v>1906</v>
+        <v>2123</v>
       </c>
       <c r="D10" t="s">
-        <v>1907</v>
+        <v>2124</v>
       </c>
       <c r="E10" t="s">
-        <v>1908</v>
-[...1 lines deleted...]
-      <c r="F10" s="21">
+        <v>2125</v>
+      </c>
+      <c r="F10" s="20">
         <v>45844</v>
       </c>
-      <c r="G10" s="21">
+      <c r="G10" s="20">
         <v>45850</v>
       </c>
       <c r="H10">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2126</v>
+      </c>
+      <c r="B11" s="20">
+        <v>46002</v>
       </c>
       <c r="C11" t="s">
-        <v>1910</v>
+        <v>2127</v>
       </c>
       <c r="D11" t="s">
-        <v>1911</v>
+        <v>2128</v>
       </c>
       <c r="E11" t="s">
-        <v>1912</v>
-[...1 lines deleted...]
-      <c r="F11" s="21">
+        <v>2129</v>
+      </c>
+      <c r="F11" s="20">
         <v>45844</v>
       </c>
-      <c r="G11" s="21">
+      <c r="G11" s="20">
         <v>45850</v>
       </c>
       <c r="H11">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>1913</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2130</v>
+      </c>
+      <c r="B12" s="20">
+        <v>46002</v>
       </c>
       <c r="C12" t="s">
-        <v>1914</v>
+        <v>2131</v>
       </c>
       <c r="D12" t="s">
-        <v>1915</v>
+        <v>2132</v>
       </c>
       <c r="E12" t="s">
-        <v>1916</v>
-[...1 lines deleted...]
-      <c r="F12" s="21">
+        <v>2133</v>
+      </c>
+      <c r="F12" s="20">
         <v>45844</v>
       </c>
-      <c r="G12" s="21">
+      <c r="G12" s="20">
         <v>45850</v>
       </c>
       <c r="H12">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>1917</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2134</v>
+      </c>
+      <c r="B13" s="20">
+        <v>46002</v>
       </c>
       <c r="C13" t="s">
-        <v>1918</v>
+        <v>2135</v>
       </c>
       <c r="D13" t="s">
-        <v>1919</v>
+        <v>2136</v>
       </c>
       <c r="E13" t="s">
-        <v>1920</v>
-[...1 lines deleted...]
-      <c r="F13" s="21">
+        <v>2137</v>
+      </c>
+      <c r="F13" s="20">
         <v>45844</v>
       </c>
-      <c r="G13" s="21">
+      <c r="G13" s="20">
         <v>45850</v>
       </c>
       <c r="H13">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>1921</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2138</v>
+      </c>
+      <c r="B14" s="20">
+        <v>46002</v>
       </c>
       <c r="C14" t="s">
-        <v>1922</v>
+        <v>2139</v>
       </c>
       <c r="D14" t="s">
-        <v>1923</v>
+        <v>2140</v>
       </c>
       <c r="E14" t="s">
-        <v>1924</v>
-[...1 lines deleted...]
-      <c r="F14" s="21">
+        <v>2141</v>
+      </c>
+      <c r="F14" s="20">
         <v>45844</v>
       </c>
-      <c r="G14" s="21">
+      <c r="G14" s="20">
         <v>45850</v>
       </c>
       <c r="H14">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>1925</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2142</v>
+      </c>
+      <c r="B15" s="20">
+        <v>46002</v>
       </c>
       <c r="C15" t="s">
-        <v>1926</v>
+        <v>2143</v>
       </c>
       <c r="D15" t="s">
-        <v>1927</v>
+        <v>2144</v>
       </c>
       <c r="E15" t="s">
-        <v>1928</v>
-[...1 lines deleted...]
-      <c r="F15" s="21">
+        <v>2145</v>
+      </c>
+      <c r="F15" s="20">
         <v>45844</v>
       </c>
-      <c r="G15" s="21">
+      <c r="G15" s="20">
         <v>45850</v>
       </c>
       <c r="H15">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>1929</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2146</v>
+      </c>
+      <c r="B16" s="20">
+        <v>46002</v>
       </c>
       <c r="C16" t="s">
-        <v>1930</v>
+        <v>2147</v>
       </c>
       <c r="D16" t="s">
-        <v>1931</v>
+        <v>2148</v>
       </c>
       <c r="E16" t="s">
-        <v>1932</v>
-[...1 lines deleted...]
-      <c r="F16" s="21">
+        <v>2149</v>
+      </c>
+      <c r="F16" s="20">
         <v>45851</v>
       </c>
-      <c r="G16" s="21">
+      <c r="G16" s="20">
         <v>45857</v>
       </c>
       <c r="H16">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>1933</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2150</v>
+      </c>
+      <c r="B17" s="20">
+        <v>46002</v>
       </c>
       <c r="C17" t="s">
-        <v>1934</v>
+        <v>2151</v>
       </c>
       <c r="D17" t="s">
-        <v>1935</v>
+        <v>2152</v>
       </c>
       <c r="E17" t="s">
-        <v>1936</v>
-[...1 lines deleted...]
-      <c r="F17" s="21">
+        <v>2153</v>
+      </c>
+      <c r="F17" s="20">
         <v>45851</v>
       </c>
-      <c r="G17" s="21">
+      <c r="G17" s="20">
         <v>45857</v>
       </c>
       <c r="H17">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>1937</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2154</v>
+      </c>
+      <c r="B18" s="20">
+        <v>46002</v>
       </c>
       <c r="C18" t="s">
-        <v>1938</v>
+        <v>2155</v>
       </c>
       <c r="D18" t="s">
-        <v>1939</v>
+        <v>2156</v>
       </c>
       <c r="E18" t="s">
-        <v>1940</v>
-[...1 lines deleted...]
-      <c r="F18" s="21">
+        <v>2157</v>
+      </c>
+      <c r="F18" s="20">
         <v>45851</v>
       </c>
-      <c r="G18" s="21">
+      <c r="G18" s="20">
         <v>45857</v>
       </c>
       <c r="H18">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>1941</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2158</v>
+      </c>
+      <c r="B19" s="20">
+        <v>46002</v>
       </c>
       <c r="C19" t="s">
-        <v>1942</v>
+        <v>2159</v>
       </c>
       <c r="D19" t="s">
-        <v>1943</v>
+        <v>2160</v>
       </c>
       <c r="E19" t="s">
-        <v>1944</v>
-[...1 lines deleted...]
-      <c r="F19" s="21">
+        <v>2161</v>
+      </c>
+      <c r="F19" s="20">
         <v>45851</v>
       </c>
-      <c r="G19" s="21">
+      <c r="G19" s="20">
         <v>45857</v>
       </c>
       <c r="H19">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>1945</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2162</v>
+      </c>
+      <c r="B20" s="20">
+        <v>46002</v>
       </c>
       <c r="C20" t="s">
-        <v>1946</v>
+        <v>2163</v>
       </c>
       <c r="D20" t="s">
-        <v>1947</v>
+        <v>2164</v>
       </c>
       <c r="E20" t="s">
-        <v>1948</v>
-[...1 lines deleted...]
-      <c r="F20" s="21">
+        <v>2165</v>
+      </c>
+      <c r="F20" s="20">
         <v>45851</v>
       </c>
-      <c r="G20" s="21">
+      <c r="G20" s="20">
         <v>45857</v>
       </c>
       <c r="H20">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>1949</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2166</v>
+      </c>
+      <c r="B21" s="20">
+        <v>46002</v>
       </c>
       <c r="C21" t="s">
-        <v>1950</v>
+        <v>2167</v>
       </c>
       <c r="D21" t="s">
-        <v>1951</v>
+        <v>2168</v>
       </c>
       <c r="E21" t="s">
-        <v>1952</v>
-[...1 lines deleted...]
-      <c r="F21" s="21">
+        <v>2169</v>
+      </c>
+      <c r="F21" s="20">
         <v>45851</v>
       </c>
-      <c r="G21" s="21">
+      <c r="G21" s="20">
         <v>45857</v>
       </c>
       <c r="H21">
         <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>1953</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2170</v>
+      </c>
+      <c r="B22" s="20">
+        <v>46002</v>
       </c>
       <c r="C22" t="s">
-        <v>1954</v>
+        <v>2171</v>
       </c>
       <c r="D22" t="s">
-        <v>1955</v>
+        <v>2172</v>
       </c>
       <c r="E22" t="s">
-        <v>1956</v>
-[...1 lines deleted...]
-      <c r="F22" s="21">
+        <v>2173</v>
+      </c>
+      <c r="F22" s="20">
         <v>45851</v>
       </c>
-      <c r="G22" s="21">
+      <c r="G22" s="20">
         <v>45857</v>
       </c>
       <c r="H22">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>1957</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2174</v>
+      </c>
+      <c r="B23" s="20">
+        <v>46002</v>
       </c>
       <c r="C23" t="s">
-        <v>1958</v>
+        <v>2175</v>
       </c>
       <c r="D23" t="s">
-        <v>1959</v>
+        <v>2176</v>
       </c>
       <c r="E23" t="s">
-        <v>1960</v>
-[...1 lines deleted...]
-      <c r="F23" s="21">
+        <v>2177</v>
+      </c>
+      <c r="F23" s="20">
         <v>45858</v>
       </c>
-      <c r="G23" s="21">
+      <c r="G23" s="20">
         <v>45864</v>
       </c>
       <c r="H23">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>1961</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2178</v>
+      </c>
+      <c r="B24" s="20">
+        <v>46002</v>
       </c>
       <c r="C24" t="s">
-        <v>1962</v>
+        <v>2179</v>
       </c>
       <c r="D24" t="s">
-        <v>1963</v>
+        <v>2180</v>
       </c>
       <c r="E24" t="s">
-        <v>1964</v>
-[...1 lines deleted...]
-      <c r="F24" s="21">
+        <v>2181</v>
+      </c>
+      <c r="F24" s="20">
         <v>45858</v>
       </c>
-      <c r="G24" s="21">
+      <c r="G24" s="20">
         <v>45864</v>
       </c>
       <c r="H24">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>1965</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2182</v>
+      </c>
+      <c r="B25" s="20">
+        <v>46002</v>
       </c>
       <c r="C25" t="s">
-        <v>1966</v>
+        <v>2183</v>
       </c>
       <c r="D25" t="s">
-        <v>1967</v>
+        <v>2184</v>
       </c>
       <c r="E25" t="s">
-        <v>1968</v>
-[...1 lines deleted...]
-      <c r="F25" s="21">
+        <v>2185</v>
+      </c>
+      <c r="F25" s="20">
         <v>45858</v>
       </c>
-      <c r="G25" s="21">
+      <c r="G25" s="20">
         <v>45864</v>
       </c>
       <c r="H25">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>1969</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2186</v>
+      </c>
+      <c r="B26" s="20">
+        <v>46002</v>
       </c>
       <c r="C26" t="s">
-        <v>1970</v>
+        <v>2187</v>
       </c>
       <c r="D26" t="s">
-        <v>1971</v>
+        <v>2188</v>
       </c>
       <c r="E26" t="s">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="F26" s="21">
+        <v>2189</v>
+      </c>
+      <c r="F26" s="20">
         <v>45858</v>
       </c>
-      <c r="G26" s="21">
+      <c r="G26" s="20">
         <v>45864</v>
       </c>
       <c r="H26">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>1973</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2190</v>
+      </c>
+      <c r="B27" s="20">
+        <v>46002</v>
       </c>
       <c r="C27" t="s">
-        <v>1974</v>
+        <v>2191</v>
       </c>
       <c r="D27" t="s">
-        <v>1975</v>
+        <v>2192</v>
       </c>
       <c r="E27" t="s">
-        <v>1976</v>
-[...1 lines deleted...]
-      <c r="F27" s="21">
+        <v>2193</v>
+      </c>
+      <c r="F27" s="20">
         <v>45858</v>
       </c>
-      <c r="G27" s="21">
+      <c r="G27" s="20">
         <v>45864</v>
       </c>
       <c r="H27">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>1977</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2194</v>
+      </c>
+      <c r="B28" s="20">
+        <v>46002</v>
       </c>
       <c r="C28" t="s">
-        <v>1978</v>
+        <v>2195</v>
       </c>
       <c r="D28" t="s">
-        <v>1979</v>
+        <v>2196</v>
       </c>
       <c r="E28" t="s">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="F28" s="21">
+        <v>2197</v>
+      </c>
+      <c r="F28" s="20">
         <v>45858</v>
       </c>
-      <c r="G28" s="21">
+      <c r="G28" s="20">
         <v>45864</v>
       </c>
       <c r="H28">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>1981</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2198</v>
+      </c>
+      <c r="B29" s="20">
+        <v>46002</v>
       </c>
       <c r="C29" t="s">
-        <v>1982</v>
+        <v>2199</v>
       </c>
       <c r="D29" t="s">
-        <v>1983</v>
+        <v>2200</v>
       </c>
       <c r="E29" t="s">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="F29" s="21">
+        <v>2201</v>
+      </c>
+      <c r="F29" s="20">
         <v>45858</v>
       </c>
-      <c r="G29" s="21">
+      <c r="G29" s="20">
         <v>45864</v>
       </c>
       <c r="H29">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>1985</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2202</v>
+      </c>
+      <c r="B30" s="20">
+        <v>46002</v>
       </c>
       <c r="C30" t="s">
-        <v>1986</v>
+        <v>2203</v>
       </c>
       <c r="D30" t="s">
-        <v>1987</v>
+        <v>2204</v>
       </c>
       <c r="E30" t="s">
-        <v>1988</v>
-[...1 lines deleted...]
-      <c r="F30" s="21">
+        <v>2205</v>
+      </c>
+      <c r="F30" s="20">
         <v>45865</v>
       </c>
-      <c r="G30" s="21">
+      <c r="G30" s="20">
         <v>45871</v>
       </c>
       <c r="H30">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>1989</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2206</v>
+      </c>
+      <c r="B31" s="20">
+        <v>46002</v>
       </c>
       <c r="C31" t="s">
-        <v>1990</v>
+        <v>2207</v>
       </c>
       <c r="D31" t="s">
-        <v>1991</v>
+        <v>2208</v>
       </c>
       <c r="E31" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="F31" s="21">
+        <v>2209</v>
+      </c>
+      <c r="F31" s="20">
         <v>45865</v>
       </c>
-      <c r="G31" s="21">
+      <c r="G31" s="20">
         <v>45871</v>
       </c>
       <c r="H31">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>1993</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2210</v>
+      </c>
+      <c r="B32" s="20">
+        <v>46002</v>
       </c>
       <c r="C32" t="s">
-        <v>1994</v>
+        <v>2211</v>
       </c>
       <c r="D32" t="s">
-        <v>1995</v>
+        <v>2212</v>
       </c>
       <c r="E32" t="s">
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="F32" s="21">
+        <v>2213</v>
+      </c>
+      <c r="F32" s="20">
         <v>45865</v>
       </c>
-      <c r="G32" s="21">
+      <c r="G32" s="20">
         <v>45871</v>
       </c>
       <c r="H32">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>1997</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2214</v>
+      </c>
+      <c r="B33" s="20">
+        <v>46002</v>
       </c>
       <c r="C33" t="s">
-        <v>1998</v>
+        <v>2215</v>
       </c>
       <c r="D33" t="s">
-        <v>1999</v>
+        <v>2216</v>
       </c>
       <c r="E33" t="s">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="F33" s="21">
+        <v>2217</v>
+      </c>
+      <c r="F33" s="20">
         <v>45865</v>
       </c>
-      <c r="G33" s="21">
+      <c r="G33" s="20">
         <v>45871</v>
       </c>
       <c r="H33">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2218</v>
+      </c>
+      <c r="B34" s="20">
+        <v>46002</v>
       </c>
       <c r="C34" t="s">
-        <v>2002</v>
+        <v>2219</v>
       </c>
       <c r="D34" t="s">
-        <v>2003</v>
+        <v>2220</v>
       </c>
       <c r="E34" t="s">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="F34" s="21">
+        <v>2221</v>
+      </c>
+      <c r="F34" s="20">
         <v>45865</v>
       </c>
-      <c r="G34" s="21">
+      <c r="G34" s="20">
         <v>45871</v>
       </c>
       <c r="H34">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>2005</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2222</v>
+      </c>
+      <c r="B35" s="20">
+        <v>46002</v>
       </c>
       <c r="C35" t="s">
-        <v>2006</v>
+        <v>2223</v>
       </c>
       <c r="D35" t="s">
-        <v>2007</v>
+        <v>2224</v>
       </c>
       <c r="E35" t="s">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="F35" s="21">
+        <v>2225</v>
+      </c>
+      <c r="F35" s="20">
         <v>45865</v>
       </c>
-      <c r="G35" s="21">
+      <c r="G35" s="20">
         <v>45871</v>
       </c>
       <c r="H35">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>2009</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2226</v>
+      </c>
+      <c r="B36" s="20">
+        <v>46002</v>
       </c>
       <c r="C36" t="s">
-        <v>2010</v>
+        <v>2227</v>
       </c>
       <c r="D36" t="s">
-        <v>2011</v>
+        <v>2228</v>
       </c>
       <c r="E36" t="s">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="F36" s="21">
+        <v>2229</v>
+      </c>
+      <c r="F36" s="20">
         <v>45865</v>
       </c>
-      <c r="G36" s="21">
+      <c r="G36" s="20">
         <v>45871</v>
       </c>
       <c r="H36">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2230</v>
+      </c>
+      <c r="B37" s="20">
+        <v>46002</v>
       </c>
       <c r="C37" t="s">
-        <v>2014</v>
+        <v>2231</v>
       </c>
       <c r="D37" t="s">
-        <v>2015</v>
+        <v>2232</v>
       </c>
       <c r="E37" t="s">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="F37" s="21">
+        <v>2233</v>
+      </c>
+      <c r="F37" s="20">
         <v>45872</v>
       </c>
-      <c r="G37" s="21">
+      <c r="G37" s="20">
         <v>45878</v>
       </c>
       <c r="H37">
         <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2234</v>
+      </c>
+      <c r="B38" s="20">
+        <v>46002</v>
       </c>
       <c r="C38" t="s">
-        <v>2018</v>
+        <v>2235</v>
       </c>
       <c r="D38" t="s">
-        <v>2019</v>
+        <v>2236</v>
       </c>
       <c r="E38" t="s">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="F38" s="21">
+        <v>2237</v>
+      </c>
+      <c r="F38" s="20">
         <v>45872</v>
       </c>
-      <c r="G38" s="21">
+      <c r="G38" s="20">
         <v>45878</v>
       </c>
       <c r="H38">
         <v>32</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2238</v>
+      </c>
+      <c r="B39" s="20">
+        <v>46002</v>
       </c>
       <c r="C39" t="s">
-        <v>2022</v>
+        <v>2239</v>
       </c>
       <c r="D39" t="s">
-        <v>2023</v>
+        <v>2240</v>
       </c>
       <c r="E39" t="s">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="F39" s="21">
+        <v>2241</v>
+      </c>
+      <c r="F39" s="20">
         <v>45872</v>
       </c>
-      <c r="G39" s="21">
+      <c r="G39" s="20">
         <v>45878</v>
       </c>
       <c r="H39">
         <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2242</v>
+      </c>
+      <c r="B40" s="20">
+        <v>46002</v>
       </c>
       <c r="C40" t="s">
-        <v>2026</v>
+        <v>2243</v>
       </c>
       <c r="D40" t="s">
-        <v>2027</v>
+        <v>2244</v>
       </c>
       <c r="E40" t="s">
-        <v>2028</v>
-[...1 lines deleted...]
-      <c r="F40" s="21">
+        <v>2245</v>
+      </c>
+      <c r="F40" s="20">
         <v>45872</v>
       </c>
-      <c r="G40" s="21">
+      <c r="G40" s="20">
         <v>45878</v>
       </c>
       <c r="H40">
         <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>2029</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2246</v>
+      </c>
+      <c r="B41" s="20">
+        <v>46002</v>
       </c>
       <c r="C41" t="s">
-        <v>2030</v>
+        <v>2247</v>
       </c>
       <c r="D41" t="s">
-        <v>2031</v>
+        <v>2248</v>
       </c>
       <c r="E41" t="s">
-        <v>2032</v>
-[...1 lines deleted...]
-      <c r="F41" s="21">
+        <v>2249</v>
+      </c>
+      <c r="F41" s="20">
         <v>45872</v>
       </c>
-      <c r="G41" s="21">
+      <c r="G41" s="20">
         <v>45878</v>
       </c>
       <c r="H41">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>2033</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2250</v>
+      </c>
+      <c r="B42" s="20">
+        <v>46002</v>
       </c>
       <c r="C42" t="s">
-        <v>2034</v>
+        <v>2251</v>
       </c>
       <c r="D42" t="s">
-        <v>2035</v>
+        <v>2252</v>
       </c>
       <c r="E42" t="s">
-        <v>2036</v>
-[...1 lines deleted...]
-      <c r="F42" s="21">
+        <v>2253</v>
+      </c>
+      <c r="F42" s="20">
         <v>45872</v>
       </c>
-      <c r="G42" s="21">
+      <c r="G42" s="20">
         <v>45878</v>
       </c>
       <c r="H42">
         <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>2037</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2254</v>
+      </c>
+      <c r="B43" s="20">
+        <v>46002</v>
       </c>
       <c r="C43" t="s">
-        <v>2038</v>
+        <v>2255</v>
       </c>
       <c r="D43" t="s">
-        <v>2039</v>
+        <v>2256</v>
       </c>
       <c r="E43" t="s">
-        <v>2040</v>
-[...1 lines deleted...]
-      <c r="F43" s="21">
+        <v>2257</v>
+      </c>
+      <c r="F43" s="20">
         <v>45872</v>
       </c>
-      <c r="G43" s="21">
+      <c r="G43" s="20">
         <v>45878</v>
       </c>
       <c r="H43">
         <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>2041</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2258</v>
+      </c>
+      <c r="B44" s="20">
+        <v>46002</v>
       </c>
       <c r="C44" t="s">
-        <v>2042</v>
+        <v>2259</v>
       </c>
       <c r="D44" t="s">
-        <v>2043</v>
+        <v>2260</v>
       </c>
       <c r="E44" t="s">
-        <v>2044</v>
-[...1 lines deleted...]
-      <c r="F44" s="21">
+        <v>2261</v>
+      </c>
+      <c r="F44" s="20">
         <v>45879</v>
       </c>
-      <c r="G44" s="21">
+      <c r="G44" s="20">
         <v>45885</v>
       </c>
       <c r="H44">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>2045</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2262</v>
+      </c>
+      <c r="B45" s="20">
+        <v>46002</v>
       </c>
       <c r="C45" t="s">
-        <v>2046</v>
+        <v>2263</v>
       </c>
       <c r="D45" t="s">
-        <v>2047</v>
+        <v>2264</v>
       </c>
       <c r="E45" t="s">
-        <v>2048</v>
-[...1 lines deleted...]
-      <c r="F45" s="21">
+        <v>2265</v>
+      </c>
+      <c r="F45" s="20">
         <v>45879</v>
       </c>
-      <c r="G45" s="21">
+      <c r="G45" s="20">
         <v>45885</v>
       </c>
       <c r="H45">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>2049</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2266</v>
+      </c>
+      <c r="B46" s="20">
+        <v>46002</v>
       </c>
       <c r="C46" t="s">
-        <v>2050</v>
+        <v>2267</v>
       </c>
       <c r="D46" t="s">
-        <v>2051</v>
+        <v>2268</v>
       </c>
       <c r="E46" t="s">
-        <v>2052</v>
-[...1 lines deleted...]
-      <c r="F46" s="21">
+        <v>2269</v>
+      </c>
+      <c r="F46" s="20">
         <v>45879</v>
       </c>
-      <c r="G46" s="21">
+      <c r="G46" s="20">
         <v>45885</v>
       </c>
       <c r="H46">
         <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>2053</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2270</v>
+      </c>
+      <c r="B47" s="20">
+        <v>46002</v>
       </c>
       <c r="C47" t="s">
-        <v>2054</v>
+        <v>2271</v>
       </c>
       <c r="D47" t="s">
-        <v>2055</v>
+        <v>2272</v>
       </c>
       <c r="E47" t="s">
-        <v>2056</v>
-[...1 lines deleted...]
-      <c r="F47" s="21">
+        <v>2273</v>
+      </c>
+      <c r="F47" s="20">
         <v>45879</v>
       </c>
-      <c r="G47" s="21">
+      <c r="G47" s="20">
         <v>45885</v>
       </c>
       <c r="H47">
         <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>2057</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2274</v>
+      </c>
+      <c r="B48" s="20">
+        <v>46002</v>
       </c>
       <c r="C48" t="s">
-        <v>2058</v>
+        <v>2275</v>
       </c>
       <c r="D48" t="s">
-        <v>2059</v>
+        <v>2276</v>
       </c>
       <c r="E48" t="s">
-        <v>2060</v>
-[...1 lines deleted...]
-      <c r="F48" s="21">
+        <v>2277</v>
+      </c>
+      <c r="F48" s="20">
         <v>45879</v>
       </c>
-      <c r="G48" s="21">
+      <c r="G48" s="20">
         <v>45885</v>
       </c>
       <c r="H48">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>2061</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2278</v>
+      </c>
+      <c r="B49" s="20">
+        <v>46002</v>
       </c>
       <c r="C49" t="s">
-        <v>2062</v>
+        <v>2279</v>
       </c>
       <c r="D49" t="s">
-        <v>2063</v>
+        <v>2280</v>
       </c>
       <c r="E49" t="s">
-        <v>2064</v>
-[...1 lines deleted...]
-      <c r="F49" s="21">
+        <v>2281</v>
+      </c>
+      <c r="F49" s="20">
         <v>45879</v>
       </c>
-      <c r="G49" s="21">
+      <c r="G49" s="20">
         <v>45885</v>
       </c>
       <c r="H49">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>2065</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2282</v>
+      </c>
+      <c r="B50" s="20">
+        <v>46002</v>
       </c>
       <c r="C50" t="s">
-        <v>2066</v>
+        <v>2283</v>
       </c>
       <c r="D50" t="s">
-        <v>2067</v>
+        <v>2284</v>
       </c>
       <c r="E50" t="s">
-        <v>2068</v>
-[...1 lines deleted...]
-      <c r="F50" s="21">
+        <v>2285</v>
+      </c>
+      <c r="F50" s="20">
         <v>45879</v>
       </c>
-      <c r="G50" s="21">
+      <c r="G50" s="20">
         <v>45885</v>
       </c>
       <c r="H50">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>2069</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2286</v>
+      </c>
+      <c r="B51" s="20">
+        <v>46002</v>
       </c>
       <c r="C51" t="s">
-        <v>2070</v>
+        <v>2287</v>
       </c>
       <c r="D51" t="s">
-        <v>2071</v>
+        <v>2288</v>
       </c>
       <c r="E51" t="s">
-        <v>2072</v>
-[...1 lines deleted...]
-      <c r="F51" s="21">
+        <v>2289</v>
+      </c>
+      <c r="F51" s="20">
         <v>45886</v>
       </c>
-      <c r="G51" s="21">
+      <c r="G51" s="20">
         <v>45892</v>
       </c>
       <c r="H51">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>2073</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2290</v>
+      </c>
+      <c r="B52" s="20">
+        <v>46002</v>
       </c>
       <c r="C52" t="s">
-        <v>2074</v>
+        <v>2291</v>
       </c>
       <c r="D52" t="s">
-        <v>2075</v>
+        <v>2292</v>
       </c>
       <c r="E52" t="s">
-        <v>2076</v>
-[...1 lines deleted...]
-      <c r="F52" s="21">
+        <v>2293</v>
+      </c>
+      <c r="F52" s="20">
         <v>45886</v>
       </c>
-      <c r="G52" s="21">
+      <c r="G52" s="20">
         <v>45892</v>
       </c>
       <c r="H52">
         <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>2077</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2294</v>
+      </c>
+      <c r="B53" s="20">
+        <v>46002</v>
       </c>
       <c r="C53" t="s">
-        <v>2078</v>
+        <v>2295</v>
       </c>
       <c r="D53" t="s">
-        <v>2079</v>
+        <v>2296</v>
       </c>
       <c r="E53" t="s">
-        <v>2080</v>
-[...1 lines deleted...]
-      <c r="F53" s="21">
+        <v>2297</v>
+      </c>
+      <c r="F53" s="20">
         <v>45886</v>
       </c>
-      <c r="G53" s="21">
+      <c r="G53" s="20">
         <v>45892</v>
       </c>
       <c r="H53">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>2081</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2298</v>
+      </c>
+      <c r="B54" s="20">
+        <v>46002</v>
       </c>
       <c r="C54" t="s">
-        <v>2082</v>
+        <v>2299</v>
       </c>
       <c r="D54" t="s">
-        <v>2083</v>
+        <v>2300</v>
       </c>
       <c r="E54" t="s">
-        <v>2084</v>
-[...1 lines deleted...]
-      <c r="F54" s="21">
+        <v>2301</v>
+      </c>
+      <c r="F54" s="20">
         <v>45886</v>
       </c>
-      <c r="G54" s="21">
+      <c r="G54" s="20">
         <v>45892</v>
       </c>
       <c r="H54">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>2085</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2302</v>
+      </c>
+      <c r="B55" s="20">
+        <v>46002</v>
       </c>
       <c r="C55" t="s">
-        <v>2086</v>
+        <v>2303</v>
       </c>
       <c r="D55" t="s">
-        <v>2087</v>
+        <v>2304</v>
       </c>
       <c r="E55" t="s">
-        <v>2088</v>
-[...1 lines deleted...]
-      <c r="F55" s="21">
+        <v>2305</v>
+      </c>
+      <c r="F55" s="20">
         <v>45886</v>
       </c>
-      <c r="G55" s="21">
+      <c r="G55" s="20">
         <v>45892</v>
       </c>
       <c r="H55">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>2089</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2306</v>
+      </c>
+      <c r="B56" s="20">
+        <v>46002</v>
       </c>
       <c r="C56" t="s">
-        <v>2090</v>
+        <v>2307</v>
       </c>
       <c r="D56" t="s">
-        <v>2091</v>
+        <v>2308</v>
       </c>
       <c r="E56" t="s">
-        <v>2092</v>
-[...1 lines deleted...]
-      <c r="F56" s="21">
+        <v>2309</v>
+      </c>
+      <c r="F56" s="20">
         <v>45886</v>
       </c>
-      <c r="G56" s="21">
+      <c r="G56" s="20">
         <v>45892</v>
       </c>
       <c r="H56">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>2093</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2310</v>
+      </c>
+      <c r="B57" s="20">
+        <v>46002</v>
       </c>
       <c r="C57" t="s">
-        <v>2094</v>
+        <v>2311</v>
       </c>
       <c r="D57" t="s">
-        <v>2095</v>
+        <v>2312</v>
       </c>
       <c r="E57" t="s">
-        <v>2096</v>
-[...1 lines deleted...]
-      <c r="F57" s="21">
+        <v>2313</v>
+      </c>
+      <c r="F57" s="20">
         <v>45886</v>
       </c>
-      <c r="G57" s="21">
+      <c r="G57" s="20">
         <v>45892</v>
       </c>
       <c r="H57">
         <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>2097</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2314</v>
+      </c>
+      <c r="B58" s="20">
+        <v>46002</v>
       </c>
       <c r="C58" t="s">
-        <v>2098</v>
+        <v>2315</v>
       </c>
       <c r="D58" t="s">
-        <v>2099</v>
+        <v>2316</v>
       </c>
       <c r="E58" t="s">
-        <v>2100</v>
-[...1 lines deleted...]
-      <c r="F58" s="21">
+        <v>2317</v>
+      </c>
+      <c r="F58" s="20">
         <v>45893</v>
       </c>
-      <c r="G58" s="21">
+      <c r="G58" s="20">
         <v>45899</v>
       </c>
       <c r="H58">
         <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>2101</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2318</v>
+      </c>
+      <c r="B59" s="20">
+        <v>46002</v>
       </c>
       <c r="C59" t="s">
-        <v>2102</v>
+        <v>2319</v>
       </c>
       <c r="D59" t="s">
-        <v>2103</v>
+        <v>2320</v>
       </c>
       <c r="E59" t="s">
-        <v>2104</v>
-[...1 lines deleted...]
-      <c r="F59" s="21">
+        <v>2321</v>
+      </c>
+      <c r="F59" s="20">
         <v>45893</v>
       </c>
-      <c r="G59" s="21">
+      <c r="G59" s="20">
         <v>45899</v>
       </c>
       <c r="H59">
         <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>2105</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2322</v>
+      </c>
+      <c r="B60" s="20">
+        <v>46002</v>
       </c>
       <c r="C60" t="s">
-        <v>2106</v>
+        <v>2323</v>
       </c>
       <c r="D60" t="s">
-        <v>2107</v>
+        <v>2324</v>
       </c>
       <c r="E60" t="s">
-        <v>2108</v>
-[...1 lines deleted...]
-      <c r="F60" s="21">
+        <v>2325</v>
+      </c>
+      <c r="F60" s="20">
         <v>45893</v>
       </c>
-      <c r="G60" s="21">
+      <c r="G60" s="20">
         <v>45899</v>
       </c>
       <c r="H60">
         <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>2109</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2326</v>
+      </c>
+      <c r="B61" s="20">
+        <v>46002</v>
       </c>
       <c r="C61" t="s">
-        <v>2110</v>
+        <v>2327</v>
       </c>
       <c r="D61" t="s">
-        <v>2111</v>
+        <v>2328</v>
       </c>
       <c r="E61" t="s">
-        <v>2112</v>
-[...1 lines deleted...]
-      <c r="F61" s="21">
+        <v>2329</v>
+      </c>
+      <c r="F61" s="20">
         <v>45893</v>
       </c>
-      <c r="G61" s="21">
+      <c r="G61" s="20">
         <v>45899</v>
       </c>
       <c r="H61">
         <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>2113</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2330</v>
+      </c>
+      <c r="B62" s="20">
+        <v>46002</v>
       </c>
       <c r="C62" t="s">
-        <v>2114</v>
+        <v>2331</v>
       </c>
       <c r="D62" t="s">
-        <v>2115</v>
+        <v>2332</v>
       </c>
       <c r="E62" t="s">
-        <v>2116</v>
-[...1 lines deleted...]
-      <c r="F62" s="21">
+        <v>2333</v>
+      </c>
+      <c r="F62" s="20">
         <v>45893</v>
       </c>
-      <c r="G62" s="21">
+      <c r="G62" s="20">
         <v>45899</v>
       </c>
       <c r="H62">
         <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>2117</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2334</v>
+      </c>
+      <c r="B63" s="20">
+        <v>46002</v>
       </c>
       <c r="C63" t="s">
-        <v>2118</v>
+        <v>2335</v>
       </c>
       <c r="D63" t="s">
-        <v>2119</v>
+        <v>2336</v>
       </c>
       <c r="E63" t="s">
-        <v>2120</v>
-[...1 lines deleted...]
-      <c r="F63" s="21">
+        <v>2337</v>
+      </c>
+      <c r="F63" s="20">
         <v>45893</v>
       </c>
-      <c r="G63" s="21">
+      <c r="G63" s="20">
         <v>45899</v>
       </c>
       <c r="H63">
         <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>2121</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2338</v>
+      </c>
+      <c r="B64" s="20">
+        <v>46002</v>
       </c>
       <c r="C64" t="s">
-        <v>2122</v>
+        <v>2339</v>
       </c>
       <c r="D64" t="s">
-        <v>2123</v>
+        <v>2340</v>
       </c>
       <c r="E64" t="s">
-        <v>2124</v>
-[...1 lines deleted...]
-      <c r="F64" s="21">
+        <v>2341</v>
+      </c>
+      <c r="F64" s="20">
         <v>45893</v>
       </c>
-      <c r="G64" s="21">
+      <c r="G64" s="20">
         <v>45899</v>
       </c>
       <c r="H64">
         <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>2125</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2342</v>
+      </c>
+      <c r="B65" s="20">
+        <v>46002</v>
       </c>
       <c r="C65" t="s">
-        <v>2126</v>
+        <v>2343</v>
       </c>
       <c r="D65" t="s">
-        <v>2127</v>
+        <v>2344</v>
       </c>
       <c r="E65" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="F65" s="21">
+        <v>2345</v>
+      </c>
+      <c r="F65" s="20">
         <v>45900</v>
       </c>
-      <c r="G65" s="21">
+      <c r="G65" s="20">
         <v>45906</v>
       </c>
       <c r="H65">
         <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>2129</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2346</v>
+      </c>
+      <c r="B66" s="20">
+        <v>46002</v>
       </c>
       <c r="C66" t="s">
-        <v>2130</v>
+        <v>2347</v>
       </c>
       <c r="D66" t="s">
-        <v>2131</v>
+        <v>2348</v>
       </c>
       <c r="E66" t="s">
-        <v>2132</v>
-[...1 lines deleted...]
-      <c r="F66" s="21">
+        <v>2349</v>
+      </c>
+      <c r="F66" s="20">
         <v>45900</v>
       </c>
-      <c r="G66" s="21">
+      <c r="G66" s="20">
         <v>45906</v>
       </c>
       <c r="H66">
         <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>2133</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2350</v>
+      </c>
+      <c r="B67" s="20">
+        <v>46002</v>
       </c>
       <c r="C67" t="s">
-        <v>2134</v>
+        <v>2351</v>
       </c>
       <c r="D67" t="s">
-        <v>2135</v>
+        <v>2352</v>
       </c>
       <c r="E67" t="s">
-        <v>2136</v>
-[...1 lines deleted...]
-      <c r="F67" s="21">
+        <v>2353</v>
+      </c>
+      <c r="F67" s="20">
         <v>45900</v>
       </c>
-      <c r="G67" s="21">
+      <c r="G67" s="20">
         <v>45906</v>
       </c>
       <c r="H67">
         <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>2137</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2354</v>
+      </c>
+      <c r="B68" s="20">
+        <v>46002</v>
       </c>
       <c r="C68" t="s">
-        <v>2138</v>
+        <v>2355</v>
       </c>
       <c r="D68" t="s">
-        <v>2139</v>
+        <v>2356</v>
       </c>
       <c r="E68" t="s">
-        <v>2140</v>
-[...1 lines deleted...]
-      <c r="F68" s="21">
+        <v>2357</v>
+      </c>
+      <c r="F68" s="20">
         <v>45900</v>
       </c>
-      <c r="G68" s="21">
+      <c r="G68" s="20">
         <v>45906</v>
       </c>
       <c r="H68">
         <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>2141</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2358</v>
+      </c>
+      <c r="B69" s="20">
+        <v>46002</v>
       </c>
       <c r="C69" t="s">
-        <v>2142</v>
+        <v>2359</v>
       </c>
       <c r="D69" t="s">
-        <v>2143</v>
+        <v>2360</v>
       </c>
       <c r="E69" t="s">
-        <v>2144</v>
-[...1 lines deleted...]
-      <c r="F69" s="21">
+        <v>2361</v>
+      </c>
+      <c r="F69" s="20">
         <v>45900</v>
       </c>
-      <c r="G69" s="21">
+      <c r="G69" s="20">
         <v>45906</v>
       </c>
       <c r="H69">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>2145</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2362</v>
+      </c>
+      <c r="B70" s="20">
+        <v>46002</v>
       </c>
       <c r="C70" t="s">
-        <v>2146</v>
+        <v>2363</v>
       </c>
       <c r="D70" t="s">
-        <v>2147</v>
+        <v>2364</v>
       </c>
       <c r="E70" t="s">
-        <v>2148</v>
-[...1 lines deleted...]
-      <c r="F70" s="21">
+        <v>2365</v>
+      </c>
+      <c r="F70" s="20">
         <v>45900</v>
       </c>
-      <c r="G70" s="21">
+      <c r="G70" s="20">
         <v>45906</v>
       </c>
       <c r="H70">
         <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>2149</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2366</v>
+      </c>
+      <c r="B71" s="20">
+        <v>46002</v>
       </c>
       <c r="C71" t="s">
-        <v>2150</v>
+        <v>2367</v>
       </c>
       <c r="D71" t="s">
-        <v>2151</v>
+        <v>2368</v>
       </c>
       <c r="E71" t="s">
-        <v>2152</v>
-[...1 lines deleted...]
-      <c r="F71" s="21">
+        <v>2369</v>
+      </c>
+      <c r="F71" s="20">
         <v>45900</v>
       </c>
-      <c r="G71" s="21">
+      <c r="G71" s="20">
         <v>45906</v>
       </c>
       <c r="H71">
         <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>2153</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2370</v>
+      </c>
+      <c r="B72" s="20">
+        <v>46002</v>
       </c>
       <c r="C72" t="s">
-        <v>2154</v>
+        <v>2371</v>
       </c>
       <c r="D72" t="s">
-        <v>2155</v>
+        <v>2372</v>
       </c>
       <c r="E72" t="s">
-        <v>2156</v>
-[...1 lines deleted...]
-      <c r="F72" s="21">
+        <v>2373</v>
+      </c>
+      <c r="F72" s="20">
         <v>45907</v>
       </c>
-      <c r="G72" s="21">
+      <c r="G72" s="20">
         <v>45913</v>
       </c>
       <c r="H72">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>2157</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2374</v>
+      </c>
+      <c r="B73" s="20">
+        <v>46002</v>
       </c>
       <c r="C73" t="s">
-        <v>2158</v>
+        <v>2375</v>
       </c>
       <c r="D73" t="s">
-        <v>2159</v>
+        <v>2376</v>
       </c>
       <c r="E73" t="s">
-        <v>2160</v>
-[...1 lines deleted...]
-      <c r="F73" s="21">
+        <v>2377</v>
+      </c>
+      <c r="F73" s="20">
         <v>45907</v>
       </c>
-      <c r="G73" s="21">
+      <c r="G73" s="20">
         <v>45913</v>
       </c>
       <c r="H73">
         <v>37</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>2161</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2378</v>
+      </c>
+      <c r="B74" s="20">
+        <v>46002</v>
       </c>
       <c r="C74" t="s">
-        <v>2162</v>
+        <v>2379</v>
       </c>
       <c r="D74" t="s">
-        <v>2163</v>
+        <v>2380</v>
       </c>
       <c r="E74" t="s">
-        <v>2164</v>
-[...1 lines deleted...]
-      <c r="F74" s="21">
+        <v>2381</v>
+      </c>
+      <c r="F74" s="20">
         <v>45907</v>
       </c>
-      <c r="G74" s="21">
+      <c r="G74" s="20">
         <v>45913</v>
       </c>
       <c r="H74">
         <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>2165</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2382</v>
+      </c>
+      <c r="B75" s="20">
+        <v>46002</v>
       </c>
       <c r="C75" t="s">
-        <v>2166</v>
+        <v>2383</v>
       </c>
       <c r="D75" t="s">
-        <v>2167</v>
+        <v>2384</v>
       </c>
       <c r="E75" t="s">
-        <v>2168</v>
-[...1 lines deleted...]
-      <c r="F75" s="21">
+        <v>2385</v>
+      </c>
+      <c r="F75" s="20">
         <v>45907</v>
       </c>
-      <c r="G75" s="21">
+      <c r="G75" s="20">
         <v>45913</v>
       </c>
       <c r="H75">
         <v>37</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>2169</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2386</v>
+      </c>
+      <c r="B76" s="20">
+        <v>46002</v>
       </c>
       <c r="C76" t="s">
-        <v>2170</v>
+        <v>2387</v>
       </c>
       <c r="D76" t="s">
-        <v>2171</v>
+        <v>2388</v>
       </c>
       <c r="E76" t="s">
-        <v>2172</v>
-[...1 lines deleted...]
-      <c r="F76" s="21">
+        <v>2389</v>
+      </c>
+      <c r="F76" s="20">
         <v>45907</v>
       </c>
-      <c r="G76" s="21">
+      <c r="G76" s="20">
         <v>45913</v>
       </c>
       <c r="H76">
         <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>2173</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2390</v>
+      </c>
+      <c r="B77" s="20">
+        <v>46002</v>
       </c>
       <c r="C77" t="s">
-        <v>2174</v>
+        <v>2391</v>
       </c>
       <c r="D77" t="s">
-        <v>2175</v>
+        <v>2392</v>
       </c>
       <c r="E77" t="s">
-        <v>2176</v>
-[...1 lines deleted...]
-      <c r="F77" s="21">
+        <v>2393</v>
+      </c>
+      <c r="F77" s="20">
         <v>45907</v>
       </c>
-      <c r="G77" s="21">
+      <c r="G77" s="20">
         <v>45913</v>
       </c>
       <c r="H77">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>2177</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2394</v>
+      </c>
+      <c r="B78" s="20">
+        <v>46002</v>
       </c>
       <c r="C78" t="s">
-        <v>2178</v>
+        <v>2395</v>
       </c>
       <c r="D78" t="s">
-        <v>2179</v>
+        <v>2396</v>
       </c>
       <c r="E78" t="s">
-        <v>2180</v>
-[...1 lines deleted...]
-      <c r="F78" s="21">
+        <v>2397</v>
+      </c>
+      <c r="F78" s="20">
         <v>45907</v>
       </c>
-      <c r="G78" s="21">
+      <c r="G78" s="20">
         <v>45913</v>
       </c>
       <c r="H78">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>2181</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2398</v>
+      </c>
+      <c r="B79" s="20">
+        <v>46002</v>
       </c>
       <c r="C79" t="s">
-        <v>2182</v>
+        <v>2399</v>
       </c>
       <c r="D79" t="s">
-        <v>2183</v>
+        <v>2400</v>
       </c>
       <c r="E79" t="s">
-        <v>2184</v>
-[...1 lines deleted...]
-      <c r="F79" s="21">
+        <v>2401</v>
+      </c>
+      <c r="F79" s="20">
         <v>45914</v>
       </c>
-      <c r="G79" s="21">
+      <c r="G79" s="20">
         <v>45920</v>
       </c>
       <c r="H79">
         <v>38</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>2185</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2402</v>
+      </c>
+      <c r="B80" s="20">
+        <v>46002</v>
       </c>
       <c r="C80" t="s">
-        <v>2186</v>
+        <v>2403</v>
       </c>
       <c r="D80" t="s">
-        <v>2187</v>
+        <v>2404</v>
       </c>
       <c r="E80" t="s">
-        <v>2188</v>
-[...1 lines deleted...]
-      <c r="F80" s="21">
+        <v>2405</v>
+      </c>
+      <c r="F80" s="20">
         <v>45914</v>
       </c>
-      <c r="G80" s="21">
+      <c r="G80" s="20">
         <v>45920</v>
       </c>
       <c r="H80">
         <v>38</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>2189</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2406</v>
+      </c>
+      <c r="B81" s="20">
+        <v>46002</v>
       </c>
       <c r="C81" t="s">
-        <v>2190</v>
+        <v>2407</v>
       </c>
       <c r="D81" t="s">
-        <v>2191</v>
+        <v>2408</v>
       </c>
       <c r="E81" t="s">
-        <v>2192</v>
-[...1 lines deleted...]
-      <c r="F81" s="21">
+        <v>2409</v>
+      </c>
+      <c r="F81" s="20">
         <v>45914</v>
       </c>
-      <c r="G81" s="21">
+      <c r="G81" s="20">
         <v>45920</v>
       </c>
       <c r="H81">
         <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>2193</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2410</v>
+      </c>
+      <c r="B82" s="20">
+        <v>46002</v>
       </c>
       <c r="C82" t="s">
-        <v>2194</v>
+        <v>2411</v>
       </c>
       <c r="D82" t="s">
-        <v>2195</v>
+        <v>2412</v>
       </c>
       <c r="E82" t="s">
-        <v>2196</v>
-[...1 lines deleted...]
-      <c r="F82" s="21">
+        <v>2413</v>
+      </c>
+      <c r="F82" s="20">
         <v>45914</v>
       </c>
-      <c r="G82" s="21">
+      <c r="G82" s="20">
         <v>45920</v>
       </c>
       <c r="H82">
         <v>38</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>2197</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2414</v>
+      </c>
+      <c r="B83" s="20">
+        <v>46002</v>
       </c>
       <c r="C83" t="s">
-        <v>2198</v>
+        <v>2415</v>
       </c>
       <c r="D83" t="s">
-        <v>2199</v>
+        <v>2416</v>
       </c>
       <c r="E83" t="s">
-        <v>2200</v>
-[...1 lines deleted...]
-      <c r="F83" s="21">
+        <v>2417</v>
+      </c>
+      <c r="F83" s="20">
         <v>45914</v>
       </c>
-      <c r="G83" s="21">
+      <c r="G83" s="20">
         <v>45920</v>
       </c>
       <c r="H83">
         <v>38</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>2201</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2418</v>
+      </c>
+      <c r="B84" s="20">
+        <v>46002</v>
       </c>
       <c r="C84" t="s">
-        <v>2202</v>
+        <v>2419</v>
       </c>
       <c r="D84" t="s">
-        <v>2203</v>
+        <v>2420</v>
       </c>
       <c r="E84" t="s">
-        <v>2204</v>
-[...1 lines deleted...]
-      <c r="F84" s="21">
+        <v>2421</v>
+      </c>
+      <c r="F84" s="20">
         <v>45914</v>
       </c>
-      <c r="G84" s="21">
+      <c r="G84" s="20">
         <v>45920</v>
       </c>
       <c r="H84">
         <v>38</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>2205</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2422</v>
+      </c>
+      <c r="B85" s="20">
+        <v>46002</v>
       </c>
       <c r="C85" t="s">
-        <v>2206</v>
+        <v>2423</v>
       </c>
       <c r="D85" t="s">
-        <v>2207</v>
+        <v>2424</v>
       </c>
       <c r="E85" t="s">
-        <v>2208</v>
-[...1 lines deleted...]
-      <c r="F85" s="21">
+        <v>2425</v>
+      </c>
+      <c r="F85" s="20">
         <v>45914</v>
       </c>
-      <c r="G85" s="21">
+      <c r="G85" s="20">
         <v>45920</v>
       </c>
       <c r="H85">
         <v>38</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>2209</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2426</v>
+      </c>
+      <c r="B86" s="20">
+        <v>46002</v>
       </c>
       <c r="C86" t="s">
-        <v>2210</v>
+        <v>2427</v>
       </c>
       <c r="D86" t="s">
-        <v>2211</v>
+        <v>2428</v>
       </c>
       <c r="E86" t="s">
-        <v>2212</v>
-[...1 lines deleted...]
-      <c r="F86" s="21">
+        <v>2429</v>
+      </c>
+      <c r="F86" s="20">
         <v>45921</v>
       </c>
-      <c r="G86" s="21">
+      <c r="G86" s="20">
         <v>45927</v>
       </c>
       <c r="H86">
         <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>2213</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2430</v>
+      </c>
+      <c r="B87" s="20">
+        <v>46002</v>
       </c>
       <c r="C87" t="s">
-        <v>2214</v>
+        <v>2431</v>
       </c>
       <c r="D87" t="s">
-        <v>2215</v>
+        <v>2432</v>
       </c>
       <c r="E87" t="s">
-        <v>2216</v>
-[...1 lines deleted...]
-      <c r="F87" s="21">
+        <v>2433</v>
+      </c>
+      <c r="F87" s="20">
         <v>45921</v>
       </c>
-      <c r="G87" s="21">
+      <c r="G87" s="20">
         <v>45927</v>
       </c>
       <c r="H87">
         <v>39</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>2217</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2434</v>
+      </c>
+      <c r="B88" s="20">
+        <v>46002</v>
       </c>
       <c r="C88" t="s">
-        <v>2218</v>
+        <v>2435</v>
       </c>
       <c r="D88" t="s">
-        <v>2219</v>
+        <v>2436</v>
       </c>
       <c r="E88" t="s">
-        <v>2220</v>
-[...1 lines deleted...]
-      <c r="F88" s="21">
+        <v>2437</v>
+      </c>
+      <c r="F88" s="20">
         <v>45921</v>
       </c>
-      <c r="G88" s="21">
+      <c r="G88" s="20">
         <v>45927</v>
       </c>
       <c r="H88">
         <v>39</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>2221</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2438</v>
+      </c>
+      <c r="B89" s="20">
+        <v>46002</v>
       </c>
       <c r="C89" t="s">
-        <v>2222</v>
+        <v>2439</v>
       </c>
       <c r="D89" t="s">
-        <v>2223</v>
+        <v>2440</v>
       </c>
       <c r="E89" t="s">
-        <v>2224</v>
-[...1 lines deleted...]
-      <c r="F89" s="21">
+        <v>2441</v>
+      </c>
+      <c r="F89" s="20">
         <v>45921</v>
       </c>
-      <c r="G89" s="21">
+      <c r="G89" s="20">
         <v>45927</v>
       </c>
       <c r="H89">
         <v>39</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>2225</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2442</v>
+      </c>
+      <c r="B90" s="20">
+        <v>46002</v>
       </c>
       <c r="C90" t="s">
-        <v>2226</v>
+        <v>2443</v>
       </c>
       <c r="D90" t="s">
-        <v>2227</v>
+        <v>2444</v>
       </c>
       <c r="E90" t="s">
-        <v>2228</v>
-[...1 lines deleted...]
-      <c r="F90" s="21">
+        <v>2445</v>
+      </c>
+      <c r="F90" s="20">
         <v>45921</v>
       </c>
-      <c r="G90" s="21">
+      <c r="G90" s="20">
         <v>45927</v>
       </c>
       <c r="H90">
         <v>39</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>2229</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2446</v>
+      </c>
+      <c r="B91" s="20">
+        <v>46002</v>
       </c>
       <c r="C91" t="s">
-        <v>2230</v>
+        <v>2447</v>
       </c>
       <c r="D91" t="s">
-        <v>2231</v>
+        <v>2448</v>
       </c>
       <c r="E91" t="s">
-        <v>2232</v>
-[...1 lines deleted...]
-      <c r="F91" s="21">
+        <v>2449</v>
+      </c>
+      <c r="F91" s="20">
         <v>45921</v>
       </c>
-      <c r="G91" s="21">
+      <c r="G91" s="20">
         <v>45927</v>
       </c>
       <c r="H91">
         <v>39</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>2233</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2450</v>
+      </c>
+      <c r="B92" s="20">
+        <v>46002</v>
       </c>
       <c r="C92" t="s">
-        <v>2234</v>
+        <v>2451</v>
       </c>
       <c r="D92" t="s">
-        <v>2235</v>
+        <v>2452</v>
       </c>
       <c r="E92" t="s">
-        <v>2236</v>
-[...1 lines deleted...]
-      <c r="F92" s="21">
+        <v>2453</v>
+      </c>
+      <c r="F92" s="20">
         <v>45921</v>
       </c>
-      <c r="G92" s="21">
+      <c r="G92" s="20">
         <v>45927</v>
       </c>
       <c r="H92">
         <v>39</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>2237</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2454</v>
+      </c>
+      <c r="B93" s="20">
+        <v>46002</v>
       </c>
       <c r="C93" t="s">
-        <v>2238</v>
+        <v>2455</v>
       </c>
       <c r="D93" t="s">
-        <v>2239</v>
+        <v>2456</v>
       </c>
       <c r="E93" t="s">
-        <v>2240</v>
-[...1 lines deleted...]
-      <c r="F93" s="21">
+        <v>2457</v>
+      </c>
+      <c r="F93" s="20">
         <v>45928</v>
       </c>
-      <c r="G93" s="21">
+      <c r="G93" s="20">
         <v>45934</v>
       </c>
       <c r="H93">
         <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>2241</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2458</v>
+      </c>
+      <c r="B94" s="20">
+        <v>46002</v>
       </c>
       <c r="C94" t="s">
-        <v>2242</v>
+        <v>2459</v>
       </c>
       <c r="D94" t="s">
-        <v>2243</v>
+        <v>2460</v>
       </c>
       <c r="E94" t="s">
-        <v>2244</v>
-[...1 lines deleted...]
-      <c r="F94" s="21">
+        <v>2461</v>
+      </c>
+      <c r="F94" s="20">
         <v>45928</v>
       </c>
-      <c r="G94" s="21">
+      <c r="G94" s="20">
         <v>45934</v>
       </c>
       <c r="H94">
         <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>2245</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2462</v>
+      </c>
+      <c r="B95" s="20">
+        <v>46002</v>
       </c>
       <c r="C95" t="s">
-        <v>2246</v>
+        <v>2463</v>
       </c>
       <c r="D95" t="s">
-        <v>2247</v>
+        <v>2464</v>
       </c>
       <c r="E95" t="s">
-        <v>2248</v>
-[...1 lines deleted...]
-      <c r="F95" s="21">
+        <v>2465</v>
+      </c>
+      <c r="F95" s="20">
         <v>45928</v>
       </c>
-      <c r="G95" s="21">
+      <c r="G95" s="20">
         <v>45934</v>
       </c>
       <c r="H95">
         <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>2249</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2466</v>
+      </c>
+      <c r="B96" s="20">
+        <v>46002</v>
       </c>
       <c r="C96" t="s">
-        <v>2250</v>
+        <v>2467</v>
       </c>
       <c r="D96" t="s">
-        <v>2251</v>
+        <v>2468</v>
       </c>
       <c r="E96" t="s">
-        <v>2252</v>
-[...1 lines deleted...]
-      <c r="F96" s="21">
+        <v>2469</v>
+      </c>
+      <c r="F96" s="20">
         <v>45928</v>
       </c>
-      <c r="G96" s="21">
+      <c r="G96" s="20">
         <v>45934</v>
       </c>
       <c r="H96">
         <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>2253</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2470</v>
+      </c>
+      <c r="B97" s="20">
+        <v>46002</v>
       </c>
       <c r="C97" t="s">
-        <v>2254</v>
+        <v>2471</v>
       </c>
       <c r="D97" t="s">
-        <v>2255</v>
+        <v>2472</v>
       </c>
       <c r="E97" t="s">
-        <v>2256</v>
-[...1 lines deleted...]
-      <c r="F97" s="21">
+        <v>2473</v>
+      </c>
+      <c r="F97" s="20">
         <v>45928</v>
       </c>
-      <c r="G97" s="21">
+      <c r="G97" s="20">
         <v>45934</v>
       </c>
       <c r="H97">
         <v>40</v>
       </c>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>2257</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2474</v>
+      </c>
+      <c r="B98" s="20">
+        <v>46002</v>
       </c>
       <c r="C98" t="s">
-        <v>2258</v>
+        <v>2475</v>
       </c>
       <c r="D98" t="s">
-        <v>2259</v>
+        <v>2476</v>
       </c>
       <c r="E98" t="s">
-        <v>2260</v>
-[...1 lines deleted...]
-      <c r="F98" s="21">
+        <v>2477</v>
+      </c>
+      <c r="F98" s="20">
         <v>45928</v>
       </c>
-      <c r="G98" s="21">
+      <c r="G98" s="20">
         <v>45934</v>
       </c>
       <c r="H98">
         <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>2261</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2478</v>
+      </c>
+      <c r="B99" s="20">
+        <v>46002</v>
       </c>
       <c r="C99" t="s">
-        <v>2262</v>
+        <v>2479</v>
       </c>
       <c r="D99" t="s">
-        <v>2263</v>
+        <v>2480</v>
       </c>
       <c r="E99" t="s">
-        <v>2264</v>
-[...1 lines deleted...]
-      <c r="F99" s="21">
+        <v>2481</v>
+      </c>
+      <c r="F99" s="20">
         <v>45928</v>
       </c>
-      <c r="G99" s="21">
+      <c r="G99" s="20">
         <v>45934</v>
       </c>
       <c r="H99">
         <v>40</v>
       </c>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>2265</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2482</v>
+      </c>
+      <c r="B100" s="20">
+        <v>46002</v>
       </c>
       <c r="C100" t="s">
-        <v>2266</v>
+        <v>2483</v>
       </c>
       <c r="D100" t="s">
-        <v>2267</v>
+        <v>2484</v>
       </c>
       <c r="E100" t="s">
-        <v>2268</v>
-[...1 lines deleted...]
-      <c r="F100" s="21">
+        <v>2485</v>
+      </c>
+      <c r="F100" s="20">
         <v>45935</v>
       </c>
-      <c r="G100" s="21">
+      <c r="G100" s="20">
         <v>45941</v>
       </c>
       <c r="H100">
         <v>41</v>
       </c>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>2269</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2486</v>
+      </c>
+      <c r="B101" s="20">
+        <v>46002</v>
       </c>
       <c r="C101" t="s">
-        <v>2270</v>
+        <v>2487</v>
       </c>
       <c r="D101" t="s">
-        <v>2271</v>
+        <v>2488</v>
       </c>
       <c r="E101" t="s">
-        <v>2272</v>
-[...1 lines deleted...]
-      <c r="F101" s="21">
+        <v>2489</v>
+      </c>
+      <c r="F101" s="20">
         <v>45935</v>
       </c>
-      <c r="G101" s="21">
+      <c r="G101" s="20">
         <v>45941</v>
       </c>
       <c r="H101">
         <v>41</v>
       </c>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>2273</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2490</v>
+      </c>
+      <c r="B102" s="20">
+        <v>46002</v>
       </c>
       <c r="C102" t="s">
-        <v>2274</v>
+        <v>2491</v>
       </c>
       <c r="D102" t="s">
-        <v>2275</v>
+        <v>2492</v>
       </c>
       <c r="E102" t="s">
-        <v>2276</v>
-[...1 lines deleted...]
-      <c r="F102" s="21">
+        <v>2493</v>
+      </c>
+      <c r="F102" s="20">
         <v>45935</v>
       </c>
-      <c r="G102" s="21">
+      <c r="G102" s="20">
         <v>45941</v>
       </c>
       <c r="H102">
         <v>41</v>
       </c>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>2277</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2494</v>
+      </c>
+      <c r="B103" s="20">
+        <v>46002</v>
       </c>
       <c r="C103" t="s">
-        <v>2278</v>
+        <v>2495</v>
       </c>
       <c r="D103" t="s">
-        <v>2279</v>
+        <v>2496</v>
       </c>
       <c r="E103" t="s">
-        <v>2280</v>
-[...1 lines deleted...]
-      <c r="F103" s="21">
+        <v>2497</v>
+      </c>
+      <c r="F103" s="20">
         <v>45935</v>
       </c>
-      <c r="G103" s="21">
+      <c r="G103" s="20">
         <v>45941</v>
       </c>
       <c r="H103">
         <v>41</v>
       </c>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2498</v>
+      </c>
+      <c r="B104" s="20">
+        <v>46002</v>
       </c>
       <c r="C104" t="s">
-        <v>2282</v>
+        <v>2499</v>
       </c>
       <c r="D104" t="s">
-        <v>2283</v>
+        <v>2500</v>
       </c>
       <c r="E104" t="s">
-        <v>2284</v>
-[...1 lines deleted...]
-      <c r="F104" s="21">
+        <v>2501</v>
+      </c>
+      <c r="F104" s="20">
         <v>45935</v>
       </c>
-      <c r="G104" s="21">
+      <c r="G104" s="20">
         <v>45941</v>
       </c>
       <c r="H104">
         <v>41</v>
       </c>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>2285</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2502</v>
+      </c>
+      <c r="B105" s="20">
+        <v>46002</v>
       </c>
       <c r="C105" t="s">
-        <v>2286</v>
+        <v>2503</v>
       </c>
       <c r="D105" t="s">
-        <v>2287</v>
+        <v>2504</v>
       </c>
       <c r="E105" t="s">
-        <v>2288</v>
-[...1 lines deleted...]
-      <c r="F105" s="21">
+        <v>2505</v>
+      </c>
+      <c r="F105" s="20">
         <v>45935</v>
       </c>
-      <c r="G105" s="21">
+      <c r="G105" s="20">
         <v>45941</v>
       </c>
       <c r="H105">
         <v>41</v>
       </c>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>2289</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2506</v>
+      </c>
+      <c r="B106" s="20">
+        <v>46002</v>
       </c>
       <c r="C106" t="s">
-        <v>2290</v>
+        <v>2507</v>
       </c>
       <c r="D106" t="s">
-        <v>2291</v>
+        <v>2508</v>
       </c>
       <c r="E106" t="s">
-        <v>2292</v>
-[...1 lines deleted...]
-      <c r="F106" s="21">
+        <v>2509</v>
+      </c>
+      <c r="F106" s="20">
         <v>45935</v>
       </c>
-      <c r="G106" s="21">
+      <c r="G106" s="20">
         <v>45941</v>
       </c>
       <c r="H106">
         <v>41</v>
       </c>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>2293</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2510</v>
+      </c>
+      <c r="B107" s="20">
+        <v>46002</v>
       </c>
       <c r="C107" t="s">
-        <v>2294</v>
+        <v>2511</v>
       </c>
       <c r="D107" t="s">
-        <v>2295</v>
+        <v>2512</v>
       </c>
       <c r="E107" t="s">
-        <v>2296</v>
-[...1 lines deleted...]
-      <c r="F107" s="21">
+        <v>2513</v>
+      </c>
+      <c r="F107" s="20">
         <v>45942</v>
       </c>
-      <c r="G107" s="21">
+      <c r="G107" s="20">
         <v>45948</v>
       </c>
       <c r="H107">
         <v>42</v>
       </c>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>2297</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2514</v>
+      </c>
+      <c r="B108" s="20">
+        <v>46002</v>
       </c>
       <c r="C108" t="s">
-        <v>2298</v>
+        <v>2515</v>
       </c>
       <c r="D108" t="s">
-        <v>2299</v>
+        <v>2516</v>
       </c>
       <c r="E108" t="s">
-        <v>2300</v>
-[...1 lines deleted...]
-      <c r="F108" s="21">
+        <v>2517</v>
+      </c>
+      <c r="F108" s="20">
         <v>45942</v>
       </c>
-      <c r="G108" s="21">
+      <c r="G108" s="20">
         <v>45948</v>
       </c>
       <c r="H108">
         <v>42</v>
       </c>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>2301</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2518</v>
+      </c>
+      <c r="B109" s="20">
+        <v>46002</v>
       </c>
       <c r="C109" t="s">
-        <v>2302</v>
+        <v>2519</v>
       </c>
       <c r="D109" t="s">
-        <v>2303</v>
+        <v>2520</v>
       </c>
       <c r="E109" t="s">
-        <v>2304</v>
-[...1 lines deleted...]
-      <c r="F109" s="21">
+        <v>2521</v>
+      </c>
+      <c r="F109" s="20">
         <v>45942</v>
       </c>
-      <c r="G109" s="21">
+      <c r="G109" s="20">
         <v>45948</v>
       </c>
       <c r="H109">
         <v>42</v>
       </c>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>2305</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2522</v>
+      </c>
+      <c r="B110" s="20">
+        <v>46002</v>
       </c>
       <c r="C110" t="s">
-        <v>2306</v>
+        <v>2523</v>
       </c>
       <c r="D110" t="s">
-        <v>2307</v>
+        <v>2524</v>
       </c>
       <c r="E110" t="s">
-        <v>2308</v>
-[...1 lines deleted...]
-      <c r="F110" s="21">
+        <v>2525</v>
+      </c>
+      <c r="F110" s="20">
         <v>45942</v>
       </c>
-      <c r="G110" s="21">
+      <c r="G110" s="20">
         <v>45948</v>
       </c>
       <c r="H110">
         <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>2309</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2526</v>
+      </c>
+      <c r="B111" s="20">
+        <v>46002</v>
       </c>
       <c r="C111" t="s">
-        <v>2310</v>
+        <v>2527</v>
       </c>
       <c r="D111" t="s">
-        <v>2311</v>
+        <v>2528</v>
       </c>
       <c r="E111" t="s">
-        <v>2312</v>
-[...1 lines deleted...]
-      <c r="F111" s="21">
+        <v>2529</v>
+      </c>
+      <c r="F111" s="20">
         <v>45942</v>
       </c>
-      <c r="G111" s="21">
+      <c r="G111" s="20">
         <v>45948</v>
       </c>
       <c r="H111">
         <v>42</v>
       </c>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>2313</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2530</v>
+      </c>
+      <c r="B112" s="20">
+        <v>46002</v>
       </c>
       <c r="C112" t="s">
-        <v>2314</v>
+        <v>2531</v>
       </c>
       <c r="D112" t="s">
-        <v>2315</v>
+        <v>2532</v>
       </c>
       <c r="E112" t="s">
-        <v>2316</v>
-[...1 lines deleted...]
-      <c r="F112" s="21">
+        <v>2533</v>
+      </c>
+      <c r="F112" s="20">
         <v>45942</v>
       </c>
-      <c r="G112" s="21">
+      <c r="G112" s="20">
         <v>45948</v>
       </c>
       <c r="H112">
         <v>42</v>
       </c>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>2317</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2534</v>
+      </c>
+      <c r="B113" s="20">
+        <v>46002</v>
       </c>
       <c r="C113" t="s">
-        <v>2318</v>
+        <v>2535</v>
       </c>
       <c r="D113" t="s">
-        <v>2319</v>
+        <v>2536</v>
       </c>
       <c r="E113" t="s">
-        <v>2320</v>
-[...1 lines deleted...]
-      <c r="F113" s="21">
+        <v>2537</v>
+      </c>
+      <c r="F113" s="20">
         <v>45942</v>
       </c>
-      <c r="G113" s="21">
+      <c r="G113" s="20">
         <v>45948</v>
       </c>
       <c r="H113">
         <v>42</v>
       </c>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>2321</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2538</v>
+      </c>
+      <c r="B114" s="20">
+        <v>46002</v>
       </c>
       <c r="C114" t="s">
-        <v>2322</v>
+        <v>2539</v>
       </c>
       <c r="D114" t="s">
-        <v>2323</v>
+        <v>2540</v>
       </c>
       <c r="E114" t="s">
-        <v>2324</v>
-[...1 lines deleted...]
-      <c r="F114" s="21">
+        <v>2541</v>
+      </c>
+      <c r="F114" s="20">
         <v>45949</v>
       </c>
-      <c r="G114" s="21">
+      <c r="G114" s="20">
         <v>45955</v>
       </c>
       <c r="H114">
         <v>43</v>
       </c>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>2325</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2542</v>
+      </c>
+      <c r="B115" s="20">
+        <v>46002</v>
       </c>
       <c r="C115" t="s">
-        <v>2326</v>
+        <v>2543</v>
       </c>
       <c r="D115" t="s">
-        <v>2327</v>
+        <v>2544</v>
       </c>
       <c r="E115" t="s">
-        <v>2328</v>
-[...1 lines deleted...]
-      <c r="F115" s="21">
+        <v>2545</v>
+      </c>
+      <c r="F115" s="20">
         <v>45949</v>
       </c>
-      <c r="G115" s="21">
+      <c r="G115" s="20">
         <v>45955</v>
       </c>
       <c r="H115">
         <v>43</v>
       </c>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>2329</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2546</v>
+      </c>
+      <c r="B116" s="20">
+        <v>46002</v>
       </c>
       <c r="C116" t="s">
-        <v>2330</v>
+        <v>2547</v>
       </c>
       <c r="D116" t="s">
-        <v>2331</v>
+        <v>2548</v>
       </c>
       <c r="E116" t="s">
-        <v>2332</v>
-[...1 lines deleted...]
-      <c r="F116" s="21">
+        <v>2549</v>
+      </c>
+      <c r="F116" s="20">
         <v>45949</v>
       </c>
-      <c r="G116" s="21">
+      <c r="G116" s="20">
         <v>45955</v>
       </c>
       <c r="H116">
         <v>43</v>
       </c>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>2333</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2550</v>
+      </c>
+      <c r="B117" s="20">
+        <v>46002</v>
       </c>
       <c r="C117" t="s">
-        <v>2334</v>
+        <v>2551</v>
       </c>
       <c r="D117" t="s">
-        <v>2335</v>
+        <v>2552</v>
       </c>
       <c r="E117" t="s">
-        <v>2336</v>
-[...1 lines deleted...]
-      <c r="F117" s="21">
+        <v>2553</v>
+      </c>
+      <c r="F117" s="20">
         <v>45949</v>
       </c>
-      <c r="G117" s="21">
+      <c r="G117" s="20">
         <v>45955</v>
       </c>
       <c r="H117">
         <v>43</v>
       </c>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>2337</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2554</v>
+      </c>
+      <c r="B118" s="20">
+        <v>46002</v>
       </c>
       <c r="C118" t="s">
-        <v>2338</v>
+        <v>2555</v>
       </c>
       <c r="D118" t="s">
-        <v>2339</v>
+        <v>2556</v>
       </c>
       <c r="E118" t="s">
-        <v>2340</v>
-[...1 lines deleted...]
-      <c r="F118" s="21">
+        <v>2557</v>
+      </c>
+      <c r="F118" s="20">
         <v>45949</v>
       </c>
-      <c r="G118" s="21">
+      <c r="G118" s="20">
         <v>45955</v>
       </c>
       <c r="H118">
         <v>43</v>
       </c>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>2341</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2558</v>
+      </c>
+      <c r="B119" s="20">
+        <v>46002</v>
       </c>
       <c r="C119" t="s">
-        <v>2342</v>
+        <v>2559</v>
       </c>
       <c r="D119" t="s">
-        <v>2343</v>
+        <v>2560</v>
       </c>
       <c r="E119" t="s">
-        <v>2344</v>
-[...1 lines deleted...]
-      <c r="F119" s="21">
+        <v>2561</v>
+      </c>
+      <c r="F119" s="20">
         <v>45949</v>
       </c>
-      <c r="G119" s="21">
+      <c r="G119" s="20">
         <v>45955</v>
       </c>
       <c r="H119">
         <v>43</v>
       </c>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>2345</v>
-[...2 lines deleted...]
-        <v>45960</v>
+        <v>2562</v>
+      </c>
+      <c r="B120" s="20">
+        <v>46002</v>
       </c>
       <c r="C120" t="s">
-        <v>2346</v>
+        <v>2563</v>
       </c>
       <c r="D120" t="s">
-        <v>2347</v>
+        <v>2564</v>
       </c>
       <c r="E120" t="s">
-        <v>2348</v>
-[...1 lines deleted...]
-      <c r="F120" s="21">
+        <v>2565</v>
+      </c>
+      <c r="F120" s="20">
         <v>45949</v>
       </c>
-      <c r="G120" s="21">
+      <c r="G120" s="20">
         <v>45955</v>
       </c>
       <c r="H120">
         <v>43</v>
       </c>
     </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B121" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C121" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D121" t="s">
+        <v>2568</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2569</v>
+      </c>
+      <c r="F121" s="20">
+        <v>45956</v>
+      </c>
+      <c r="G121" s="20">
+        <v>45962</v>
+      </c>
+      <c r="H121">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B122" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C122" t="s">
+        <v>2571</v>
+      </c>
+      <c r="D122" t="s">
+        <v>2572</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F122" s="20">
+        <v>45956</v>
+      </c>
+      <c r="G122" s="20">
+        <v>45962</v>
+      </c>
+      <c r="H122">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B123" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C123" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D123" t="s">
+        <v>2576</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2577</v>
+      </c>
+      <c r="F123" s="20">
+        <v>45956</v>
+      </c>
+      <c r="G123" s="20">
+        <v>45962</v>
+      </c>
+      <c r="H123">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B124" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C124" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D124" t="s">
+        <v>2580</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2581</v>
+      </c>
+      <c r="F124" s="20">
+        <v>45956</v>
+      </c>
+      <c r="G124" s="20">
+        <v>45962</v>
+      </c>
+      <c r="H124">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B125" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C125" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D125" t="s">
+        <v>2584</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2585</v>
+      </c>
+      <c r="F125" s="20">
+        <v>45956</v>
+      </c>
+      <c r="G125" s="20">
+        <v>45962</v>
+      </c>
+      <c r="H125">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B126" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C126" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D126" t="s">
+        <v>2588</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F126" s="20">
+        <v>45956</v>
+      </c>
+      <c r="G126" s="20">
+        <v>45962</v>
+      </c>
+      <c r="H126">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B127" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C127" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D127" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F127" s="20">
+        <v>45956</v>
+      </c>
+      <c r="G127" s="20">
+        <v>45962</v>
+      </c>
+      <c r="H127">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B128" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C128" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D128" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F128" s="20">
+        <v>45963</v>
+      </c>
+      <c r="G128" s="20">
+        <v>45969</v>
+      </c>
+      <c r="H128">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B129" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C129" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D129" t="s">
+        <v>2600</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F129" s="20">
+        <v>45963</v>
+      </c>
+      <c r="G129" s="20">
+        <v>45969</v>
+      </c>
+      <c r="H129">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B130" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C130" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D130" t="s">
+        <v>2604</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2605</v>
+      </c>
+      <c r="F130" s="20">
+        <v>45963</v>
+      </c>
+      <c r="G130" s="20">
+        <v>45969</v>
+      </c>
+      <c r="H130">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B131" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C131" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D131" t="s">
+        <v>2608</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F131" s="20">
+        <v>45963</v>
+      </c>
+      <c r="G131" s="20">
+        <v>45969</v>
+      </c>
+      <c r="H131">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B132" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C132" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D132" t="s">
+        <v>2612</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2613</v>
+      </c>
+      <c r="F132" s="20">
+        <v>45963</v>
+      </c>
+      <c r="G132" s="20">
+        <v>45969</v>
+      </c>
+      <c r="H132">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B133" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C133" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D133" t="s">
+        <v>2616</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2617</v>
+      </c>
+      <c r="F133" s="20">
+        <v>45963</v>
+      </c>
+      <c r="G133" s="20">
+        <v>45969</v>
+      </c>
+      <c r="H133">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B134" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C134" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D134" t="s">
+        <v>2620</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2621</v>
+      </c>
+      <c r="F134" s="20">
+        <v>45963</v>
+      </c>
+      <c r="G134" s="20">
+        <v>45969</v>
+      </c>
+      <c r="H134">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B135" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C135" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D135" t="s">
+        <v>2624</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2625</v>
+      </c>
+      <c r="F135" s="20">
+        <v>45970</v>
+      </c>
+      <c r="G135" s="20">
+        <v>45976</v>
+      </c>
+      <c r="H135">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B136" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C136" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D136" t="s">
+        <v>2628</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F136" s="20">
+        <v>45970</v>
+      </c>
+      <c r="G136" s="20">
+        <v>45976</v>
+      </c>
+      <c r="H136">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B137" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C137" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D137" t="s">
+        <v>2632</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F137" s="20">
+        <v>45970</v>
+      </c>
+      <c r="G137" s="20">
+        <v>45976</v>
+      </c>
+      <c r="H137">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B138" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C138" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D138" t="s">
+        <v>2636</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F138" s="20">
+        <v>45970</v>
+      </c>
+      <c r="G138" s="20">
+        <v>45976</v>
+      </c>
+      <c r="H138">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B139" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C139" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D139" t="s">
+        <v>2640</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F139" s="20">
+        <v>45970</v>
+      </c>
+      <c r="G139" s="20">
+        <v>45976</v>
+      </c>
+      <c r="H139">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B140" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C140" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D140" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F140" s="20">
+        <v>45970</v>
+      </c>
+      <c r="G140" s="20">
+        <v>45976</v>
+      </c>
+      <c r="H140">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B141" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C141" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D141" t="s">
+        <v>2648</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2649</v>
+      </c>
+      <c r="F141" s="20">
+        <v>45970</v>
+      </c>
+      <c r="G141" s="20">
+        <v>45976</v>
+      </c>
+      <c r="H141">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B142" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C142" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D142" t="s">
+        <v>2652</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2653</v>
+      </c>
+      <c r="F142" s="20">
+        <v>45977</v>
+      </c>
+      <c r="G142" s="20">
+        <v>45983</v>
+      </c>
+      <c r="H142">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B143" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C143" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D143" t="s">
+        <v>2656</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F143" s="20">
+        <v>45977</v>
+      </c>
+      <c r="G143" s="20">
+        <v>45983</v>
+      </c>
+      <c r="H143">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B144" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C144" t="s">
+        <v>2659</v>
+      </c>
+      <c r="D144" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F144" s="20">
+        <v>45977</v>
+      </c>
+      <c r="G144" s="20">
+        <v>45983</v>
+      </c>
+      <c r="H144">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B145" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C145" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D145" t="s">
+        <v>2664</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2665</v>
+      </c>
+      <c r="F145" s="20">
+        <v>45977</v>
+      </c>
+      <c r="G145" s="20">
+        <v>45983</v>
+      </c>
+      <c r="H145">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B146" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C146" t="s">
+        <v>2667</v>
+      </c>
+      <c r="D146" t="s">
+        <v>2668</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2669</v>
+      </c>
+      <c r="F146" s="20">
+        <v>45977</v>
+      </c>
+      <c r="G146" s="20">
+        <v>45983</v>
+      </c>
+      <c r="H146">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B147" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C147" t="s">
+        <v>2671</v>
+      </c>
+      <c r="D147" t="s">
+        <v>2672</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2673</v>
+      </c>
+      <c r="F147" s="20">
+        <v>45977</v>
+      </c>
+      <c r="G147" s="20">
+        <v>45983</v>
+      </c>
+      <c r="H147">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B148" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C148" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D148" t="s">
+        <v>2676</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2677</v>
+      </c>
+      <c r="F148" s="20">
+        <v>45977</v>
+      </c>
+      <c r="G148" s="20">
+        <v>45983</v>
+      </c>
+      <c r="H148">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B149" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C149" t="s">
+        <v>2679</v>
+      </c>
+      <c r="D149" t="s">
+        <v>2680</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2681</v>
+      </c>
+      <c r="F149" s="20">
+        <v>45984</v>
+      </c>
+      <c r="G149" s="20">
+        <v>45990</v>
+      </c>
+      <c r="H149">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B150" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C150" t="s">
+        <v>2683</v>
+      </c>
+      <c r="D150" t="s">
+        <v>2684</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F150" s="20">
+        <v>45984</v>
+      </c>
+      <c r="G150" s="20">
+        <v>45990</v>
+      </c>
+      <c r="H150">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B151" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C151" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D151" t="s">
+        <v>2688</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2689</v>
+      </c>
+      <c r="F151" s="20">
+        <v>45984</v>
+      </c>
+      <c r="G151" s="20">
+        <v>45990</v>
+      </c>
+      <c r="H151">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B152" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C152" t="s">
+        <v>2691</v>
+      </c>
+      <c r="D152" t="s">
+        <v>2692</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F152" s="20">
+        <v>45984</v>
+      </c>
+      <c r="G152" s="20">
+        <v>45990</v>
+      </c>
+      <c r="H152">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B153" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C153" t="s">
+        <v>2695</v>
+      </c>
+      <c r="D153" t="s">
+        <v>2696</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2697</v>
+      </c>
+      <c r="F153" s="20">
+        <v>45984</v>
+      </c>
+      <c r="G153" s="20">
+        <v>45990</v>
+      </c>
+      <c r="H153">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B154" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C154" t="s">
+        <v>2699</v>
+      </c>
+      <c r="D154" t="s">
+        <v>2700</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2701</v>
+      </c>
+      <c r="F154" s="20">
+        <v>45984</v>
+      </c>
+      <c r="G154" s="20">
+        <v>45990</v>
+      </c>
+      <c r="H154">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B155" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C155" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D155" t="s">
+        <v>2704</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F155" s="20">
+        <v>45984</v>
+      </c>
+      <c r="G155" s="20">
+        <v>45990</v>
+      </c>
+      <c r="H155">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B156" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C156" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D156" t="s">
+        <v>2708</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2709</v>
+      </c>
+      <c r="F156" s="20">
+        <v>45991</v>
+      </c>
+      <c r="G156" s="20">
+        <v>45997</v>
+      </c>
+      <c r="H156">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B157" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C157" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D157" t="s">
+        <v>2712</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F157" s="20">
+        <v>45991</v>
+      </c>
+      <c r="G157" s="20">
+        <v>45997</v>
+      </c>
+      <c r="H157">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B158" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C158" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D158" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F158" s="20">
+        <v>45991</v>
+      </c>
+      <c r="G158" s="20">
+        <v>45997</v>
+      </c>
+      <c r="H158">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B159" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C159" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D159" t="s">
+        <v>2720</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2721</v>
+      </c>
+      <c r="F159" s="20">
+        <v>45991</v>
+      </c>
+      <c r="G159" s="20">
+        <v>45997</v>
+      </c>
+      <c r="H159">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B160" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C160" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D160" t="s">
+        <v>2724</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2725</v>
+      </c>
+      <c r="F160" s="20">
+        <v>45991</v>
+      </c>
+      <c r="G160" s="20">
+        <v>45997</v>
+      </c>
+      <c r="H160">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B161" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C161" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D161" t="s">
+        <v>2728</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2729</v>
+      </c>
+      <c r="F161" s="20">
+        <v>45991</v>
+      </c>
+      <c r="G161" s="20">
+        <v>45997</v>
+      </c>
+      <c r="H161">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B162" s="20">
+        <v>46002</v>
+      </c>
+      <c r="C162" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D162" t="s">
+        <v>2732</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2733</v>
+      </c>
+      <c r="F162" s="20">
+        <v>45991</v>
+      </c>
+      <c r="G162" s="20">
+        <v>45997</v>
+      </c>
+      <c r="H162">
+        <v>49</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:H1" xr:uid="{00000000-0001-0000-0900-000000000000}"/>
-[...7589 lines deleted...]
-  <autoFilter ref="A1:I1" xr:uid="{00000000-0001-0000-0800-000000000000}"/>
+  <autoFilter ref="A1:H1" xr:uid="{00000000-0001-0000-0800-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B69BF2DB-38C6-4238-8849-3392D5034DBE}">
   <sheetPr>
     <tabColor theme="4" tint="0.79995117038483843"/>
   </sheetPr>
   <dimension ref="A1:D13"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="169" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
@@ -23467,55 +27906,56 @@
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D1" xr:uid="{574944E2-0C00-40C2-BFB2-D76B4D761DC5}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D89F930D9323CA47A909AE2CF4C9F351" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e493e1962a1e5b741c505f02b2a39e44">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="32381bbe-c37a-420c-955f-414a93ed7286" xmlns:ns4="75b29da9-7512-4ff8-84cc-0b8e167e62a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="90d794c47769a50aee96afec386414af" ns3:_="" ns4:_="">
     <xsd:import namespace="32381bbe-c37a-420c-955f-414a93ed7286"/>
     <xsd:import namespace="75b29da9-7512-4ff8-84cc-0b8e167e62a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -23702,130 +28142,127 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="75b29da9-7512-4ff8-84cc-0b8e167e62a3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E22E41E4-E305-4979-A8B6-FEF7AFA47B0A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3A35303-1144-471A-AFDD-36E3D922E00B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="32381bbe-c37a-420c-955f-414a93ed7286"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E4398AD-EEC3-4FFE-B888-5DA9630BE953}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="32381bbe-c37a-420c-955f-414a93ed7286"/>
     <ds:schemaRef ds:uri="75b29da9-7512-4ff8-84cc-0b8e167e62a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3A35303-1144-471A-AFDD-36E3D922E00B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E22E41E4-E305-4979-A8B6-FEF7AFA47B0A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="32381bbe-c37a-420c-955f-414a93ed7286"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="75b29da9-7512-4ff8-84cc-0b8e167e62a3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Introduction</vt:lpstr>
-      <vt:lpstr>Respiratory hospital visits</vt:lpstr>
-      <vt:lpstr>Visit Level Threshold Reference</vt:lpstr>
       <vt:lpstr>COVID-19 Reporting</vt:lpstr>
       <vt:lpstr>Wastewater Reporting</vt:lpstr>
-      <vt:lpstr>Influenza Reporting</vt:lpstr>
       <vt:lpstr>Topline Vaccination Data</vt:lpstr>
       <vt:lpstr>Immunizations</vt:lpstr>
+      <vt:lpstr>Visit Level Threshold Reference</vt:lpstr>
+      <vt:lpstr>Respiratory hospital visits</vt:lpstr>
+      <vt:lpstr>Influenza Reporting</vt:lpstr>
       <vt:lpstr>Flu Severity Level Definitions</vt:lpstr>
       <vt:lpstr>Data Dictionary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Troppy, Scott (DPH)</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D89F930D9323CA47A909AE2CF4C9F351</vt:lpwstr>
   </property>
 </Properties>
 </file>