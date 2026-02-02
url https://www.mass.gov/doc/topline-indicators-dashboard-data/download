--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -11,90 +11,90 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\ID-DSAI-Data-Analytics\Respiratory Dashboards\Website Files\Front Page Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{34E6322A-542E-414A-AAA8-D95D26FFD8FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{536A8D82-7996-4874-8585-AA1BF96B1468}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="27690" yWindow="2400" windowWidth="19020" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="13920" yWindow="-18330" windowWidth="21735" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="2" r:id="rId1"/>
-    <sheet name="COVID-19 Reporting" sheetId="1201" r:id="rId2"/>
-[...5 lines deleted...]
-    <sheet name="Influenza Reporting" sheetId="1200" r:id="rId8"/>
+    <sheet name="Respiratory hospital visits" sheetId="1261" r:id="rId2"/>
+    <sheet name="Visit Level Threshold Reference" sheetId="1260" r:id="rId3"/>
+    <sheet name="COVID-19 Reporting" sheetId="1263" r:id="rId4"/>
+    <sheet name="Influenza Reporting" sheetId="1262" r:id="rId5"/>
+    <sheet name="Topline Vaccination Data" sheetId="1275" r:id="rId6"/>
+    <sheet name="Immunizations" sheetId="1276" r:id="rId7"/>
+    <sheet name="Wastewater Reporting" sheetId="1264" r:id="rId8"/>
     <sheet name="Flu Severity Level Definitions" sheetId="4" r:id="rId9"/>
     <sheet name="Data Dictionary" sheetId="963" r:id="rId10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'COVID-19 Reporting'!$A$1:$F$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'COVID-19 Reporting'!$A$1:$F$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'Data Dictionary'!$A$1:$E$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'Flu Severity Level Definitions'!$A$1:$D$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">Immunizations!$A$1:$I$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Wastewater Reporting'!$A$1:$E$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">Immunizations!$A$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Influenza Reporting'!$A$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Respiratory hospital visits'!$A$1:$AJ$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Topline Vaccination Data'!$A$1:$I$121</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Visit Level Threshold Reference'!$A$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'Wastewater Reporting'!$A$1:$E$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3004" uniqueCount="2741">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3494" uniqueCount="3208">
   <si>
     <t>Week Start Date</t>
   </si>
   <si>
     <t>Week End Date</t>
   </si>
   <si>
     <t>Data column</t>
   </si>
   <si>
     <t>Definition</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>The first date of the week that the data represent.</t>
   </si>
   <si>
     <t>The last date of the week that the data represent.</t>
   </si>
   <si>
@@ -487,56 +487,380 @@
   <si>
     <t>The possible lower range of the percent of visits that were related to Respiratory Syncytial Virus (RSV) infection, based on the nowcast estimate</t>
   </si>
   <si>
     <t>The nowcast estimate of the number of visits that were related to acute respiratory disease</t>
   </si>
   <si>
     <t>The possible upper range of the number of visits that were related to acute respiratory disease, based on the nowcast estimate</t>
   </si>
   <si>
     <t>The possible lower range of the number of visits that were related to acute respiratory disease, based on the nowcast estimate</t>
   </si>
   <si>
     <t>Estimated respiratory disease activity level (Very low, low, moderate, high, very high), based on trends seen in prior seasons using the nowcast. </t>
   </si>
   <si>
     <t>Estimated COVID-19 activity level (very low, low, moderate, hight, very high) based on trends seen in prior seaons using the nowcast.</t>
   </si>
   <si>
     <t>Estimated Influenza activity level (very low, low, moderate, hight, very high) based on trends seen in prior seaons using the nowcast.</t>
   </si>
   <si>
     <t>Estimated RSV activity level (very low, low, moderate, hight, very high) based on trends seen in prior seaons using the nowcast.</t>
   </si>
   <si>
+    <t>Low Value</t>
+  </si>
+  <si>
+    <t>High Value</t>
+  </si>
+  <si>
+    <t>Threshold</t>
+  </si>
+  <si>
     <t>Season</t>
   </si>
   <si>
+    <t>Group</t>
+  </si>
+  <si>
+    <t>Subgroup</t>
+  </si>
+  <si>
+    <t>Disease</t>
+  </si>
+  <si>
     <t>Visit type</t>
   </si>
   <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Acute respiratory disease</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Acute respiratory disease</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Acute respiratory disease</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Acute respiratory disease</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Acute respiratory disease</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>Visit type</t>
+  </si>
+  <si>
     <t>Group</t>
   </si>
   <si>
     <t>Subgroup</t>
   </si>
   <si>
     <t>Week Start Date</t>
   </si>
   <si>
     <t>Week End Date</t>
   </si>
   <si>
     <t>Total visits</t>
   </si>
   <si>
     <t>Number of acute respiratory visits</t>
   </si>
   <si>
     <t>Percent of all visits for acute respiratory illness</t>
   </si>
   <si>
     <t>Estimated percent of all visits for acute respiratory illness</t>
   </si>
   <si>
     <t>High estimated percent of all visits for acute respiratory illness</t>
@@ -604,977 +928,4910 @@
   <si>
     <t>Estimated influenza visit level</t>
   </si>
   <si>
     <t>Estimated RSV visit level</t>
   </si>
   <si>
     <t>Last updated</t>
   </si>
   <si>
     <t>2.5%</t>
   </si>
   <si>
     <t>97.5%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>staying level</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>rising</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
     <t>Low</t>
   </si>
   <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>staying level</t>
+  </si>
+  <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>rising</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>staying level</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>rising</t>
   </si>
   <si>
+    <t>Moderate</t>
+  </si>
+  <si>
     <t>Very Low</t>
   </si>
   <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>staying level</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>staying level</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>falling</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>rising</t>
   </si>
   <si>
+    <t>Low</t>
+  </si>
+  <si>
     <t>Very Low</t>
   </si>
   <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>falling</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>falling</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>falling</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>falling</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>rising</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>falling</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>rising</t>
+  </si>
+  <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
+    <t>Very Low</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ED visits</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>ED visits</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>staying level</t>
   </si>
   <si>
     <t>Very Low</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
-    <t>ED visits</t>
+    <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
-    <t>falling</t>
-[...8 lines deleted...]
-    <t>ED visits</t>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
-    <t>falling</t>
-[...8 lines deleted...]
-    <t>ED visits</t>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
-    <t>falling</t>
-[...8 lines deleted...]
-    <t>ED visits</t>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
-    <t>rising</t>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Admissions</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>Activity type</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
+    <t>Activity level</t>
+  </si>
+  <si>
+    <t>Region Name</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>Week Start Date</t>
+  </si>
+  <si>
+    <t>Week End Date</t>
+  </si>
+  <si>
+    <t>MMWR Week</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
-    <t>Very Low</t>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
-    <t>Very Low</t>
-[...11 lines deleted...]
-    <t>rising</t>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
-    <t>Very Low</t>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
-    <t>Very Low</t>
-[...332 lines deleted...]
-    <t>Threshold</t>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Minimal</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Moderate</t>
+  </si>
+  <si>
+    <t>Inner Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Northeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Outer Metro Boston</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>Very High</t>
+  </si>
+  <si>
+    <t>Southeast</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>ILI</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>Season</t>
   </si>
   <si>
+    <t>Week Start Date</t>
+  </si>
+  <si>
+    <t>Week End Date</t>
+  </si>
+  <si>
+    <t>Confirmed and probable cases</t>
+  </si>
+  <si>
+    <t>Confirmed and probable deaths</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Week Start Date</t>
+  </si>
+  <si>
+    <t>Week End Date</t>
+  </si>
+  <si>
+    <t>Number of samples where SARS-CoV-2 was detected</t>
+  </si>
+  <si>
+    <t>Statewide average effective SARS-CoV-2 concentration</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>Type of vaccine</t>
+  </si>
+  <si>
     <t>Group</t>
   </si>
   <si>
     <t>Subgroup</t>
   </si>
   <si>
-    <t>Disease</t>
-[...11 lines deleted...]
-    <t>Statewide</t>
+    <t>Start Date</t>
+  </si>
+  <si>
+    <t>End Date</t>
+  </si>
+  <si>
+    <t>Population</t>
+  </si>
+  <si>
+    <t>Percent of MA population vaccinated</t>
+  </si>
+  <si>
+    <t>Last updated</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...83 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...8 lines deleted...]
-    <t>Statewide</t>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
-    <t>ED visits</t>
-[...11 lines deleted...]
-    <t>Statewide average effective SARS-CoV-2 concentration</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>RSV</t>
+  </si>
+  <si>
+    <t>Age-Birth Cohort</t>
+  </si>
+  <si>
+    <t>Total protected infants</t>
+  </si>
+  <si>
+    <t>Season</t>
+  </si>
+  <si>
+    <t>Type of vaccine</t>
+  </si>
+  <si>
+    <t>Group</t>
+  </si>
+  <si>
+    <t>Subgroup</t>
+  </si>
+  <si>
+    <t>Start Date</t>
+  </si>
+  <si>
+    <t>End Date</t>
+  </si>
+  <si>
+    <t>Population</t>
+  </si>
+  <si>
+    <t>Percent of MA residents vaccinated</t>
   </si>
   <si>
     <t>Last updated</t>
   </si>
   <si>
-    <t>Season</t>
-[...25 lines deleted...]
-  <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
     <t>&lt; 1.0%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
@@ -1798,51 +6055,51 @@
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
     <t>4.2%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>5.2%</t>
+    <t>5.3%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
     <t>6.1%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
@@ -1870,123 +6127,249 @@
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
     <t>7.9%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>8.6%</t>
+    <t>8.7%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
     <t>9.3%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>9.8%</t>
+    <t>9.9%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>10.1%</t>
+    <t>10.2%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>COVID-19</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>10.4%</t>
+    <t>10.6%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>10.9%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>11.2%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>11.3%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>11.5%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>11.8%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>11.9%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>COVID-19</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>12.1%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
     <t>&lt; 1.0%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
@@ -2194,213 +6577,339 @@
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
     <t>8.8%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>12.2%</t>
+    <t>12.3%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>15.7%</t>
+    <t>15.8%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>18.7%</t>
+    <t>18.9%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>21.7%</t>
+    <t>21.9%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>24.3%</t>
+    <t>24.5%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>26.4%</t>
+    <t>26.6%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>28.1%</t>
+    <t>28.4%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>29.7%</t>
+    <t>29.9%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>30.6%</t>
+    <t>30.9%</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7272847</t>
   </si>
   <si>
-    <t>31.5%</t>
+    <t>31.9%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>32.8%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>33.7%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>34.2%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>34.8%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>35.8%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>36.5%</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Influenza</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total vaccinated individuals</t>
+  </si>
+  <si>
+    <t>7272847</t>
+  </si>
+  <si>
+    <t>36.9%</t>
   </si>
   <si>
     <t>2022-2023</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7029920</t>
   </si>
   <si>
     <t>&lt; 1.0%</t>
   </si>
   <si>
     <t>2022-2023</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
@@ -5165,3158 +9674,50 @@
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7029916.9969439004</t>
   </si>
   <si>
     <t>40.6%</t>
   </si>
   <si>
     <t>2024-2025</t>
   </si>
   <si>
     <t>Influenza</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total vaccinated individuals</t>
   </si>
   <si>
     <t>7029916.9969439004</t>
   </si>
   <si>
     <t>40.6%</t>
-  </si>
-[...3106 lines deleted...]
-    <t>2025-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000000"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -9771,18024 +11172,21832 @@
         <v>44</v>
       </c>
       <c r="D67" s="13" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="6" t="s">
         <v>80</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C68" s="12" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1" xr:uid="{D5EA64C5-B415-4272-AB3F-0577F2D743A8}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-[...9543 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:H21"/>
-[...569 lines deleted...]
-  <dimension ref="A1:AJ47"/>
+  <dimension ref="A1:AJ61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="34" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="45.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="55.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="60" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="59.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="32.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="42.140625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="46.85546875" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="46.42578125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="32.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="46.7109375" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="27.28515625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="37" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="41.7109375" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="43.28515625" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="32.140625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="47.5703125" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="54.42578125" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="51.7109375" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="30.5703125" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="30.42578125" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="35" max="36" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>145</v>
+        <v>253</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>146</v>
+        <v>254</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>147</v>
+        <v>255</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>148</v>
+        <v>256</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>149</v>
+        <v>257</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>150</v>
+        <v>258</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>151</v>
+        <v>259</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>152</v>
+        <v>260</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>153</v>
+        <v>261</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>154</v>
+        <v>262</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>155</v>
+        <v>263</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>156</v>
+        <v>264</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>157</v>
+        <v>265</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>158</v>
+        <v>266</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>159</v>
+        <v>267</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>160</v>
+        <v>268</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>161</v>
+        <v>269</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>162</v>
+        <v>270</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>163</v>
+        <v>271</v>
       </c>
       <c r="T1" s="1" t="s">
-        <v>164</v>
+        <v>272</v>
       </c>
       <c r="U1" s="1" t="s">
-        <v>165</v>
+        <v>273</v>
       </c>
       <c r="V1" s="1" t="s">
-        <v>166</v>
+        <v>274</v>
       </c>
       <c r="W1" s="1" t="s">
-        <v>167</v>
+        <v>275</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>168</v>
+        <v>276</v>
       </c>
       <c r="Y1" s="1" t="s">
-        <v>169</v>
+        <v>277</v>
       </c>
       <c r="Z1" s="1" t="s">
-        <v>170</v>
+        <v>278</v>
       </c>
       <c r="AA1" s="1" t="s">
-        <v>171</v>
+        <v>279</v>
       </c>
       <c r="AB1" s="1" t="s">
-        <v>172</v>
+        <v>280</v>
       </c>
       <c r="AC1" s="1" t="s">
-        <v>173</v>
+        <v>281</v>
       </c>
       <c r="AD1" s="1" t="s">
-        <v>174</v>
+        <v>282</v>
       </c>
       <c r="AE1" s="1" t="s">
-        <v>175</v>
+        <v>283</v>
       </c>
       <c r="AF1" s="1" t="s">
-        <v>176</v>
+        <v>284</v>
       </c>
       <c r="AG1" s="1" t="s">
-        <v>177</v>
+        <v>285</v>
       </c>
       <c r="AH1" s="1" t="s">
-        <v>178</v>
+        <v>286</v>
       </c>
       <c r="AI1" s="1" t="s">
-        <v>179</v>
+        <v>287</v>
       </c>
       <c r="AJ1" s="1" t="s">
-        <v>180</v>
+        <v>288</v>
       </c>
     </row>
     <row r="2" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>181</v>
+        <v>289</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>290</v>
       </c>
       <c r="C2" t="s">
-        <v>183</v>
+        <v>291</v>
       </c>
       <c r="D2" t="s">
-        <v>183</v>
+        <v>291</v>
       </c>
       <c r="E2" s="16">
         <v>45977</v>
       </c>
       <c r="F2" s="16">
         <v>45983</v>
       </c>
       <c r="G2">
-        <v>61022</v>
+        <v>61101</v>
       </c>
       <c r="H2">
-        <v>6678</v>
+        <v>6907</v>
       </c>
       <c r="I2">
-        <v>0.109</v>
+        <v>0.113</v>
       </c>
       <c r="J2">
-        <v>0.1135</v>
+        <v>0.11360000000000001</v>
       </c>
       <c r="K2">
-        <v>0.11700000000000001</v>
+        <v>0.11559999999999999</v>
       </c>
       <c r="L2">
-        <v>0.1118</v>
+        <v>0.1132</v>
       </c>
       <c r="M2">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="N2">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="O2">
         <v>5.1999999999999998E-3</v>
       </c>
-      <c r="O2">
-[...1 lines deleted...]
-      </c>
       <c r="P2">
-        <v>5.0000000000000001E-3</v>
+        <v>5.1000000000000004E-3</v>
       </c>
       <c r="Q2">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="R2">
         <v>4.3E-3</v>
       </c>
       <c r="S2">
-        <v>4.5999999999999999E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="T2">
-        <v>4.1999999999999997E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="U2">
         <v>1E-3</v>
       </c>
       <c r="V2">
         <v>1.2999999999999999E-3</v>
       </c>
       <c r="W2">
-        <v>1.5E-3</v>
+        <v>1.2999999999999999E-3</v>
       </c>
       <c r="X2">
         <v>1.2999999999999999E-3</v>
       </c>
       <c r="Y2">
-        <v>6923.96286895718</v>
+        <v>6938.67358625626</v>
       </c>
       <c r="Z2">
-        <v>7138.3823090338301</v>
+        <v>7062.2866222904604</v>
       </c>
       <c r="AA2">
-        <v>6823.3971183265803</v>
+        <v>6915.5589902309202</v>
       </c>
       <c r="AB2" t="s">
-        <v>184</v>
+        <v>292</v>
       </c>
       <c r="AC2">
-        <v>0.96599999999999997</v>
+        <v>0.996</v>
       </c>
       <c r="AD2" t="s">
-        <v>185</v>
+        <v>293</v>
       </c>
       <c r="AE2" t="s">
-        <v>185</v>
+        <v>293</v>
       </c>
       <c r="AF2" t="s">
-        <v>186</v>
+        <v>294</v>
       </c>
       <c r="AG2" t="s">
-        <v>187</v>
+        <v>295</v>
       </c>
       <c r="AH2" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI2">
-        <v>0.93746730145443102</v>
+        <v>0.978295043731778</v>
       </c>
       <c r="AJ2">
-        <v>0.98074315241396903</v>
+        <v>0.99905156036696596</v>
       </c>
     </row>
     <row r="3" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>188</v>
+        <v>296</v>
       </c>
       <c r="B3" t="s">
-        <v>189</v>
+        <v>297</v>
       </c>
       <c r="C3" t="s">
-        <v>190</v>
+        <v>298</v>
       </c>
       <c r="D3" t="s">
-        <v>190</v>
+        <v>298</v>
       </c>
       <c r="E3" s="16">
         <v>45914</v>
       </c>
       <c r="F3" s="16">
         <v>45920</v>
       </c>
       <c r="G3">
-        <v>65652</v>
+        <v>65674</v>
       </c>
       <c r="H3">
-        <v>6401</v>
+        <v>6413</v>
       </c>
       <c r="I3">
-        <v>9.7000000000000003E-2</v>
+        <v>9.8000000000000004E-2</v>
       </c>
       <c r="J3">
-        <v>9.7600000000000006E-2</v>
+        <v>9.7799999999999998E-2</v>
       </c>
       <c r="K3">
-        <v>9.7600000000000006E-2</v>
+        <v>9.7799999999999998E-2</v>
       </c>
       <c r="L3">
-        <v>9.7600000000000006E-2</v>
+        <v>9.7799999999999998E-2</v>
       </c>
       <c r="M3">
         <v>0.01</v>
       </c>
       <c r="N3">
         <v>1.03E-2</v>
       </c>
       <c r="O3">
         <v>1.03E-2</v>
       </c>
       <c r="P3">
         <v>1.03E-2</v>
       </c>
       <c r="Q3">
         <v>1E-3</v>
       </c>
       <c r="R3">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="S3">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="T3">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="U3">
         <v>0</v>
       </c>
       <c r="V3">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="W3">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="X3">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="Y3">
-        <v>6430.6431095406397</v>
+        <v>6437.6737783895396</v>
       </c>
       <c r="Z3">
-        <v>6471.4749195835002</v>
+        <v>6465.7042302343698</v>
       </c>
       <c r="AA3">
-        <v>6408</v>
+        <v>6420</v>
       </c>
       <c r="AB3" t="s">
-        <v>191</v>
+        <v>299</v>
       </c>
       <c r="AC3">
-        <v>0.996</v>
+        <v>0.997</v>
       </c>
       <c r="AD3" t="s">
-        <v>192</v>
+        <v>300</v>
       </c>
       <c r="AE3" t="s">
-        <v>192</v>
+        <v>300</v>
       </c>
       <c r="AF3" t="s">
-        <v>192</v>
+        <v>300</v>
       </c>
       <c r="AG3" t="s">
-        <v>192</v>
+        <v>300</v>
       </c>
       <c r="AH3" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI3">
-        <v>0.99019158377769201</v>
+        <v>0.99293128349103099</v>
       </c>
       <c r="AJ3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>193</v>
+        <v>301</v>
       </c>
       <c r="B4" t="s">
-        <v>194</v>
+        <v>302</v>
       </c>
       <c r="C4" t="s">
-        <v>195</v>
+        <v>303</v>
       </c>
       <c r="D4" t="s">
-        <v>195</v>
+        <v>303</v>
       </c>
       <c r="E4" s="16">
-        <v>45893</v>
+        <v>46012</v>
       </c>
       <c r="F4" s="16">
-        <v>45899</v>
+        <v>46018</v>
       </c>
       <c r="G4">
-        <v>64736</v>
+        <v>65488</v>
       </c>
       <c r="H4">
-        <v>5089</v>
+        <v>15460</v>
       </c>
       <c r="I4">
-        <v>7.9000000000000001E-2</v>
+        <v>0.23599999999999999</v>
       </c>
       <c r="J4">
-        <v>7.8600000000000003E-2</v>
+        <v>0.23880000000000001</v>
       </c>
       <c r="K4">
-        <v>7.8600000000000003E-2</v>
+        <v>0.2445</v>
       </c>
       <c r="L4">
-        <v>7.8600000000000003E-2</v>
+        <v>0.23730000000000001</v>
       </c>
       <c r="M4">
-        <v>0.01</v>
+        <v>1.2E-2</v>
       </c>
       <c r="N4">
-        <v>9.7999999999999997E-3</v>
+        <v>1.2500000000000001E-2</v>
       </c>
       <c r="O4">
-        <v>9.7999999999999997E-3</v>
+        <v>1.3100000000000001E-2</v>
       </c>
       <c r="P4">
-        <v>9.7999999999999997E-3</v>
+        <v>1.24E-2</v>
       </c>
       <c r="Q4">
-        <v>1E-3</v>
+        <v>0.10199999999999999</v>
       </c>
       <c r="R4">
-        <v>5.0000000000000001E-4</v>
+        <v>0.1031</v>
       </c>
       <c r="S4">
-        <v>5.0000000000000001E-4</v>
+        <v>0.1045</v>
       </c>
       <c r="T4">
-        <v>5.0000000000000001E-4</v>
+        <v>0.1024</v>
       </c>
       <c r="U4">
-        <v>0</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="V4">
-        <v>1E-4</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="W4">
-        <v>1E-4</v>
+        <v>5.1999999999999998E-3</v>
       </c>
       <c r="X4">
-        <v>1E-4</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="Y4">
-        <v>5107.8387890571803</v>
+        <v>15636.7056000994</v>
       </c>
       <c r="Z4">
-        <v>5132.3114116690704</v>
+        <v>16010.224625475899</v>
       </c>
       <c r="AA4">
-        <v>5093.56918259339</v>
+        <v>15537.833900966099</v>
       </c>
       <c r="AB4" t="s">
-        <v>196</v>
+        <v>304</v>
       </c>
       <c r="AC4">
-        <v>0.997</v>
+        <v>0.99</v>
       </c>
       <c r="AD4" t="s">
-        <v>197</v>
+        <v>305</v>
       </c>
       <c r="AE4" t="s">
-        <v>197</v>
+        <v>306</v>
       </c>
       <c r="AF4" t="s">
-        <v>197</v>
+        <v>307</v>
       </c>
       <c r="AG4" t="s">
-        <v>197</v>
+        <v>308</v>
       </c>
       <c r="AH4" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI4">
-        <v>0.99195071998648698</v>
+        <v>0.966944584610401</v>
       </c>
       <c r="AJ4">
-        <v>0.99949560269011894</v>
+        <v>0.99634222496337999</v>
       </c>
     </row>
     <row r="5" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>198</v>
+        <v>309</v>
       </c>
       <c r="B5" t="s">
-        <v>199</v>
+        <v>310</v>
       </c>
       <c r="C5" t="s">
-        <v>200</v>
+        <v>311</v>
       </c>
       <c r="D5" t="s">
-        <v>200</v>
+        <v>311</v>
       </c>
       <c r="E5" s="16">
-        <v>45907</v>
+        <v>45893</v>
       </c>
       <c r="F5" s="16">
-        <v>45913</v>
+        <v>45899</v>
       </c>
       <c r="G5">
-        <v>64881</v>
+        <v>64744</v>
       </c>
       <c r="H5">
-        <v>5783</v>
+        <v>5098</v>
       </c>
       <c r="I5">
-        <v>8.8999999999999996E-2</v>
+        <v>7.9000000000000001E-2</v>
       </c>
       <c r="J5">
-        <v>8.9200000000000002E-2</v>
+        <v>7.8799999999999995E-2</v>
       </c>
       <c r="K5">
-        <v>8.9200000000000002E-2</v>
+        <v>7.8799999999999995E-2</v>
       </c>
       <c r="L5">
-        <v>8.9200000000000002E-2</v>
+        <v>7.8799999999999995E-2</v>
       </c>
       <c r="M5">
-        <v>1.2E-2</v>
+        <v>0.01</v>
       </c>
       <c r="N5">
-        <v>1.1599999999999999E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="O5">
-        <v>1.1599999999999999E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="P5">
-        <v>1.1599999999999999E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="Q5">
         <v>1E-3</v>
       </c>
       <c r="R5">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="S5">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="T5">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="U5">
         <v>0</v>
       </c>
       <c r="V5">
-        <v>2.0000000000000001E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="W5">
-        <v>2.0000000000000001E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="X5">
-        <v>2.0000000000000001E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="Y5">
-        <v>5807.0464939024396</v>
+        <v>5110.7539679458496</v>
       </c>
       <c r="Z5">
-        <v>5836.87680985318</v>
+        <v>5126.4346697618403</v>
       </c>
       <c r="AA5">
-        <v>5785</v>
+        <v>5100</v>
       </c>
       <c r="AB5" t="s">
-        <v>201</v>
+        <v>312</v>
       </c>
       <c r="AC5">
-        <v>0.996</v>
+        <v>0.998</v>
       </c>
       <c r="AD5" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="AE5" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="AF5" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="AG5" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="AH5" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI5">
-        <v>0.99111223149928296</v>
+        <v>0.99484345915539196</v>
       </c>
       <c r="AJ5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>203</v>
+        <v>314</v>
       </c>
       <c r="B6" t="s">
-        <v>204</v>
+        <v>315</v>
       </c>
       <c r="C6" t="s">
-        <v>205</v>
+        <v>316</v>
       </c>
       <c r="D6" t="s">
-        <v>205</v>
+        <v>316</v>
       </c>
       <c r="E6" s="16">
-        <v>45900</v>
+        <v>45907</v>
       </c>
       <c r="F6" s="16">
-        <v>45906</v>
+        <v>45913</v>
       </c>
       <c r="G6">
-        <v>64969</v>
+        <v>64890</v>
       </c>
       <c r="H6">
-        <v>5425</v>
+        <v>5790</v>
       </c>
       <c r="I6">
-        <v>8.4000000000000005E-2</v>
+        <v>8.8999999999999996E-2</v>
       </c>
       <c r="J6">
-        <v>8.3599999999999994E-2</v>
+        <v>8.9300000000000004E-2</v>
       </c>
       <c r="K6">
-        <v>8.3599999999999994E-2</v>
+        <v>8.9300000000000004E-2</v>
       </c>
       <c r="L6">
-        <v>8.3599999999999994E-2</v>
+        <v>8.9300000000000004E-2</v>
       </c>
       <c r="M6">
-        <v>1.0999999999999999E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="N6">
-        <v>1.14E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="O6">
-        <v>1.14E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="P6">
-        <v>1.14E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="Q6">
         <v>1E-3</v>
       </c>
       <c r="R6">
-        <v>6.9999999999999999E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="S6">
-        <v>6.9999999999999999E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="T6">
-        <v>6.9999999999999999E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="U6">
         <v>0</v>
       </c>
       <c r="V6">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="W6">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="X6">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="Y6">
-        <v>5450.7251908396902</v>
+        <v>5809.2252788104097</v>
       </c>
       <c r="Z6">
-        <v>5471.2787625418696</v>
+        <v>5826.15384834222</v>
       </c>
       <c r="AA6">
-        <v>5434.4006366391004</v>
+        <v>5792</v>
       </c>
       <c r="AB6" t="s">
-        <v>206</v>
+        <v>317</v>
       </c>
       <c r="AC6">
-        <v>0.996</v>
+        <v>0.997</v>
       </c>
       <c r="AD6" t="s">
-        <v>207</v>
+        <v>318</v>
       </c>
       <c r="AE6" t="s">
-        <v>207</v>
+        <v>318</v>
       </c>
       <c r="AF6" t="s">
-        <v>207</v>
+        <v>318</v>
       </c>
       <c r="AG6" t="s">
-        <v>207</v>
+        <v>318</v>
       </c>
       <c r="AH6" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI6">
-        <v>0.99245537207417101</v>
+        <v>0.99413783960546598</v>
       </c>
       <c r="AJ6">
-        <v>0.99919022594517004</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>208</v>
+        <v>319</v>
       </c>
       <c r="B7" t="s">
-        <v>209</v>
+        <v>320</v>
       </c>
       <c r="C7" t="s">
-        <v>210</v>
+        <v>321</v>
       </c>
       <c r="D7" t="s">
-        <v>210</v>
+        <v>321</v>
       </c>
       <c r="E7" s="16">
-        <v>45865</v>
+        <v>45900</v>
       </c>
       <c r="F7" s="16">
-        <v>45871</v>
+        <v>45906</v>
       </c>
       <c r="G7">
-        <v>65079</v>
+        <v>64977</v>
       </c>
       <c r="H7">
-        <v>4693</v>
+        <v>5429</v>
       </c>
       <c r="I7">
-        <v>7.1999999999999995E-2</v>
+        <v>8.4000000000000005E-2</v>
       </c>
       <c r="J7">
-        <v>7.2099999999999997E-2</v>
+        <v>8.3599999999999994E-2</v>
       </c>
       <c r="K7">
-        <v>7.2099999999999997E-2</v>
+        <v>8.3599999999999994E-2</v>
       </c>
       <c r="L7">
-        <v>7.2099999999999997E-2</v>
+        <v>8.3599999999999994E-2</v>
       </c>
       <c r="M7">
-        <v>6.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="N7">
-        <v>6.1999999999999998E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="O7">
-        <v>6.1999999999999998E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="P7">
-        <v>6.1999999999999998E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="Q7">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="R7">
-        <v>5.0000000000000001E-4</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="S7">
-        <v>5.0000000000000001E-4</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="T7">
-        <v>5.0000000000000001E-4</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="U7">
         <v>0</v>
       </c>
       <c r="V7">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="W7">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="X7">
-        <v>1E-4</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="Y7">
-        <v>4707.9249827942203</v>
+        <v>5447.9739025305398</v>
       </c>
       <c r="Z7">
-        <v>4728.4238879984996</v>
+        <v>5467.0810626033399</v>
       </c>
       <c r="AA7">
-        <v>4695</v>
+        <v>5434</v>
       </c>
       <c r="AB7" t="s">
-        <v>211</v>
+        <v>322</v>
       </c>
       <c r="AC7">
         <v>0.997</v>
       </c>
       <c r="AD7" t="s">
-        <v>212</v>
+        <v>323</v>
       </c>
       <c r="AE7" t="s">
-        <v>212</v>
+        <v>323</v>
       </c>
       <c r="AF7" t="s">
-        <v>212</v>
+        <v>323</v>
       </c>
       <c r="AG7" t="s">
-        <v>212</v>
+        <v>323</v>
       </c>
       <c r="AH7" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI7">
-        <v>0.99293128349103099</v>
+        <v>0.99394904479656798</v>
       </c>
       <c r="AJ7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>213</v>
+        <v>324</v>
       </c>
       <c r="B8" t="s">
-        <v>214</v>
+        <v>325</v>
       </c>
       <c r="C8" t="s">
-        <v>215</v>
+        <v>326</v>
       </c>
       <c r="D8" t="s">
-        <v>215</v>
+        <v>326</v>
       </c>
       <c r="E8" s="16">
-        <v>45935</v>
+        <v>45865</v>
       </c>
       <c r="F8" s="16">
-        <v>45941</v>
+        <v>45871</v>
       </c>
       <c r="G8">
-        <v>64537</v>
+        <v>65083</v>
       </c>
       <c r="H8">
-        <v>6060</v>
+        <v>4694</v>
       </c>
       <c r="I8">
-        <v>9.4E-2</v>
+        <v>7.1999999999999995E-2</v>
       </c>
       <c r="J8">
-        <v>9.4399999999999998E-2</v>
+        <v>7.22E-2</v>
       </c>
       <c r="K8">
-        <v>9.6500000000000002E-2</v>
+        <v>7.22E-2</v>
       </c>
       <c r="L8">
-        <v>9.4100000000000003E-2</v>
+        <v>7.22E-2</v>
       </c>
       <c r="M8">
-        <v>5.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="N8">
-        <v>5.4000000000000003E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="O8">
-        <v>5.4999999999999997E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="P8">
-        <v>5.4000000000000003E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="Q8">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="R8">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="S8">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="T8">
-        <v>8.0000000000000004E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="U8">
         <v>0</v>
       </c>
       <c r="V8">
-        <v>2.9999999999999997E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="W8">
-        <v>2.9999999999999997E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="X8">
-        <v>2.9999999999999997E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="Y8">
-        <v>6093.6858108108099</v>
+        <v>4704.9447619047596</v>
       </c>
       <c r="Z8">
-        <v>6227.1546466510299</v>
+        <v>4724.4159308162598</v>
       </c>
       <c r="AA8">
-        <v>6072.3279963107598</v>
+        <v>4696</v>
       </c>
       <c r="AB8" t="s">
-        <v>216</v>
+        <v>327</v>
       </c>
       <c r="AC8">
-        <v>0.995</v>
+        <v>0.998</v>
       </c>
       <c r="AD8" t="s">
-        <v>217</v>
+        <v>328</v>
       </c>
       <c r="AE8" t="s">
-        <v>217</v>
+        <v>328</v>
       </c>
       <c r="AF8" t="s">
-        <v>217</v>
+        <v>328</v>
       </c>
       <c r="AG8" t="s">
-        <v>217</v>
+        <v>328</v>
       </c>
       <c r="AH8" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI8">
-        <v>0.97396007392586004</v>
+        <v>0.99398530289619402</v>
       </c>
       <c r="AJ8">
-        <v>0.99879321467562099</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>218</v>
+        <v>329</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>330</v>
       </c>
       <c r="C9" t="s">
-        <v>220</v>
+        <v>331</v>
       </c>
       <c r="D9" t="s">
-        <v>220</v>
+        <v>331</v>
       </c>
       <c r="E9" s="16">
-        <v>45844</v>
+        <v>45935</v>
       </c>
       <c r="F9" s="16">
-        <v>45850</v>
+        <v>45941</v>
       </c>
       <c r="G9">
-        <v>67509</v>
+        <v>64562</v>
       </c>
       <c r="H9">
-        <v>5423</v>
+        <v>6081</v>
       </c>
       <c r="I9">
-        <v>0.08</v>
+        <v>9.4E-2</v>
       </c>
       <c r="J9">
-        <v>8.0399999999999999E-2</v>
+        <v>9.4299999999999995E-2</v>
       </c>
       <c r="K9">
-        <v>8.0399999999999999E-2</v>
+        <v>9.4299999999999995E-2</v>
       </c>
       <c r="L9">
-        <v>8.0399999999999999E-2</v>
+        <v>9.4299999999999995E-2</v>
       </c>
       <c r="M9">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="N9">
-        <v>3.5999999999999999E-3</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="O9">
-        <v>3.5999999999999999E-3</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="P9">
-        <v>3.5999999999999999E-3</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="Q9">
         <v>1E-3</v>
       </c>
       <c r="R9">
-        <v>5.9999999999999995E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="S9">
-        <v>5.9999999999999995E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="T9">
-        <v>5.9999999999999995E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="U9">
         <v>0</v>
       </c>
       <c r="V9">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="W9">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="X9">
-        <v>1E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="Y9">
-        <v>5436.4392698247602</v>
+        <v>6101.89916536091</v>
       </c>
       <c r="Z9">
-        <v>5453.1192320505897</v>
+        <v>6120.7421374171799</v>
       </c>
       <c r="AA9">
-        <v>5425</v>
+        <v>6086</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>332</v>
       </c>
       <c r="AC9">
-        <v>0.998</v>
+        <v>0.997</v>
       </c>
       <c r="AD9" t="s">
-        <v>221</v>
+        <v>333</v>
       </c>
       <c r="AE9" t="s">
-        <v>221</v>
+        <v>333</v>
       </c>
       <c r="AF9" t="s">
-        <v>221</v>
+        <v>333</v>
       </c>
       <c r="AG9" t="s">
-        <v>221</v>
+        <v>333</v>
       </c>
       <c r="AH9" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI9">
-        <v>0.99484345915539196</v>
+        <v>0.994323868472617</v>
       </c>
       <c r="AJ9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>222</v>
+        <v>334</v>
       </c>
       <c r="B10" t="s">
-        <v>223</v>
+        <v>335</v>
       </c>
       <c r="C10" t="s">
-        <v>224</v>
+        <v>336</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>336</v>
       </c>
       <c r="E10" s="16">
-        <v>45886</v>
+        <v>46019</v>
       </c>
       <c r="F10" s="16">
-        <v>45892</v>
+        <v>46025</v>
       </c>
       <c r="G10">
-        <v>64570</v>
+        <v>68762</v>
       </c>
       <c r="H10">
-        <v>4960</v>
+        <v>15383</v>
       </c>
       <c r="I10">
-        <v>7.6999999999999999E-2</v>
+        <v>0.224</v>
       </c>
       <c r="J10">
-        <v>7.6899999999999996E-2</v>
+        <v>0.22819999999999999</v>
       </c>
       <c r="K10">
-        <v>7.6899999999999996E-2</v>
+        <v>0.2361</v>
       </c>
       <c r="L10">
-        <v>7.6899999999999996E-2</v>
+        <v>0.22600000000000001</v>
       </c>
       <c r="M10">
-        <v>8.9999999999999993E-3</v>
+        <v>1.4E-2</v>
       </c>
       <c r="N10">
-        <v>8.8999999999999999E-3</v>
+        <v>1.44E-2</v>
       </c>
       <c r="O10">
-        <v>8.8999999999999999E-3</v>
+        <v>1.5100000000000001E-2</v>
       </c>
       <c r="P10">
-        <v>8.8999999999999999E-3</v>
+        <v>1.4200000000000001E-2</v>
       </c>
       <c r="Q10">
-        <v>0</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="R10">
-        <v>5.0000000000000001E-4</v>
+        <v>8.8900000000000007E-2</v>
       </c>
       <c r="S10">
-        <v>5.0000000000000001E-4</v>
+        <v>9.3299999999999994E-2</v>
       </c>
       <c r="T10">
-        <v>5.0000000000000001E-4</v>
+        <v>8.8200000000000001E-2</v>
       </c>
       <c r="U10">
-        <v>0</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="V10">
-        <v>0</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="W10">
-        <v>0</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="X10">
-        <v>0</v>
+        <v>5.5999999999999999E-3</v>
       </c>
       <c r="Y10">
-        <v>4975.9654219004597</v>
+        <v>15694.3705681309</v>
       </c>
       <c r="Z10">
-        <v>4991.3314538287004</v>
+        <v>16233.7474526434</v>
       </c>
       <c r="AA10">
-        <v>4963</v>
+        <v>15542.6597310702</v>
       </c>
       <c r="AB10" t="s">
-        <v>225</v>
+        <v>337</v>
       </c>
       <c r="AC10">
-        <v>0.997</v>
+        <v>0.98299999999999998</v>
       </c>
       <c r="AD10" t="s">
-        <v>226</v>
+        <v>338</v>
       </c>
       <c r="AE10" t="s">
-        <v>226</v>
+        <v>339</v>
       </c>
       <c r="AF10" t="s">
-        <v>226</v>
+        <v>340</v>
       </c>
       <c r="AG10" t="s">
-        <v>226</v>
+        <v>341</v>
       </c>
       <c r="AH10" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI10">
-        <v>0.994323868472617</v>
+        <v>0.95030429942335504</v>
       </c>
       <c r="AJ10">
-        <v>1</v>
+        <v>0.99255856249371899</v>
       </c>
     </row>
     <row r="11" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>227</v>
+        <v>342</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>343</v>
       </c>
       <c r="C11" t="s">
-        <v>229</v>
+        <v>344</v>
       </c>
       <c r="D11" t="s">
-        <v>229</v>
+        <v>344</v>
       </c>
       <c r="E11" s="16">
-        <v>45956</v>
+        <v>45844</v>
       </c>
       <c r="F11" s="16">
-        <v>45962</v>
+        <v>45850</v>
       </c>
       <c r="G11">
-        <v>60951</v>
+        <v>67520</v>
       </c>
       <c r="H11">
-        <v>6094</v>
+        <v>5425</v>
       </c>
       <c r="I11">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="J11">
-        <v>0.1009</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="K11">
-        <v>0.1032</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="L11">
-        <v>0.1004</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="M11">
-        <v>5.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N11">
-        <v>4.5999999999999999E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="O11">
-        <v>4.7000000000000002E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="P11">
-        <v>4.4999999999999997E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="Q11">
         <v>1E-3</v>
       </c>
       <c r="R11">
-        <v>1.4E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="S11">
-        <v>1.4E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="T11">
-        <v>1.4E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="U11">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="V11">
-        <v>8.0000000000000004E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="W11">
-        <v>8.0000000000000004E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="X11">
-        <v>8.0000000000000004E-4</v>
+        <v>1E-4</v>
       </c>
       <c r="Y11">
-        <v>6152.0911554540198</v>
+        <v>5432.9571899012099</v>
       </c>
       <c r="Z11">
-        <v>6288.0165878632897</v>
+        <v>5457.5404931555904</v>
       </c>
       <c r="AA11">
-        <v>6118.0476249200601</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>5427</v>
       </c>
       <c r="AC11">
-        <v>0.99199999999999999</v>
+        <v>0.999</v>
       </c>
       <c r="AD11" t="s">
-        <v>231</v>
+        <v>345</v>
       </c>
       <c r="AE11" t="s">
-        <v>231</v>
+        <v>345</v>
       </c>
       <c r="AF11" t="s">
-        <v>231</v>
+        <v>345</v>
       </c>
       <c r="AG11" t="s">
-        <v>231</v>
+        <v>345</v>
       </c>
       <c r="AH11" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI11">
-        <v>0.97041728734902999</v>
+        <v>0.99440398230780103</v>
       </c>
       <c r="AJ11">
-        <v>0.99737700228832904</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>232</v>
+        <v>346</v>
       </c>
       <c r="B12" t="s">
-        <v>233</v>
+        <v>347</v>
       </c>
       <c r="C12" t="s">
-        <v>234</v>
+        <v>348</v>
       </c>
       <c r="D12" t="s">
-        <v>234</v>
+        <v>348</v>
       </c>
       <c r="E12" s="16">
-        <v>45928</v>
+        <v>45886</v>
       </c>
       <c r="F12" s="16">
-        <v>45934</v>
+        <v>45892</v>
       </c>
       <c r="G12">
-        <v>64771</v>
+        <v>64581</v>
       </c>
       <c r="H12">
-        <v>6054</v>
+        <v>4970</v>
       </c>
       <c r="I12">
-        <v>9.2999999999999999E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="J12">
-        <v>9.3899999999999997E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="K12">
-        <v>9.5500000000000002E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="L12">
-        <v>9.3600000000000003E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="M12">
-        <v>7.0000000000000001E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="N12">
-        <v>7.1999999999999998E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="O12">
-        <v>7.4000000000000003E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="P12">
-        <v>7.1999999999999998E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="Q12">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="R12">
-        <v>5.9999999999999995E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="S12">
-        <v>5.9999999999999995E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="T12">
-        <v>5.9999999999999995E-4</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="U12">
         <v>0</v>
       </c>
       <c r="V12">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="W12">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="X12">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="Y12">
-        <v>6080.0014316392298</v>
+        <v>4982.80867850099</v>
       </c>
       <c r="Z12">
-        <v>6188.3171531837397</v>
+        <v>5005.2530609770902</v>
       </c>
       <c r="AA12">
-        <v>6059.7473045097704</v>
+        <v>4973</v>
       </c>
       <c r="AB12" t="s">
-        <v>235</v>
+        <v>349</v>
       </c>
       <c r="AC12">
-        <v>0.996</v>
+        <v>0.998</v>
       </c>
       <c r="AD12" t="s">
-        <v>236</v>
+        <v>350</v>
       </c>
       <c r="AE12" t="s">
-        <v>236</v>
+        <v>350</v>
       </c>
       <c r="AF12" t="s">
-        <v>236</v>
+        <v>350</v>
       </c>
       <c r="AG12" t="s">
-        <v>236</v>
+        <v>350</v>
       </c>
       <c r="AH12" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI12">
-        <v>0.978295043731778</v>
+        <v>0.99355615778380002</v>
       </c>
       <c r="AJ12">
-        <v>0.99905156036696596</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>237</v>
+        <v>351</v>
       </c>
       <c r="B13" t="s">
-        <v>238</v>
+        <v>352</v>
       </c>
       <c r="C13" t="s">
-        <v>239</v>
+        <v>353</v>
       </c>
       <c r="D13" t="s">
-        <v>239</v>
+        <v>353</v>
       </c>
       <c r="E13" s="16">
-        <v>45858</v>
+        <v>45956</v>
       </c>
       <c r="F13" s="16">
-        <v>45864</v>
+        <v>45962</v>
       </c>
       <c r="G13">
-        <v>66155</v>
+        <v>60985</v>
       </c>
       <c r="H13">
-        <v>4843</v>
+        <v>6200</v>
       </c>
       <c r="I13">
-        <v>7.2999999999999995E-2</v>
+        <v>0.10199999999999999</v>
       </c>
       <c r="J13">
-        <v>7.3200000000000001E-2</v>
+        <v>0.1017</v>
       </c>
       <c r="K13">
-        <v>7.3200000000000001E-2</v>
+        <v>0.1017</v>
       </c>
       <c r="L13">
-        <v>7.3200000000000001E-2</v>
+        <v>0.1017</v>
       </c>
       <c r="M13">
-        <v>4.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="N13">
-        <v>4.3E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="O13">
-        <v>4.3E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="P13">
-        <v>4.3E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="Q13">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="R13">
-        <v>4.0000000000000002E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="S13">
-        <v>4.0000000000000002E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="T13">
-        <v>4.0000000000000002E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="U13">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="V13">
-        <v>1E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="W13">
-        <v>1E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="X13">
-        <v>1E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="Y13">
-        <v>4857.4029739776997</v>
+        <v>6226.6394817073196</v>
       </c>
       <c r="Z13">
-        <v>4871.5578535085197</v>
+        <v>6258.6252120171603</v>
       </c>
       <c r="AA13">
-        <v>4843</v>
+        <v>6203</v>
       </c>
       <c r="AB13" t="s">
-        <v>240</v>
+        <v>354</v>
       </c>
       <c r="AC13">
-        <v>0.997</v>
+        <v>0.996</v>
       </c>
       <c r="AD13" t="s">
-        <v>241</v>
+        <v>355</v>
       </c>
       <c r="AE13" t="s">
-        <v>241</v>
+        <v>355</v>
       </c>
       <c r="AF13" t="s">
-        <v>241</v>
+        <v>355</v>
       </c>
       <c r="AG13" t="s">
-        <v>241</v>
+        <v>355</v>
       </c>
       <c r="AH13" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI13">
-        <v>0.99413783960546598</v>
+        <v>0.99111223149928296</v>
       </c>
       <c r="AJ13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>242</v>
+        <v>356</v>
       </c>
       <c r="B14" t="s">
-        <v>243</v>
+        <v>357</v>
       </c>
       <c r="C14" t="s">
-        <v>244</v>
+        <v>358</v>
       </c>
       <c r="D14" t="s">
-        <v>244</v>
+        <v>358</v>
       </c>
       <c r="E14" s="16">
-        <v>45851</v>
+        <v>46033</v>
       </c>
       <c r="F14" s="16">
-        <v>45857</v>
+        <v>46039</v>
       </c>
       <c r="G14">
-        <v>67558</v>
+        <v>65594</v>
       </c>
       <c r="H14">
-        <v>4980</v>
+        <v>10072</v>
       </c>
       <c r="I14">
-        <v>7.3999999999999996E-2</v>
+        <v>0.154</v>
       </c>
       <c r="J14">
-        <v>7.3800000000000004E-2</v>
+        <v>0.16450000000000001</v>
       </c>
       <c r="K14">
-        <v>7.3800000000000004E-2</v>
+        <v>0.17069999999999999</v>
       </c>
       <c r="L14">
-        <v>7.3800000000000004E-2</v>
+        <v>0.161</v>
       </c>
       <c r="M14">
-        <v>4.0000000000000001E-3</v>
+        <v>0.01</v>
       </c>
       <c r="N14">
-        <v>4.1000000000000003E-3</v>
+        <v>1.0500000000000001E-2</v>
       </c>
       <c r="O14">
-        <v>4.1000000000000003E-3</v>
+        <v>1.1299999999999999E-2</v>
       </c>
       <c r="P14">
-        <v>4.1000000000000003E-3</v>
+        <v>0.01</v>
       </c>
       <c r="Q14">
-        <v>1E-3</v>
+        <v>3.9E-2</v>
       </c>
       <c r="R14">
-        <v>5.9999999999999995E-4</v>
+        <v>4.0899999999999999E-2</v>
       </c>
       <c r="S14">
-        <v>5.9999999999999995E-4</v>
+        <v>4.9099999999999998E-2</v>
       </c>
       <c r="T14">
-        <v>5.9999999999999995E-4</v>
+        <v>3.9300000000000002E-2</v>
       </c>
       <c r="U14">
-        <v>0</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="V14">
-        <v>1E-4</v>
+        <v>6.4000000000000003E-3</v>
       </c>
       <c r="W14">
-        <v>1E-4</v>
+        <v>8.3000000000000001E-3</v>
       </c>
       <c r="X14">
-        <v>1E-4</v>
+        <v>6.3E-3</v>
       </c>
       <c r="Y14">
-        <v>4995.8141251950101</v>
+        <v>10789.223040488399</v>
       </c>
       <c r="Z14">
-        <v>5013.3354683386897</v>
+        <v>11196.6404664447</v>
       </c>
       <c r="AA14">
-        <v>4983</v>
+        <v>10558.521402644999</v>
       </c>
       <c r="AB14" t="s">
-        <v>245</v>
+        <v>359</v>
       </c>
       <c r="AC14">
-        <v>0.997</v>
+        <v>0.94499999999999995</v>
       </c>
       <c r="AD14" t="s">
-        <v>246</v>
+        <v>360</v>
       </c>
       <c r="AE14" t="s">
-        <v>246</v>
+        <v>361</v>
       </c>
       <c r="AF14" t="s">
-        <v>246</v>
+        <v>362</v>
       </c>
       <c r="AG14" t="s">
-        <v>246</v>
+        <v>363</v>
       </c>
       <c r="AH14" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI14">
-        <v>0.99394904479656798</v>
+        <v>0.91054098151615104</v>
       </c>
       <c r="AJ14">
-        <v>1</v>
+        <v>0.96557080401864603</v>
       </c>
     </row>
     <row r="15" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>247</v>
+        <v>364</v>
       </c>
       <c r="B15" t="s">
-        <v>248</v>
+        <v>365</v>
       </c>
       <c r="C15" t="s">
-        <v>249</v>
+        <v>366</v>
       </c>
       <c r="D15" t="s">
-        <v>249</v>
+        <v>366</v>
       </c>
       <c r="E15" s="16">
-        <v>45991</v>
+        <v>46005</v>
       </c>
       <c r="F15" s="16">
-        <v>45997</v>
+        <v>46011</v>
       </c>
       <c r="G15">
-        <v>61484</v>
+        <v>67582</v>
       </c>
       <c r="H15">
-        <v>7090</v>
+        <v>12638</v>
       </c>
       <c r="I15">
-        <v>0.115</v>
+        <v>0.187</v>
       </c>
       <c r="J15">
-        <v>0.1353</v>
+        <v>0.1888</v>
       </c>
       <c r="K15">
-        <v>0.14499999999999999</v>
+        <v>0.193</v>
       </c>
       <c r="L15">
-        <v>0.12820000000000001</v>
+        <v>0.18779999999999999</v>
       </c>
       <c r="M15">
-        <v>7.0000000000000001E-3</v>
+        <v>0.01</v>
       </c>
       <c r="N15">
-        <v>7.7999999999999996E-3</v>
+        <v>0.01</v>
       </c>
       <c r="O15">
-        <v>8.8999999999999999E-3</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="P15">
-        <v>7.1000000000000004E-3</v>
+        <v>9.9000000000000008E-3</v>
       </c>
       <c r="Q15">
-        <v>1.4E-2</v>
+        <v>6.3E-2</v>
       </c>
       <c r="R15">
-        <v>1.52E-2</v>
+        <v>6.3299999999999995E-2</v>
       </c>
       <c r="S15">
-        <v>2.7099999999999999E-2</v>
+        <v>6.4199999999999993E-2</v>
       </c>
       <c r="T15">
-        <v>1.3599999999999999E-2</v>
+        <v>6.3299999999999995E-2</v>
       </c>
       <c r="U15">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="V15">
-        <v>2.5000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="W15">
-        <v>4.3E-3</v>
+        <v>4.1999999999999997E-3</v>
       </c>
       <c r="X15">
-        <v>2.0999999999999999E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="Y15">
-        <v>8321.0438352324509</v>
+        <v>12760.900975840999</v>
       </c>
       <c r="Z15">
-        <v>8916.2409009417206</v>
+        <v>13042.842666762601</v>
       </c>
       <c r="AA15">
-        <v>7881.7686913153102</v>
+        <v>12690.286592693101</v>
       </c>
       <c r="AB15" t="s">
-        <v>250</v>
+        <v>367</v>
       </c>
       <c r="AC15">
-        <v>0.86199999999999999</v>
+        <v>0.99199999999999999</v>
       </c>
       <c r="AD15" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="AE15" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="AF15" t="s">
-        <v>253</v>
+        <v>370</v>
       </c>
       <c r="AG15" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="AH15" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI15">
-        <v>0.80482347658889297</v>
+        <v>0.97041728734902999</v>
       </c>
       <c r="AJ15">
-        <v>0.91045554380541804</v>
+        <v>0.99737700228832904</v>
       </c>
     </row>
     <row r="16" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>255</v>
+        <v>372</v>
       </c>
       <c r="B16" t="s">
-        <v>256</v>
+        <v>373</v>
       </c>
       <c r="C16" t="s">
-        <v>257</v>
+        <v>374</v>
       </c>
       <c r="D16" t="s">
-        <v>257</v>
+        <v>374</v>
       </c>
       <c r="E16" s="16">
-        <v>45984</v>
+        <v>45928</v>
       </c>
       <c r="F16" s="16">
-        <v>45990</v>
+        <v>45934</v>
       </c>
       <c r="G16">
-        <v>58318</v>
+        <v>64781</v>
       </c>
       <c r="H16">
-        <v>7025</v>
+        <v>6066</v>
       </c>
       <c r="I16">
-        <v>0.12</v>
+        <v>9.4E-2</v>
       </c>
       <c r="J16">
-        <v>0.12809999999999999</v>
+        <v>9.3600000000000003E-2</v>
       </c>
       <c r="K16">
-        <v>0.13289999999999999</v>
+        <v>9.3600000000000003E-2</v>
       </c>
       <c r="L16">
-        <v>0.12529999999999999</v>
+        <v>9.3600000000000003E-2</v>
       </c>
       <c r="M16">
-        <v>6.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="N16">
-        <v>6.7000000000000002E-3</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="O16">
         <v>7.1999999999999998E-3</v>
       </c>
       <c r="P16">
-        <v>6.4000000000000003E-3</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="Q16">
-        <v>8.9999999999999993E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="R16">
-        <v>9.9000000000000008E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="S16">
-        <v>1.18E-2</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="T16">
-        <v>9.4999999999999998E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="U16">
-        <v>2E-3</v>
+        <v>0</v>
       </c>
       <c r="V16">
-        <v>2E-3</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="W16">
-        <v>2.7000000000000001E-3</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="X16">
-        <v>2E-3</v>
+        <v>2.9999999999999997E-4</v>
       </c>
       <c r="Y16">
-        <v>7469.3806983587501</v>
+        <v>6083.8809529910995</v>
       </c>
       <c r="Z16">
-        <v>7751.4358422919704</v>
+        <v>6113.69620159843</v>
       </c>
       <c r="AA16">
-        <v>7309.6659205363703</v>
+        <v>6066</v>
       </c>
       <c r="AB16" t="s">
-        <v>258</v>
+        <v>375</v>
       </c>
       <c r="AC16">
-        <v>0.94499999999999995</v>
+        <v>0.997</v>
       </c>
       <c r="AD16" t="s">
-        <v>259</v>
+        <v>376</v>
       </c>
       <c r="AE16" t="s">
-        <v>260</v>
+        <v>376</v>
       </c>
       <c r="AF16" t="s">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="AG16" t="s">
-        <v>262</v>
+        <v>376</v>
       </c>
       <c r="AH16" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI16">
-        <v>0.91054098151615104</v>
+        <v>0.99219846717506799</v>
       </c>
       <c r="AJ16">
-        <v>0.96557080401864603</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>263</v>
+        <v>377</v>
       </c>
       <c r="B17" t="s">
-        <v>264</v>
+        <v>378</v>
       </c>
       <c r="C17" t="s">
-        <v>265</v>
+        <v>379</v>
       </c>
       <c r="D17" t="s">
-        <v>265</v>
+        <v>379</v>
       </c>
       <c r="E17" s="16">
-        <v>45970</v>
+        <v>45858</v>
       </c>
       <c r="F17" s="16">
-        <v>45976</v>
+        <v>45864</v>
       </c>
       <c r="G17">
-        <v>61095</v>
+        <v>66165</v>
       </c>
       <c r="H17">
-        <v>6506</v>
+        <v>4847</v>
       </c>
       <c r="I17">
-        <v>0.106</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="J17">
-        <v>0.1085</v>
+        <v>7.3300000000000004E-2</v>
       </c>
       <c r="K17">
-        <v>0.11219999999999999</v>
+        <v>7.3300000000000004E-2</v>
       </c>
       <c r="L17">
-        <v>0.1075</v>
+        <v>7.3300000000000004E-2</v>
       </c>
       <c r="M17">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="N17">
-        <v>3.8999999999999998E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="O17">
-        <v>4.1000000000000003E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="P17">
-        <v>3.8999999999999998E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="Q17">
-        <v>3.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="R17">
-        <v>2.8E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="S17">
-        <v>2.8999999999999998E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="T17">
-        <v>2.8E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="U17">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="V17">
-        <v>1E-3</v>
+        <v>1E-4</v>
       </c>
       <c r="W17">
-        <v>1.1000000000000001E-3</v>
+        <v>1E-4</v>
       </c>
       <c r="X17">
-        <v>1E-3</v>
+        <v>1E-4</v>
       </c>
       <c r="Y17">
-        <v>6628.9310055059796</v>
+        <v>4855.1189279731998</v>
       </c>
       <c r="Z17">
-        <v>6856.7510469582303</v>
+        <v>4873.5355959936696</v>
       </c>
       <c r="AA17">
-        <v>6564.8519354153796</v>
+        <v>4847</v>
       </c>
       <c r="AB17" t="s">
-        <v>266</v>
+        <v>380</v>
       </c>
       <c r="AC17">
-        <v>0.98299999999999998</v>
+        <v>0.998</v>
       </c>
       <c r="AD17" t="s">
-        <v>267</v>
+        <v>381</v>
       </c>
       <c r="AE17" t="s">
-        <v>267</v>
+        <v>381</v>
       </c>
       <c r="AF17" t="s">
-        <v>267</v>
+        <v>381</v>
       </c>
       <c r="AG17" t="s">
-        <v>267</v>
+        <v>381</v>
       </c>
       <c r="AH17" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI17">
-        <v>0.95030429942335504</v>
+        <v>0.99455516524482002</v>
       </c>
       <c r="AJ17">
-        <v>0.99255856249371899</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>268</v>
+        <v>382</v>
       </c>
       <c r="B18" t="s">
-        <v>269</v>
+        <v>383</v>
       </c>
       <c r="C18" t="s">
-        <v>270</v>
+        <v>384</v>
       </c>
       <c r="D18" t="s">
-        <v>270</v>
+        <v>384</v>
       </c>
       <c r="E18" s="16">
-        <v>45879</v>
+        <v>45851</v>
       </c>
       <c r="F18" s="16">
-        <v>45885</v>
+        <v>45857</v>
       </c>
       <c r="G18">
-        <v>66676</v>
+        <v>67567</v>
       </c>
       <c r="H18">
-        <v>5138</v>
+        <v>4983</v>
       </c>
       <c r="I18">
-        <v>7.6999999999999999E-2</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="J18">
-        <v>7.7100000000000002E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="K18">
-        <v>7.7100000000000002E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="L18">
-        <v>7.7100000000000002E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M18">
-        <v>8.9999999999999993E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N18">
-        <v>8.5000000000000006E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="O18">
-        <v>8.5000000000000006E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="P18">
-        <v>8.5000000000000006E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="Q18">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="R18">
-        <v>4.0000000000000002E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="S18">
-        <v>4.0000000000000002E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="T18">
-        <v>4.0000000000000002E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="U18">
         <v>0</v>
       </c>
       <c r="V18">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="W18">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="X18">
-        <v>0</v>
+        <v>1E-4</v>
       </c>
       <c r="Y18">
-        <v>5158.1601947301697</v>
+        <v>4993.6111167605004</v>
       </c>
       <c r="Z18">
-        <v>5183.4387676921697</v>
+        <v>5016.9669023430497</v>
       </c>
       <c r="AA18">
-        <v>5143</v>
+        <v>4986</v>
       </c>
       <c r="AB18" t="s">
-        <v>271</v>
+        <v>385</v>
       </c>
       <c r="AC18">
-        <v>0.997</v>
+        <v>0.998</v>
       </c>
       <c r="AD18" t="s">
-        <v>272</v>
+        <v>386</v>
       </c>
       <c r="AE18" t="s">
-        <v>272</v>
+        <v>386</v>
       </c>
       <c r="AF18" t="s">
-        <v>272</v>
+        <v>386</v>
       </c>
       <c r="AG18" t="s">
-        <v>272</v>
+        <v>386</v>
       </c>
       <c r="AH18" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI18">
-        <v>0.99219846717506799</v>
+        <v>0.99382756495192603</v>
       </c>
       <c r="AJ18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>273</v>
+        <v>387</v>
       </c>
       <c r="B19" t="s">
-        <v>274</v>
+        <v>388</v>
       </c>
       <c r="C19" t="s">
-        <v>275</v>
+        <v>389</v>
       </c>
       <c r="D19" t="s">
-        <v>275</v>
+        <v>389</v>
       </c>
       <c r="E19" s="16">
-        <v>45942</v>
+        <v>45991</v>
       </c>
       <c r="F19" s="16">
-        <v>45948</v>
+        <v>45997</v>
       </c>
       <c r="G19">
-        <v>61174</v>
+        <v>61756</v>
       </c>
       <c r="H19">
-        <v>5966</v>
+        <v>8198</v>
       </c>
       <c r="I19">
-        <v>9.8000000000000004E-2</v>
+        <v>0.13300000000000001</v>
       </c>
       <c r="J19">
-        <v>9.8100000000000007E-2</v>
+        <v>0.1336</v>
       </c>
       <c r="K19">
-        <v>9.98E-2</v>
+        <v>0.13589999999999999</v>
       </c>
       <c r="L19">
-        <v>9.7699999999999995E-2</v>
+        <v>0.13300000000000001</v>
       </c>
       <c r="M19">
-        <v>4.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="N19">
-        <v>4.4000000000000003E-3</v>
+        <v>7.1000000000000004E-3</v>
       </c>
       <c r="O19">
-        <v>4.4999999999999997E-3</v>
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="P19">
-        <v>4.3E-3</v>
+        <v>7.1000000000000004E-3</v>
       </c>
       <c r="Q19">
-        <v>1E-3</v>
+        <v>1.4E-2</v>
       </c>
       <c r="R19">
-        <v>8.9999999999999998E-4</v>
+        <v>1.43E-2</v>
       </c>
       <c r="S19">
-        <v>8.9999999999999998E-4</v>
+        <v>1.4500000000000001E-2</v>
       </c>
       <c r="T19">
-        <v>8.9999999999999998E-4</v>
+        <v>1.43E-2</v>
       </c>
       <c r="U19">
-        <v>1E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="V19">
-        <v>5.0000000000000001E-4</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="W19">
-        <v>5.9999999999999995E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="X19">
-        <v>5.0000000000000001E-4</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="Y19">
-        <v>6001.6247904188303</v>
+        <v>8250.5996574167293</v>
       </c>
       <c r="Z19">
-        <v>6106.2043214447303</v>
+        <v>8394.3680323128992</v>
       </c>
       <c r="AA19">
-        <v>5976.7122918060304</v>
+        <v>8216.3517562736506</v>
       </c>
       <c r="AB19" t="s">
-        <v>276</v>
+        <v>390</v>
       </c>
       <c r="AC19">
         <v>0.99399999999999999</v>
       </c>
       <c r="AD19" t="s">
-        <v>277</v>
+        <v>391</v>
       </c>
       <c r="AE19" t="s">
-        <v>277</v>
+        <v>392</v>
       </c>
       <c r="AF19" t="s">
-        <v>277</v>
+        <v>393</v>
       </c>
       <c r="AG19" t="s">
-        <v>277</v>
+        <v>394</v>
       </c>
       <c r="AH19" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI19">
         <v>0.97720280650356695</v>
       </c>
       <c r="AJ19">
         <v>0.99837497752412396</v>
       </c>
     </row>
     <row r="20" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>278</v>
+        <v>395</v>
       </c>
       <c r="B20" t="s">
-        <v>279</v>
+        <v>396</v>
       </c>
       <c r="C20" t="s">
-        <v>280</v>
+        <v>397</v>
       </c>
       <c r="D20" t="s">
-        <v>280</v>
+        <v>397</v>
       </c>
       <c r="E20" s="16">
-        <v>45949</v>
+        <v>45998</v>
       </c>
       <c r="F20" s="16">
-        <v>45955</v>
+        <v>46004</v>
       </c>
       <c r="G20">
-        <v>64281</v>
+        <v>64280</v>
       </c>
       <c r="H20">
-        <v>6228</v>
+        <v>9909</v>
       </c>
       <c r="I20">
-        <v>9.7000000000000003E-2</v>
+        <v>0.154</v>
       </c>
       <c r="J20">
-        <v>9.7699999999999995E-2</v>
+        <v>0.15540000000000001</v>
       </c>
       <c r="K20">
-        <v>9.9500000000000005E-2</v>
+        <v>0.15840000000000001</v>
       </c>
       <c r="L20">
-        <v>9.7199999999999995E-2</v>
+        <v>0.15459999999999999</v>
       </c>
       <c r="M20">
-        <v>4.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="N20">
-        <v>4.3E-3</v>
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="O20">
-        <v>4.4999999999999997E-3</v>
+        <v>7.6E-3</v>
       </c>
       <c r="P20">
-        <v>4.3E-3</v>
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="Q20">
-        <v>1E-3</v>
+        <v>0.03</v>
       </c>
       <c r="R20">
-        <v>1E-3</v>
+        <v>3.04E-2</v>
       </c>
       <c r="S20">
-        <v>1E-3</v>
+        <v>3.0800000000000001E-2</v>
       </c>
       <c r="T20">
-        <v>8.9999999999999998E-4</v>
+        <v>3.0300000000000001E-2</v>
       </c>
       <c r="U20">
-        <v>1E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="V20">
-        <v>5.9999999999999995E-4</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="W20">
-        <v>6.9999999999999999E-4</v>
+        <v>3.0999999999999999E-3</v>
       </c>
       <c r="X20">
-        <v>5.9999999999999995E-4</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="Y20">
-        <v>6277.4861221253004</v>
+        <v>9987.7795400475807</v>
       </c>
       <c r="Z20">
-        <v>6398.4049972068296</v>
+        <v>10180.167232039201</v>
       </c>
       <c r="AA20">
-        <v>6245.99173715284</v>
+        <v>9937.6704728613295</v>
       </c>
       <c r="AB20" t="s">
-        <v>281</v>
+        <v>398</v>
       </c>
       <c r="AC20">
         <v>0.99299999999999999</v>
       </c>
       <c r="AD20" t="s">
-        <v>282</v>
+        <v>399</v>
       </c>
       <c r="AE20" t="s">
-        <v>282</v>
+        <v>400</v>
       </c>
       <c r="AF20" t="s">
-        <v>282</v>
+        <v>401</v>
       </c>
       <c r="AG20" t="s">
-        <v>282</v>
+        <v>401</v>
       </c>
       <c r="AH20" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI20">
         <v>0.97414902662788105</v>
       </c>
       <c r="AJ20">
         <v>0.99791998809803795</v>
       </c>
     </row>
     <row r="21" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>283</v>
+        <v>402</v>
       </c>
       <c r="B21" t="s">
-        <v>284</v>
+        <v>403</v>
       </c>
       <c r="C21" t="s">
-        <v>285</v>
+        <v>404</v>
       </c>
       <c r="D21" t="s">
-        <v>285</v>
+        <v>404</v>
       </c>
       <c r="E21" s="16">
-        <v>45963</v>
+        <v>45984</v>
       </c>
       <c r="F21" s="16">
-        <v>45969</v>
+        <v>45990</v>
       </c>
       <c r="G21">
-        <v>61417</v>
+        <v>58429</v>
       </c>
       <c r="H21">
-        <v>6433</v>
+        <v>7500</v>
       </c>
       <c r="I21">
-        <v>0.105</v>
+        <v>0.128</v>
       </c>
       <c r="J21">
-        <v>0.10589999999999999</v>
+        <v>0.12909999999999999</v>
       </c>
       <c r="K21">
-        <v>0.1084</v>
+        <v>0.13189999999999999</v>
       </c>
       <c r="L21">
-        <v>0.1052</v>
+        <v>0.12859999999999999</v>
       </c>
       <c r="M21">
-        <v>4.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="N21">
-        <v>4.0000000000000001E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="O21">
-        <v>4.1999999999999997E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="P21">
-        <v>4.0000000000000001E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="Q21">
+        <v>0.01</v>
+      </c>
+      <c r="R21">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="S21">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="T21">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="U21">
         <v>2E-3</v>
       </c>
-      <c r="R21">
-[...10 lines deleted...]
-      </c>
       <c r="V21">
-        <v>8.9999999999999998E-4</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="W21">
-        <v>1.1000000000000001E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="X21">
-        <v>8.9999999999999998E-4</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="Y21">
-        <v>6502.75244838447</v>
+        <v>7540.4966216216199</v>
       </c>
       <c r="Z21">
-        <v>6658.0857915389097</v>
+        <v>7705.6546781724601</v>
       </c>
       <c r="AA21">
-        <v>6461.6352079594199</v>
+        <v>7514.0678668280798</v>
       </c>
       <c r="AB21" t="s">
-        <v>286</v>
+        <v>405</v>
       </c>
       <c r="AC21">
-        <v>0.99</v>
+        <v>0.995</v>
       </c>
       <c r="AD21" t="s">
-        <v>287</v>
+        <v>406</v>
       </c>
       <c r="AE21" t="s">
-        <v>287</v>
+        <v>407</v>
       </c>
       <c r="AF21" t="s">
-        <v>287</v>
+        <v>408</v>
       </c>
       <c r="AG21" t="s">
-        <v>287</v>
+        <v>409</v>
       </c>
       <c r="AH21" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI21">
-        <v>0.966944584610401</v>
+        <v>0.97396007392586004</v>
       </c>
       <c r="AJ21">
-        <v>0.99634222496337999</v>
+        <v>0.99879321467562099</v>
       </c>
     </row>
     <row r="22" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>288</v>
+        <v>410</v>
       </c>
       <c r="B22" t="s">
-        <v>289</v>
+        <v>411</v>
       </c>
       <c r="C22" t="s">
-        <v>290</v>
+        <v>412</v>
       </c>
       <c r="D22" t="s">
-        <v>290</v>
+        <v>412</v>
       </c>
       <c r="E22" s="16">
-        <v>45837</v>
+        <v>46040</v>
       </c>
       <c r="F22" s="16">
-        <v>45843</v>
+        <v>46046</v>
       </c>
       <c r="G22">
-        <v>64802</v>
+        <v>60389</v>
       </c>
       <c r="H22">
-        <v>5343</v>
+        <v>7549</v>
       </c>
       <c r="I22">
-        <v>8.2000000000000003E-2</v>
+        <v>0.125</v>
       </c>
       <c r="J22">
-        <v>8.2500000000000004E-2</v>
+        <v>0.14779999999999999</v>
       </c>
       <c r="K22">
-        <v>8.2500000000000004E-2</v>
+        <v>0.1583</v>
       </c>
       <c r="L22">
-        <v>8.2500000000000004E-2</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="M22">
-        <v>3.0000000000000001E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="N22">
-        <v>3.3999999999999998E-3</v>
+        <v>1.11E-2</v>
       </c>
       <c r="O22">
-        <v>3.3999999999999998E-3</v>
+        <v>1.2699999999999999E-2</v>
       </c>
       <c r="P22">
-        <v>3.3999999999999998E-3</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="Q22">
-        <v>1E-3</v>
+        <v>2.4E-2</v>
       </c>
       <c r="R22">
-        <v>6.9999999999999999E-4</v>
+        <v>2.63E-2</v>
       </c>
       <c r="S22">
-        <v>6.9999999999999999E-4</v>
+        <v>4.7E-2</v>
       </c>
       <c r="T22">
-        <v>6.9999999999999999E-4</v>
+        <v>2.35E-2</v>
       </c>
       <c r="U22">
-        <v>0</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="V22">
-        <v>1E-4</v>
+        <v>8.3000000000000001E-3</v>
       </c>
       <c r="W22">
-        <v>1E-4</v>
+        <v>1.3899999999999999E-2</v>
       </c>
       <c r="X22">
-        <v>1E-4</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="Y22">
-        <v>5354.5404339250499</v>
+        <v>8922.85846043948</v>
       </c>
       <c r="Z22">
-        <v>5378.6592314219897</v>
+        <v>9561.1028055666902</v>
       </c>
       <c r="AA22">
-        <v>5344</v>
+        <v>8451.8129988393703</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>413</v>
       </c>
       <c r="AC22">
-        <v>0.998</v>
+        <v>0.86199999999999999</v>
       </c>
       <c r="AD22" t="s">
-        <v>291</v>
+        <v>414</v>
       </c>
       <c r="AE22" t="s">
-        <v>291</v>
+        <v>415</v>
       </c>
       <c r="AF22" t="s">
-        <v>291</v>
+        <v>416</v>
       </c>
       <c r="AG22" t="s">
-        <v>291</v>
+        <v>416</v>
       </c>
       <c r="AH22" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI22">
-        <v>0.99355615778380002</v>
+        <v>0.80482347658889297</v>
       </c>
       <c r="AJ22">
-        <v>1</v>
+        <v>0.91045554380541804</v>
       </c>
     </row>
     <row r="23" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>292</v>
+        <v>417</v>
       </c>
       <c r="B23" t="s">
-        <v>293</v>
+        <v>418</v>
       </c>
       <c r="C23" t="s">
-        <v>294</v>
+        <v>419</v>
       </c>
       <c r="D23" t="s">
-        <v>294</v>
+        <v>419</v>
       </c>
       <c r="E23" s="16">
-        <v>45872</v>
+        <v>45970</v>
       </c>
       <c r="F23" s="16">
-        <v>45878</v>
+        <v>45976</v>
       </c>
       <c r="G23">
-        <v>65360</v>
+        <v>61151</v>
       </c>
       <c r="H23">
-        <v>4804</v>
+        <v>6724</v>
       </c>
       <c r="I23">
-        <v>7.3999999999999996E-2</v>
+        <v>0.11</v>
       </c>
       <c r="J23">
-        <v>7.3599999999999999E-2</v>
+        <v>0.11</v>
       </c>
       <c r="K23">
-        <v>7.3599999999999999E-2</v>
+        <v>0.11</v>
       </c>
       <c r="L23">
-        <v>7.3599999999999999E-2</v>
+        <v>0.11</v>
       </c>
       <c r="M23">
-        <v>7.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="N23">
-        <v>7.3000000000000001E-3</v>
+        <v>3.8999999999999998E-3</v>
       </c>
       <c r="O23">
-        <v>7.3000000000000001E-3</v>
+        <v>3.8999999999999998E-3</v>
       </c>
       <c r="P23">
-        <v>7.3000000000000001E-3</v>
+        <v>3.8999999999999998E-3</v>
       </c>
       <c r="Q23">
-        <v>0</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="R23">
-        <v>4.0000000000000002E-4</v>
+        <v>2.8E-3</v>
       </c>
       <c r="S23">
-        <v>4.0000000000000002E-4</v>
+        <v>2.8E-3</v>
       </c>
       <c r="T23">
-        <v>4.0000000000000002E-4</v>
+        <v>2.8E-3</v>
       </c>
       <c r="U23">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="V23">
-        <v>1E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="W23">
-        <v>1E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="X23">
-        <v>1E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="Y23">
-        <v>4826.9198274814999</v>
+        <v>6754.9534701963203</v>
       </c>
       <c r="Z23">
-        <v>4844.0201605306002</v>
+        <v>6898.4807108911</v>
       </c>
       <c r="AA23">
-        <v>4808</v>
+        <v>6731.0217377203699</v>
       </c>
       <c r="AB23" t="s">
-        <v>295</v>
+        <v>420</v>
       </c>
       <c r="AC23">
         <v>0.996</v>
       </c>
       <c r="AD23" t="s">
-        <v>296</v>
+        <v>421</v>
       </c>
       <c r="AE23" t="s">
-        <v>296</v>
+        <v>421</v>
       </c>
       <c r="AF23" t="s">
-        <v>296</v>
+        <v>421</v>
       </c>
       <c r="AG23" t="s">
-        <v>296</v>
+        <v>421</v>
       </c>
       <c r="AH23" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI23">
-        <v>0.99256399450520505</v>
+        <v>0.975142249710089</v>
       </c>
       <c r="AJ23">
-        <v>1</v>
+        <v>0.99940250709668199</v>
       </c>
     </row>
     <row r="24" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>297</v>
+        <v>422</v>
       </c>
       <c r="B24" t="s">
-        <v>298</v>
+        <v>423</v>
       </c>
       <c r="C24" t="s">
-        <v>299</v>
+        <v>424</v>
       </c>
       <c r="D24" t="s">
-        <v>299</v>
+        <v>424</v>
       </c>
       <c r="E24" s="16">
-        <v>45921</v>
+        <v>45879</v>
       </c>
       <c r="F24" s="16">
-        <v>45927</v>
+        <v>45885</v>
       </c>
       <c r="G24">
-        <v>64989</v>
+        <v>66686</v>
       </c>
       <c r="H24">
-        <v>6381</v>
+        <v>5146</v>
       </c>
       <c r="I24">
-        <v>9.8000000000000004E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="J24">
-        <v>9.8199999999999996E-2</v>
+        <v>7.7200000000000005E-2</v>
       </c>
       <c r="K24">
-        <v>9.8199999999999996E-2</v>
+        <v>7.7200000000000005E-2</v>
       </c>
       <c r="L24">
-        <v>9.8199999999999996E-2</v>
+        <v>7.7200000000000005E-2</v>
       </c>
       <c r="M24">
-        <v>0.01</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="N24">
-        <v>1.01E-2</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="O24">
-        <v>1.01E-2</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="P24">
-        <v>1.01E-2</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="Q24">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="R24">
-        <v>1.1000000000000001E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="S24">
-        <v>1.1000000000000001E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="T24">
-        <v>1.1000000000000001E-3</v>
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="U24">
         <v>0</v>
       </c>
       <c r="V24">
-        <v>4.0000000000000002E-4</v>
+        <v>0</v>
       </c>
       <c r="W24">
-        <v>4.0000000000000002E-4</v>
+        <v>0</v>
       </c>
       <c r="X24">
-        <v>4.0000000000000002E-4</v>
+        <v>0</v>
       </c>
       <c r="Y24">
-        <v>6410.5281631831904</v>
+        <v>5161.6206185566998</v>
       </c>
       <c r="Z24">
-        <v>6546.7371574741801</v>
+        <v>5180.3527362044497</v>
       </c>
       <c r="AA24">
-        <v>6387.8166751310901</v>
+        <v>5151</v>
       </c>
       <c r="AB24" t="s">
-        <v>300</v>
+        <v>425</v>
       </c>
       <c r="AC24">
-        <v>0.996</v>
+        <v>0.998</v>
       </c>
       <c r="AD24" t="s">
-        <v>301</v>
+        <v>426</v>
       </c>
       <c r="AE24" t="s">
-        <v>301</v>
+        <v>426</v>
       </c>
       <c r="AF24" t="s">
-        <v>301</v>
+        <v>426</v>
       </c>
       <c r="AG24" t="s">
-        <v>301</v>
+        <v>426</v>
       </c>
       <c r="AH24" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
       <c r="AI24">
-        <v>0.975142249710089</v>
+        <v>0.99433383445121204</v>
       </c>
       <c r="AJ24">
-        <v>0.99940250709668199</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>302</v>
+        <v>427</v>
       </c>
       <c r="B25" t="s">
-        <v>303</v>
+        <v>428</v>
       </c>
       <c r="C25" t="s">
-        <v>304</v>
+        <v>429</v>
       </c>
       <c r="D25" t="s">
-        <v>304</v>
+        <v>429</v>
       </c>
       <c r="E25" s="16">
-        <v>45977</v>
+        <v>46026</v>
       </c>
       <c r="F25" s="16">
-        <v>45983</v>
+        <v>46032</v>
       </c>
       <c r="G25">
-        <v>13142</v>
+        <v>69051</v>
       </c>
       <c r="H25">
-        <v>2143</v>
+        <v>12336</v>
       </c>
       <c r="I25">
-        <v>0.16300000000000001</v>
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="J25">
+        <v>0.18579999999999999</v>
+      </c>
+      <c r="K25">
+        <v>0.19159999999999999</v>
+      </c>
+      <c r="L25">
+        <v>0.18310000000000001</v>
       </c>
       <c r="M25">
-        <v>8.0000000000000002E-3</v>
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="N25">
+        <v>1.1900000000000001E-2</v>
+      </c>
+      <c r="O25">
+        <v>1.26E-2</v>
+      </c>
+      <c r="P25">
+        <v>1.15E-2</v>
       </c>
       <c r="Q25">
-        <v>4.0000000000000001E-3</v>
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="R25">
+        <v>5.8299999999999998E-2</v>
+      </c>
+      <c r="S25">
+        <v>6.2300000000000001E-2</v>
+      </c>
+      <c r="T25">
+        <v>5.6899999999999999E-2</v>
       </c>
       <c r="U25">
-        <v>2E-3</v>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="V25">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="W25">
+        <v>6.4000000000000003E-3</v>
+      </c>
+      <c r="X25">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="Y25">
+        <v>12832.9216174052</v>
+      </c>
+      <c r="Z25">
+        <v>13230.328119985999</v>
+      </c>
+      <c r="AA25">
+        <v>12646.5323458764</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>430</v>
+      </c>
+      <c r="AC25">
+        <v>0.96599999999999997</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>431</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>432</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>433</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>434</v>
       </c>
       <c r="AH25" s="16">
-        <v>46002</v>
+        <v>46051</v>
+      </c>
+      <c r="AI25">
+        <v>0.93746730145443102</v>
+      </c>
+      <c r="AJ25">
+        <v>0.98074315241396903</v>
       </c>
     </row>
     <row r="26" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>305</v>
+        <v>435</v>
       </c>
       <c r="B26" t="s">
-        <v>306</v>
+        <v>436</v>
       </c>
       <c r="C26" t="s">
-        <v>307</v>
+        <v>437</v>
       </c>
       <c r="D26" t="s">
-        <v>307</v>
+        <v>437</v>
       </c>
       <c r="E26" s="16">
-        <v>45914</v>
+        <v>45942</v>
       </c>
       <c r="F26" s="16">
-        <v>45920</v>
+        <v>45948</v>
       </c>
       <c r="G26">
-        <v>13987</v>
+        <v>61212</v>
       </c>
       <c r="H26">
-        <v>2270</v>
+        <v>5986</v>
       </c>
       <c r="I26">
-        <v>0.16200000000000001</v>
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="J26">
+        <v>9.7799999999999998E-2</v>
+      </c>
+      <c r="K26">
+        <v>9.7799999999999998E-2</v>
+      </c>
+      <c r="L26">
+        <v>9.7799999999999998E-2</v>
       </c>
       <c r="M26">
-        <v>1.4E-2</v>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="N26">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="O26">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="P26">
+        <v>4.4000000000000003E-3</v>
       </c>
       <c r="Q26">
         <v>1E-3</v>
       </c>
+      <c r="R26">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="S26">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="T26">
+        <v>8.9999999999999998E-4</v>
+      </c>
       <c r="U26">
-        <v>0</v>
+        <v>1E-3</v>
+      </c>
+      <c r="V26">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="W26">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="X26">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="Y26">
+        <v>6005.7990554500602</v>
+      </c>
+      <c r="Z26">
+        <v>6034.5739756926096</v>
+      </c>
+      <c r="AA26">
+        <v>5989.0208460035501</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>438</v>
+      </c>
+      <c r="AC26">
+        <v>0.997</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>439</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>439</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>439</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>439</v>
       </c>
       <c r="AH26" s="16">
-        <v>46002</v>
+        <v>46051</v>
+      </c>
+      <c r="AI26">
+        <v>0.99195071998648698</v>
+      </c>
+      <c r="AJ26">
+        <v>0.99949560269011894</v>
       </c>
     </row>
     <row r="27" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>308</v>
+        <v>440</v>
       </c>
       <c r="B27" t="s">
-        <v>309</v>
+        <v>441</v>
       </c>
       <c r="C27" t="s">
-        <v>310</v>
+        <v>442</v>
       </c>
       <c r="D27" t="s">
-        <v>310</v>
+        <v>442</v>
       </c>
       <c r="E27" s="16">
-        <v>45893</v>
+        <v>45949</v>
       </c>
       <c r="F27" s="16">
-        <v>45899</v>
+        <v>45955</v>
       </c>
       <c r="G27">
-        <v>13662</v>
+        <v>64321</v>
       </c>
       <c r="H27">
-        <v>1933</v>
+        <v>6259</v>
       </c>
       <c r="I27">
-        <v>0.14099999999999999</v>
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="J27">
+        <v>9.74E-2</v>
+      </c>
+      <c r="K27">
+        <v>9.74E-2</v>
+      </c>
+      <c r="L27">
+        <v>9.74E-2</v>
       </c>
       <c r="M27">
-        <v>1.2E-2</v>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="N27">
+        <v>4.3E-3</v>
+      </c>
+      <c r="O27">
+        <v>4.3E-3</v>
+      </c>
+      <c r="P27">
+        <v>4.3E-3</v>
       </c>
       <c r="Q27">
         <v>1E-3</v>
       </c>
+      <c r="R27">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="S27">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="T27">
+        <v>8.9999999999999998E-4</v>
+      </c>
       <c r="U27">
-        <v>0</v>
+        <v>1E-3</v>
+      </c>
+      <c r="V27">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="W27">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="X27">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="Y27">
+        <v>6287.9083969465701</v>
+      </c>
+      <c r="Z27">
+        <v>6311.6188155731597</v>
+      </c>
+      <c r="AA27">
+        <v>6269.0765355262101</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>443</v>
+      </c>
+      <c r="AC27">
+        <v>0.996</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>444</v>
+      </c>
+      <c r="AE27" t="s">
+        <v>444</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>444</v>
+      </c>
+      <c r="AG27" t="s">
+        <v>444</v>
       </c>
       <c r="AH27" s="16">
-        <v>46002</v>
+        <v>46051</v>
+      </c>
+      <c r="AI27">
+        <v>0.99245537207417101</v>
+      </c>
+      <c r="AJ27">
+        <v>0.99919022594517004</v>
       </c>
     </row>
     <row r="28" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>311</v>
+        <v>445</v>
       </c>
       <c r="B28" t="s">
-        <v>312</v>
+        <v>446</v>
       </c>
       <c r="C28" t="s">
-        <v>313</v>
+        <v>447</v>
       </c>
       <c r="D28" t="s">
-        <v>313</v>
+        <v>447</v>
       </c>
       <c r="E28" s="16">
-        <v>45907</v>
+        <v>45963</v>
       </c>
       <c r="F28" s="16">
-        <v>45913</v>
+        <v>45969</v>
       </c>
       <c r="G28">
-        <v>13754</v>
+        <v>61459</v>
       </c>
       <c r="H28">
-        <v>2071</v>
+        <v>6561</v>
       </c>
       <c r="I28">
-        <v>0.151</v>
+        <v>0.107</v>
+      </c>
+      <c r="J28">
+        <v>0.10680000000000001</v>
+      </c>
+      <c r="K28">
+        <v>0.10680000000000001</v>
+      </c>
+      <c r="L28">
+        <v>0.10680000000000001</v>
       </c>
       <c r="M28">
-        <v>1.2999999999999999E-2</v>
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="N28">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="O28">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="P28">
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="Q28">
+        <v>2E-3</v>
+      </c>
+      <c r="R28">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="S28">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="T28">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="U28">
         <v>1E-3</v>
       </c>
-      <c r="U28">
-        <v>0</v>
+      <c r="V28">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="W28">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="X28">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="Y28">
+        <v>6585.1872791519399</v>
+      </c>
+      <c r="Z28">
+        <v>6627.00037801294</v>
+      </c>
+      <c r="AA28">
+        <v>6562</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>448</v>
+      </c>
+      <c r="AC28">
+        <v>0.996</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>449</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>449</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>449</v>
+      </c>
+      <c r="AG28" t="s">
+        <v>449</v>
       </c>
       <c r="AH28" s="16">
-        <v>46002</v>
+        <v>46051</v>
+      </c>
+      <c r="AI28">
+        <v>0.99019158377769201</v>
+      </c>
+      <c r="AJ28">
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>314</v>
+        <v>450</v>
       </c>
       <c r="B29" t="s">
-        <v>315</v>
+        <v>451</v>
       </c>
       <c r="C29" t="s">
-        <v>316</v>
+        <v>452</v>
       </c>
       <c r="D29" t="s">
-        <v>316</v>
+        <v>452</v>
       </c>
       <c r="E29" s="16">
-        <v>45900</v>
+        <v>45837</v>
       </c>
       <c r="F29" s="16">
-        <v>45906</v>
+        <v>45843</v>
       </c>
       <c r="G29">
-        <v>13760</v>
+        <v>64810</v>
       </c>
       <c r="H29">
-        <v>2083</v>
+        <v>5347</v>
       </c>
       <c r="I29">
-        <v>0.151</v>
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="J29">
+        <v>8.2500000000000004E-2</v>
+      </c>
+      <c r="K29">
+        <v>8.2500000000000004E-2</v>
+      </c>
+      <c r="L29">
+        <v>8.2500000000000004E-2</v>
       </c>
       <c r="M29">
-        <v>1.4E-2</v>
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="N29">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="O29">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="P29">
+        <v>3.5000000000000001E-3</v>
       </c>
       <c r="Q29">
         <v>1E-3</v>
       </c>
+      <c r="R29">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="S29">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="T29">
+        <v>6.9999999999999999E-4</v>
+      </c>
       <c r="U29">
         <v>0</v>
       </c>
+      <c r="V29">
+        <v>1E-4</v>
+      </c>
+      <c r="W29">
+        <v>1E-4</v>
+      </c>
+      <c r="X29">
+        <v>1E-4</v>
+      </c>
+      <c r="Y29">
+        <v>5355.3969571231</v>
+      </c>
+      <c r="Z29">
+        <v>5367.7890559591096</v>
+      </c>
+      <c r="AA29">
+        <v>5348</v>
+      </c>
+      <c r="AC29">
+        <v>0.999</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>453</v>
+      </c>
+      <c r="AE29" t="s">
+        <v>453</v>
+      </c>
+      <c r="AF29" t="s">
+        <v>453</v>
+      </c>
+      <c r="AG29" t="s">
+        <v>453</v>
+      </c>
       <c r="AH29" s="16">
-        <v>46002</v>
+        <v>46051</v>
+      </c>
+      <c r="AI29">
+        <v>0.99631336929361303</v>
+      </c>
+      <c r="AJ29">
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>317</v>
+        <v>454</v>
       </c>
       <c r="B30" t="s">
-        <v>318</v>
+        <v>455</v>
       </c>
       <c r="C30" t="s">
-        <v>319</v>
+        <v>456</v>
       </c>
       <c r="D30" t="s">
-        <v>319</v>
+        <v>456</v>
       </c>
       <c r="E30" s="16">
-        <v>45865</v>
+        <v>45872</v>
       </c>
       <c r="F30" s="16">
-        <v>45871</v>
+        <v>45878</v>
       </c>
       <c r="G30">
-        <v>13900</v>
+        <v>65369</v>
       </c>
       <c r="H30">
-        <v>1847</v>
+        <v>4810</v>
       </c>
       <c r="I30">
-        <v>0.13300000000000001</v>
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="J30">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="K30">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="L30">
+        <v>7.3599999999999999E-2</v>
       </c>
       <c r="M30">
-        <v>8.0000000000000002E-3</v>
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="N30">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="O30">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="P30">
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="Q30">
-        <v>1E-3</v>
+        <v>0</v>
+      </c>
+      <c r="R30">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="S30">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="T30">
+        <v>4.0000000000000002E-4</v>
       </c>
       <c r="U30">
         <v>0</v>
       </c>
+      <c r="V30">
+        <v>1E-4</v>
+      </c>
+      <c r="W30">
+        <v>1E-4</v>
+      </c>
+      <c r="X30">
+        <v>1E-4</v>
+      </c>
+      <c r="Y30">
+        <v>4821.7512818906398</v>
+      </c>
+      <c r="Z30">
+        <v>4833.2555808402403</v>
+      </c>
+      <c r="AA30">
+        <v>4814</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>457</v>
+      </c>
+      <c r="AC30">
+        <v>0.998</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>458</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>458</v>
+      </c>
+      <c r="AF30" t="s">
+        <v>458</v>
+      </c>
+      <c r="AG30" t="s">
+        <v>458</v>
+      </c>
       <c r="AH30" s="16">
-        <v>46002</v>
+        <v>46051</v>
+      </c>
+      <c r="AI30">
+        <v>0.99601602263356903</v>
+      </c>
+      <c r="AJ30">
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>320</v>
+        <v>459</v>
       </c>
       <c r="B31" t="s">
-        <v>321</v>
+        <v>460</v>
       </c>
       <c r="C31" t="s">
-        <v>322</v>
+        <v>461</v>
       </c>
       <c r="D31" t="s">
-        <v>322</v>
+        <v>461</v>
       </c>
       <c r="E31" s="16">
-        <v>45935</v>
+        <v>45921</v>
       </c>
       <c r="F31" s="16">
-        <v>45941</v>
+        <v>45927</v>
       </c>
       <c r="G31">
-        <v>13763</v>
+        <v>65000</v>
       </c>
       <c r="H31">
-        <v>2128</v>
+        <v>6390</v>
       </c>
       <c r="I31">
-        <v>0.155</v>
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="J31">
+        <v>9.8400000000000001E-2</v>
+      </c>
+      <c r="K31">
+        <v>9.8400000000000001E-2</v>
+      </c>
+      <c r="L31">
+        <v>9.8400000000000001E-2</v>
       </c>
       <c r="M31">
         <v>0.01</v>
       </c>
+      <c r="N31">
+        <v>1.01E-2</v>
+      </c>
+      <c r="O31">
+        <v>1.01E-2</v>
+      </c>
+      <c r="P31">
+        <v>1.01E-2</v>
+      </c>
       <c r="Q31">
-        <v>0</v>
+        <v>1E-3</v>
+      </c>
+      <c r="R31">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="S31">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="T31">
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="U31">
         <v>0</v>
       </c>
+      <c r="V31">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="W31">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="X31">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="Y31">
+        <v>6418.1569170318598</v>
+      </c>
+      <c r="Z31">
+        <v>6440.8945270948698</v>
+      </c>
+      <c r="AA31">
+        <v>6393</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>462</v>
+      </c>
+      <c r="AC31">
+        <v>0.996</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>463</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>463</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>463</v>
+      </c>
+      <c r="AG31" t="s">
+        <v>463</v>
+      </c>
       <c r="AH31" s="16">
-        <v>46002</v>
+        <v>46051</v>
+      </c>
+      <c r="AI31">
+        <v>0.99256399450520505</v>
+      </c>
+      <c r="AJ31">
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>323</v>
+        <v>464</v>
       </c>
       <c r="B32" t="s">
-        <v>324</v>
+        <v>465</v>
       </c>
       <c r="C32" t="s">
-        <v>325</v>
+        <v>466</v>
       </c>
       <c r="D32" t="s">
-        <v>325</v>
+        <v>466</v>
       </c>
       <c r="E32" s="16">
-        <v>45844</v>
+        <v>45977</v>
       </c>
       <c r="F32" s="16">
-        <v>45850</v>
+        <v>45983</v>
       </c>
       <c r="G32">
-        <v>14307</v>
+        <v>13166</v>
       </c>
       <c r="H32">
-        <v>2106</v>
+        <v>2225</v>
       </c>
       <c r="I32">
-        <v>0.14699999999999999</v>
+        <v>0.16900000000000001</v>
       </c>
       <c r="M32">
-        <v>6.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="Q32">
-        <v>1E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="U32">
-        <v>0</v>
+        <v>2E-3</v>
       </c>
       <c r="AH32" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="33" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>326</v>
+        <v>467</v>
       </c>
       <c r="B33" t="s">
-        <v>327</v>
+        <v>468</v>
       </c>
       <c r="C33" t="s">
-        <v>328</v>
+        <v>469</v>
       </c>
       <c r="D33" t="s">
-        <v>328</v>
+        <v>469</v>
       </c>
       <c r="E33" s="16">
-        <v>45886</v>
+        <v>45914</v>
       </c>
       <c r="F33" s="16">
-        <v>45892</v>
+        <v>45920</v>
       </c>
       <c r="G33">
-        <v>14020</v>
+        <v>13991</v>
       </c>
       <c r="H33">
-        <v>1904</v>
+        <v>2273</v>
       </c>
       <c r="I33">
-        <v>0.13600000000000001</v>
+        <v>0.16200000000000001</v>
       </c>
       <c r="M33">
-        <v>1.0999999999999999E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="Q33">
         <v>1E-3</v>
       </c>
       <c r="U33">
         <v>0</v>
       </c>
       <c r="AH33" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="34" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>329</v>
+        <v>470</v>
       </c>
       <c r="B34" t="s">
-        <v>330</v>
+        <v>471</v>
       </c>
       <c r="C34" t="s">
-        <v>331</v>
+        <v>472</v>
       </c>
       <c r="D34" t="s">
-        <v>331</v>
+        <v>472</v>
       </c>
       <c r="E34" s="16">
-        <v>45956</v>
+        <v>46012</v>
       </c>
       <c r="F34" s="16">
-        <v>45962</v>
+        <v>46018</v>
       </c>
       <c r="G34">
-        <v>13477</v>
+        <v>13303</v>
       </c>
       <c r="H34">
-        <v>2141</v>
+        <v>3730</v>
       </c>
       <c r="I34">
-        <v>0.159</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="M34">
-        <v>8.0000000000000002E-3</v>
+        <v>1.9E-2</v>
       </c>
       <c r="Q34">
-        <v>2E-3</v>
+        <v>9.9000000000000005E-2</v>
       </c>
       <c r="U34">
-        <v>1E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="AH34" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="35" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>332</v>
+        <v>473</v>
       </c>
       <c r="B35" t="s">
-        <v>333</v>
+        <v>474</v>
       </c>
       <c r="C35" t="s">
-        <v>334</v>
+        <v>475</v>
       </c>
       <c r="D35" t="s">
-        <v>334</v>
+        <v>475</v>
       </c>
       <c r="E35" s="16">
-        <v>45928</v>
+        <v>45893</v>
       </c>
       <c r="F35" s="16">
-        <v>45934</v>
+        <v>45899</v>
       </c>
       <c r="G35">
-        <v>13819</v>
+        <v>13664</v>
       </c>
       <c r="H35">
-        <v>2101</v>
+        <v>1938</v>
       </c>
       <c r="I35">
-        <v>0.152</v>
+        <v>0.14199999999999999</v>
       </c>
       <c r="M35">
-        <v>1.0999999999999999E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="Q35">
         <v>1E-3</v>
       </c>
       <c r="U35">
         <v>0</v>
       </c>
       <c r="AH35" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="36" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>335</v>
+        <v>476</v>
       </c>
       <c r="B36" t="s">
-        <v>336</v>
+        <v>477</v>
       </c>
       <c r="C36" t="s">
-        <v>337</v>
+        <v>478</v>
       </c>
       <c r="D36" t="s">
-        <v>337</v>
+        <v>478</v>
       </c>
       <c r="E36" s="16">
-        <v>45858</v>
+        <v>45907</v>
       </c>
       <c r="F36" s="16">
-        <v>45864</v>
+        <v>45913</v>
       </c>
       <c r="G36">
-        <v>14092</v>
+        <v>13755</v>
       </c>
       <c r="H36">
-        <v>1985</v>
+        <v>2074</v>
       </c>
       <c r="I36">
-        <v>0.14099999999999999</v>
+        <v>0.151</v>
       </c>
       <c r="M36">
-        <v>5.0000000000000001E-3</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="Q36">
         <v>1E-3</v>
       </c>
       <c r="U36">
         <v>0</v>
       </c>
       <c r="AH36" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="37" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>338</v>
+        <v>479</v>
       </c>
       <c r="B37" t="s">
-        <v>339</v>
+        <v>480</v>
       </c>
       <c r="C37" t="s">
-        <v>340</v>
+        <v>481</v>
       </c>
       <c r="D37" t="s">
-        <v>340</v>
+        <v>481</v>
       </c>
       <c r="E37" s="16">
-        <v>45851</v>
+        <v>45900</v>
       </c>
       <c r="F37" s="16">
-        <v>45857</v>
+        <v>45906</v>
       </c>
       <c r="G37">
-        <v>14400</v>
+        <v>13760</v>
       </c>
       <c r="H37">
-        <v>2051</v>
+        <v>2085</v>
       </c>
       <c r="I37">
-        <v>0.14199999999999999</v>
+        <v>0.152</v>
       </c>
       <c r="M37">
-        <v>6.0000000000000001E-3</v>
+        <v>1.4E-2</v>
       </c>
       <c r="Q37">
         <v>1E-3</v>
       </c>
       <c r="U37">
         <v>0</v>
       </c>
       <c r="AH37" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="38" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>341</v>
+        <v>482</v>
       </c>
       <c r="B38" t="s">
-        <v>342</v>
+        <v>483</v>
       </c>
       <c r="C38" t="s">
-        <v>343</v>
+        <v>484</v>
       </c>
       <c r="D38" t="s">
-        <v>343</v>
+        <v>484</v>
       </c>
       <c r="E38" s="16">
-        <v>45991</v>
+        <v>45865</v>
       </c>
       <c r="F38" s="16">
-        <v>45997</v>
+        <v>45871</v>
       </c>
       <c r="G38">
-        <v>13506</v>
+        <v>13901</v>
       </c>
       <c r="H38">
-        <v>2100</v>
+        <v>1848</v>
       </c>
       <c r="I38">
-        <v>0.155</v>
+        <v>0.13300000000000001</v>
       </c>
       <c r="M38">
-        <v>0.01</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="Q38">
-        <v>1.2E-2</v>
+        <v>1E-3</v>
       </c>
       <c r="U38">
-        <v>2E-3</v>
+        <v>0</v>
       </c>
       <c r="AH38" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="39" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>344</v>
+        <v>485</v>
       </c>
       <c r="B39" t="s">
-        <v>345</v>
+        <v>486</v>
       </c>
       <c r="C39" t="s">
-        <v>346</v>
+        <v>487</v>
       </c>
       <c r="D39" t="s">
-        <v>346</v>
+        <v>487</v>
       </c>
       <c r="E39" s="16">
-        <v>45984</v>
+        <v>45935</v>
       </c>
       <c r="F39" s="16">
-        <v>45990</v>
+        <v>45941</v>
       </c>
       <c r="G39">
-        <v>12468</v>
+        <v>13768</v>
       </c>
       <c r="H39">
-        <v>2169</v>
+        <v>2139</v>
       </c>
       <c r="I39">
-        <v>0.17399999999999999</v>
+        <v>0.155</v>
       </c>
       <c r="M39">
-        <v>8.9999999999999993E-3</v>
+        <v>0.01</v>
       </c>
       <c r="Q39">
-        <v>8.0000000000000002E-3</v>
+        <v>0</v>
       </c>
       <c r="U39">
-        <v>3.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="AH39" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="40" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>347</v>
+        <v>488</v>
       </c>
       <c r="B40" t="s">
-        <v>348</v>
+        <v>489</v>
       </c>
       <c r="C40" t="s">
-        <v>349</v>
+        <v>490</v>
       </c>
       <c r="D40" t="s">
-        <v>349</v>
+        <v>490</v>
       </c>
       <c r="E40" s="16">
-        <v>45970</v>
+        <v>46019</v>
       </c>
       <c r="F40" s="16">
-        <v>45976</v>
+        <v>46025</v>
       </c>
       <c r="G40">
-        <v>13308</v>
+        <v>14246</v>
       </c>
       <c r="H40">
-        <v>2232</v>
+        <v>4325</v>
       </c>
       <c r="I40">
-        <v>0.16800000000000001</v>
+        <v>0.30399999999999999</v>
       </c>
       <c r="M40">
-        <v>6.0000000000000001E-3</v>
+        <v>2.3E-2</v>
       </c>
       <c r="Q40">
-        <v>3.0000000000000001E-3</v>
+        <v>0.109</v>
       </c>
       <c r="U40">
-        <v>1E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="AH40" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="41" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>350</v>
+        <v>491</v>
       </c>
       <c r="B41" t="s">
-        <v>351</v>
+        <v>492</v>
       </c>
       <c r="C41" t="s">
-        <v>352</v>
+        <v>493</v>
       </c>
       <c r="D41" t="s">
-        <v>352</v>
+        <v>493</v>
       </c>
       <c r="E41" s="16">
-        <v>45879</v>
+        <v>45844</v>
       </c>
       <c r="F41" s="16">
-        <v>45885</v>
+        <v>45850</v>
       </c>
       <c r="G41">
-        <v>14157</v>
+        <v>14307</v>
       </c>
       <c r="H41">
-        <v>2042</v>
+        <v>2106</v>
       </c>
       <c r="I41">
-        <v>0.14399999999999999</v>
+        <v>0.14699999999999999</v>
       </c>
       <c r="M41">
-        <v>1.0999999999999999E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="Q41">
-        <v>0</v>
+        <v>1E-3</v>
       </c>
       <c r="U41">
         <v>0</v>
       </c>
       <c r="AH41" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="42" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>353</v>
+        <v>494</v>
       </c>
       <c r="B42" t="s">
-        <v>354</v>
+        <v>495</v>
       </c>
       <c r="C42" t="s">
-        <v>355</v>
+        <v>496</v>
       </c>
       <c r="D42" t="s">
-        <v>355</v>
+        <v>496</v>
       </c>
       <c r="E42" s="16">
-        <v>45942</v>
+        <v>45886</v>
       </c>
       <c r="F42" s="16">
-        <v>45948</v>
+        <v>45892</v>
       </c>
       <c r="G42">
-        <v>13560</v>
+        <v>14021</v>
       </c>
       <c r="H42">
-        <v>2229</v>
+        <v>1908</v>
       </c>
       <c r="I42">
-        <v>0.16400000000000001</v>
+        <v>0.13600000000000001</v>
       </c>
       <c r="M42">
-        <v>7.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="Q42">
         <v>1E-3</v>
       </c>
       <c r="U42">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="AH42" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="43" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>356</v>
+        <v>497</v>
       </c>
       <c r="B43" t="s">
-        <v>357</v>
+        <v>498</v>
       </c>
       <c r="C43" t="s">
-        <v>358</v>
+        <v>499</v>
       </c>
       <c r="D43" t="s">
-        <v>358</v>
+        <v>499</v>
       </c>
       <c r="E43" s="16">
-        <v>45949</v>
+        <v>45956</v>
       </c>
       <c r="F43" s="16">
-        <v>45955</v>
+        <v>45962</v>
       </c>
       <c r="G43">
-        <v>13868</v>
+        <v>13483</v>
       </c>
       <c r="H43">
-        <v>2225</v>
+        <v>2165</v>
       </c>
       <c r="I43">
-        <v>0.16</v>
+        <v>0.161</v>
       </c>
       <c r="M43">
-        <v>7.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="Q43">
-        <v>1E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="U43">
         <v>1E-3</v>
       </c>
       <c r="AH43" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="44" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>359</v>
+        <v>500</v>
       </c>
       <c r="B44" t="s">
-        <v>360</v>
+        <v>501</v>
       </c>
       <c r="C44" t="s">
-        <v>361</v>
+        <v>502</v>
       </c>
       <c r="D44" t="s">
-        <v>361</v>
+        <v>502</v>
       </c>
       <c r="E44" s="16">
-        <v>45963</v>
+        <v>46033</v>
       </c>
       <c r="F44" s="16">
-        <v>45969</v>
+        <v>46039</v>
       </c>
       <c r="G44">
-        <v>13279</v>
+        <v>13914</v>
       </c>
       <c r="H44">
-        <v>2232</v>
+        <v>3070</v>
       </c>
       <c r="I44">
-        <v>0.16800000000000001</v>
+        <v>0.221</v>
       </c>
       <c r="M44">
-        <v>7.0000000000000001E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="Q44">
-        <v>2E-3</v>
+        <v>4.5999999999999999E-2</v>
       </c>
       <c r="U44">
-        <v>1E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="AH44" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="45" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>362</v>
+        <v>503</v>
       </c>
       <c r="B45" t="s">
-        <v>363</v>
+        <v>504</v>
       </c>
       <c r="C45" t="s">
-        <v>364</v>
+        <v>505</v>
       </c>
       <c r="D45" t="s">
-        <v>364</v>
+        <v>505</v>
       </c>
       <c r="E45" s="16">
-        <v>45837</v>
+        <v>46005</v>
       </c>
       <c r="F45" s="16">
-        <v>45843</v>
+        <v>46011</v>
       </c>
       <c r="G45">
-        <v>13856</v>
+        <v>14052</v>
       </c>
       <c r="H45">
-        <v>2100</v>
+        <v>3185</v>
       </c>
       <c r="I45">
-        <v>0.152</v>
+        <v>0.22700000000000001</v>
       </c>
       <c r="M45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Q45">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="U45">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="Q45">
-[...4 lines deleted...]
-      </c>
       <c r="AH45" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="46" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>365</v>
+        <v>506</v>
       </c>
       <c r="B46" t="s">
-        <v>366</v>
+        <v>507</v>
       </c>
       <c r="C46" t="s">
-        <v>367</v>
+        <v>508</v>
       </c>
       <c r="D46" t="s">
-        <v>367</v>
+        <v>508</v>
       </c>
       <c r="E46" s="16">
-        <v>45872</v>
+        <v>45928</v>
       </c>
       <c r="F46" s="16">
-        <v>45878</v>
+        <v>45934</v>
       </c>
       <c r="G46">
-        <v>14160</v>
+        <v>13823</v>
       </c>
       <c r="H46">
-        <v>1897</v>
+        <v>2107</v>
       </c>
       <c r="I46">
-        <v>0.13400000000000001</v>
+        <v>0.152</v>
       </c>
       <c r="M46">
-        <v>8.9999999999999993E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="Q46">
         <v>1E-3</v>
       </c>
       <c r="U46">
         <v>0</v>
       </c>
       <c r="AH46" s="16">
-        <v>46002</v>
+        <v>46051</v>
       </c>
     </row>
     <row r="47" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>368</v>
+        <v>509</v>
       </c>
       <c r="B47" t="s">
-        <v>369</v>
+        <v>510</v>
       </c>
       <c r="C47" t="s">
-        <v>370</v>
+        <v>511</v>
       </c>
       <c r="D47" t="s">
-        <v>370</v>
+        <v>511</v>
       </c>
       <c r="E47" s="16">
-        <v>45921</v>
+        <v>45858</v>
       </c>
       <c r="F47" s="16">
-        <v>45927</v>
+        <v>45864</v>
       </c>
       <c r="G47">
-        <v>13939</v>
+        <v>14092</v>
       </c>
       <c r="H47">
-        <v>2319</v>
+        <v>1986</v>
       </c>
       <c r="I47">
-        <v>0.16600000000000001</v>
+        <v>0.14099999999999999</v>
       </c>
       <c r="M47">
-        <v>1.4999999999999999E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="Q47">
         <v>1E-3</v>
       </c>
       <c r="U47">
+        <v>0</v>
+      </c>
+      <c r="AH47" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="48" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>512</v>
+      </c>
+      <c r="B48" t="s">
+        <v>513</v>
+      </c>
+      <c r="C48" t="s">
+        <v>514</v>
+      </c>
+      <c r="D48" t="s">
+        <v>514</v>
+      </c>
+      <c r="E48" s="16">
+        <v>45851</v>
+      </c>
+      <c r="F48" s="16">
+        <v>45857</v>
+      </c>
+      <c r="G48">
+        <v>14400</v>
+      </c>
+      <c r="H48">
+        <v>2052</v>
+      </c>
+      <c r="I48">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="M48">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q48">
         <v>1E-3</v>
       </c>
-      <c r="AH47" s="16">
-        <v>46002</v>
+      <c r="U48">
+        <v>0</v>
+      </c>
+      <c r="AH48" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="49" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>515</v>
+      </c>
+      <c r="B49" t="s">
+        <v>516</v>
+      </c>
+      <c r="C49" t="s">
+        <v>517</v>
+      </c>
+      <c r="D49" t="s">
+        <v>517</v>
+      </c>
+      <c r="E49" s="16">
+        <v>45991</v>
+      </c>
+      <c r="F49" s="16">
+        <v>45997</v>
+      </c>
+      <c r="G49">
+        <v>13608</v>
+      </c>
+      <c r="H49">
+        <v>2589</v>
+      </c>
+      <c r="I49">
+        <v>0.19</v>
+      </c>
+      <c r="M49">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Q49">
+        <v>1.4E-2</v>
+      </c>
+      <c r="U49">
+        <v>2E-3</v>
+      </c>
+      <c r="AH49" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="50" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>518</v>
+      </c>
+      <c r="B50" t="s">
+        <v>519</v>
+      </c>
+      <c r="C50" t="s">
+        <v>520</v>
+      </c>
+      <c r="D50" t="s">
+        <v>520</v>
+      </c>
+      <c r="E50" s="16">
+        <v>45998</v>
+      </c>
+      <c r="F50" s="16">
+        <v>46004</v>
+      </c>
+      <c r="G50">
+        <v>13646</v>
+      </c>
+      <c r="H50">
+        <v>2757</v>
+      </c>
+      <c r="I50">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="M50">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Q50">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="U50">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AH50" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="51" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>521</v>
+      </c>
+      <c r="B51" t="s">
+        <v>522</v>
+      </c>
+      <c r="C51" t="s">
+        <v>523</v>
+      </c>
+      <c r="D51" t="s">
+        <v>523</v>
+      </c>
+      <c r="E51" s="16">
+        <v>45984</v>
+      </c>
+      <c r="F51" s="16">
+        <v>45990</v>
+      </c>
+      <c r="G51">
+        <v>12502</v>
+      </c>
+      <c r="H51">
+        <v>2372</v>
+      </c>
+      <c r="I51">
+        <v>0.19</v>
+      </c>
+      <c r="M51">
+        <v>0.01</v>
+      </c>
+      <c r="Q51">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="U51">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AH51" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="52" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>524</v>
+      </c>
+      <c r="B52" t="s">
+        <v>525</v>
+      </c>
+      <c r="C52" t="s">
+        <v>526</v>
+      </c>
+      <c r="D52" t="s">
+        <v>526</v>
+      </c>
+      <c r="E52" s="16">
+        <v>46040</v>
+      </c>
+      <c r="F52" s="16">
+        <v>46046</v>
+      </c>
+      <c r="G52">
+        <v>13098</v>
+      </c>
+      <c r="H52">
+        <v>2342</v>
+      </c>
+      <c r="I52">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="M52">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Q52">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="U52">
+        <v>0.01</v>
+      </c>
+      <c r="AH52" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="53" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>527</v>
+      </c>
+      <c r="B53" t="s">
+        <v>528</v>
+      </c>
+      <c r="C53" t="s">
+        <v>529</v>
+      </c>
+      <c r="D53" t="s">
+        <v>529</v>
+      </c>
+      <c r="E53" s="16">
+        <v>45970</v>
+      </c>
+      <c r="F53" s="16">
+        <v>45976</v>
+      </c>
+      <c r="G53">
+        <v>13323</v>
+      </c>
+      <c r="H53">
+        <v>2303</v>
+      </c>
+      <c r="I53">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="M53">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q53">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="U53">
+        <v>1E-3</v>
+      </c>
+      <c r="AH53" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="54" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>530</v>
+      </c>
+      <c r="B54" t="s">
+        <v>531</v>
+      </c>
+      <c r="C54" t="s">
+        <v>532</v>
+      </c>
+      <c r="D54" t="s">
+        <v>532</v>
+      </c>
+      <c r="E54" s="16">
+        <v>45879</v>
+      </c>
+      <c r="F54" s="16">
+        <v>45885</v>
+      </c>
+      <c r="G54">
+        <v>14161</v>
+      </c>
+      <c r="H54">
+        <v>2044</v>
+      </c>
+      <c r="I54">
+        <v>0.14399999999999999</v>
+      </c>
+      <c r="M54">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Q54">
+        <v>0</v>
+      </c>
+      <c r="U54">
+        <v>0</v>
+      </c>
+      <c r="AH54" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="55" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>533</v>
+      </c>
+      <c r="B55" t="s">
+        <v>534</v>
+      </c>
+      <c r="C55" t="s">
+        <v>535</v>
+      </c>
+      <c r="D55" t="s">
+        <v>535</v>
+      </c>
+      <c r="E55" s="16">
+        <v>46026</v>
+      </c>
+      <c r="F55" s="16">
+        <v>46032</v>
+      </c>
+      <c r="G55">
+        <v>14447</v>
+      </c>
+      <c r="H55">
+        <v>3601</v>
+      </c>
+      <c r="I55">
+        <v>0.249</v>
+      </c>
+      <c r="M55">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="Q55">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="U55">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AH55" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="56" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>536</v>
+      </c>
+      <c r="B56" t="s">
+        <v>537</v>
+      </c>
+      <c r="C56" t="s">
+        <v>538</v>
+      </c>
+      <c r="D56" t="s">
+        <v>538</v>
+      </c>
+      <c r="E56" s="16">
+        <v>45942</v>
+      </c>
+      <c r="F56" s="16">
+        <v>45948</v>
+      </c>
+      <c r="G56">
+        <v>13564</v>
+      </c>
+      <c r="H56">
+        <v>2240</v>
+      </c>
+      <c r="I56">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="M56">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Q56">
+        <v>1E-3</v>
+      </c>
+      <c r="U56">
+        <v>1E-3</v>
+      </c>
+      <c r="AH56" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="57" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>539</v>
+      </c>
+      <c r="B57" t="s">
+        <v>540</v>
+      </c>
+      <c r="C57" t="s">
+        <v>541</v>
+      </c>
+      <c r="D57" t="s">
+        <v>541</v>
+      </c>
+      <c r="E57" s="16">
+        <v>45949</v>
+      </c>
+      <c r="F57" s="16">
+        <v>45955</v>
+      </c>
+      <c r="G57">
+        <v>13876</v>
+      </c>
+      <c r="H57">
+        <v>2243</v>
+      </c>
+      <c r="I57">
+        <v>0.16200000000000001</v>
+      </c>
+      <c r="M57">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Q57">
+        <v>1E-3</v>
+      </c>
+      <c r="U57">
+        <v>1E-3</v>
+      </c>
+      <c r="AH57" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="58" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>542</v>
+      </c>
+      <c r="B58" t="s">
+        <v>543</v>
+      </c>
+      <c r="C58" t="s">
+        <v>544</v>
+      </c>
+      <c r="D58" t="s">
+        <v>544</v>
+      </c>
+      <c r="E58" s="16">
+        <v>45963</v>
+      </c>
+      <c r="F58" s="16">
+        <v>45969</v>
+      </c>
+      <c r="G58">
+        <v>13286</v>
+      </c>
+      <c r="H58">
+        <v>2264</v>
+      </c>
+      <c r="I58">
+        <v>0.17</v>
+      </c>
+      <c r="M58">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Q58">
+        <v>2E-3</v>
+      </c>
+      <c r="U58">
+        <v>1E-3</v>
+      </c>
+      <c r="AH58" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="59" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>545</v>
+      </c>
+      <c r="B59" t="s">
+        <v>546</v>
+      </c>
+      <c r="C59" t="s">
+        <v>547</v>
+      </c>
+      <c r="D59" t="s">
+        <v>547</v>
+      </c>
+      <c r="E59" s="16">
+        <v>45837</v>
+      </c>
+      <c r="F59" s="16">
+        <v>45843</v>
+      </c>
+      <c r="G59">
+        <v>13858</v>
+      </c>
+      <c r="H59">
+        <v>2101</v>
+      </c>
+      <c r="I59">
+        <v>0.152</v>
+      </c>
+      <c r="M59">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="Q59">
+        <v>1E-3</v>
+      </c>
+      <c r="U59">
+        <v>0</v>
+      </c>
+      <c r="AH59" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="60" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>548</v>
+      </c>
+      <c r="B60" t="s">
+        <v>549</v>
+      </c>
+      <c r="C60" t="s">
+        <v>550</v>
+      </c>
+      <c r="D60" t="s">
+        <v>550</v>
+      </c>
+      <c r="E60" s="16">
+        <v>45872</v>
+      </c>
+      <c r="F60" s="16">
+        <v>45878</v>
+      </c>
+      <c r="G60">
+        <v>14160</v>
+      </c>
+      <c r="H60">
+        <v>1901</v>
+      </c>
+      <c r="I60">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="M60">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Q60">
+        <v>1E-3</v>
+      </c>
+      <c r="U60">
+        <v>0</v>
+      </c>
+      <c r="AH60" s="16">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="61" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>551</v>
+      </c>
+      <c r="B61" t="s">
+        <v>552</v>
+      </c>
+      <c r="C61" t="s">
+        <v>553</v>
+      </c>
+      <c r="D61" t="s">
+        <v>553</v>
+      </c>
+      <c r="E61" s="16">
+        <v>45921</v>
+      </c>
+      <c r="F61" s="16">
+        <v>45927</v>
+      </c>
+      <c r="G61">
+        <v>13940</v>
+      </c>
+      <c r="H61">
+        <v>2323</v>
+      </c>
+      <c r="I61">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="M61">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Q61">
+        <v>1E-3</v>
+      </c>
+      <c r="U61">
+        <v>1E-3</v>
+      </c>
+      <c r="AH61" s="16">
+        <v>46051</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:AJ1" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
+  <autoFilter ref="A1:AJ1" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:H162"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="23.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2">
+        <v>0</v>
+      </c>
+      <c r="B2">
+        <v>2.7E-2</v>
+      </c>
+      <c r="C2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F2" t="s">
+        <v>155</v>
+      </c>
+      <c r="G2" t="s">
+        <v>156</v>
+      </c>
+      <c r="H2" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="B3">
+        <v>0.03</v>
+      </c>
+      <c r="C3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D3" t="s">
+        <v>159</v>
+      </c>
+      <c r="E3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G3" t="s">
+        <v>161</v>
+      </c>
+      <c r="H3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4">
+        <v>3.1E-2</v>
+      </c>
+      <c r="B4">
+        <v>5.7999999999999996E-2</v>
+      </c>
+      <c r="C4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D4" t="s">
+        <v>164</v>
+      </c>
+      <c r="E4" t="s">
+        <v>165</v>
+      </c>
+      <c r="F4" t="s">
+        <v>165</v>
+      </c>
+      <c r="G4" t="s">
+        <v>166</v>
+      </c>
+      <c r="H4" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="B5">
+        <v>8.4999999999999992E-2</v>
+      </c>
+      <c r="C5" t="s">
+        <v>168</v>
+      </c>
+      <c r="D5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E5" t="s">
+        <v>170</v>
+      </c>
+      <c r="F5" t="s">
+        <v>170</v>
+      </c>
+      <c r="G5" t="s">
+        <v>171</v>
+      </c>
+      <c r="H5" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="B6">
+        <v>0.129</v>
+      </c>
+      <c r="C6" t="s">
+        <v>173</v>
+      </c>
+      <c r="D6" t="s">
+        <v>174</v>
+      </c>
+      <c r="E6" t="s">
+        <v>175</v>
+      </c>
+      <c r="F6" t="s">
+        <v>175</v>
+      </c>
+      <c r="G6" t="s">
+        <v>176</v>
+      </c>
+      <c r="H6" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>0</v>
+      </c>
+      <c r="B7">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="C7" t="s">
+        <v>178</v>
+      </c>
+      <c r="D7" t="s">
+        <v>179</v>
+      </c>
+      <c r="E7" t="s">
+        <v>180</v>
+      </c>
+      <c r="F7" t="s">
+        <v>180</v>
+      </c>
+      <c r="G7" t="s">
+        <v>181</v>
+      </c>
+      <c r="H7" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="B8">
+        <v>0.19900000000000001</v>
+      </c>
+      <c r="C8" t="s">
+        <v>183</v>
+      </c>
+      <c r="D8" t="s">
+        <v>184</v>
+      </c>
+      <c r="E8" t="s">
+        <v>185</v>
+      </c>
+      <c r="F8" t="s">
+        <v>185</v>
+      </c>
+      <c r="G8" t="s">
+        <v>186</v>
+      </c>
+      <c r="H8" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>0.2</v>
+      </c>
+      <c r="B9">
+        <v>0.249</v>
+      </c>
+      <c r="C9" t="s">
+        <v>188</v>
+      </c>
+      <c r="D9" t="s">
+        <v>189</v>
+      </c>
+      <c r="E9" t="s">
+        <v>190</v>
+      </c>
+      <c r="F9" t="s">
+        <v>190</v>
+      </c>
+      <c r="G9" t="s">
+        <v>191</v>
+      </c>
+      <c r="H9" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10">
+        <v>0.25</v>
+      </c>
+      <c r="B10">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="C10" t="s">
+        <v>193</v>
+      </c>
+      <c r="D10" t="s">
+        <v>194</v>
+      </c>
+      <c r="E10" t="s">
+        <v>195</v>
+      </c>
+      <c r="F10" t="s">
+        <v>195</v>
+      </c>
+      <c r="G10" t="s">
+        <v>196</v>
+      </c>
+      <c r="H10" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="B11">
+        <v>0.42150000000000004</v>
+      </c>
+      <c r="C11" t="s">
+        <v>198</v>
+      </c>
+      <c r="D11" t="s">
+        <v>199</v>
+      </c>
+      <c r="E11" t="s">
+        <v>200</v>
+      </c>
+      <c r="F11" t="s">
+        <v>200</v>
+      </c>
+      <c r="G11" t="s">
+        <v>201</v>
+      </c>
+      <c r="H11" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>0</v>
+      </c>
+      <c r="B12">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="C12" t="s">
+        <v>203</v>
+      </c>
+      <c r="D12" t="s">
+        <v>204</v>
+      </c>
+      <c r="E12" t="s">
+        <v>205</v>
+      </c>
+      <c r="F12" t="s">
+        <v>205</v>
+      </c>
+      <c r="G12" t="s">
+        <v>206</v>
+      </c>
+      <c r="H12" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="B13">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="C13" t="s">
+        <v>208</v>
+      </c>
+      <c r="D13" t="s">
+        <v>209</v>
+      </c>
+      <c r="E13" t="s">
+        <v>210</v>
+      </c>
+      <c r="F13" t="s">
+        <v>210</v>
+      </c>
+      <c r="G13" t="s">
+        <v>211</v>
+      </c>
+      <c r="H13" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>3.9E-2</v>
+      </c>
+      <c r="B14">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="C14" t="s">
+        <v>213</v>
+      </c>
+      <c r="D14" t="s">
+        <v>214</v>
+      </c>
+      <c r="E14" t="s">
+        <v>215</v>
+      </c>
+      <c r="F14" t="s">
+        <v>215</v>
+      </c>
+      <c r="G14" t="s">
+        <v>216</v>
+      </c>
+      <c r="H14" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="B15">
+        <v>0.109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D15" t="s">
+        <v>219</v>
+      </c>
+      <c r="E15" t="s">
+        <v>220</v>
+      </c>
+      <c r="F15" t="s">
+        <v>220</v>
+      </c>
+      <c r="G15" t="s">
+        <v>221</v>
+      </c>
+      <c r="H15" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>0.11</v>
+      </c>
+      <c r="B16">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="C16" t="s">
+        <v>223</v>
+      </c>
+      <c r="D16" t="s">
+        <v>224</v>
+      </c>
+      <c r="E16" t="s">
+        <v>225</v>
+      </c>
+      <c r="F16" t="s">
+        <v>225</v>
+      </c>
+      <c r="G16" t="s">
+        <v>226</v>
+      </c>
+      <c r="H16" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>0</v>
+      </c>
+      <c r="B17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="C17" t="s">
+        <v>228</v>
+      </c>
+      <c r="D17" t="s">
+        <v>229</v>
+      </c>
+      <c r="E17" t="s">
+        <v>230</v>
+      </c>
+      <c r="F17" t="s">
+        <v>230</v>
+      </c>
+      <c r="G17" t="s">
+        <v>231</v>
+      </c>
+      <c r="H17" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="B18">
+        <v>9.0000000000000011E-3</v>
+      </c>
+      <c r="C18" t="s">
+        <v>233</v>
+      </c>
+      <c r="D18" t="s">
+        <v>234</v>
+      </c>
+      <c r="E18" t="s">
+        <v>235</v>
+      </c>
+      <c r="F18" t="s">
+        <v>235</v>
+      </c>
+      <c r="G18" t="s">
+        <v>236</v>
+      </c>
+      <c r="H18" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19">
+        <v>0.01</v>
+      </c>
+      <c r="B19">
+        <v>0.02</v>
+      </c>
+      <c r="C19" t="s">
+        <v>238</v>
+      </c>
+      <c r="D19" t="s">
+        <v>239</v>
+      </c>
+      <c r="E19" t="s">
+        <v>240</v>
+      </c>
+      <c r="F19" t="s">
+        <v>240</v>
+      </c>
+      <c r="G19" t="s">
+        <v>241</v>
+      </c>
+      <c r="H19" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="B20">
+        <v>2.8999999999999998E-2</v>
+      </c>
+      <c r="C20" t="s">
+        <v>243</v>
+      </c>
+      <c r="D20" t="s">
+        <v>244</v>
+      </c>
+      <c r="E20" t="s">
+        <v>245</v>
+      </c>
+      <c r="F20" t="s">
+        <v>245</v>
+      </c>
+      <c r="G20" t="s">
+        <v>246</v>
+      </c>
+      <c r="H20" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21">
+        <v>0.03</v>
+      </c>
+      <c r="B21">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="C21" t="s">
+        <v>248</v>
+      </c>
+      <c r="D21" t="s">
+        <v>249</v>
+      </c>
+      <c r="E21" t="s">
+        <v>250</v>
+      </c>
+      <c r="F21" t="s">
+        <v>250</v>
+      </c>
+      <c r="G21" t="s">
+        <v>251</v>
+      </c>
+      <c r="H21" t="s">
+        <v>252</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:H1" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:F30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="32" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B2" s="18">
+        <v>45844</v>
+      </c>
+      <c r="C2" s="18">
+        <v>45850</v>
+      </c>
+      <c r="D2">
+        <v>583</v>
+      </c>
+      <c r="E2">
+        <v>4</v>
+      </c>
+      <c r="F2" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B3" s="18">
+        <v>45851</v>
+      </c>
+      <c r="C3" s="18">
+        <v>45857</v>
+      </c>
+      <c r="D3">
+        <v>648</v>
+      </c>
+      <c r="E3">
+        <v>7</v>
+      </c>
+      <c r="F3" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B4" s="18">
+        <v>45858</v>
+      </c>
+      <c r="C4" s="18">
+        <v>45864</v>
+      </c>
+      <c r="D4">
+        <v>736</v>
+      </c>
+      <c r="E4">
+        <v>3</v>
+      </c>
+      <c r="F4" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B5" s="18">
+        <v>45865</v>
+      </c>
+      <c r="C5" s="18">
+        <v>45871</v>
+      </c>
+      <c r="D5">
+        <v>911</v>
+      </c>
+      <c r="E5">
+        <v>6</v>
+      </c>
+      <c r="F5" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B6" s="18">
+        <v>45872</v>
+      </c>
+      <c r="C6" s="18">
+        <v>45878</v>
+      </c>
+      <c r="D6">
+        <v>1049</v>
+      </c>
+      <c r="E6">
+        <v>3</v>
+      </c>
+      <c r="F6" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B7" s="18">
+        <v>45879</v>
+      </c>
+      <c r="C7" s="18">
+        <v>45885</v>
+      </c>
+      <c r="D7">
+        <v>1190</v>
+      </c>
+      <c r="E7">
+        <v>4</v>
+      </c>
+      <c r="F7" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B8" s="18">
+        <v>45886</v>
+      </c>
+      <c r="C8" s="18">
+        <v>45892</v>
+      </c>
+      <c r="D8">
+        <v>1254</v>
+      </c>
+      <c r="E8">
+        <v>3</v>
+      </c>
+      <c r="F8" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B9" s="18">
+        <v>45893</v>
+      </c>
+      <c r="C9" s="18">
+        <v>45899</v>
+      </c>
+      <c r="D9">
+        <v>1406</v>
+      </c>
+      <c r="E9">
+        <v>4</v>
+      </c>
+      <c r="F9" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B10" s="18">
+        <v>45900</v>
+      </c>
+      <c r="C10" s="18">
+        <v>45906</v>
+      </c>
+      <c r="D10">
+        <v>1655</v>
+      </c>
+      <c r="E10">
+        <v>7</v>
+      </c>
+      <c r="F10" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B11" s="18">
+        <v>45907</v>
+      </c>
+      <c r="C11" s="18">
+        <v>45913</v>
+      </c>
+      <c r="D11">
+        <v>1814</v>
+      </c>
+      <c r="E11">
+        <v>10</v>
+      </c>
+      <c r="F11" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B12" s="18">
+        <v>45914</v>
+      </c>
+      <c r="C12" s="18">
+        <v>45920</v>
+      </c>
+      <c r="D12">
+        <v>1795</v>
+      </c>
+      <c r="E12">
+        <v>11</v>
+      </c>
+      <c r="F12" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B13" s="18">
+        <v>45921</v>
+      </c>
+      <c r="C13" s="18">
+        <v>45927</v>
+      </c>
+      <c r="D13">
+        <v>1501</v>
+      </c>
+      <c r="E13">
+        <v>9</v>
+      </c>
+      <c r="F13" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B14" s="18">
+        <v>45928</v>
+      </c>
+      <c r="C14" s="18">
+        <v>45934</v>
+      </c>
+      <c r="D14">
+        <v>985</v>
+      </c>
+      <c r="E14">
+        <v>7</v>
+      </c>
+      <c r="F14" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B15" s="18">
+        <v>45935</v>
+      </c>
+      <c r="C15" s="18">
+        <v>45941</v>
+      </c>
+      <c r="D15">
+        <v>757</v>
+      </c>
+      <c r="E15">
+        <v>5</v>
+      </c>
+      <c r="F15" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B16" s="18">
+        <v>45942</v>
+      </c>
+      <c r="C16" s="18">
+        <v>45948</v>
+      </c>
+      <c r="D16">
+        <v>571</v>
+      </c>
+      <c r="E16">
+        <v>7</v>
+      </c>
+      <c r="F16" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B17" s="18">
+        <v>45949</v>
+      </c>
+      <c r="C17" s="18">
+        <v>45955</v>
+      </c>
+      <c r="D17">
+        <v>540</v>
+      </c>
+      <c r="E17">
+        <v>8</v>
+      </c>
+      <c r="F17" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B18" s="18">
+        <v>45956</v>
+      </c>
+      <c r="C18" s="18">
+        <v>45962</v>
+      </c>
+      <c r="D18">
+        <v>549</v>
+      </c>
+      <c r="E18">
+        <v>5</v>
+      </c>
+      <c r="F18" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B19" s="18">
+        <v>45963</v>
+      </c>
+      <c r="C19" s="18">
+        <v>45969</v>
+      </c>
+      <c r="D19">
+        <v>635</v>
+      </c>
+      <c r="E19">
+        <v>6</v>
+      </c>
+      <c r="F19" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B20" s="18">
+        <v>45970</v>
+      </c>
+      <c r="C20" s="18">
+        <v>45976</v>
+      </c>
+      <c r="D20">
+        <v>606</v>
+      </c>
+      <c r="E20">
+        <v>8</v>
+      </c>
+      <c r="F20" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B21" s="18">
+        <v>45977</v>
+      </c>
+      <c r="C21" s="18">
+        <v>45983</v>
+      </c>
+      <c r="D21">
+        <v>746</v>
+      </c>
+      <c r="E21">
+        <v>5</v>
+      </c>
+      <c r="F21" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B22" s="18">
+        <v>45984</v>
+      </c>
+      <c r="C22" s="18">
+        <v>45990</v>
+      </c>
+      <c r="D22">
+        <v>797</v>
+      </c>
+      <c r="E22">
+        <v>5</v>
+      </c>
+      <c r="F22" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B23" s="18">
+        <v>45991</v>
+      </c>
+      <c r="C23" s="18">
+        <v>45997</v>
+      </c>
+      <c r="D23">
+        <v>1093</v>
+      </c>
+      <c r="E23">
+        <v>8</v>
+      </c>
+      <c r="F23" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B24" s="18">
+        <v>45998</v>
+      </c>
+      <c r="C24" s="18">
+        <v>46004</v>
+      </c>
+      <c r="D24">
+        <v>1311</v>
+      </c>
+      <c r="E24">
+        <v>11</v>
+      </c>
+      <c r="F24" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B25" s="18">
+        <v>46005</v>
+      </c>
+      <c r="C25" s="18">
+        <v>46011</v>
+      </c>
+      <c r="D25">
+        <v>1840</v>
+      </c>
+      <c r="E25">
+        <v>9</v>
+      </c>
+      <c r="F25" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B26" s="18">
+        <v>46012</v>
+      </c>
+      <c r="C26" s="18">
+        <v>46018</v>
+      </c>
+      <c r="D26">
+        <v>1870</v>
+      </c>
+      <c r="E26">
+        <v>4</v>
+      </c>
+      <c r="F26" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B27" s="18">
+        <v>46019</v>
+      </c>
+      <c r="C27" s="18">
+        <v>46025</v>
+      </c>
+      <c r="D27">
+        <v>2052</v>
+      </c>
+      <c r="E27">
+        <v>16</v>
+      </c>
+      <c r="F27" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B28" s="18">
+        <v>46026</v>
+      </c>
+      <c r="C28" s="18">
+        <v>46032</v>
+      </c>
+      <c r="D28">
+        <v>2053</v>
+      </c>
+      <c r="E28">
+        <v>15</v>
+      </c>
+      <c r="F28" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B29" s="18">
+        <v>46033</v>
+      </c>
+      <c r="C29" s="18">
+        <v>46039</v>
+      </c>
+      <c r="D29">
+        <v>1708</v>
+      </c>
+      <c r="E29">
+        <v>8</v>
+      </c>
+      <c r="F29" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B30" s="18">
+        <v>46040</v>
+      </c>
+      <c r="C30" s="18">
+        <v>46046</v>
+      </c>
+      <c r="D30">
+        <v>1546</v>
+      </c>
+      <c r="E30">
+        <v>3</v>
+      </c>
+      <c r="F30" s="18">
+        <v>46051</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0600-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:H211"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>2082</v>
+        <v>554</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2083</v>
+        <v>555</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2084</v>
+        <v>556</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>2085</v>
+        <v>557</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2086</v>
+        <v>558</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>2087</v>
+        <v>559</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>2088</v>
+        <v>560</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>2089</v>
+        <v>561</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>2090</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>562</v>
+      </c>
+      <c r="B2" s="17">
+        <v>46051</v>
       </c>
       <c r="C2" t="s">
-        <v>2091</v>
+        <v>563</v>
       </c>
       <c r="D2" t="s">
-        <v>2092</v>
+        <v>564</v>
       </c>
       <c r="E2" t="s">
-        <v>2093</v>
-[...1 lines deleted...]
-      <c r="F2" s="20">
+        <v>565</v>
+      </c>
+      <c r="F2" s="17">
         <v>45837</v>
       </c>
-      <c r="G2" s="20">
+      <c r="G2" s="17">
         <v>45843</v>
       </c>
       <c r="H2">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>2094</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>566</v>
+      </c>
+      <c r="B3" s="17">
+        <v>46051</v>
       </c>
       <c r="C3" t="s">
-        <v>2095</v>
+        <v>567</v>
       </c>
       <c r="D3" t="s">
-        <v>2096</v>
+        <v>568</v>
       </c>
       <c r="E3" t="s">
-        <v>2097</v>
-[...1 lines deleted...]
-      <c r="F3" s="20">
+        <v>569</v>
+      </c>
+      <c r="F3" s="17">
         <v>45837</v>
       </c>
-      <c r="G3" s="20">
+      <c r="G3" s="17">
         <v>45843</v>
       </c>
       <c r="H3">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>2098</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>570</v>
+      </c>
+      <c r="B4" s="17">
+        <v>46051</v>
       </c>
       <c r="C4" t="s">
-        <v>2099</v>
+        <v>571</v>
       </c>
       <c r="D4" t="s">
-        <v>2100</v>
+        <v>572</v>
       </c>
       <c r="E4" t="s">
-        <v>2101</v>
-[...1 lines deleted...]
-      <c r="F4" s="20">
+        <v>573</v>
+      </c>
+      <c r="F4" s="17">
         <v>45837</v>
       </c>
-      <c r="G4" s="20">
+      <c r="G4" s="17">
         <v>45843</v>
       </c>
       <c r="H4">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>2102</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>574</v>
+      </c>
+      <c r="B5" s="17">
+        <v>46051</v>
       </c>
       <c r="C5" t="s">
-        <v>2103</v>
+        <v>575</v>
       </c>
       <c r="D5" t="s">
-        <v>2104</v>
+        <v>576</v>
       </c>
       <c r="E5" t="s">
-        <v>2105</v>
-[...1 lines deleted...]
-      <c r="F5" s="20">
+        <v>577</v>
+      </c>
+      <c r="F5" s="17">
         <v>45837</v>
       </c>
-      <c r="G5" s="20">
+      <c r="G5" s="17">
         <v>45843</v>
       </c>
       <c r="H5">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>2106</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>578</v>
+      </c>
+      <c r="B6" s="17">
+        <v>46051</v>
       </c>
       <c r="C6" t="s">
-        <v>2107</v>
+        <v>579</v>
       </c>
       <c r="D6" t="s">
-        <v>2108</v>
+        <v>580</v>
       </c>
       <c r="E6" t="s">
-        <v>2109</v>
-[...1 lines deleted...]
-      <c r="F6" s="20">
+        <v>581</v>
+      </c>
+      <c r="F6" s="17">
         <v>45837</v>
       </c>
-      <c r="G6" s="20">
+      <c r="G6" s="17">
         <v>45843</v>
       </c>
       <c r="H6">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>2110</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>582</v>
+      </c>
+      <c r="B7" s="17">
+        <v>46051</v>
       </c>
       <c r="C7" t="s">
-        <v>2111</v>
+        <v>583</v>
       </c>
       <c r="D7" t="s">
-        <v>2112</v>
+        <v>584</v>
       </c>
       <c r="E7" t="s">
-        <v>2113</v>
-[...1 lines deleted...]
-      <c r="F7" s="20">
+        <v>585</v>
+      </c>
+      <c r="F7" s="17">
         <v>45837</v>
       </c>
-      <c r="G7" s="20">
+      <c r="G7" s="17">
         <v>45843</v>
       </c>
       <c r="H7">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>2114</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>586</v>
+      </c>
+      <c r="B8" s="17">
+        <v>46051</v>
       </c>
       <c r="C8" t="s">
-        <v>2115</v>
+        <v>587</v>
       </c>
       <c r="D8" t="s">
-        <v>2116</v>
+        <v>588</v>
       </c>
       <c r="E8" t="s">
-        <v>2117</v>
-[...1 lines deleted...]
-      <c r="F8" s="20">
+        <v>589</v>
+      </c>
+      <c r="F8" s="17">
         <v>45837</v>
       </c>
-      <c r="G8" s="20">
+      <c r="G8" s="17">
         <v>45843</v>
       </c>
       <c r="H8">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>590</v>
+      </c>
+      <c r="B9" s="17">
+        <v>46051</v>
       </c>
       <c r="C9" t="s">
-        <v>2119</v>
+        <v>591</v>
       </c>
       <c r="D9" t="s">
-        <v>2120</v>
+        <v>592</v>
       </c>
       <c r="E9" t="s">
-        <v>2121</v>
-[...1 lines deleted...]
-      <c r="F9" s="20">
+        <v>593</v>
+      </c>
+      <c r="F9" s="17">
         <v>45844</v>
       </c>
-      <c r="G9" s="20">
+      <c r="G9" s="17">
         <v>45850</v>
       </c>
       <c r="H9">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>2122</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>594</v>
+      </c>
+      <c r="B10" s="17">
+        <v>46051</v>
       </c>
       <c r="C10" t="s">
-        <v>2123</v>
+        <v>595</v>
       </c>
       <c r="D10" t="s">
-        <v>2124</v>
+        <v>596</v>
       </c>
       <c r="E10" t="s">
-        <v>2125</v>
-[...1 lines deleted...]
-      <c r="F10" s="20">
+        <v>597</v>
+      </c>
+      <c r="F10" s="17">
         <v>45844</v>
       </c>
-      <c r="G10" s="20">
+      <c r="G10" s="17">
         <v>45850</v>
       </c>
       <c r="H10">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>2126</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>598</v>
+      </c>
+      <c r="B11" s="17">
+        <v>46051</v>
       </c>
       <c r="C11" t="s">
-        <v>2127</v>
+        <v>599</v>
       </c>
       <c r="D11" t="s">
-        <v>2128</v>
+        <v>600</v>
       </c>
       <c r="E11" t="s">
-        <v>2129</v>
-[...1 lines deleted...]
-      <c r="F11" s="20">
+        <v>601</v>
+      </c>
+      <c r="F11" s="17">
         <v>45844</v>
       </c>
-      <c r="G11" s="20">
+      <c r="G11" s="17">
         <v>45850</v>
       </c>
       <c r="H11">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>2130</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>602</v>
+      </c>
+      <c r="B12" s="17">
+        <v>46051</v>
       </c>
       <c r="C12" t="s">
-        <v>2131</v>
+        <v>603</v>
       </c>
       <c r="D12" t="s">
-        <v>2132</v>
+        <v>604</v>
       </c>
       <c r="E12" t="s">
-        <v>2133</v>
-[...1 lines deleted...]
-      <c r="F12" s="20">
+        <v>605</v>
+      </c>
+      <c r="F12" s="17">
         <v>45844</v>
       </c>
-      <c r="G12" s="20">
+      <c r="G12" s="17">
         <v>45850</v>
       </c>
       <c r="H12">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>2134</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>606</v>
+      </c>
+      <c r="B13" s="17">
+        <v>46051</v>
       </c>
       <c r="C13" t="s">
-        <v>2135</v>
+        <v>607</v>
       </c>
       <c r="D13" t="s">
-        <v>2136</v>
+        <v>608</v>
       </c>
       <c r="E13" t="s">
-        <v>2137</v>
-[...1 lines deleted...]
-      <c r="F13" s="20">
+        <v>609</v>
+      </c>
+      <c r="F13" s="17">
         <v>45844</v>
       </c>
-      <c r="G13" s="20">
+      <c r="G13" s="17">
         <v>45850</v>
       </c>
       <c r="H13">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>2138</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>610</v>
+      </c>
+      <c r="B14" s="17">
+        <v>46051</v>
       </c>
       <c r="C14" t="s">
-        <v>2139</v>
+        <v>611</v>
       </c>
       <c r="D14" t="s">
-        <v>2140</v>
+        <v>612</v>
       </c>
       <c r="E14" t="s">
-        <v>2141</v>
-[...1 lines deleted...]
-      <c r="F14" s="20">
+        <v>613</v>
+      </c>
+      <c r="F14" s="17">
         <v>45844</v>
       </c>
-      <c r="G14" s="20">
+      <c r="G14" s="17">
         <v>45850</v>
       </c>
       <c r="H14">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>2142</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>614</v>
+      </c>
+      <c r="B15" s="17">
+        <v>46051</v>
       </c>
       <c r="C15" t="s">
-        <v>2143</v>
+        <v>615</v>
       </c>
       <c r="D15" t="s">
-        <v>2144</v>
+        <v>616</v>
       </c>
       <c r="E15" t="s">
-        <v>2145</v>
-[...1 lines deleted...]
-      <c r="F15" s="20">
+        <v>617</v>
+      </c>
+      <c r="F15" s="17">
         <v>45844</v>
       </c>
-      <c r="G15" s="20">
+      <c r="G15" s="17">
         <v>45850</v>
       </c>
       <c r="H15">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>2146</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>618</v>
+      </c>
+      <c r="B16" s="17">
+        <v>46051</v>
       </c>
       <c r="C16" t="s">
-        <v>2147</v>
+        <v>619</v>
       </c>
       <c r="D16" t="s">
-        <v>2148</v>
+        <v>620</v>
       </c>
       <c r="E16" t="s">
-        <v>2149</v>
-[...1 lines deleted...]
-      <c r="F16" s="20">
+        <v>621</v>
+      </c>
+      <c r="F16" s="17">
         <v>45851</v>
       </c>
-      <c r="G16" s="20">
+      <c r="G16" s="17">
         <v>45857</v>
       </c>
       <c r="H16">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>622</v>
+      </c>
+      <c r="B17" s="17">
+        <v>46051</v>
       </c>
       <c r="C17" t="s">
-        <v>2151</v>
+        <v>623</v>
       </c>
       <c r="D17" t="s">
-        <v>2152</v>
+        <v>624</v>
       </c>
       <c r="E17" t="s">
-        <v>2153</v>
-[...1 lines deleted...]
-      <c r="F17" s="20">
+        <v>625</v>
+      </c>
+      <c r="F17" s="17">
         <v>45851</v>
       </c>
-      <c r="G17" s="20">
+      <c r="G17" s="17">
         <v>45857</v>
       </c>
       <c r="H17">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>2154</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>626</v>
+      </c>
+      <c r="B18" s="17">
+        <v>46051</v>
       </c>
       <c r="C18" t="s">
-        <v>2155</v>
+        <v>627</v>
       </c>
       <c r="D18" t="s">
-        <v>2156</v>
+        <v>628</v>
       </c>
       <c r="E18" t="s">
-        <v>2157</v>
-[...1 lines deleted...]
-      <c r="F18" s="20">
+        <v>629</v>
+      </c>
+      <c r="F18" s="17">
         <v>45851</v>
       </c>
-      <c r="G18" s="20">
+      <c r="G18" s="17">
         <v>45857</v>
       </c>
       <c r="H18">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>2158</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>630</v>
+      </c>
+      <c r="B19" s="17">
+        <v>46051</v>
       </c>
       <c r="C19" t="s">
-        <v>2159</v>
+        <v>631</v>
       </c>
       <c r="D19" t="s">
-        <v>2160</v>
+        <v>632</v>
       </c>
       <c r="E19" t="s">
-        <v>2161</v>
-[...1 lines deleted...]
-      <c r="F19" s="20">
+        <v>633</v>
+      </c>
+      <c r="F19" s="17">
         <v>45851</v>
       </c>
-      <c r="G19" s="20">
+      <c r="G19" s="17">
         <v>45857</v>
       </c>
       <c r="H19">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>2162</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>634</v>
+      </c>
+      <c r="B20" s="17">
+        <v>46051</v>
       </c>
       <c r="C20" t="s">
-        <v>2163</v>
+        <v>635</v>
       </c>
       <c r="D20" t="s">
-        <v>2164</v>
+        <v>636</v>
       </c>
       <c r="E20" t="s">
-        <v>2165</v>
-[...1 lines deleted...]
-      <c r="F20" s="20">
+        <v>637</v>
+      </c>
+      <c r="F20" s="17">
         <v>45851</v>
       </c>
-      <c r="G20" s="20">
+      <c r="G20" s="17">
         <v>45857</v>
       </c>
       <c r="H20">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>2166</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>638</v>
+      </c>
+      <c r="B21" s="17">
+        <v>46051</v>
       </c>
       <c r="C21" t="s">
-        <v>2167</v>
+        <v>639</v>
       </c>
       <c r="D21" t="s">
-        <v>2168</v>
+        <v>640</v>
       </c>
       <c r="E21" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="F21" s="20">
+        <v>641</v>
+      </c>
+      <c r="F21" s="17">
         <v>45851</v>
       </c>
-      <c r="G21" s="20">
+      <c r="G21" s="17">
         <v>45857</v>
       </c>
       <c r="H21">
         <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>2170</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>642</v>
+      </c>
+      <c r="B22" s="17">
+        <v>46051</v>
       </c>
       <c r="C22" t="s">
-        <v>2171</v>
+        <v>643</v>
       </c>
       <c r="D22" t="s">
-        <v>2172</v>
+        <v>644</v>
       </c>
       <c r="E22" t="s">
-        <v>2173</v>
-[...1 lines deleted...]
-      <c r="F22" s="20">
+        <v>645</v>
+      </c>
+      <c r="F22" s="17">
         <v>45851</v>
       </c>
-      <c r="G22" s="20">
+      <c r="G22" s="17">
         <v>45857</v>
       </c>
       <c r="H22">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>2174</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>646</v>
+      </c>
+      <c r="B23" s="17">
+        <v>46051</v>
       </c>
       <c r="C23" t="s">
-        <v>2175</v>
+        <v>647</v>
       </c>
       <c r="D23" t="s">
-        <v>2176</v>
+        <v>648</v>
       </c>
       <c r="E23" t="s">
-        <v>2177</v>
-[...1 lines deleted...]
-      <c r="F23" s="20">
+        <v>649</v>
+      </c>
+      <c r="F23" s="17">
         <v>45858</v>
       </c>
-      <c r="G23" s="20">
+      <c r="G23" s="17">
         <v>45864</v>
       </c>
       <c r="H23">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>2178</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>650</v>
+      </c>
+      <c r="B24" s="17">
+        <v>46051</v>
       </c>
       <c r="C24" t="s">
-        <v>2179</v>
+        <v>651</v>
       </c>
       <c r="D24" t="s">
-        <v>2180</v>
+        <v>652</v>
       </c>
       <c r="E24" t="s">
-        <v>2181</v>
-[...1 lines deleted...]
-      <c r="F24" s="20">
+        <v>653</v>
+      </c>
+      <c r="F24" s="17">
         <v>45858</v>
       </c>
-      <c r="G24" s="20">
+      <c r="G24" s="17">
         <v>45864</v>
       </c>
       <c r="H24">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>2182</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>654</v>
+      </c>
+      <c r="B25" s="17">
+        <v>46051</v>
       </c>
       <c r="C25" t="s">
-        <v>2183</v>
+        <v>655</v>
       </c>
       <c r="D25" t="s">
-        <v>2184</v>
+        <v>656</v>
       </c>
       <c r="E25" t="s">
-        <v>2185</v>
-[...1 lines deleted...]
-      <c r="F25" s="20">
+        <v>657</v>
+      </c>
+      <c r="F25" s="17">
         <v>45858</v>
       </c>
-      <c r="G25" s="20">
+      <c r="G25" s="17">
         <v>45864</v>
       </c>
       <c r="H25">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>2186</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>658</v>
+      </c>
+      <c r="B26" s="17">
+        <v>46051</v>
       </c>
       <c r="C26" t="s">
-        <v>2187</v>
+        <v>659</v>
       </c>
       <c r="D26" t="s">
-        <v>2188</v>
+        <v>660</v>
       </c>
       <c r="E26" t="s">
-        <v>2189</v>
-[...1 lines deleted...]
-      <c r="F26" s="20">
+        <v>661</v>
+      </c>
+      <c r="F26" s="17">
         <v>45858</v>
       </c>
-      <c r="G26" s="20">
+      <c r="G26" s="17">
         <v>45864</v>
       </c>
       <c r="H26">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>2190</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>662</v>
+      </c>
+      <c r="B27" s="17">
+        <v>46051</v>
       </c>
       <c r="C27" t="s">
-        <v>2191</v>
+        <v>663</v>
       </c>
       <c r="D27" t="s">
-        <v>2192</v>
+        <v>664</v>
       </c>
       <c r="E27" t="s">
-        <v>2193</v>
-[...1 lines deleted...]
-      <c r="F27" s="20">
+        <v>665</v>
+      </c>
+      <c r="F27" s="17">
         <v>45858</v>
       </c>
-      <c r="G27" s="20">
+      <c r="G27" s="17">
         <v>45864</v>
       </c>
       <c r="H27">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>2194</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>666</v>
+      </c>
+      <c r="B28" s="17">
+        <v>46051</v>
       </c>
       <c r="C28" t="s">
-        <v>2195</v>
+        <v>667</v>
       </c>
       <c r="D28" t="s">
-        <v>2196</v>
+        <v>668</v>
       </c>
       <c r="E28" t="s">
-        <v>2197</v>
-[...1 lines deleted...]
-      <c r="F28" s="20">
+        <v>669</v>
+      </c>
+      <c r="F28" s="17">
         <v>45858</v>
       </c>
-      <c r="G28" s="20">
+      <c r="G28" s="17">
         <v>45864</v>
       </c>
       <c r="H28">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>2198</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>670</v>
+      </c>
+      <c r="B29" s="17">
+        <v>46051</v>
       </c>
       <c r="C29" t="s">
-        <v>2199</v>
+        <v>671</v>
       </c>
       <c r="D29" t="s">
-        <v>2200</v>
+        <v>672</v>
       </c>
       <c r="E29" t="s">
-        <v>2201</v>
-[...1 lines deleted...]
-      <c r="F29" s="20">
+        <v>673</v>
+      </c>
+      <c r="F29" s="17">
         <v>45858</v>
       </c>
-      <c r="G29" s="20">
+      <c r="G29" s="17">
         <v>45864</v>
       </c>
       <c r="H29">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>2202</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>674</v>
+      </c>
+      <c r="B30" s="17">
+        <v>46051</v>
       </c>
       <c r="C30" t="s">
-        <v>2203</v>
+        <v>675</v>
       </c>
       <c r="D30" t="s">
-        <v>2204</v>
+        <v>676</v>
       </c>
       <c r="E30" t="s">
-        <v>2205</v>
-[...1 lines deleted...]
-      <c r="F30" s="20">
+        <v>677</v>
+      </c>
+      <c r="F30" s="17">
         <v>45865</v>
       </c>
-      <c r="G30" s="20">
+      <c r="G30" s="17">
         <v>45871</v>
       </c>
       <c r="H30">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>2206</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>678</v>
+      </c>
+      <c r="B31" s="17">
+        <v>46051</v>
       </c>
       <c r="C31" t="s">
-        <v>2207</v>
+        <v>679</v>
       </c>
       <c r="D31" t="s">
-        <v>2208</v>
+        <v>680</v>
       </c>
       <c r="E31" t="s">
-        <v>2209</v>
-[...1 lines deleted...]
-      <c r="F31" s="20">
+        <v>681</v>
+      </c>
+      <c r="F31" s="17">
         <v>45865</v>
       </c>
-      <c r="G31" s="20">
+      <c r="G31" s="17">
         <v>45871</v>
       </c>
       <c r="H31">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>2210</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>682</v>
+      </c>
+      <c r="B32" s="17">
+        <v>46051</v>
       </c>
       <c r="C32" t="s">
-        <v>2211</v>
+        <v>683</v>
       </c>
       <c r="D32" t="s">
-        <v>2212</v>
+        <v>684</v>
       </c>
       <c r="E32" t="s">
-        <v>2213</v>
-[...1 lines deleted...]
-      <c r="F32" s="20">
+        <v>685</v>
+      </c>
+      <c r="F32" s="17">
         <v>45865</v>
       </c>
-      <c r="G32" s="20">
+      <c r="G32" s="17">
         <v>45871</v>
       </c>
       <c r="H32">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>2214</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>686</v>
+      </c>
+      <c r="B33" s="17">
+        <v>46051</v>
       </c>
       <c r="C33" t="s">
-        <v>2215</v>
+        <v>687</v>
       </c>
       <c r="D33" t="s">
-        <v>2216</v>
+        <v>688</v>
       </c>
       <c r="E33" t="s">
-        <v>2217</v>
-[...1 lines deleted...]
-      <c r="F33" s="20">
+        <v>689</v>
+      </c>
+      <c r="F33" s="17">
         <v>45865</v>
       </c>
-      <c r="G33" s="20">
+      <c r="G33" s="17">
         <v>45871</v>
       </c>
       <c r="H33">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>2218</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>690</v>
+      </c>
+      <c r="B34" s="17">
+        <v>46051</v>
       </c>
       <c r="C34" t="s">
-        <v>2219</v>
+        <v>691</v>
       </c>
       <c r="D34" t="s">
-        <v>2220</v>
+        <v>692</v>
       </c>
       <c r="E34" t="s">
-        <v>2221</v>
-[...1 lines deleted...]
-      <c r="F34" s="20">
+        <v>693</v>
+      </c>
+      <c r="F34" s="17">
         <v>45865</v>
       </c>
-      <c r="G34" s="20">
+      <c r="G34" s="17">
         <v>45871</v>
       </c>
       <c r="H34">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>2222</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>694</v>
+      </c>
+      <c r="B35" s="17">
+        <v>46051</v>
       </c>
       <c r="C35" t="s">
-        <v>2223</v>
+        <v>695</v>
       </c>
       <c r="D35" t="s">
-        <v>2224</v>
+        <v>696</v>
       </c>
       <c r="E35" t="s">
-        <v>2225</v>
-[...1 lines deleted...]
-      <c r="F35" s="20">
+        <v>697</v>
+      </c>
+      <c r="F35" s="17">
         <v>45865</v>
       </c>
-      <c r="G35" s="20">
+      <c r="G35" s="17">
         <v>45871</v>
       </c>
       <c r="H35">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>2226</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>698</v>
+      </c>
+      <c r="B36" s="17">
+        <v>46051</v>
       </c>
       <c r="C36" t="s">
-        <v>2227</v>
+        <v>699</v>
       </c>
       <c r="D36" t="s">
-        <v>2228</v>
+        <v>700</v>
       </c>
       <c r="E36" t="s">
-        <v>2229</v>
-[...1 lines deleted...]
-      <c r="F36" s="20">
+        <v>701</v>
+      </c>
+      <c r="F36" s="17">
         <v>45865</v>
       </c>
-      <c r="G36" s="20">
+      <c r="G36" s="17">
         <v>45871</v>
       </c>
       <c r="H36">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>2230</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>702</v>
+      </c>
+      <c r="B37" s="17">
+        <v>46051</v>
       </c>
       <c r="C37" t="s">
-        <v>2231</v>
+        <v>703</v>
       </c>
       <c r="D37" t="s">
-        <v>2232</v>
+        <v>704</v>
       </c>
       <c r="E37" t="s">
-        <v>2233</v>
-[...1 lines deleted...]
-      <c r="F37" s="20">
+        <v>705</v>
+      </c>
+      <c r="F37" s="17">
         <v>45872</v>
       </c>
-      <c r="G37" s="20">
+      <c r="G37" s="17">
         <v>45878</v>
       </c>
       <c r="H37">
         <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>2234</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>706</v>
+      </c>
+      <c r="B38" s="17">
+        <v>46051</v>
       </c>
       <c r="C38" t="s">
-        <v>2235</v>
+        <v>707</v>
       </c>
       <c r="D38" t="s">
-        <v>2236</v>
+        <v>708</v>
       </c>
       <c r="E38" t="s">
-        <v>2237</v>
-[...1 lines deleted...]
-      <c r="F38" s="20">
+        <v>709</v>
+      </c>
+      <c r="F38" s="17">
         <v>45872</v>
       </c>
-      <c r="G38" s="20">
+      <c r="G38" s="17">
         <v>45878</v>
       </c>
       <c r="H38">
         <v>32</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>2238</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>710</v>
+      </c>
+      <c r="B39" s="17">
+        <v>46051</v>
       </c>
       <c r="C39" t="s">
-        <v>2239</v>
+        <v>711</v>
       </c>
       <c r="D39" t="s">
-        <v>2240</v>
+        <v>712</v>
       </c>
       <c r="E39" t="s">
-        <v>2241</v>
-[...1 lines deleted...]
-      <c r="F39" s="20">
+        <v>713</v>
+      </c>
+      <c r="F39" s="17">
         <v>45872</v>
       </c>
-      <c r="G39" s="20">
+      <c r="G39" s="17">
         <v>45878</v>
       </c>
       <c r="H39">
         <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>2242</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>714</v>
+      </c>
+      <c r="B40" s="17">
+        <v>46051</v>
       </c>
       <c r="C40" t="s">
-        <v>2243</v>
+        <v>715</v>
       </c>
       <c r="D40" t="s">
-        <v>2244</v>
+        <v>716</v>
       </c>
       <c r="E40" t="s">
-        <v>2245</v>
-[...1 lines deleted...]
-      <c r="F40" s="20">
+        <v>717</v>
+      </c>
+      <c r="F40" s="17">
         <v>45872</v>
       </c>
-      <c r="G40" s="20">
+      <c r="G40" s="17">
         <v>45878</v>
       </c>
       <c r="H40">
         <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>2246</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>718</v>
+      </c>
+      <c r="B41" s="17">
+        <v>46051</v>
       </c>
       <c r="C41" t="s">
-        <v>2247</v>
+        <v>719</v>
       </c>
       <c r="D41" t="s">
-        <v>2248</v>
+        <v>720</v>
       </c>
       <c r="E41" t="s">
-        <v>2249</v>
-[...1 lines deleted...]
-      <c r="F41" s="20">
+        <v>721</v>
+      </c>
+      <c r="F41" s="17">
         <v>45872</v>
       </c>
-      <c r="G41" s="20">
+      <c r="G41" s="17">
         <v>45878</v>
       </c>
       <c r="H41">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>2250</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>722</v>
+      </c>
+      <c r="B42" s="17">
+        <v>46051</v>
       </c>
       <c r="C42" t="s">
-        <v>2251</v>
+        <v>723</v>
       </c>
       <c r="D42" t="s">
-        <v>2252</v>
+        <v>724</v>
       </c>
       <c r="E42" t="s">
-        <v>2253</v>
-[...1 lines deleted...]
-      <c r="F42" s="20">
+        <v>725</v>
+      </c>
+      <c r="F42" s="17">
         <v>45872</v>
       </c>
-      <c r="G42" s="20">
+      <c r="G42" s="17">
         <v>45878</v>
       </c>
       <c r="H42">
         <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>2254</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>726</v>
+      </c>
+      <c r="B43" s="17">
+        <v>46051</v>
       </c>
       <c r="C43" t="s">
-        <v>2255</v>
+        <v>727</v>
       </c>
       <c r="D43" t="s">
-        <v>2256</v>
+        <v>728</v>
       </c>
       <c r="E43" t="s">
-        <v>2257</v>
-[...1 lines deleted...]
-      <c r="F43" s="20">
+        <v>729</v>
+      </c>
+      <c r="F43" s="17">
         <v>45872</v>
       </c>
-      <c r="G43" s="20">
+      <c r="G43" s="17">
         <v>45878</v>
       </c>
       <c r="H43">
         <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>2258</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>730</v>
+      </c>
+      <c r="B44" s="17">
+        <v>46051</v>
       </c>
       <c r="C44" t="s">
-        <v>2259</v>
+        <v>731</v>
       </c>
       <c r="D44" t="s">
-        <v>2260</v>
+        <v>732</v>
       </c>
       <c r="E44" t="s">
-        <v>2261</v>
-[...1 lines deleted...]
-      <c r="F44" s="20">
+        <v>733</v>
+      </c>
+      <c r="F44" s="17">
         <v>45879</v>
       </c>
-      <c r="G44" s="20">
+      <c r="G44" s="17">
         <v>45885</v>
       </c>
       <c r="H44">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>2262</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>734</v>
+      </c>
+      <c r="B45" s="17">
+        <v>46051</v>
       </c>
       <c r="C45" t="s">
-        <v>2263</v>
+        <v>735</v>
       </c>
       <c r="D45" t="s">
-        <v>2264</v>
+        <v>736</v>
       </c>
       <c r="E45" t="s">
-        <v>2265</v>
-[...1 lines deleted...]
-      <c r="F45" s="20">
+        <v>737</v>
+      </c>
+      <c r="F45" s="17">
         <v>45879</v>
       </c>
-      <c r="G45" s="20">
+      <c r="G45" s="17">
         <v>45885</v>
       </c>
       <c r="H45">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>2266</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>738</v>
+      </c>
+      <c r="B46" s="17">
+        <v>46051</v>
       </c>
       <c r="C46" t="s">
-        <v>2267</v>
+        <v>739</v>
       </c>
       <c r="D46" t="s">
-        <v>2268</v>
+        <v>740</v>
       </c>
       <c r="E46" t="s">
-        <v>2269</v>
-[...1 lines deleted...]
-      <c r="F46" s="20">
+        <v>741</v>
+      </c>
+      <c r="F46" s="17">
         <v>45879</v>
       </c>
-      <c r="G46" s="20">
+      <c r="G46" s="17">
         <v>45885</v>
       </c>
       <c r="H46">
         <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>2270</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>742</v>
+      </c>
+      <c r="B47" s="17">
+        <v>46051</v>
       </c>
       <c r="C47" t="s">
-        <v>2271</v>
+        <v>743</v>
       </c>
       <c r="D47" t="s">
-        <v>2272</v>
+        <v>744</v>
       </c>
       <c r="E47" t="s">
-        <v>2273</v>
-[...1 lines deleted...]
-      <c r="F47" s="20">
+        <v>745</v>
+      </c>
+      <c r="F47" s="17">
         <v>45879</v>
       </c>
-      <c r="G47" s="20">
+      <c r="G47" s="17">
         <v>45885</v>
       </c>
       <c r="H47">
         <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>2274</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>746</v>
+      </c>
+      <c r="B48" s="17">
+        <v>46051</v>
       </c>
       <c r="C48" t="s">
-        <v>2275</v>
+        <v>747</v>
       </c>
       <c r="D48" t="s">
-        <v>2276</v>
+        <v>748</v>
       </c>
       <c r="E48" t="s">
-        <v>2277</v>
-[...1 lines deleted...]
-      <c r="F48" s="20">
+        <v>749</v>
+      </c>
+      <c r="F48" s="17">
         <v>45879</v>
       </c>
-      <c r="G48" s="20">
+      <c r="G48" s="17">
         <v>45885</v>
       </c>
       <c r="H48">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>2278</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>750</v>
+      </c>
+      <c r="B49" s="17">
+        <v>46051</v>
       </c>
       <c r="C49" t="s">
-        <v>2279</v>
+        <v>751</v>
       </c>
       <c r="D49" t="s">
-        <v>2280</v>
+        <v>752</v>
       </c>
       <c r="E49" t="s">
-        <v>2281</v>
-[...1 lines deleted...]
-      <c r="F49" s="20">
+        <v>753</v>
+      </c>
+      <c r="F49" s="17">
         <v>45879</v>
       </c>
-      <c r="G49" s="20">
+      <c r="G49" s="17">
         <v>45885</v>
       </c>
       <c r="H49">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>2282</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>754</v>
+      </c>
+      <c r="B50" s="17">
+        <v>46051</v>
       </c>
       <c r="C50" t="s">
-        <v>2283</v>
+        <v>755</v>
       </c>
       <c r="D50" t="s">
-        <v>2284</v>
+        <v>756</v>
       </c>
       <c r="E50" t="s">
-        <v>2285</v>
-[...1 lines deleted...]
-      <c r="F50" s="20">
+        <v>757</v>
+      </c>
+      <c r="F50" s="17">
         <v>45879</v>
       </c>
-      <c r="G50" s="20">
+      <c r="G50" s="17">
         <v>45885</v>
       </c>
       <c r="H50">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>2286</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>758</v>
+      </c>
+      <c r="B51" s="17">
+        <v>46051</v>
       </c>
       <c r="C51" t="s">
-        <v>2287</v>
+        <v>759</v>
       </c>
       <c r="D51" t="s">
-        <v>2288</v>
+        <v>760</v>
       </c>
       <c r="E51" t="s">
-        <v>2289</v>
-[...1 lines deleted...]
-      <c r="F51" s="20">
+        <v>761</v>
+      </c>
+      <c r="F51" s="17">
         <v>45886</v>
       </c>
-      <c r="G51" s="20">
+      <c r="G51" s="17">
         <v>45892</v>
       </c>
       <c r="H51">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>2290</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>762</v>
+      </c>
+      <c r="B52" s="17">
+        <v>46051</v>
       </c>
       <c r="C52" t="s">
-        <v>2291</v>
+        <v>763</v>
       </c>
       <c r="D52" t="s">
-        <v>2292</v>
+        <v>764</v>
       </c>
       <c r="E52" t="s">
-        <v>2293</v>
-[...1 lines deleted...]
-      <c r="F52" s="20">
+        <v>765</v>
+      </c>
+      <c r="F52" s="17">
         <v>45886</v>
       </c>
-      <c r="G52" s="20">
+      <c r="G52" s="17">
         <v>45892</v>
       </c>
       <c r="H52">
         <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>2294</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>766</v>
+      </c>
+      <c r="B53" s="17">
+        <v>46051</v>
       </c>
       <c r="C53" t="s">
-        <v>2295</v>
+        <v>767</v>
       </c>
       <c r="D53" t="s">
-        <v>2296</v>
+        <v>768</v>
       </c>
       <c r="E53" t="s">
-        <v>2297</v>
-[...1 lines deleted...]
-      <c r="F53" s="20">
+        <v>769</v>
+      </c>
+      <c r="F53" s="17">
         <v>45886</v>
       </c>
-      <c r="G53" s="20">
+      <c r="G53" s="17">
         <v>45892</v>
       </c>
       <c r="H53">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>2298</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>770</v>
+      </c>
+      <c r="B54" s="17">
+        <v>46051</v>
       </c>
       <c r="C54" t="s">
-        <v>2299</v>
+        <v>771</v>
       </c>
       <c r="D54" t="s">
-        <v>2300</v>
+        <v>772</v>
       </c>
       <c r="E54" t="s">
-        <v>2301</v>
-[...1 lines deleted...]
-      <c r="F54" s="20">
+        <v>773</v>
+      </c>
+      <c r="F54" s="17">
         <v>45886</v>
       </c>
-      <c r="G54" s="20">
+      <c r="G54" s="17">
         <v>45892</v>
       </c>
       <c r="H54">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>2302</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>774</v>
+      </c>
+      <c r="B55" s="17">
+        <v>46051</v>
       </c>
       <c r="C55" t="s">
-        <v>2303</v>
+        <v>775</v>
       </c>
       <c r="D55" t="s">
-        <v>2304</v>
+        <v>776</v>
       </c>
       <c r="E55" t="s">
-        <v>2305</v>
-[...1 lines deleted...]
-      <c r="F55" s="20">
+        <v>777</v>
+      </c>
+      <c r="F55" s="17">
         <v>45886</v>
       </c>
-      <c r="G55" s="20">
+      <c r="G55" s="17">
         <v>45892</v>
       </c>
       <c r="H55">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>2306</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>778</v>
+      </c>
+      <c r="B56" s="17">
+        <v>46051</v>
       </c>
       <c r="C56" t="s">
-        <v>2307</v>
+        <v>779</v>
       </c>
       <c r="D56" t="s">
-        <v>2308</v>
+        <v>780</v>
       </c>
       <c r="E56" t="s">
-        <v>2309</v>
-[...1 lines deleted...]
-      <c r="F56" s="20">
+        <v>781</v>
+      </c>
+      <c r="F56" s="17">
         <v>45886</v>
       </c>
-      <c r="G56" s="20">
+      <c r="G56" s="17">
         <v>45892</v>
       </c>
       <c r="H56">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>2310</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>782</v>
+      </c>
+      <c r="B57" s="17">
+        <v>46051</v>
       </c>
       <c r="C57" t="s">
-        <v>2311</v>
+        <v>783</v>
       </c>
       <c r="D57" t="s">
-        <v>2312</v>
+        <v>784</v>
       </c>
       <c r="E57" t="s">
-        <v>2313</v>
-[...1 lines deleted...]
-      <c r="F57" s="20">
+        <v>785</v>
+      </c>
+      <c r="F57" s="17">
         <v>45886</v>
       </c>
-      <c r="G57" s="20">
+      <c r="G57" s="17">
         <v>45892</v>
       </c>
       <c r="H57">
         <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>2314</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>786</v>
+      </c>
+      <c r="B58" s="17">
+        <v>46051</v>
       </c>
       <c r="C58" t="s">
-        <v>2315</v>
+        <v>787</v>
       </c>
       <c r="D58" t="s">
-        <v>2316</v>
+        <v>788</v>
       </c>
       <c r="E58" t="s">
-        <v>2317</v>
-[...1 lines deleted...]
-      <c r="F58" s="20">
+        <v>789</v>
+      </c>
+      <c r="F58" s="17">
         <v>45893</v>
       </c>
-      <c r="G58" s="20">
+      <c r="G58" s="17">
         <v>45899</v>
       </c>
       <c r="H58">
         <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>2318</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>790</v>
+      </c>
+      <c r="B59" s="17">
+        <v>46051</v>
       </c>
       <c r="C59" t="s">
-        <v>2319</v>
+        <v>791</v>
       </c>
       <c r="D59" t="s">
-        <v>2320</v>
+        <v>792</v>
       </c>
       <c r="E59" t="s">
-        <v>2321</v>
-[...1 lines deleted...]
-      <c r="F59" s="20">
+        <v>793</v>
+      </c>
+      <c r="F59" s="17">
         <v>45893</v>
       </c>
-      <c r="G59" s="20">
+      <c r="G59" s="17">
         <v>45899</v>
       </c>
       <c r="H59">
         <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>2322</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>794</v>
+      </c>
+      <c r="B60" s="17">
+        <v>46051</v>
       </c>
       <c r="C60" t="s">
-        <v>2323</v>
+        <v>795</v>
       </c>
       <c r="D60" t="s">
-        <v>2324</v>
+        <v>796</v>
       </c>
       <c r="E60" t="s">
-        <v>2325</v>
-[...1 lines deleted...]
-      <c r="F60" s="20">
+        <v>797</v>
+      </c>
+      <c r="F60" s="17">
         <v>45893</v>
       </c>
-      <c r="G60" s="20">
+      <c r="G60" s="17">
         <v>45899</v>
       </c>
       <c r="H60">
         <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>2326</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>798</v>
+      </c>
+      <c r="B61" s="17">
+        <v>46051</v>
       </c>
       <c r="C61" t="s">
-        <v>2327</v>
+        <v>799</v>
       </c>
       <c r="D61" t="s">
-        <v>2328</v>
+        <v>800</v>
       </c>
       <c r="E61" t="s">
-        <v>2329</v>
-[...1 lines deleted...]
-      <c r="F61" s="20">
+        <v>801</v>
+      </c>
+      <c r="F61" s="17">
         <v>45893</v>
       </c>
-      <c r="G61" s="20">
+      <c r="G61" s="17">
         <v>45899</v>
       </c>
       <c r="H61">
         <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>2330</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>802</v>
+      </c>
+      <c r="B62" s="17">
+        <v>46051</v>
       </c>
       <c r="C62" t="s">
-        <v>2331</v>
+        <v>803</v>
       </c>
       <c r="D62" t="s">
-        <v>2332</v>
+        <v>804</v>
       </c>
       <c r="E62" t="s">
-        <v>2333</v>
-[...1 lines deleted...]
-      <c r="F62" s="20">
+        <v>805</v>
+      </c>
+      <c r="F62" s="17">
         <v>45893</v>
       </c>
-      <c r="G62" s="20">
+      <c r="G62" s="17">
         <v>45899</v>
       </c>
       <c r="H62">
         <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>2334</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>806</v>
+      </c>
+      <c r="B63" s="17">
+        <v>46051</v>
       </c>
       <c r="C63" t="s">
-        <v>2335</v>
+        <v>807</v>
       </c>
       <c r="D63" t="s">
-        <v>2336</v>
+        <v>808</v>
       </c>
       <c r="E63" t="s">
-        <v>2337</v>
-[...1 lines deleted...]
-      <c r="F63" s="20">
+        <v>809</v>
+      </c>
+      <c r="F63" s="17">
         <v>45893</v>
       </c>
-      <c r="G63" s="20">
+      <c r="G63" s="17">
         <v>45899</v>
       </c>
       <c r="H63">
         <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>2338</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>810</v>
+      </c>
+      <c r="B64" s="17">
+        <v>46051</v>
       </c>
       <c r="C64" t="s">
-        <v>2339</v>
+        <v>811</v>
       </c>
       <c r="D64" t="s">
-        <v>2340</v>
+        <v>812</v>
       </c>
       <c r="E64" t="s">
-        <v>2341</v>
-[...1 lines deleted...]
-      <c r="F64" s="20">
+        <v>813</v>
+      </c>
+      <c r="F64" s="17">
         <v>45893</v>
       </c>
-      <c r="G64" s="20">
+      <c r="G64" s="17">
         <v>45899</v>
       </c>
       <c r="H64">
         <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>2342</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>814</v>
+      </c>
+      <c r="B65" s="17">
+        <v>46051</v>
       </c>
       <c r="C65" t="s">
-        <v>2343</v>
+        <v>815</v>
       </c>
       <c r="D65" t="s">
-        <v>2344</v>
+        <v>816</v>
       </c>
       <c r="E65" t="s">
-        <v>2345</v>
-[...1 lines deleted...]
-      <c r="F65" s="20">
+        <v>817</v>
+      </c>
+      <c r="F65" s="17">
         <v>45900</v>
       </c>
-      <c r="G65" s="20">
+      <c r="G65" s="17">
         <v>45906</v>
       </c>
       <c r="H65">
         <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>2346</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>818</v>
+      </c>
+      <c r="B66" s="17">
+        <v>46051</v>
       </c>
       <c r="C66" t="s">
-        <v>2347</v>
+        <v>819</v>
       </c>
       <c r="D66" t="s">
-        <v>2348</v>
+        <v>820</v>
       </c>
       <c r="E66" t="s">
-        <v>2349</v>
-[...1 lines deleted...]
-      <c r="F66" s="20">
+        <v>821</v>
+      </c>
+      <c r="F66" s="17">
         <v>45900</v>
       </c>
-      <c r="G66" s="20">
+      <c r="G66" s="17">
         <v>45906</v>
       </c>
       <c r="H66">
         <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>2350</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>822</v>
+      </c>
+      <c r="B67" s="17">
+        <v>46051</v>
       </c>
       <c r="C67" t="s">
-        <v>2351</v>
+        <v>823</v>
       </c>
       <c r="D67" t="s">
-        <v>2352</v>
+        <v>824</v>
       </c>
       <c r="E67" t="s">
-        <v>2353</v>
-[...1 lines deleted...]
-      <c r="F67" s="20">
+        <v>825</v>
+      </c>
+      <c r="F67" s="17">
         <v>45900</v>
       </c>
-      <c r="G67" s="20">
+      <c r="G67" s="17">
         <v>45906</v>
       </c>
       <c r="H67">
         <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>2354</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>826</v>
+      </c>
+      <c r="B68" s="17">
+        <v>46051</v>
       </c>
       <c r="C68" t="s">
-        <v>2355</v>
+        <v>827</v>
       </c>
       <c r="D68" t="s">
-        <v>2356</v>
+        <v>828</v>
       </c>
       <c r="E68" t="s">
-        <v>2357</v>
-[...1 lines deleted...]
-      <c r="F68" s="20">
+        <v>829</v>
+      </c>
+      <c r="F68" s="17">
         <v>45900</v>
       </c>
-      <c r="G68" s="20">
+      <c r="G68" s="17">
         <v>45906</v>
       </c>
       <c r="H68">
         <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>2358</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>830</v>
+      </c>
+      <c r="B69" s="17">
+        <v>46051</v>
       </c>
       <c r="C69" t="s">
-        <v>2359</v>
+        <v>831</v>
       </c>
       <c r="D69" t="s">
-        <v>2360</v>
+        <v>832</v>
       </c>
       <c r="E69" t="s">
-        <v>2361</v>
-[...1 lines deleted...]
-      <c r="F69" s="20">
+        <v>833</v>
+      </c>
+      <c r="F69" s="17">
         <v>45900</v>
       </c>
-      <c r="G69" s="20">
+      <c r="G69" s="17">
         <v>45906</v>
       </c>
       <c r="H69">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>2362</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>834</v>
+      </c>
+      <c r="B70" s="17">
+        <v>46051</v>
       </c>
       <c r="C70" t="s">
-        <v>2363</v>
+        <v>835</v>
       </c>
       <c r="D70" t="s">
-        <v>2364</v>
+        <v>836</v>
       </c>
       <c r="E70" t="s">
-        <v>2365</v>
-[...1 lines deleted...]
-      <c r="F70" s="20">
+        <v>837</v>
+      </c>
+      <c r="F70" s="17">
         <v>45900</v>
       </c>
-      <c r="G70" s="20">
+      <c r="G70" s="17">
         <v>45906</v>
       </c>
       <c r="H70">
         <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>2366</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>838</v>
+      </c>
+      <c r="B71" s="17">
+        <v>46051</v>
       </c>
       <c r="C71" t="s">
-        <v>2367</v>
+        <v>839</v>
       </c>
       <c r="D71" t="s">
-        <v>2368</v>
+        <v>840</v>
       </c>
       <c r="E71" t="s">
-        <v>2369</v>
-[...1 lines deleted...]
-      <c r="F71" s="20">
+        <v>841</v>
+      </c>
+      <c r="F71" s="17">
         <v>45900</v>
       </c>
-      <c r="G71" s="20">
+      <c r="G71" s="17">
         <v>45906</v>
       </c>
       <c r="H71">
         <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>2370</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>842</v>
+      </c>
+      <c r="B72" s="17">
+        <v>46051</v>
       </c>
       <c r="C72" t="s">
-        <v>2371</v>
+        <v>843</v>
       </c>
       <c r="D72" t="s">
-        <v>2372</v>
+        <v>844</v>
       </c>
       <c r="E72" t="s">
-        <v>2373</v>
-[...1 lines deleted...]
-      <c r="F72" s="20">
+        <v>845</v>
+      </c>
+      <c r="F72" s="17">
         <v>45907</v>
       </c>
-      <c r="G72" s="20">
+      <c r="G72" s="17">
         <v>45913</v>
       </c>
       <c r="H72">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>2374</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>846</v>
+      </c>
+      <c r="B73" s="17">
+        <v>46051</v>
       </c>
       <c r="C73" t="s">
-        <v>2375</v>
+        <v>847</v>
       </c>
       <c r="D73" t="s">
-        <v>2376</v>
+        <v>848</v>
       </c>
       <c r="E73" t="s">
-        <v>2377</v>
-[...1 lines deleted...]
-      <c r="F73" s="20">
+        <v>849</v>
+      </c>
+      <c r="F73" s="17">
         <v>45907</v>
       </c>
-      <c r="G73" s="20">
+      <c r="G73" s="17">
         <v>45913</v>
       </c>
       <c r="H73">
         <v>37</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>2378</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>850</v>
+      </c>
+      <c r="B74" s="17">
+        <v>46051</v>
       </c>
       <c r="C74" t="s">
-        <v>2379</v>
+        <v>851</v>
       </c>
       <c r="D74" t="s">
-        <v>2380</v>
+        <v>852</v>
       </c>
       <c r="E74" t="s">
-        <v>2381</v>
-[...1 lines deleted...]
-      <c r="F74" s="20">
+        <v>853</v>
+      </c>
+      <c r="F74" s="17">
         <v>45907</v>
       </c>
-      <c r="G74" s="20">
+      <c r="G74" s="17">
         <v>45913</v>
       </c>
       <c r="H74">
         <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>2382</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>854</v>
+      </c>
+      <c r="B75" s="17">
+        <v>46051</v>
       </c>
       <c r="C75" t="s">
-        <v>2383</v>
+        <v>855</v>
       </c>
       <c r="D75" t="s">
-        <v>2384</v>
+        <v>856</v>
       </c>
       <c r="E75" t="s">
-        <v>2385</v>
-[...1 lines deleted...]
-      <c r="F75" s="20">
+        <v>857</v>
+      </c>
+      <c r="F75" s="17">
         <v>45907</v>
       </c>
-      <c r="G75" s="20">
+      <c r="G75" s="17">
         <v>45913</v>
       </c>
       <c r="H75">
         <v>37</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>2386</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>858</v>
+      </c>
+      <c r="B76" s="17">
+        <v>46051</v>
       </c>
       <c r="C76" t="s">
-        <v>2387</v>
+        <v>859</v>
       </c>
       <c r="D76" t="s">
-        <v>2388</v>
+        <v>860</v>
       </c>
       <c r="E76" t="s">
-        <v>2389</v>
-[...1 lines deleted...]
-      <c r="F76" s="20">
+        <v>861</v>
+      </c>
+      <c r="F76" s="17">
         <v>45907</v>
       </c>
-      <c r="G76" s="20">
+      <c r="G76" s="17">
         <v>45913</v>
       </c>
       <c r="H76">
         <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>2390</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>862</v>
+      </c>
+      <c r="B77" s="17">
+        <v>46051</v>
       </c>
       <c r="C77" t="s">
-        <v>2391</v>
+        <v>863</v>
       </c>
       <c r="D77" t="s">
-        <v>2392</v>
+        <v>864</v>
       </c>
       <c r="E77" t="s">
-        <v>2393</v>
-[...1 lines deleted...]
-      <c r="F77" s="20">
+        <v>865</v>
+      </c>
+      <c r="F77" s="17">
         <v>45907</v>
       </c>
-      <c r="G77" s="20">
+      <c r="G77" s="17">
         <v>45913</v>
       </c>
       <c r="H77">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>2394</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>866</v>
+      </c>
+      <c r="B78" s="17">
+        <v>46051</v>
       </c>
       <c r="C78" t="s">
-        <v>2395</v>
+        <v>867</v>
       </c>
       <c r="D78" t="s">
-        <v>2396</v>
+        <v>868</v>
       </c>
       <c r="E78" t="s">
-        <v>2397</v>
-[...1 lines deleted...]
-      <c r="F78" s="20">
+        <v>869</v>
+      </c>
+      <c r="F78" s="17">
         <v>45907</v>
       </c>
-      <c r="G78" s="20">
+      <c r="G78" s="17">
         <v>45913</v>
       </c>
       <c r="H78">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>2398</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>870</v>
+      </c>
+      <c r="B79" s="17">
+        <v>46051</v>
       </c>
       <c r="C79" t="s">
-        <v>2399</v>
+        <v>871</v>
       </c>
       <c r="D79" t="s">
-        <v>2400</v>
+        <v>872</v>
       </c>
       <c r="E79" t="s">
-        <v>2401</v>
-[...1 lines deleted...]
-      <c r="F79" s="20">
+        <v>873</v>
+      </c>
+      <c r="F79" s="17">
         <v>45914</v>
       </c>
-      <c r="G79" s="20">
+      <c r="G79" s="17">
         <v>45920</v>
       </c>
       <c r="H79">
         <v>38</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>2402</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>874</v>
+      </c>
+      <c r="B80" s="17">
+        <v>46051</v>
       </c>
       <c r="C80" t="s">
-        <v>2403</v>
+        <v>875</v>
       </c>
       <c r="D80" t="s">
-        <v>2404</v>
+        <v>876</v>
       </c>
       <c r="E80" t="s">
-        <v>2405</v>
-[...1 lines deleted...]
-      <c r="F80" s="20">
+        <v>877</v>
+      </c>
+      <c r="F80" s="17">
         <v>45914</v>
       </c>
-      <c r="G80" s="20">
+      <c r="G80" s="17">
         <v>45920</v>
       </c>
       <c r="H80">
         <v>38</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>2406</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>878</v>
+      </c>
+      <c r="B81" s="17">
+        <v>46051</v>
       </c>
       <c r="C81" t="s">
-        <v>2407</v>
+        <v>879</v>
       </c>
       <c r="D81" t="s">
-        <v>2408</v>
+        <v>880</v>
       </c>
       <c r="E81" t="s">
-        <v>2409</v>
-[...1 lines deleted...]
-      <c r="F81" s="20">
+        <v>881</v>
+      </c>
+      <c r="F81" s="17">
         <v>45914</v>
       </c>
-      <c r="G81" s="20">
+      <c r="G81" s="17">
         <v>45920</v>
       </c>
       <c r="H81">
         <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>2410</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>882</v>
+      </c>
+      <c r="B82" s="17">
+        <v>46051</v>
       </c>
       <c r="C82" t="s">
-        <v>2411</v>
+        <v>883</v>
       </c>
       <c r="D82" t="s">
-        <v>2412</v>
+        <v>884</v>
       </c>
       <c r="E82" t="s">
-        <v>2413</v>
-[...1 lines deleted...]
-      <c r="F82" s="20">
+        <v>885</v>
+      </c>
+      <c r="F82" s="17">
         <v>45914</v>
       </c>
-      <c r="G82" s="20">
+      <c r="G82" s="17">
         <v>45920</v>
       </c>
       <c r="H82">
         <v>38</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>2414</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>886</v>
+      </c>
+      <c r="B83" s="17">
+        <v>46051</v>
       </c>
       <c r="C83" t="s">
-        <v>2415</v>
+        <v>887</v>
       </c>
       <c r="D83" t="s">
-        <v>2416</v>
+        <v>888</v>
       </c>
       <c r="E83" t="s">
-        <v>2417</v>
-[...1 lines deleted...]
-      <c r="F83" s="20">
+        <v>889</v>
+      </c>
+      <c r="F83" s="17">
         <v>45914</v>
       </c>
-      <c r="G83" s="20">
+      <c r="G83" s="17">
         <v>45920</v>
       </c>
       <c r="H83">
         <v>38</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>2418</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>890</v>
+      </c>
+      <c r="B84" s="17">
+        <v>46051</v>
       </c>
       <c r="C84" t="s">
-        <v>2419</v>
+        <v>891</v>
       </c>
       <c r="D84" t="s">
-        <v>2420</v>
+        <v>892</v>
       </c>
       <c r="E84" t="s">
-        <v>2421</v>
-[...1 lines deleted...]
-      <c r="F84" s="20">
+        <v>893</v>
+      </c>
+      <c r="F84" s="17">
         <v>45914</v>
       </c>
-      <c r="G84" s="20">
+      <c r="G84" s="17">
         <v>45920</v>
       </c>
       <c r="H84">
         <v>38</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>2422</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>894</v>
+      </c>
+      <c r="B85" s="17">
+        <v>46051</v>
       </c>
       <c r="C85" t="s">
-        <v>2423</v>
+        <v>895</v>
       </c>
       <c r="D85" t="s">
-        <v>2424</v>
+        <v>896</v>
       </c>
       <c r="E85" t="s">
-        <v>2425</v>
-[...1 lines deleted...]
-      <c r="F85" s="20">
+        <v>897</v>
+      </c>
+      <c r="F85" s="17">
         <v>45914</v>
       </c>
-      <c r="G85" s="20">
+      <c r="G85" s="17">
         <v>45920</v>
       </c>
       <c r="H85">
         <v>38</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>2426</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>898</v>
+      </c>
+      <c r="B86" s="17">
+        <v>46051</v>
       </c>
       <c r="C86" t="s">
-        <v>2427</v>
+        <v>899</v>
       </c>
       <c r="D86" t="s">
-        <v>2428</v>
+        <v>900</v>
       </c>
       <c r="E86" t="s">
-        <v>2429</v>
-[...1 lines deleted...]
-      <c r="F86" s="20">
+        <v>901</v>
+      </c>
+      <c r="F86" s="17">
         <v>45921</v>
       </c>
-      <c r="G86" s="20">
+      <c r="G86" s="17">
         <v>45927</v>
       </c>
       <c r="H86">
         <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>2430</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>902</v>
+      </c>
+      <c r="B87" s="17">
+        <v>46051</v>
       </c>
       <c r="C87" t="s">
-        <v>2431</v>
+        <v>903</v>
       </c>
       <c r="D87" t="s">
-        <v>2432</v>
+        <v>904</v>
       </c>
       <c r="E87" t="s">
-        <v>2433</v>
-[...1 lines deleted...]
-      <c r="F87" s="20">
+        <v>905</v>
+      </c>
+      <c r="F87" s="17">
         <v>45921</v>
       </c>
-      <c r="G87" s="20">
+      <c r="G87" s="17">
         <v>45927</v>
       </c>
       <c r="H87">
         <v>39</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>2434</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>906</v>
+      </c>
+      <c r="B88" s="17">
+        <v>46051</v>
       </c>
       <c r="C88" t="s">
-        <v>2435</v>
+        <v>907</v>
       </c>
       <c r="D88" t="s">
-        <v>2436</v>
+        <v>908</v>
       </c>
       <c r="E88" t="s">
-        <v>2437</v>
-[...1 lines deleted...]
-      <c r="F88" s="20">
+        <v>909</v>
+      </c>
+      <c r="F88" s="17">
         <v>45921</v>
       </c>
-      <c r="G88" s="20">
+      <c r="G88" s="17">
         <v>45927</v>
       </c>
       <c r="H88">
         <v>39</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>2438</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>910</v>
+      </c>
+      <c r="B89" s="17">
+        <v>46051</v>
       </c>
       <c r="C89" t="s">
-        <v>2439</v>
+        <v>911</v>
       </c>
       <c r="D89" t="s">
-        <v>2440</v>
+        <v>912</v>
       </c>
       <c r="E89" t="s">
-        <v>2441</v>
-[...1 lines deleted...]
-      <c r="F89" s="20">
+        <v>913</v>
+      </c>
+      <c r="F89" s="17">
         <v>45921</v>
       </c>
-      <c r="G89" s="20">
+      <c r="G89" s="17">
         <v>45927</v>
       </c>
       <c r="H89">
         <v>39</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>2442</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>914</v>
+      </c>
+      <c r="B90" s="17">
+        <v>46051</v>
       </c>
       <c r="C90" t="s">
-        <v>2443</v>
+        <v>915</v>
       </c>
       <c r="D90" t="s">
-        <v>2444</v>
+        <v>916</v>
       </c>
       <c r="E90" t="s">
-        <v>2445</v>
-[...1 lines deleted...]
-      <c r="F90" s="20">
+        <v>917</v>
+      </c>
+      <c r="F90" s="17">
         <v>45921</v>
       </c>
-      <c r="G90" s="20">
+      <c r="G90" s="17">
         <v>45927</v>
       </c>
       <c r="H90">
         <v>39</v>
       </c>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>2446</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>918</v>
+      </c>
+      <c r="B91" s="17">
+        <v>46051</v>
       </c>
       <c r="C91" t="s">
-        <v>2447</v>
+        <v>919</v>
       </c>
       <c r="D91" t="s">
-        <v>2448</v>
+        <v>920</v>
       </c>
       <c r="E91" t="s">
-        <v>2449</v>
-[...1 lines deleted...]
-      <c r="F91" s="20">
+        <v>921</v>
+      </c>
+      <c r="F91" s="17">
         <v>45921</v>
       </c>
-      <c r="G91" s="20">
+      <c r="G91" s="17">
         <v>45927</v>
       </c>
       <c r="H91">
         <v>39</v>
       </c>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>2450</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>922</v>
+      </c>
+      <c r="B92" s="17">
+        <v>46051</v>
       </c>
       <c r="C92" t="s">
-        <v>2451</v>
+        <v>923</v>
       </c>
       <c r="D92" t="s">
-        <v>2452</v>
+        <v>924</v>
       </c>
       <c r="E92" t="s">
-        <v>2453</v>
-[...1 lines deleted...]
-      <c r="F92" s="20">
+        <v>925</v>
+      </c>
+      <c r="F92" s="17">
         <v>45921</v>
       </c>
-      <c r="G92" s="20">
+      <c r="G92" s="17">
         <v>45927</v>
       </c>
       <c r="H92">
         <v>39</v>
       </c>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>2454</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>926</v>
+      </c>
+      <c r="B93" s="17">
+        <v>46051</v>
       </c>
       <c r="C93" t="s">
-        <v>2455</v>
+        <v>927</v>
       </c>
       <c r="D93" t="s">
-        <v>2456</v>
+        <v>928</v>
       </c>
       <c r="E93" t="s">
-        <v>2457</v>
-[...1 lines deleted...]
-      <c r="F93" s="20">
+        <v>929</v>
+      </c>
+      <c r="F93" s="17">
         <v>45928</v>
       </c>
-      <c r="G93" s="20">
+      <c r="G93" s="17">
         <v>45934</v>
       </c>
       <c r="H93">
         <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>2458</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>930</v>
+      </c>
+      <c r="B94" s="17">
+        <v>46051</v>
       </c>
       <c r="C94" t="s">
-        <v>2459</v>
+        <v>931</v>
       </c>
       <c r="D94" t="s">
-        <v>2460</v>
+        <v>932</v>
       </c>
       <c r="E94" t="s">
-        <v>2461</v>
-[...1 lines deleted...]
-      <c r="F94" s="20">
+        <v>933</v>
+      </c>
+      <c r="F94" s="17">
         <v>45928</v>
       </c>
-      <c r="G94" s="20">
+      <c r="G94" s="17">
         <v>45934</v>
       </c>
       <c r="H94">
         <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>2462</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>934</v>
+      </c>
+      <c r="B95" s="17">
+        <v>46051</v>
       </c>
       <c r="C95" t="s">
-        <v>2463</v>
+        <v>935</v>
       </c>
       <c r="D95" t="s">
-        <v>2464</v>
+        <v>936</v>
       </c>
       <c r="E95" t="s">
-        <v>2465</v>
-[...1 lines deleted...]
-      <c r="F95" s="20">
+        <v>937</v>
+      </c>
+      <c r="F95" s="17">
         <v>45928</v>
       </c>
-      <c r="G95" s="20">
+      <c r="G95" s="17">
         <v>45934</v>
       </c>
       <c r="H95">
         <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>2466</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>938</v>
+      </c>
+      <c r="B96" s="17">
+        <v>46051</v>
       </c>
       <c r="C96" t="s">
-        <v>2467</v>
+        <v>939</v>
       </c>
       <c r="D96" t="s">
-        <v>2468</v>
+        <v>940</v>
       </c>
       <c r="E96" t="s">
-        <v>2469</v>
-[...1 lines deleted...]
-      <c r="F96" s="20">
+        <v>941</v>
+      </c>
+      <c r="F96" s="17">
         <v>45928</v>
       </c>
-      <c r="G96" s="20">
+      <c r="G96" s="17">
         <v>45934</v>
       </c>
       <c r="H96">
         <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>2470</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>942</v>
+      </c>
+      <c r="B97" s="17">
+        <v>46051</v>
       </c>
       <c r="C97" t="s">
-        <v>2471</v>
+        <v>943</v>
       </c>
       <c r="D97" t="s">
-        <v>2472</v>
+        <v>944</v>
       </c>
       <c r="E97" t="s">
-        <v>2473</v>
-[...1 lines deleted...]
-      <c r="F97" s="20">
+        <v>945</v>
+      </c>
+      <c r="F97" s="17">
         <v>45928</v>
       </c>
-      <c r="G97" s="20">
+      <c r="G97" s="17">
         <v>45934</v>
       </c>
       <c r="H97">
         <v>40</v>
       </c>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>2474</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>946</v>
+      </c>
+      <c r="B98" s="17">
+        <v>46051</v>
       </c>
       <c r="C98" t="s">
-        <v>2475</v>
+        <v>947</v>
       </c>
       <c r="D98" t="s">
-        <v>2476</v>
+        <v>948</v>
       </c>
       <c r="E98" t="s">
-        <v>2477</v>
-[...1 lines deleted...]
-      <c r="F98" s="20">
+        <v>949</v>
+      </c>
+      <c r="F98" s="17">
         <v>45928</v>
       </c>
-      <c r="G98" s="20">
+      <c r="G98" s="17">
         <v>45934</v>
       </c>
       <c r="H98">
         <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>2478</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>950</v>
+      </c>
+      <c r="B99" s="17">
+        <v>46051</v>
       </c>
       <c r="C99" t="s">
-        <v>2479</v>
+        <v>951</v>
       </c>
       <c r="D99" t="s">
-        <v>2480</v>
+        <v>952</v>
       </c>
       <c r="E99" t="s">
-        <v>2481</v>
-[...1 lines deleted...]
-      <c r="F99" s="20">
+        <v>953</v>
+      </c>
+      <c r="F99" s="17">
         <v>45928</v>
       </c>
-      <c r="G99" s="20">
+      <c r="G99" s="17">
         <v>45934</v>
       </c>
       <c r="H99">
         <v>40</v>
       </c>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>2482</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>954</v>
+      </c>
+      <c r="B100" s="17">
+        <v>46051</v>
       </c>
       <c r="C100" t="s">
-        <v>2483</v>
+        <v>955</v>
       </c>
       <c r="D100" t="s">
-        <v>2484</v>
+        <v>956</v>
       </c>
       <c r="E100" t="s">
-        <v>2485</v>
-[...1 lines deleted...]
-      <c r="F100" s="20">
+        <v>957</v>
+      </c>
+      <c r="F100" s="17">
         <v>45935</v>
       </c>
-      <c r="G100" s="20">
+      <c r="G100" s="17">
         <v>45941</v>
       </c>
       <c r="H100">
         <v>41</v>
       </c>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>2486</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>958</v>
+      </c>
+      <c r="B101" s="17">
+        <v>46051</v>
       </c>
       <c r="C101" t="s">
-        <v>2487</v>
+        <v>959</v>
       </c>
       <c r="D101" t="s">
-        <v>2488</v>
+        <v>960</v>
       </c>
       <c r="E101" t="s">
-        <v>2489</v>
-[...1 lines deleted...]
-      <c r="F101" s="20">
+        <v>961</v>
+      </c>
+      <c r="F101" s="17">
         <v>45935</v>
       </c>
-      <c r="G101" s="20">
+      <c r="G101" s="17">
         <v>45941</v>
       </c>
       <c r="H101">
         <v>41</v>
       </c>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>2490</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>962</v>
+      </c>
+      <c r="B102" s="17">
+        <v>46051</v>
       </c>
       <c r="C102" t="s">
-        <v>2491</v>
+        <v>963</v>
       </c>
       <c r="D102" t="s">
-        <v>2492</v>
+        <v>964</v>
       </c>
       <c r="E102" t="s">
-        <v>2493</v>
-[...1 lines deleted...]
-      <c r="F102" s="20">
+        <v>965</v>
+      </c>
+      <c r="F102" s="17">
         <v>45935</v>
       </c>
-      <c r="G102" s="20">
+      <c r="G102" s="17">
         <v>45941</v>
       </c>
       <c r="H102">
         <v>41</v>
       </c>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>2494</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>966</v>
+      </c>
+      <c r="B103" s="17">
+        <v>46051</v>
       </c>
       <c r="C103" t="s">
-        <v>2495</v>
+        <v>967</v>
       </c>
       <c r="D103" t="s">
-        <v>2496</v>
+        <v>968</v>
       </c>
       <c r="E103" t="s">
-        <v>2497</v>
-[...1 lines deleted...]
-      <c r="F103" s="20">
+        <v>969</v>
+      </c>
+      <c r="F103" s="17">
         <v>45935</v>
       </c>
-      <c r="G103" s="20">
+      <c r="G103" s="17">
         <v>45941</v>
       </c>
       <c r="H103">
         <v>41</v>
       </c>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>2498</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>970</v>
+      </c>
+      <c r="B104" s="17">
+        <v>46051</v>
       </c>
       <c r="C104" t="s">
-        <v>2499</v>
+        <v>971</v>
       </c>
       <c r="D104" t="s">
-        <v>2500</v>
+        <v>972</v>
       </c>
       <c r="E104" t="s">
-        <v>2501</v>
-[...1 lines deleted...]
-      <c r="F104" s="20">
+        <v>973</v>
+      </c>
+      <c r="F104" s="17">
         <v>45935</v>
       </c>
-      <c r="G104" s="20">
+      <c r="G104" s="17">
         <v>45941</v>
       </c>
       <c r="H104">
         <v>41</v>
       </c>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>2502</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>974</v>
+      </c>
+      <c r="B105" s="17">
+        <v>46051</v>
       </c>
       <c r="C105" t="s">
-        <v>2503</v>
+        <v>975</v>
       </c>
       <c r="D105" t="s">
-        <v>2504</v>
+        <v>976</v>
       </c>
       <c r="E105" t="s">
-        <v>2505</v>
-[...1 lines deleted...]
-      <c r="F105" s="20">
+        <v>977</v>
+      </c>
+      <c r="F105" s="17">
         <v>45935</v>
       </c>
-      <c r="G105" s="20">
+      <c r="G105" s="17">
         <v>45941</v>
       </c>
       <c r="H105">
         <v>41</v>
       </c>
     </row>
     <row r="106" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>978</v>
+      </c>
+      <c r="B106" s="17">
+        <v>46051</v>
       </c>
       <c r="C106" t="s">
-        <v>2507</v>
+        <v>979</v>
       </c>
       <c r="D106" t="s">
-        <v>2508</v>
+        <v>980</v>
       </c>
       <c r="E106" t="s">
-        <v>2509</v>
-[...1 lines deleted...]
-      <c r="F106" s="20">
+        <v>981</v>
+      </c>
+      <c r="F106" s="17">
         <v>45935</v>
       </c>
-      <c r="G106" s="20">
+      <c r="G106" s="17">
         <v>45941</v>
       </c>
       <c r="H106">
         <v>41</v>
       </c>
     </row>
     <row r="107" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>2510</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>982</v>
+      </c>
+      <c r="B107" s="17">
+        <v>46051</v>
       </c>
       <c r="C107" t="s">
-        <v>2511</v>
+        <v>983</v>
       </c>
       <c r="D107" t="s">
-        <v>2512</v>
+        <v>984</v>
       </c>
       <c r="E107" t="s">
-        <v>2513</v>
-[...1 lines deleted...]
-      <c r="F107" s="20">
+        <v>985</v>
+      </c>
+      <c r="F107" s="17">
         <v>45942</v>
       </c>
-      <c r="G107" s="20">
+      <c r="G107" s="17">
         <v>45948</v>
       </c>
       <c r="H107">
         <v>42</v>
       </c>
     </row>
     <row r="108" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>2514</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>986</v>
+      </c>
+      <c r="B108" s="17">
+        <v>46051</v>
       </c>
       <c r="C108" t="s">
-        <v>2515</v>
+        <v>987</v>
       </c>
       <c r="D108" t="s">
-        <v>2516</v>
+        <v>988</v>
       </c>
       <c r="E108" t="s">
-        <v>2517</v>
-[...1 lines deleted...]
-      <c r="F108" s="20">
+        <v>989</v>
+      </c>
+      <c r="F108" s="17">
         <v>45942</v>
       </c>
-      <c r="G108" s="20">
+      <c r="G108" s="17">
         <v>45948</v>
       </c>
       <c r="H108">
         <v>42</v>
       </c>
     </row>
     <row r="109" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>2518</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>990</v>
+      </c>
+      <c r="B109" s="17">
+        <v>46051</v>
       </c>
       <c r="C109" t="s">
-        <v>2519</v>
+        <v>991</v>
       </c>
       <c r="D109" t="s">
-        <v>2520</v>
+        <v>992</v>
       </c>
       <c r="E109" t="s">
-        <v>2521</v>
-[...1 lines deleted...]
-      <c r="F109" s="20">
+        <v>993</v>
+      </c>
+      <c r="F109" s="17">
         <v>45942</v>
       </c>
-      <c r="G109" s="20">
+      <c r="G109" s="17">
         <v>45948</v>
       </c>
       <c r="H109">
         <v>42</v>
       </c>
     </row>
     <row r="110" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>2522</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>994</v>
+      </c>
+      <c r="B110" s="17">
+        <v>46051</v>
       </c>
       <c r="C110" t="s">
-        <v>2523</v>
+        <v>995</v>
       </c>
       <c r="D110" t="s">
-        <v>2524</v>
+        <v>996</v>
       </c>
       <c r="E110" t="s">
-        <v>2525</v>
-[...1 lines deleted...]
-      <c r="F110" s="20">
+        <v>997</v>
+      </c>
+      <c r="F110" s="17">
         <v>45942</v>
       </c>
-      <c r="G110" s="20">
+      <c r="G110" s="17">
         <v>45948</v>
       </c>
       <c r="H110">
         <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>2526</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>998</v>
+      </c>
+      <c r="B111" s="17">
+        <v>46051</v>
       </c>
       <c r="C111" t="s">
-        <v>2527</v>
+        <v>999</v>
       </c>
       <c r="D111" t="s">
-        <v>2528</v>
+        <v>1000</v>
       </c>
       <c r="E111" t="s">
-        <v>2529</v>
-[...1 lines deleted...]
-      <c r="F111" s="20">
+        <v>1001</v>
+      </c>
+      <c r="F111" s="17">
         <v>45942</v>
       </c>
-      <c r="G111" s="20">
+      <c r="G111" s="17">
         <v>45948</v>
       </c>
       <c r="H111">
         <v>42</v>
       </c>
     </row>
     <row r="112" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>2530</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1002</v>
+      </c>
+      <c r="B112" s="17">
+        <v>46051</v>
       </c>
       <c r="C112" t="s">
-        <v>2531</v>
+        <v>1003</v>
       </c>
       <c r="D112" t="s">
-        <v>2532</v>
+        <v>1004</v>
       </c>
       <c r="E112" t="s">
-        <v>2533</v>
-[...1 lines deleted...]
-      <c r="F112" s="20">
+        <v>1005</v>
+      </c>
+      <c r="F112" s="17">
         <v>45942</v>
       </c>
-      <c r="G112" s="20">
+      <c r="G112" s="17">
         <v>45948</v>
       </c>
       <c r="H112">
         <v>42</v>
       </c>
     </row>
     <row r="113" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>2534</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1006</v>
+      </c>
+      <c r="B113" s="17">
+        <v>46051</v>
       </c>
       <c r="C113" t="s">
-        <v>2535</v>
+        <v>1007</v>
       </c>
       <c r="D113" t="s">
-        <v>2536</v>
+        <v>1008</v>
       </c>
       <c r="E113" t="s">
-        <v>2537</v>
-[...1 lines deleted...]
-      <c r="F113" s="20">
+        <v>1009</v>
+      </c>
+      <c r="F113" s="17">
         <v>45942</v>
       </c>
-      <c r="G113" s="20">
+      <c r="G113" s="17">
         <v>45948</v>
       </c>
       <c r="H113">
         <v>42</v>
       </c>
     </row>
     <row r="114" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>2538</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1010</v>
+      </c>
+      <c r="B114" s="17">
+        <v>46051</v>
       </c>
       <c r="C114" t="s">
-        <v>2539</v>
+        <v>1011</v>
       </c>
       <c r="D114" t="s">
-        <v>2540</v>
+        <v>1012</v>
       </c>
       <c r="E114" t="s">
-        <v>2541</v>
-[...1 lines deleted...]
-      <c r="F114" s="20">
+        <v>1013</v>
+      </c>
+      <c r="F114" s="17">
         <v>45949</v>
       </c>
-      <c r="G114" s="20">
+      <c r="G114" s="17">
         <v>45955</v>
       </c>
       <c r="H114">
         <v>43</v>
       </c>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>2542</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1014</v>
+      </c>
+      <c r="B115" s="17">
+        <v>46051</v>
       </c>
       <c r="C115" t="s">
-        <v>2543</v>
+        <v>1015</v>
       </c>
       <c r="D115" t="s">
-        <v>2544</v>
+        <v>1016</v>
       </c>
       <c r="E115" t="s">
-        <v>2545</v>
-[...1 lines deleted...]
-      <c r="F115" s="20">
+        <v>1017</v>
+      </c>
+      <c r="F115" s="17">
         <v>45949</v>
       </c>
-      <c r="G115" s="20">
+      <c r="G115" s="17">
         <v>45955</v>
       </c>
       <c r="H115">
         <v>43</v>
       </c>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>2546</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1018</v>
+      </c>
+      <c r="B116" s="17">
+        <v>46051</v>
       </c>
       <c r="C116" t="s">
-        <v>2547</v>
+        <v>1019</v>
       </c>
       <c r="D116" t="s">
-        <v>2548</v>
+        <v>1020</v>
       </c>
       <c r="E116" t="s">
-        <v>2549</v>
-[...1 lines deleted...]
-      <c r="F116" s="20">
+        <v>1021</v>
+      </c>
+      <c r="F116" s="17">
         <v>45949</v>
       </c>
-      <c r="G116" s="20">
+      <c r="G116" s="17">
         <v>45955</v>
       </c>
       <c r="H116">
         <v>43</v>
       </c>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>2550</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1022</v>
+      </c>
+      <c r="B117" s="17">
+        <v>46051</v>
       </c>
       <c r="C117" t="s">
-        <v>2551</v>
+        <v>1023</v>
       </c>
       <c r="D117" t="s">
-        <v>2552</v>
+        <v>1024</v>
       </c>
       <c r="E117" t="s">
-        <v>2553</v>
-[...1 lines deleted...]
-      <c r="F117" s="20">
+        <v>1025</v>
+      </c>
+      <c r="F117" s="17">
         <v>45949</v>
       </c>
-      <c r="G117" s="20">
+      <c r="G117" s="17">
         <v>45955</v>
       </c>
       <c r="H117">
         <v>43</v>
       </c>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>2554</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1026</v>
+      </c>
+      <c r="B118" s="17">
+        <v>46051</v>
       </c>
       <c r="C118" t="s">
-        <v>2555</v>
+        <v>1027</v>
       </c>
       <c r="D118" t="s">
-        <v>2556</v>
+        <v>1028</v>
       </c>
       <c r="E118" t="s">
-        <v>2557</v>
-[...1 lines deleted...]
-      <c r="F118" s="20">
+        <v>1029</v>
+      </c>
+      <c r="F118" s="17">
         <v>45949</v>
       </c>
-      <c r="G118" s="20">
+      <c r="G118" s="17">
         <v>45955</v>
       </c>
       <c r="H118">
         <v>43</v>
       </c>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>2558</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1030</v>
+      </c>
+      <c r="B119" s="17">
+        <v>46051</v>
       </c>
       <c r="C119" t="s">
-        <v>2559</v>
+        <v>1031</v>
       </c>
       <c r="D119" t="s">
-        <v>2560</v>
+        <v>1032</v>
       </c>
       <c r="E119" t="s">
-        <v>2561</v>
-[...1 lines deleted...]
-      <c r="F119" s="20">
+        <v>1033</v>
+      </c>
+      <c r="F119" s="17">
         <v>45949</v>
       </c>
-      <c r="G119" s="20">
+      <c r="G119" s="17">
         <v>45955</v>
       </c>
       <c r="H119">
         <v>43</v>
       </c>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>2562</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1034</v>
+      </c>
+      <c r="B120" s="17">
+        <v>46051</v>
       </c>
       <c r="C120" t="s">
-        <v>2563</v>
+        <v>1035</v>
       </c>
       <c r="D120" t="s">
-        <v>2564</v>
+        <v>1036</v>
       </c>
       <c r="E120" t="s">
-        <v>2565</v>
-[...1 lines deleted...]
-      <c r="F120" s="20">
+        <v>1037</v>
+      </c>
+      <c r="F120" s="17">
         <v>45949</v>
       </c>
-      <c r="G120" s="20">
+      <c r="G120" s="17">
         <v>45955</v>
       </c>
       <c r="H120">
         <v>43</v>
       </c>
     </row>
     <row r="121" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>2566</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1038</v>
+      </c>
+      <c r="B121" s="17">
+        <v>46051</v>
       </c>
       <c r="C121" t="s">
-        <v>2567</v>
+        <v>1039</v>
       </c>
       <c r="D121" t="s">
-        <v>2568</v>
+        <v>1040</v>
       </c>
       <c r="E121" t="s">
-        <v>2569</v>
-[...1 lines deleted...]
-      <c r="F121" s="20">
+        <v>1041</v>
+      </c>
+      <c r="F121" s="17">
         <v>45956</v>
       </c>
-      <c r="G121" s="20">
+      <c r="G121" s="17">
         <v>45962</v>
       </c>
       <c r="H121">
         <v>44</v>
       </c>
     </row>
     <row r="122" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>2570</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1042</v>
+      </c>
+      <c r="B122" s="17">
+        <v>46051</v>
       </c>
       <c r="C122" t="s">
-        <v>2571</v>
+        <v>1043</v>
       </c>
       <c r="D122" t="s">
-        <v>2572</v>
+        <v>1044</v>
       </c>
       <c r="E122" t="s">
-        <v>2573</v>
-[...1 lines deleted...]
-      <c r="F122" s="20">
+        <v>1045</v>
+      </c>
+      <c r="F122" s="17">
         <v>45956</v>
       </c>
-      <c r="G122" s="20">
+      <c r="G122" s="17">
         <v>45962</v>
       </c>
       <c r="H122">
         <v>44</v>
       </c>
     </row>
     <row r="123" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>2574</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1046</v>
+      </c>
+      <c r="B123" s="17">
+        <v>46051</v>
       </c>
       <c r="C123" t="s">
-        <v>2575</v>
+        <v>1047</v>
       </c>
       <c r="D123" t="s">
-        <v>2576</v>
+        <v>1048</v>
       </c>
       <c r="E123" t="s">
-        <v>2577</v>
-[...1 lines deleted...]
-      <c r="F123" s="20">
+        <v>1049</v>
+      </c>
+      <c r="F123" s="17">
         <v>45956</v>
       </c>
-      <c r="G123" s="20">
+      <c r="G123" s="17">
         <v>45962</v>
       </c>
       <c r="H123">
         <v>44</v>
       </c>
     </row>
     <row r="124" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>2578</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1050</v>
+      </c>
+      <c r="B124" s="17">
+        <v>46051</v>
       </c>
       <c r="C124" t="s">
-        <v>2579</v>
+        <v>1051</v>
       </c>
       <c r="D124" t="s">
-        <v>2580</v>
+        <v>1052</v>
       </c>
       <c r="E124" t="s">
-        <v>2581</v>
-[...1 lines deleted...]
-      <c r="F124" s="20">
+        <v>1053</v>
+      </c>
+      <c r="F124" s="17">
         <v>45956</v>
       </c>
-      <c r="G124" s="20">
+      <c r="G124" s="17">
         <v>45962</v>
       </c>
       <c r="H124">
         <v>44</v>
       </c>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>2582</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1054</v>
+      </c>
+      <c r="B125" s="17">
+        <v>46051</v>
       </c>
       <c r="C125" t="s">
-        <v>2583</v>
+        <v>1055</v>
       </c>
       <c r="D125" t="s">
-        <v>2584</v>
+        <v>1056</v>
       </c>
       <c r="E125" t="s">
-        <v>2585</v>
-[...1 lines deleted...]
-      <c r="F125" s="20">
+        <v>1057</v>
+      </c>
+      <c r="F125" s="17">
         <v>45956</v>
       </c>
-      <c r="G125" s="20">
+      <c r="G125" s="17">
         <v>45962</v>
       </c>
       <c r="H125">
         <v>44</v>
       </c>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>2586</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1058</v>
+      </c>
+      <c r="B126" s="17">
+        <v>46051</v>
       </c>
       <c r="C126" t="s">
-        <v>2587</v>
+        <v>1059</v>
       </c>
       <c r="D126" t="s">
-        <v>2588</v>
+        <v>1060</v>
       </c>
       <c r="E126" t="s">
-        <v>2589</v>
-[...1 lines deleted...]
-      <c r="F126" s="20">
+        <v>1061</v>
+      </c>
+      <c r="F126" s="17">
         <v>45956</v>
       </c>
-      <c r="G126" s="20">
+      <c r="G126" s="17">
         <v>45962</v>
       </c>
       <c r="H126">
         <v>44</v>
       </c>
     </row>
     <row r="127" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>2590</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1062</v>
+      </c>
+      <c r="B127" s="17">
+        <v>46051</v>
       </c>
       <c r="C127" t="s">
-        <v>2591</v>
+        <v>1063</v>
       </c>
       <c r="D127" t="s">
-        <v>2592</v>
+        <v>1064</v>
       </c>
       <c r="E127" t="s">
-        <v>2593</v>
-[...1 lines deleted...]
-      <c r="F127" s="20">
+        <v>1065</v>
+      </c>
+      <c r="F127" s="17">
         <v>45956</v>
       </c>
-      <c r="G127" s="20">
+      <c r="G127" s="17">
         <v>45962</v>
       </c>
       <c r="H127">
         <v>44</v>
       </c>
     </row>
     <row r="128" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>2594</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1066</v>
+      </c>
+      <c r="B128" s="17">
+        <v>46051</v>
       </c>
       <c r="C128" t="s">
-        <v>2595</v>
+        <v>1067</v>
       </c>
       <c r="D128" t="s">
-        <v>2596</v>
+        <v>1068</v>
       </c>
       <c r="E128" t="s">
-        <v>2597</v>
-[...1 lines deleted...]
-      <c r="F128" s="20">
+        <v>1069</v>
+      </c>
+      <c r="F128" s="17">
         <v>45963</v>
       </c>
-      <c r="G128" s="20">
+      <c r="G128" s="17">
         <v>45969</v>
       </c>
       <c r="H128">
         <v>45</v>
       </c>
     </row>
     <row r="129" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>2598</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1070</v>
+      </c>
+      <c r="B129" s="17">
+        <v>46051</v>
       </c>
       <c r="C129" t="s">
-        <v>2599</v>
+        <v>1071</v>
       </c>
       <c r="D129" t="s">
-        <v>2600</v>
+        <v>1072</v>
       </c>
       <c r="E129" t="s">
-        <v>2601</v>
-[...1 lines deleted...]
-      <c r="F129" s="20">
+        <v>1073</v>
+      </c>
+      <c r="F129" s="17">
         <v>45963</v>
       </c>
-      <c r="G129" s="20">
+      <c r="G129" s="17">
         <v>45969</v>
       </c>
       <c r="H129">
         <v>45</v>
       </c>
     </row>
     <row r="130" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>2602</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1074</v>
+      </c>
+      <c r="B130" s="17">
+        <v>46051</v>
       </c>
       <c r="C130" t="s">
-        <v>2603</v>
+        <v>1075</v>
       </c>
       <c r="D130" t="s">
-        <v>2604</v>
+        <v>1076</v>
       </c>
       <c r="E130" t="s">
-        <v>2605</v>
-[...1 lines deleted...]
-      <c r="F130" s="20">
+        <v>1077</v>
+      </c>
+      <c r="F130" s="17">
         <v>45963</v>
       </c>
-      <c r="G130" s="20">
+      <c r="G130" s="17">
         <v>45969</v>
       </c>
       <c r="H130">
         <v>45</v>
       </c>
     </row>
     <row r="131" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>2606</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1078</v>
+      </c>
+      <c r="B131" s="17">
+        <v>46051</v>
       </c>
       <c r="C131" t="s">
-        <v>2607</v>
+        <v>1079</v>
       </c>
       <c r="D131" t="s">
-        <v>2608</v>
+        <v>1080</v>
       </c>
       <c r="E131" t="s">
-        <v>2609</v>
-[...1 lines deleted...]
-      <c r="F131" s="20">
+        <v>1081</v>
+      </c>
+      <c r="F131" s="17">
         <v>45963</v>
       </c>
-      <c r="G131" s="20">
+      <c r="G131" s="17">
         <v>45969</v>
       </c>
       <c r="H131">
         <v>45</v>
       </c>
     </row>
     <row r="132" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>2610</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1082</v>
+      </c>
+      <c r="B132" s="17">
+        <v>46051</v>
       </c>
       <c r="C132" t="s">
-        <v>2611</v>
+        <v>1083</v>
       </c>
       <c r="D132" t="s">
-        <v>2612</v>
+        <v>1084</v>
       </c>
       <c r="E132" t="s">
-        <v>2613</v>
-[...1 lines deleted...]
-      <c r="F132" s="20">
+        <v>1085</v>
+      </c>
+      <c r="F132" s="17">
         <v>45963</v>
       </c>
-      <c r="G132" s="20">
+      <c r="G132" s="17">
         <v>45969</v>
       </c>
       <c r="H132">
         <v>45</v>
       </c>
     </row>
     <row r="133" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>2614</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1086</v>
+      </c>
+      <c r="B133" s="17">
+        <v>46051</v>
       </c>
       <c r="C133" t="s">
-        <v>2615</v>
+        <v>1087</v>
       </c>
       <c r="D133" t="s">
-        <v>2616</v>
+        <v>1088</v>
       </c>
       <c r="E133" t="s">
-        <v>2617</v>
-[...1 lines deleted...]
-      <c r="F133" s="20">
+        <v>1089</v>
+      </c>
+      <c r="F133" s="17">
         <v>45963</v>
       </c>
-      <c r="G133" s="20">
+      <c r="G133" s="17">
         <v>45969</v>
       </c>
       <c r="H133">
         <v>45</v>
       </c>
     </row>
     <row r="134" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>2618</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1090</v>
+      </c>
+      <c r="B134" s="17">
+        <v>46051</v>
       </c>
       <c r="C134" t="s">
-        <v>2619</v>
+        <v>1091</v>
       </c>
       <c r="D134" t="s">
-        <v>2620</v>
+        <v>1092</v>
       </c>
       <c r="E134" t="s">
-        <v>2621</v>
-[...1 lines deleted...]
-      <c r="F134" s="20">
+        <v>1093</v>
+      </c>
+      <c r="F134" s="17">
         <v>45963</v>
       </c>
-      <c r="G134" s="20">
+      <c r="G134" s="17">
         <v>45969</v>
       </c>
       <c r="H134">
         <v>45</v>
       </c>
     </row>
     <row r="135" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>2622</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1094</v>
+      </c>
+      <c r="B135" s="17">
+        <v>46051</v>
       </c>
       <c r="C135" t="s">
-        <v>2623</v>
+        <v>1095</v>
       </c>
       <c r="D135" t="s">
-        <v>2624</v>
+        <v>1096</v>
       </c>
       <c r="E135" t="s">
-        <v>2625</v>
-[...1 lines deleted...]
-      <c r="F135" s="20">
+        <v>1097</v>
+      </c>
+      <c r="F135" s="17">
         <v>45970</v>
       </c>
-      <c r="G135" s="20">
+      <c r="G135" s="17">
         <v>45976</v>
       </c>
       <c r="H135">
         <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>2626</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1098</v>
+      </c>
+      <c r="B136" s="17">
+        <v>46051</v>
       </c>
       <c r="C136" t="s">
-        <v>2627</v>
+        <v>1099</v>
       </c>
       <c r="D136" t="s">
-        <v>2628</v>
+        <v>1100</v>
       </c>
       <c r="E136" t="s">
-        <v>2629</v>
-[...1 lines deleted...]
-      <c r="F136" s="20">
+        <v>1101</v>
+      </c>
+      <c r="F136" s="17">
         <v>45970</v>
       </c>
-      <c r="G136" s="20">
+      <c r="G136" s="17">
         <v>45976</v>
       </c>
       <c r="H136">
         <v>46</v>
       </c>
     </row>
     <row r="137" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>2630</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1102</v>
+      </c>
+      <c r="B137" s="17">
+        <v>46051</v>
       </c>
       <c r="C137" t="s">
-        <v>2631</v>
+        <v>1103</v>
       </c>
       <c r="D137" t="s">
-        <v>2632</v>
+        <v>1104</v>
       </c>
       <c r="E137" t="s">
-        <v>2633</v>
-[...1 lines deleted...]
-      <c r="F137" s="20">
+        <v>1105</v>
+      </c>
+      <c r="F137" s="17">
         <v>45970</v>
       </c>
-      <c r="G137" s="20">
+      <c r="G137" s="17">
         <v>45976</v>
       </c>
       <c r="H137">
         <v>46</v>
       </c>
     </row>
     <row r="138" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>2634</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1106</v>
+      </c>
+      <c r="B138" s="17">
+        <v>46051</v>
       </c>
       <c r="C138" t="s">
-        <v>2635</v>
+        <v>1107</v>
       </c>
       <c r="D138" t="s">
-        <v>2636</v>
+        <v>1108</v>
       </c>
       <c r="E138" t="s">
-        <v>2637</v>
-[...1 lines deleted...]
-      <c r="F138" s="20">
+        <v>1109</v>
+      </c>
+      <c r="F138" s="17">
         <v>45970</v>
       </c>
-      <c r="G138" s="20">
+      <c r="G138" s="17">
         <v>45976</v>
       </c>
       <c r="H138">
         <v>46</v>
       </c>
     </row>
     <row r="139" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>2638</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1110</v>
+      </c>
+      <c r="B139" s="17">
+        <v>46051</v>
       </c>
       <c r="C139" t="s">
-        <v>2639</v>
+        <v>1111</v>
       </c>
       <c r="D139" t="s">
-        <v>2640</v>
+        <v>1112</v>
       </c>
       <c r="E139" t="s">
-        <v>2641</v>
-[...1 lines deleted...]
-      <c r="F139" s="20">
+        <v>1113</v>
+      </c>
+      <c r="F139" s="17">
         <v>45970</v>
       </c>
-      <c r="G139" s="20">
+      <c r="G139" s="17">
         <v>45976</v>
       </c>
       <c r="H139">
         <v>46</v>
       </c>
     </row>
     <row r="140" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>2642</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1114</v>
+      </c>
+      <c r="B140" s="17">
+        <v>46051</v>
       </c>
       <c r="C140" t="s">
-        <v>2643</v>
+        <v>1115</v>
       </c>
       <c r="D140" t="s">
-        <v>2644</v>
+        <v>1116</v>
       </c>
       <c r="E140" t="s">
-        <v>2645</v>
-[...1 lines deleted...]
-      <c r="F140" s="20">
+        <v>1117</v>
+      </c>
+      <c r="F140" s="17">
         <v>45970</v>
       </c>
-      <c r="G140" s="20">
+      <c r="G140" s="17">
         <v>45976</v>
       </c>
       <c r="H140">
         <v>46</v>
       </c>
     </row>
     <row r="141" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>2646</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1118</v>
+      </c>
+      <c r="B141" s="17">
+        <v>46051</v>
       </c>
       <c r="C141" t="s">
-        <v>2647</v>
+        <v>1119</v>
       </c>
       <c r="D141" t="s">
-        <v>2648</v>
+        <v>1120</v>
       </c>
       <c r="E141" t="s">
-        <v>2649</v>
-[...1 lines deleted...]
-      <c r="F141" s="20">
+        <v>1121</v>
+      </c>
+      <c r="F141" s="17">
         <v>45970</v>
       </c>
-      <c r="G141" s="20">
+      <c r="G141" s="17">
         <v>45976</v>
       </c>
       <c r="H141">
         <v>46</v>
       </c>
     </row>
     <row r="142" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>2650</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1122</v>
+      </c>
+      <c r="B142" s="17">
+        <v>46051</v>
       </c>
       <c r="C142" t="s">
-        <v>2651</v>
+        <v>1123</v>
       </c>
       <c r="D142" t="s">
-        <v>2652</v>
+        <v>1124</v>
       </c>
       <c r="E142" t="s">
-        <v>2653</v>
-[...1 lines deleted...]
-      <c r="F142" s="20">
+        <v>1125</v>
+      </c>
+      <c r="F142" s="17">
         <v>45977</v>
       </c>
-      <c r="G142" s="20">
+      <c r="G142" s="17">
         <v>45983</v>
       </c>
       <c r="H142">
         <v>47</v>
       </c>
     </row>
     <row r="143" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>2654</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1126</v>
+      </c>
+      <c r="B143" s="17">
+        <v>46051</v>
       </c>
       <c r="C143" t="s">
-        <v>2655</v>
+        <v>1127</v>
       </c>
       <c r="D143" t="s">
-        <v>2656</v>
+        <v>1128</v>
       </c>
       <c r="E143" t="s">
-        <v>2657</v>
-[...1 lines deleted...]
-      <c r="F143" s="20">
+        <v>1129</v>
+      </c>
+      <c r="F143" s="17">
         <v>45977</v>
       </c>
-      <c r="G143" s="20">
+      <c r="G143" s="17">
         <v>45983</v>
       </c>
       <c r="H143">
         <v>47</v>
       </c>
     </row>
     <row r="144" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>2658</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1130</v>
+      </c>
+      <c r="B144" s="17">
+        <v>46051</v>
       </c>
       <c r="C144" t="s">
-        <v>2659</v>
+        <v>1131</v>
       </c>
       <c r="D144" t="s">
-        <v>2660</v>
+        <v>1132</v>
       </c>
       <c r="E144" t="s">
-        <v>2661</v>
-[...1 lines deleted...]
-      <c r="F144" s="20">
+        <v>1133</v>
+      </c>
+      <c r="F144" s="17">
         <v>45977</v>
       </c>
-      <c r="G144" s="20">
+      <c r="G144" s="17">
         <v>45983</v>
       </c>
       <c r="H144">
         <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>2662</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1134</v>
+      </c>
+      <c r="B145" s="17">
+        <v>46051</v>
       </c>
       <c r="C145" t="s">
-        <v>2663</v>
+        <v>1135</v>
       </c>
       <c r="D145" t="s">
-        <v>2664</v>
+        <v>1136</v>
       </c>
       <c r="E145" t="s">
-        <v>2665</v>
-[...1 lines deleted...]
-      <c r="F145" s="20">
+        <v>1137</v>
+      </c>
+      <c r="F145" s="17">
         <v>45977</v>
       </c>
-      <c r="G145" s="20">
+      <c r="G145" s="17">
         <v>45983</v>
       </c>
       <c r="H145">
         <v>47</v>
       </c>
     </row>
     <row r="146" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>2666</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1138</v>
+      </c>
+      <c r="B146" s="17">
+        <v>46051</v>
       </c>
       <c r="C146" t="s">
-        <v>2667</v>
+        <v>1139</v>
       </c>
       <c r="D146" t="s">
-        <v>2668</v>
+        <v>1140</v>
       </c>
       <c r="E146" t="s">
-        <v>2669</v>
-[...1 lines deleted...]
-      <c r="F146" s="20">
+        <v>1141</v>
+      </c>
+      <c r="F146" s="17">
         <v>45977</v>
       </c>
-      <c r="G146" s="20">
+      <c r="G146" s="17">
         <v>45983</v>
       </c>
       <c r="H146">
         <v>47</v>
       </c>
     </row>
     <row r="147" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>2670</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1142</v>
+      </c>
+      <c r="B147" s="17">
+        <v>46051</v>
       </c>
       <c r="C147" t="s">
-        <v>2671</v>
+        <v>1143</v>
       </c>
       <c r="D147" t="s">
-        <v>2672</v>
+        <v>1144</v>
       </c>
       <c r="E147" t="s">
-        <v>2673</v>
-[...1 lines deleted...]
-      <c r="F147" s="20">
+        <v>1145</v>
+      </c>
+      <c r="F147" s="17">
         <v>45977</v>
       </c>
-      <c r="G147" s="20">
+      <c r="G147" s="17">
         <v>45983</v>
       </c>
       <c r="H147">
         <v>47</v>
       </c>
     </row>
     <row r="148" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>2674</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1146</v>
+      </c>
+      <c r="B148" s="17">
+        <v>46051</v>
       </c>
       <c r="C148" t="s">
-        <v>2675</v>
+        <v>1147</v>
       </c>
       <c r="D148" t="s">
-        <v>2676</v>
+        <v>1148</v>
       </c>
       <c r="E148" t="s">
-        <v>2677</v>
-[...1 lines deleted...]
-      <c r="F148" s="20">
+        <v>1149</v>
+      </c>
+      <c r="F148" s="17">
         <v>45977</v>
       </c>
-      <c r="G148" s="20">
+      <c r="G148" s="17">
         <v>45983</v>
       </c>
       <c r="H148">
         <v>47</v>
       </c>
     </row>
     <row r="149" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>2678</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1150</v>
+      </c>
+      <c r="B149" s="17">
+        <v>46051</v>
       </c>
       <c r="C149" t="s">
-        <v>2679</v>
+        <v>1151</v>
       </c>
       <c r="D149" t="s">
-        <v>2680</v>
+        <v>1152</v>
       </c>
       <c r="E149" t="s">
-        <v>2681</v>
-[...1 lines deleted...]
-      <c r="F149" s="20">
+        <v>1153</v>
+      </c>
+      <c r="F149" s="17">
         <v>45984</v>
       </c>
-      <c r="G149" s="20">
+      <c r="G149" s="17">
         <v>45990</v>
       </c>
       <c r="H149">
         <v>48</v>
       </c>
     </row>
     <row r="150" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>2682</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1154</v>
+      </c>
+      <c r="B150" s="17">
+        <v>46051</v>
       </c>
       <c r="C150" t="s">
-        <v>2683</v>
+        <v>1155</v>
       </c>
       <c r="D150" t="s">
-        <v>2684</v>
+        <v>1156</v>
       </c>
       <c r="E150" t="s">
-        <v>2685</v>
-[...1 lines deleted...]
-      <c r="F150" s="20">
+        <v>1157</v>
+      </c>
+      <c r="F150" s="17">
         <v>45984</v>
       </c>
-      <c r="G150" s="20">
+      <c r="G150" s="17">
         <v>45990</v>
       </c>
       <c r="H150">
         <v>48</v>
       </c>
     </row>
     <row r="151" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>2686</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1158</v>
+      </c>
+      <c r="B151" s="17">
+        <v>46051</v>
       </c>
       <c r="C151" t="s">
-        <v>2687</v>
+        <v>1159</v>
       </c>
       <c r="D151" t="s">
-        <v>2688</v>
+        <v>1160</v>
       </c>
       <c r="E151" t="s">
-        <v>2689</v>
-[...1 lines deleted...]
-      <c r="F151" s="20">
+        <v>1161</v>
+      </c>
+      <c r="F151" s="17">
         <v>45984</v>
       </c>
-      <c r="G151" s="20">
+      <c r="G151" s="17">
         <v>45990</v>
       </c>
       <c r="H151">
         <v>48</v>
       </c>
     </row>
     <row r="152" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>2690</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1162</v>
+      </c>
+      <c r="B152" s="17">
+        <v>46051</v>
       </c>
       <c r="C152" t="s">
-        <v>2691</v>
+        <v>1163</v>
       </c>
       <c r="D152" t="s">
-        <v>2692</v>
+        <v>1164</v>
       </c>
       <c r="E152" t="s">
-        <v>2693</v>
-[...1 lines deleted...]
-      <c r="F152" s="20">
+        <v>1165</v>
+      </c>
+      <c r="F152" s="17">
         <v>45984</v>
       </c>
-      <c r="G152" s="20">
+      <c r="G152" s="17">
         <v>45990</v>
       </c>
       <c r="H152">
         <v>48</v>
       </c>
     </row>
     <row r="153" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>2694</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1166</v>
+      </c>
+      <c r="B153" s="17">
+        <v>46051</v>
       </c>
       <c r="C153" t="s">
-        <v>2695</v>
+        <v>1167</v>
       </c>
       <c r="D153" t="s">
-        <v>2696</v>
+        <v>1168</v>
       </c>
       <c r="E153" t="s">
-        <v>2697</v>
-[...1 lines deleted...]
-      <c r="F153" s="20">
+        <v>1169</v>
+      </c>
+      <c r="F153" s="17">
         <v>45984</v>
       </c>
-      <c r="G153" s="20">
+      <c r="G153" s="17">
         <v>45990</v>
       </c>
       <c r="H153">
         <v>48</v>
       </c>
     </row>
     <row r="154" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>2698</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1170</v>
+      </c>
+      <c r="B154" s="17">
+        <v>46051</v>
       </c>
       <c r="C154" t="s">
-        <v>2699</v>
+        <v>1171</v>
       </c>
       <c r="D154" t="s">
-        <v>2700</v>
+        <v>1172</v>
       </c>
       <c r="E154" t="s">
-        <v>2701</v>
-[...1 lines deleted...]
-      <c r="F154" s="20">
+        <v>1173</v>
+      </c>
+      <c r="F154" s="17">
         <v>45984</v>
       </c>
-      <c r="G154" s="20">
+      <c r="G154" s="17">
         <v>45990</v>
       </c>
       <c r="H154">
         <v>48</v>
       </c>
     </row>
     <row r="155" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>2702</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1174</v>
+      </c>
+      <c r="B155" s="17">
+        <v>46051</v>
       </c>
       <c r="C155" t="s">
-        <v>2703</v>
+        <v>1175</v>
       </c>
       <c r="D155" t="s">
-        <v>2704</v>
+        <v>1176</v>
       </c>
       <c r="E155" t="s">
-        <v>2705</v>
-[...1 lines deleted...]
-      <c r="F155" s="20">
+        <v>1177</v>
+      </c>
+      <c r="F155" s="17">
         <v>45984</v>
       </c>
-      <c r="G155" s="20">
+      <c r="G155" s="17">
         <v>45990</v>
       </c>
       <c r="H155">
         <v>48</v>
       </c>
     </row>
     <row r="156" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>2706</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1178</v>
+      </c>
+      <c r="B156" s="17">
+        <v>46051</v>
       </c>
       <c r="C156" t="s">
-        <v>2707</v>
+        <v>1179</v>
       </c>
       <c r="D156" t="s">
-        <v>2708</v>
+        <v>1180</v>
       </c>
       <c r="E156" t="s">
-        <v>2709</v>
-[...1 lines deleted...]
-      <c r="F156" s="20">
+        <v>1181</v>
+      </c>
+      <c r="F156" s="17">
         <v>45991</v>
       </c>
-      <c r="G156" s="20">
+      <c r="G156" s="17">
         <v>45997</v>
       </c>
       <c r="H156">
         <v>49</v>
       </c>
     </row>
     <row r="157" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>2710</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1182</v>
+      </c>
+      <c r="B157" s="17">
+        <v>46051</v>
       </c>
       <c r="C157" t="s">
-        <v>2711</v>
+        <v>1183</v>
       </c>
       <c r="D157" t="s">
-        <v>2712</v>
+        <v>1184</v>
       </c>
       <c r="E157" t="s">
-        <v>2713</v>
-[...1 lines deleted...]
-      <c r="F157" s="20">
+        <v>1185</v>
+      </c>
+      <c r="F157" s="17">
         <v>45991</v>
       </c>
-      <c r="G157" s="20">
+      <c r="G157" s="17">
         <v>45997</v>
       </c>
       <c r="H157">
         <v>49</v>
       </c>
     </row>
     <row r="158" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>2714</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1186</v>
+      </c>
+      <c r="B158" s="17">
+        <v>46051</v>
       </c>
       <c r="C158" t="s">
-        <v>2715</v>
+        <v>1187</v>
       </c>
       <c r="D158" t="s">
-        <v>2716</v>
+        <v>1188</v>
       </c>
       <c r="E158" t="s">
-        <v>2717</v>
-[...1 lines deleted...]
-      <c r="F158" s="20">
+        <v>1189</v>
+      </c>
+      <c r="F158" s="17">
         <v>45991</v>
       </c>
-      <c r="G158" s="20">
+      <c r="G158" s="17">
         <v>45997</v>
       </c>
       <c r="H158">
         <v>49</v>
       </c>
     </row>
     <row r="159" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>2718</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1190</v>
+      </c>
+      <c r="B159" s="17">
+        <v>46051</v>
       </c>
       <c r="C159" t="s">
-        <v>2719</v>
+        <v>1191</v>
       </c>
       <c r="D159" t="s">
-        <v>2720</v>
+        <v>1192</v>
       </c>
       <c r="E159" t="s">
-        <v>2721</v>
-[...1 lines deleted...]
-      <c r="F159" s="20">
+        <v>1193</v>
+      </c>
+      <c r="F159" s="17">
         <v>45991</v>
       </c>
-      <c r="G159" s="20">
+      <c r="G159" s="17">
         <v>45997</v>
       </c>
       <c r="H159">
         <v>49</v>
       </c>
     </row>
     <row r="160" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>2722</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1194</v>
+      </c>
+      <c r="B160" s="17">
+        <v>46051</v>
       </c>
       <c r="C160" t="s">
-        <v>2723</v>
+        <v>1195</v>
       </c>
       <c r="D160" t="s">
-        <v>2724</v>
+        <v>1196</v>
       </c>
       <c r="E160" t="s">
-        <v>2725</v>
-[...1 lines deleted...]
-      <c r="F160" s="20">
+        <v>1197</v>
+      </c>
+      <c r="F160" s="17">
         <v>45991</v>
       </c>
-      <c r="G160" s="20">
+      <c r="G160" s="17">
         <v>45997</v>
       </c>
       <c r="H160">
         <v>49</v>
       </c>
     </row>
     <row r="161" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>2726</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1198</v>
+      </c>
+      <c r="B161" s="17">
+        <v>46051</v>
       </c>
       <c r="C161" t="s">
-        <v>2727</v>
+        <v>1199</v>
       </c>
       <c r="D161" t="s">
-        <v>2728</v>
+        <v>1200</v>
       </c>
       <c r="E161" t="s">
-        <v>2729</v>
-[...1 lines deleted...]
-      <c r="F161" s="20">
+        <v>1201</v>
+      </c>
+      <c r="F161" s="17">
         <v>45991</v>
       </c>
-      <c r="G161" s="20">
+      <c r="G161" s="17">
         <v>45997</v>
       </c>
       <c r="H161">
         <v>49</v>
       </c>
     </row>
     <row r="162" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>2730</v>
-[...2 lines deleted...]
-        <v>46002</v>
+        <v>1202</v>
+      </c>
+      <c r="B162" s="17">
+        <v>46051</v>
       </c>
       <c r="C162" t="s">
-        <v>2731</v>
+        <v>1203</v>
       </c>
       <c r="D162" t="s">
-        <v>2732</v>
+        <v>1204</v>
       </c>
       <c r="E162" t="s">
-        <v>2733</v>
-[...1 lines deleted...]
-      <c r="F162" s="20">
+        <v>1205</v>
+      </c>
+      <c r="F162" s="17">
         <v>45991</v>
       </c>
-      <c r="G162" s="20">
+      <c r="G162" s="17">
         <v>45997</v>
       </c>
       <c r="H162">
         <v>49</v>
       </c>
     </row>
+    <row r="163" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B163" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F163" s="17">
+        <v>45998</v>
+      </c>
+      <c r="G163" s="17">
+        <v>46004</v>
+      </c>
+      <c r="H163">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B164" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F164" s="17">
+        <v>45998</v>
+      </c>
+      <c r="G164" s="17">
+        <v>46004</v>
+      </c>
+      <c r="H164">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B165" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F165" s="17">
+        <v>45998</v>
+      </c>
+      <c r="G165" s="17">
+        <v>46004</v>
+      </c>
+      <c r="H165">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B166" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F166" s="17">
+        <v>45998</v>
+      </c>
+      <c r="G166" s="17">
+        <v>46004</v>
+      </c>
+      <c r="H166">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B167" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F167" s="17">
+        <v>45998</v>
+      </c>
+      <c r="G167" s="17">
+        <v>46004</v>
+      </c>
+      <c r="H167">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B168" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F168" s="17">
+        <v>45998</v>
+      </c>
+      <c r="G168" s="17">
+        <v>46004</v>
+      </c>
+      <c r="H168">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B169" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F169" s="17">
+        <v>45998</v>
+      </c>
+      <c r="G169" s="17">
+        <v>46004</v>
+      </c>
+      <c r="H169">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B170" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F170" s="17">
+        <v>46005</v>
+      </c>
+      <c r="G170" s="17">
+        <v>46011</v>
+      </c>
+      <c r="H170">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B171" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F171" s="17">
+        <v>46005</v>
+      </c>
+      <c r="G171" s="17">
+        <v>46011</v>
+      </c>
+      <c r="H171">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B172" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F172" s="17">
+        <v>46005</v>
+      </c>
+      <c r="G172" s="17">
+        <v>46011</v>
+      </c>
+      <c r="H172">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B173" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F173" s="17">
+        <v>46005</v>
+      </c>
+      <c r="G173" s="17">
+        <v>46011</v>
+      </c>
+      <c r="H173">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B174" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F174" s="17">
+        <v>46005</v>
+      </c>
+      <c r="G174" s="17">
+        <v>46011</v>
+      </c>
+      <c r="H174">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B175" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F175" s="17">
+        <v>46005</v>
+      </c>
+      <c r="G175" s="17">
+        <v>46011</v>
+      </c>
+      <c r="H175">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B176" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F176" s="17">
+        <v>46005</v>
+      </c>
+      <c r="G176" s="17">
+        <v>46011</v>
+      </c>
+      <c r="H176">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B177" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F177" s="17">
+        <v>46012</v>
+      </c>
+      <c r="G177" s="17">
+        <v>46018</v>
+      </c>
+      <c r="H177">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B178" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F178" s="17">
+        <v>46012</v>
+      </c>
+      <c r="G178" s="17">
+        <v>46018</v>
+      </c>
+      <c r="H178">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B179" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F179" s="17">
+        <v>46012</v>
+      </c>
+      <c r="G179" s="17">
+        <v>46018</v>
+      </c>
+      <c r="H179">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B180" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F180" s="17">
+        <v>46012</v>
+      </c>
+      <c r="G180" s="17">
+        <v>46018</v>
+      </c>
+      <c r="H180">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B181" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1280</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F181" s="17">
+        <v>46012</v>
+      </c>
+      <c r="G181" s="17">
+        <v>46018</v>
+      </c>
+      <c r="H181">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B182" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F182" s="17">
+        <v>46012</v>
+      </c>
+      <c r="G182" s="17">
+        <v>46018</v>
+      </c>
+      <c r="H182">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B183" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F183" s="17">
+        <v>46012</v>
+      </c>
+      <c r="G183" s="17">
+        <v>46018</v>
+      </c>
+      <c r="H183">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B184" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F184" s="17">
+        <v>46019</v>
+      </c>
+      <c r="G184" s="17">
+        <v>46025</v>
+      </c>
+      <c r="H184">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B185" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F185" s="17">
+        <v>46019</v>
+      </c>
+      <c r="G185" s="17">
+        <v>46025</v>
+      </c>
+      <c r="H185">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B186" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F186" s="17">
+        <v>46019</v>
+      </c>
+      <c r="G186" s="17">
+        <v>46025</v>
+      </c>
+      <c r="H186">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B187" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F187" s="17">
+        <v>46019</v>
+      </c>
+      <c r="G187" s="17">
+        <v>46025</v>
+      </c>
+      <c r="H187">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B188" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F188" s="17">
+        <v>46019</v>
+      </c>
+      <c r="G188" s="17">
+        <v>46025</v>
+      </c>
+      <c r="H188">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B189" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F189" s="17">
+        <v>46019</v>
+      </c>
+      <c r="G189" s="17">
+        <v>46025</v>
+      </c>
+      <c r="H189">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B190" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F190" s="17">
+        <v>46019</v>
+      </c>
+      <c r="G190" s="17">
+        <v>46025</v>
+      </c>
+      <c r="H190">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B191" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F191" s="17">
+        <v>46026</v>
+      </c>
+      <c r="G191" s="17">
+        <v>46032</v>
+      </c>
+      <c r="H191">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B192" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F192" s="17">
+        <v>46026</v>
+      </c>
+      <c r="G192" s="17">
+        <v>46032</v>
+      </c>
+      <c r="H192">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B193" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F193" s="17">
+        <v>46026</v>
+      </c>
+      <c r="G193" s="17">
+        <v>46032</v>
+      </c>
+      <c r="H193">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B194" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F194" s="17">
+        <v>46026</v>
+      </c>
+      <c r="G194" s="17">
+        <v>46032</v>
+      </c>
+      <c r="H194">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B195" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F195" s="17">
+        <v>46026</v>
+      </c>
+      <c r="G195" s="17">
+        <v>46032</v>
+      </c>
+      <c r="H195">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B196" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F196" s="17">
+        <v>46026</v>
+      </c>
+      <c r="G196" s="17">
+        <v>46032</v>
+      </c>
+      <c r="H196">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B197" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F197" s="17">
+        <v>46026</v>
+      </c>
+      <c r="G197" s="17">
+        <v>46032</v>
+      </c>
+      <c r="H197">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B198" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F198" s="17">
+        <v>46033</v>
+      </c>
+      <c r="G198" s="17">
+        <v>46039</v>
+      </c>
+      <c r="H198">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B199" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F199" s="17">
+        <v>46033</v>
+      </c>
+      <c r="G199" s="17">
+        <v>46039</v>
+      </c>
+      <c r="H199">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B200" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F200" s="17">
+        <v>46033</v>
+      </c>
+      <c r="G200" s="17">
+        <v>46039</v>
+      </c>
+      <c r="H200">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B201" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F201" s="17">
+        <v>46033</v>
+      </c>
+      <c r="G201" s="17">
+        <v>46039</v>
+      </c>
+      <c r="H201">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B202" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F202" s="17">
+        <v>46033</v>
+      </c>
+      <c r="G202" s="17">
+        <v>46039</v>
+      </c>
+      <c r="H202">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B203" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F203" s="17">
+        <v>46033</v>
+      </c>
+      <c r="G203" s="17">
+        <v>46039</v>
+      </c>
+      <c r="H203">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B204" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F204" s="17">
+        <v>46033</v>
+      </c>
+      <c r="G204" s="17">
+        <v>46039</v>
+      </c>
+      <c r="H204">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B205" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F205" s="17">
+        <v>46040</v>
+      </c>
+      <c r="G205" s="17">
+        <v>46046</v>
+      </c>
+      <c r="H205">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B206" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F206" s="17">
+        <v>46040</v>
+      </c>
+      <c r="G206" s="17">
+        <v>46046</v>
+      </c>
+      <c r="H206">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B207" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F207" s="17">
+        <v>46040</v>
+      </c>
+      <c r="G207" s="17">
+        <v>46046</v>
+      </c>
+      <c r="H207">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B208" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F208" s="17">
+        <v>46040</v>
+      </c>
+      <c r="G208" s="17">
+        <v>46046</v>
+      </c>
+      <c r="H208">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B209" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F209" s="17">
+        <v>46040</v>
+      </c>
+      <c r="G209" s="17">
+        <v>46046</v>
+      </c>
+      <c r="H209">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B210" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F210" s="17">
+        <v>46040</v>
+      </c>
+      <c r="G210" s="17">
+        <v>46046</v>
+      </c>
+      <c r="H210">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B211" s="17">
+        <v>46051</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F211" s="17">
+        <v>46040</v>
+      </c>
+      <c r="G211" s="17">
+        <v>46046</v>
+      </c>
+      <c r="H211">
+        <v>3</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:H1" xr:uid="{00000000-0001-0000-0800-000000000000}"/>
+  <autoFilter ref="A1:H1" xr:uid="{00000000-0001-0000-0500-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:I121"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="36.85546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E2" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F2" s="20">
+        <v>45843</v>
+      </c>
+      <c r="G2">
+        <v>7272847</v>
+      </c>
+      <c r="H2">
+        <v>0</v>
+      </c>
+      <c r="I2" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E3" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F3" s="20">
+        <v>45850</v>
+      </c>
+      <c r="G3">
+        <v>7272847</v>
+      </c>
+      <c r="H3">
+        <v>0</v>
+      </c>
+      <c r="I3" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E4" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F4" s="20">
+        <v>45857</v>
+      </c>
+      <c r="G4">
+        <v>7272847</v>
+      </c>
+      <c r="H4">
+        <v>0</v>
+      </c>
+      <c r="I4" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E5" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F5" s="20">
+        <v>45864</v>
+      </c>
+      <c r="G5">
+        <v>7272847</v>
+      </c>
+      <c r="H5">
+        <v>0</v>
+      </c>
+      <c r="I5" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E6" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F6" s="20">
+        <v>45871</v>
+      </c>
+      <c r="G6">
+        <v>7272847</v>
+      </c>
+      <c r="H6">
+        <v>0</v>
+      </c>
+      <c r="I6" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E7" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F7" s="20">
+        <v>45878</v>
+      </c>
+      <c r="G7">
+        <v>7272847</v>
+      </c>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E8" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F8" s="20">
+        <v>45885</v>
+      </c>
+      <c r="G8">
+        <v>7272847</v>
+      </c>
+      <c r="H8">
+        <v>0</v>
+      </c>
+      <c r="I8" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E9" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F9" s="20">
+        <v>45892</v>
+      </c>
+      <c r="G9">
+        <v>7272847</v>
+      </c>
+      <c r="H9">
+        <v>0</v>
+      </c>
+      <c r="I9" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E10" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F10" s="20">
+        <v>45899</v>
+      </c>
+      <c r="G10">
+        <v>7272847</v>
+      </c>
+      <c r="H10">
+        <v>0</v>
+      </c>
+      <c r="I10" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E11" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F11" s="20">
+        <v>45906</v>
+      </c>
+      <c r="G11">
+        <v>7272847</v>
+      </c>
+      <c r="H11">
+        <v>0</v>
+      </c>
+      <c r="I11" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E12" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F12" s="20">
+        <v>45913</v>
+      </c>
+      <c r="G12">
+        <v>7272847</v>
+      </c>
+      <c r="H12">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="I12" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1470</v>
+      </c>
+      <c r="E13" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F13" s="20">
+        <v>45920</v>
+      </c>
+      <c r="G13">
+        <v>7272847</v>
+      </c>
+      <c r="H13">
+        <v>2.3E-2</v>
+      </c>
+      <c r="I13" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E14" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F14" s="20">
+        <v>45927</v>
+      </c>
+      <c r="G14">
+        <v>7272847</v>
+      </c>
+      <c r="H14">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="I14" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E15" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F15" s="20">
+        <v>45934</v>
+      </c>
+      <c r="G15">
+        <v>7272847</v>
+      </c>
+      <c r="H15">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="I15" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E16" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F16" s="20">
+        <v>45941</v>
+      </c>
+      <c r="G16">
+        <v>7272847</v>
+      </c>
+      <c r="H16">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="I16" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E17" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F17" s="20">
+        <v>45948</v>
+      </c>
+      <c r="G17">
+        <v>7272847</v>
+      </c>
+      <c r="H17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="I17" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E18" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F18" s="20">
+        <v>45955</v>
+      </c>
+      <c r="G18">
+        <v>7272847</v>
+      </c>
+      <c r="H18">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="I18" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E19" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F19" s="20">
+        <v>45962</v>
+      </c>
+      <c r="G19">
+        <v>7272847</v>
+      </c>
+      <c r="H19">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="I19" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E20" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F20" s="20">
+        <v>45969</v>
+      </c>
+      <c r="G20">
+        <v>7272847</v>
+      </c>
+      <c r="H20">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="I20" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E21" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F21" s="20">
+        <v>45976</v>
+      </c>
+      <c r="G21">
+        <v>7272847</v>
+      </c>
+      <c r="H21">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="I21" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E22" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F22" s="20">
+        <v>45983</v>
+      </c>
+      <c r="G22">
+        <v>7272847</v>
+      </c>
+      <c r="H22">
+        <v>9.9000000000000005E-2</v>
+      </c>
+      <c r="I22" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E23" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F23" s="20">
+        <v>45990</v>
+      </c>
+      <c r="G23">
+        <v>7272847</v>
+      </c>
+      <c r="H23">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="I23" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E24" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F24" s="20">
+        <v>45997</v>
+      </c>
+      <c r="G24">
+        <v>7272847</v>
+      </c>
+      <c r="H24">
+        <v>0.106</v>
+      </c>
+      <c r="I24" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1518</v>
+      </c>
+      <c r="E25" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F25" s="20">
+        <v>46004</v>
+      </c>
+      <c r="G25">
+        <v>7272847</v>
+      </c>
+      <c r="H25">
+        <v>0.109</v>
+      </c>
+      <c r="I25" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E26" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F26" s="20">
+        <v>46011</v>
+      </c>
+      <c r="G26">
+        <v>7272847</v>
+      </c>
+      <c r="H26">
+        <v>0.112</v>
+      </c>
+      <c r="I26" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E27" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F27" s="20">
+        <v>46018</v>
+      </c>
+      <c r="G27">
+        <v>7272847</v>
+      </c>
+      <c r="H27">
+        <v>0.113</v>
+      </c>
+      <c r="I27" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E28" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F28" s="20">
+        <v>46025</v>
+      </c>
+      <c r="G28">
+        <v>7272847</v>
+      </c>
+      <c r="H28">
+        <v>0.115</v>
+      </c>
+      <c r="I28" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E29" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F29" s="20">
+        <v>46032</v>
+      </c>
+      <c r="G29">
+        <v>7272847</v>
+      </c>
+      <c r="H29">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="I29" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E30" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F30" s="20">
+        <v>46039</v>
+      </c>
+      <c r="G30">
+        <v>7272847</v>
+      </c>
+      <c r="H30">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="I30" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E31" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F31" s="20">
+        <v>46046</v>
+      </c>
+      <c r="G31">
+        <v>7272847</v>
+      </c>
+      <c r="H31">
+        <v>0.121</v>
+      </c>
+      <c r="I31" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E32" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F32" s="20">
+        <v>45843</v>
+      </c>
+      <c r="G32">
+        <v>7272847</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E33" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F33" s="20">
+        <v>45850</v>
+      </c>
+      <c r="G33">
+        <v>7272847</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E34" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F34" s="20">
+        <v>45857</v>
+      </c>
+      <c r="G34">
+        <v>7272847</v>
+      </c>
+      <c r="H34">
+        <v>0</v>
+      </c>
+      <c r="I34" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E35" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F35" s="20">
+        <v>45864</v>
+      </c>
+      <c r="G35">
+        <v>7272847</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1562</v>
+      </c>
+      <c r="E36" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F36" s="20">
+        <v>45871</v>
+      </c>
+      <c r="G36">
+        <v>7272847</v>
+      </c>
+      <c r="H36">
+        <v>0</v>
+      </c>
+      <c r="I36" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E37" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F37" s="20">
+        <v>45878</v>
+      </c>
+      <c r="G37">
+        <v>7272847</v>
+      </c>
+      <c r="H37">
+        <v>0</v>
+      </c>
+      <c r="I37" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E38" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F38" s="20">
+        <v>45885</v>
+      </c>
+      <c r="G38">
+        <v>7272847</v>
+      </c>
+      <c r="H38">
+        <v>0</v>
+      </c>
+      <c r="I38" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E39" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F39" s="20">
+        <v>45892</v>
+      </c>
+      <c r="G39">
+        <v>7272847</v>
+      </c>
+      <c r="H39">
+        <v>0</v>
+      </c>
+      <c r="I39" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E40" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F40" s="20">
+        <v>45899</v>
+      </c>
+      <c r="G40">
+        <v>7272847</v>
+      </c>
+      <c r="H40">
+        <v>0</v>
+      </c>
+      <c r="I40" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E41" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F41" s="20">
+        <v>45906</v>
+      </c>
+      <c r="G41">
+        <v>7272847</v>
+      </c>
+      <c r="H41">
+        <v>1.9E-2</v>
+      </c>
+      <c r="I41" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E42" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F42" s="20">
+        <v>45913</v>
+      </c>
+      <c r="G42">
+        <v>7272847</v>
+      </c>
+      <c r="H42">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="I42" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1590</v>
+      </c>
+      <c r="E43" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F43" s="20">
+        <v>45920</v>
+      </c>
+      <c r="G43">
+        <v>7272847</v>
+      </c>
+      <c r="H43">
+        <v>0.06</v>
+      </c>
+      <c r="I43" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1594</v>
+      </c>
+      <c r="E44" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F44" s="20">
+        <v>45927</v>
+      </c>
+      <c r="G44">
+        <v>7272847</v>
+      </c>
+      <c r="H44">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="I44" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1598</v>
+      </c>
+      <c r="E45" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F45" s="20">
+        <v>45934</v>
+      </c>
+      <c r="G45">
+        <v>7272847</v>
+      </c>
+      <c r="H45">
+        <v>0.123</v>
+      </c>
+      <c r="I45" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1602</v>
+      </c>
+      <c r="E46" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F46" s="20">
+        <v>45941</v>
+      </c>
+      <c r="G46">
+        <v>7272847</v>
+      </c>
+      <c r="H46">
+        <v>0.158</v>
+      </c>
+      <c r="I46" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E47" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F47" s="20">
+        <v>45948</v>
+      </c>
+      <c r="G47">
+        <v>7272847</v>
+      </c>
+      <c r="H47">
+        <v>0.189</v>
+      </c>
+      <c r="I47" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E48" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F48" s="20">
+        <v>45955</v>
+      </c>
+      <c r="G48">
+        <v>7272847</v>
+      </c>
+      <c r="H48">
+        <v>0.219</v>
+      </c>
+      <c r="I48" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E49" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F49" s="20">
+        <v>45962</v>
+      </c>
+      <c r="G49">
+        <v>7272847</v>
+      </c>
+      <c r="H49">
+        <v>0.245</v>
+      </c>
+      <c r="I49" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E50" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F50" s="20">
+        <v>45969</v>
+      </c>
+      <c r="G50">
+        <v>7272847</v>
+      </c>
+      <c r="H50">
+        <v>0.26600000000000001</v>
+      </c>
+      <c r="I50" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E51" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F51" s="20">
+        <v>45976</v>
+      </c>
+      <c r="G51">
+        <v>7272847</v>
+      </c>
+      <c r="H51">
+        <v>0.28399999999999997</v>
+      </c>
+      <c r="I51" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E52" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F52" s="20">
+        <v>45983</v>
+      </c>
+      <c r="G52">
+        <v>7272847</v>
+      </c>
+      <c r="H52">
+        <v>0.29899999999999999</v>
+      </c>
+      <c r="I52" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1630</v>
+      </c>
+      <c r="E53" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F53" s="20">
+        <v>45990</v>
+      </c>
+      <c r="G53">
+        <v>7272847</v>
+      </c>
+      <c r="H53">
+        <v>0.309</v>
+      </c>
+      <c r="I53" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E54" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F54" s="20">
+        <v>45997</v>
+      </c>
+      <c r="G54">
+        <v>7272847</v>
+      </c>
+      <c r="H54">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="I54" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1638</v>
+      </c>
+      <c r="E55" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F55" s="20">
+        <v>46004</v>
+      </c>
+      <c r="G55">
+        <v>7272847</v>
+      </c>
+      <c r="H55">
+        <v>0.32800000000000001</v>
+      </c>
+      <c r="I55" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E56" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F56" s="20">
+        <v>46011</v>
+      </c>
+      <c r="G56">
+        <v>7272847</v>
+      </c>
+      <c r="H56">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="I56" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E57" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F57" s="20">
+        <v>46018</v>
+      </c>
+      <c r="G57">
+        <v>7272847</v>
+      </c>
+      <c r="H57">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="I57" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E58" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F58" s="20">
+        <v>46025</v>
+      </c>
+      <c r="G58">
+        <v>7272847</v>
+      </c>
+      <c r="H58">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="I58" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E59" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F59" s="20">
+        <v>46032</v>
+      </c>
+      <c r="G59">
+        <v>7272847</v>
+      </c>
+      <c r="H59">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="I59" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E60" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F60" s="20">
+        <v>46039</v>
+      </c>
+      <c r="G60">
+        <v>7272847</v>
+      </c>
+      <c r="H60">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="I60" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E61" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F61" s="20">
+        <v>46046</v>
+      </c>
+      <c r="G61">
+        <v>7272847</v>
+      </c>
+      <c r="H61">
+        <v>0.36899999999999999</v>
+      </c>
+      <c r="I61" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E62" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F62" s="20">
+        <v>45843</v>
+      </c>
+      <c r="G62">
+        <v>7272847</v>
+      </c>
+      <c r="H62">
+        <v>0</v>
+      </c>
+      <c r="I62" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E63" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F63" s="20">
+        <v>45843</v>
+      </c>
+      <c r="G63">
+        <v>68723</v>
+      </c>
+      <c r="H63">
+        <v>0</v>
+      </c>
+      <c r="I63" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E64" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F64" s="20">
+        <v>45850</v>
+      </c>
+      <c r="G64">
+        <v>7272847</v>
+      </c>
+      <c r="H64">
+        <v>0</v>
+      </c>
+      <c r="I64" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E65" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F65" s="20">
+        <v>45850</v>
+      </c>
+      <c r="G65">
+        <v>68723</v>
+      </c>
+      <c r="H65">
+        <v>0</v>
+      </c>
+      <c r="I65" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E66" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F66" s="20">
+        <v>45857</v>
+      </c>
+      <c r="G66">
+        <v>7272847</v>
+      </c>
+      <c r="H66">
+        <v>0</v>
+      </c>
+      <c r="I66" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E67" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F67" s="20">
+        <v>45857</v>
+      </c>
+      <c r="G67">
+        <v>68723</v>
+      </c>
+      <c r="H67">
+        <v>0</v>
+      </c>
+      <c r="I67" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E68" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F68" s="20">
+        <v>45864</v>
+      </c>
+      <c r="G68">
+        <v>7272847</v>
+      </c>
+      <c r="H68">
+        <v>0</v>
+      </c>
+      <c r="I68" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E69" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F69" s="20">
+        <v>45864</v>
+      </c>
+      <c r="G69">
+        <v>68723</v>
+      </c>
+      <c r="H69">
+        <v>0</v>
+      </c>
+      <c r="I69" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E70" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F70" s="20">
+        <v>45871</v>
+      </c>
+      <c r="G70">
+        <v>7272847</v>
+      </c>
+      <c r="H70">
+        <v>0</v>
+      </c>
+      <c r="I70" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E71" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F71" s="20">
+        <v>45871</v>
+      </c>
+      <c r="G71">
+        <v>68723</v>
+      </c>
+      <c r="H71">
+        <v>0</v>
+      </c>
+      <c r="I71" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E72" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F72" s="20">
+        <v>45878</v>
+      </c>
+      <c r="G72">
+        <v>7272847</v>
+      </c>
+      <c r="H72">
+        <v>0</v>
+      </c>
+      <c r="I72" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E73" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F73" s="20">
+        <v>45878</v>
+      </c>
+      <c r="G73">
+        <v>68723</v>
+      </c>
+      <c r="H73">
+        <v>0</v>
+      </c>
+      <c r="I73" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E74" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F74" s="20">
+        <v>45885</v>
+      </c>
+      <c r="G74">
+        <v>7272847</v>
+      </c>
+      <c r="H74">
+        <v>0</v>
+      </c>
+      <c r="I74" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E75" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F75" s="20">
+        <v>45885</v>
+      </c>
+      <c r="G75">
+        <v>68723</v>
+      </c>
+      <c r="H75">
+        <v>0</v>
+      </c>
+      <c r="I75" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E76" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F76" s="20">
+        <v>45892</v>
+      </c>
+      <c r="G76">
+        <v>7272847</v>
+      </c>
+      <c r="H76">
+        <v>0</v>
+      </c>
+      <c r="I76" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E77" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F77" s="20">
+        <v>45892</v>
+      </c>
+      <c r="G77">
+        <v>68723</v>
+      </c>
+      <c r="H77">
+        <v>0</v>
+      </c>
+      <c r="I77" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E78" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F78" s="20">
+        <v>45899</v>
+      </c>
+      <c r="G78">
+        <v>7272847</v>
+      </c>
+      <c r="H78">
+        <v>0</v>
+      </c>
+      <c r="I78" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E79" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F79" s="20">
+        <v>45899</v>
+      </c>
+      <c r="G79">
+        <v>68723</v>
+      </c>
+      <c r="H79">
+        <v>0</v>
+      </c>
+      <c r="I79" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E80" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F80" s="20">
+        <v>45906</v>
+      </c>
+      <c r="G80">
+        <v>7272847</v>
+      </c>
+      <c r="H80">
+        <v>0</v>
+      </c>
+      <c r="I80" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E81" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F81" s="20">
+        <v>45906</v>
+      </c>
+      <c r="G81">
+        <v>68723</v>
+      </c>
+      <c r="H81">
+        <v>0</v>
+      </c>
+      <c r="I81" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E82" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F82" s="20">
+        <v>45913</v>
+      </c>
+      <c r="G82">
+        <v>7272847</v>
+      </c>
+      <c r="H82">
+        <v>0</v>
+      </c>
+      <c r="I82" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E83" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F83" s="20">
+        <v>45913</v>
+      </c>
+      <c r="G83">
+        <v>68723</v>
+      </c>
+      <c r="H83">
+        <v>0.02</v>
+      </c>
+      <c r="I83" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E84" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F84" s="20">
+        <v>45920</v>
+      </c>
+      <c r="G84">
+        <v>7272847</v>
+      </c>
+      <c r="H84">
+        <v>0</v>
+      </c>
+      <c r="I84" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E85" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F85" s="20">
+        <v>45920</v>
+      </c>
+      <c r="G85">
+        <v>68723</v>
+      </c>
+      <c r="H85">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="I85" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E86" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F86" s="20">
+        <v>45927</v>
+      </c>
+      <c r="G86">
+        <v>7272847</v>
+      </c>
+      <c r="H86">
+        <v>0</v>
+      </c>
+      <c r="I86" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E87" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F87" s="20">
+        <v>45927</v>
+      </c>
+      <c r="G87">
+        <v>68723</v>
+      </c>
+      <c r="H87">
+        <v>0.05</v>
+      </c>
+      <c r="I87" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E88" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F88" s="20">
+        <v>45934</v>
+      </c>
+      <c r="G88">
+        <v>7272847</v>
+      </c>
+      <c r="H88">
+        <v>0</v>
+      </c>
+      <c r="I88" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1774</v>
+      </c>
+      <c r="E89" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F89" s="20">
+        <v>45934</v>
+      </c>
+      <c r="G89">
+        <v>68723</v>
+      </c>
+      <c r="H89">
+        <v>0.109</v>
+      </c>
+      <c r="I89" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1778</v>
+      </c>
+      <c r="E90" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F90" s="20">
+        <v>45941</v>
+      </c>
+      <c r="G90">
+        <v>7272847</v>
+      </c>
+      <c r="H90">
+        <v>0</v>
+      </c>
+      <c r="I90" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E91" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F91" s="20">
+        <v>45941</v>
+      </c>
+      <c r="G91">
+        <v>68723</v>
+      </c>
+      <c r="H91">
+        <v>0.188</v>
+      </c>
+      <c r="I91" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1786</v>
+      </c>
+      <c r="E92" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F92" s="20">
+        <v>45948</v>
+      </c>
+      <c r="G92">
+        <v>7272847</v>
+      </c>
+      <c r="H92">
+        <v>0</v>
+      </c>
+      <c r="I92" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E93" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F93" s="20">
+        <v>45948</v>
+      </c>
+      <c r="G93">
+        <v>68723</v>
+      </c>
+      <c r="H93">
+        <v>0.249</v>
+      </c>
+      <c r="I93" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E94" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F94" s="20">
+        <v>45955</v>
+      </c>
+      <c r="G94">
+        <v>7272847</v>
+      </c>
+      <c r="H94">
+        <v>0</v>
+      </c>
+      <c r="I94" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1798</v>
+      </c>
+      <c r="E95" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F95" s="20">
+        <v>45955</v>
+      </c>
+      <c r="G95">
+        <v>68723</v>
+      </c>
+      <c r="H95">
+        <v>0.309</v>
+      </c>
+      <c r="I95" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E96" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F96" s="20">
+        <v>45962</v>
+      </c>
+      <c r="G96">
+        <v>7272847</v>
+      </c>
+      <c r="H96">
+        <v>0</v>
+      </c>
+      <c r="I96" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E97" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F97" s="20">
+        <v>45962</v>
+      </c>
+      <c r="G97">
+        <v>68723</v>
+      </c>
+      <c r="H97">
+        <v>0.35899999999999999</v>
+      </c>
+      <c r="I97" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E98" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F98" s="20">
+        <v>45969</v>
+      </c>
+      <c r="G98">
+        <v>7272847</v>
+      </c>
+      <c r="H98">
+        <v>0.01</v>
+      </c>
+      <c r="I98" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E99" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F99" s="20">
+        <v>45969</v>
+      </c>
+      <c r="G99">
+        <v>68723</v>
+      </c>
+      <c r="H99">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="I99" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E100" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F100" s="20">
+        <v>45976</v>
+      </c>
+      <c r="G100">
+        <v>7272847</v>
+      </c>
+      <c r="H100">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="I100" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D101" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E101" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F101" s="20">
+        <v>45976</v>
+      </c>
+      <c r="G101">
+        <v>68723</v>
+      </c>
+      <c r="H101">
+        <v>0.434</v>
+      </c>
+      <c r="I101" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E102" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F102" s="20">
+        <v>45983</v>
+      </c>
+      <c r="G102">
+        <v>7272847</v>
+      </c>
+      <c r="H102">
+        <v>1.2E-2</v>
+      </c>
+      <c r="I102" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E103" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F103" s="20">
+        <v>45983</v>
+      </c>
+      <c r="G103">
+        <v>68723</v>
+      </c>
+      <c r="H103">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="I103" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E104" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F104" s="20">
+        <v>45990</v>
+      </c>
+      <c r="G104">
+        <v>7272847</v>
+      </c>
+      <c r="H104">
+        <v>1.2E-2</v>
+      </c>
+      <c r="I104" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E105" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F105" s="20">
+        <v>45990</v>
+      </c>
+      <c r="G105">
+        <v>68723</v>
+      </c>
+      <c r="H105">
+        <v>0.49099999999999999</v>
+      </c>
+      <c r="I105" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E106" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F106" s="20">
+        <v>45997</v>
+      </c>
+      <c r="G106">
+        <v>7272847</v>
+      </c>
+      <c r="H106">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="I106" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E107" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F107" s="20">
+        <v>45997</v>
+      </c>
+      <c r="G107">
+        <v>68723</v>
+      </c>
+      <c r="H107">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="I107" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E108" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F108" s="20">
+        <v>46004</v>
+      </c>
+      <c r="G108">
+        <v>7272847</v>
+      </c>
+      <c r="H108">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="I108" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E109" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F109" s="20">
+        <v>46004</v>
+      </c>
+      <c r="G109">
+        <v>68723</v>
+      </c>
+      <c r="H109">
+        <v>0.53900000000000003</v>
+      </c>
+      <c r="I109" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E110" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F110" s="20">
+        <v>46011</v>
+      </c>
+      <c r="G110">
+        <v>7272847</v>
+      </c>
+      <c r="H110">
+        <v>1.4E-2</v>
+      </c>
+      <c r="I110" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E111" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F111" s="20">
+        <v>46011</v>
+      </c>
+      <c r="G111">
+        <v>68723</v>
+      </c>
+      <c r="H111">
+        <v>0.55800000000000005</v>
+      </c>
+      <c r="I111" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E112" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F112" s="20">
+        <v>46018</v>
+      </c>
+      <c r="G112">
+        <v>7272847</v>
+      </c>
+      <c r="H112">
+        <v>1.4E-2</v>
+      </c>
+      <c r="I112" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E113" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F113" s="20">
+        <v>46018</v>
+      </c>
+      <c r="G113">
+        <v>68723</v>
+      </c>
+      <c r="H113">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="I113" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E114" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F114" s="20">
+        <v>46025</v>
+      </c>
+      <c r="G114">
+        <v>7272847</v>
+      </c>
+      <c r="H114">
+        <v>1.4E-2</v>
+      </c>
+      <c r="I114" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E115" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F115" s="20">
+        <v>46025</v>
+      </c>
+      <c r="G115">
+        <v>68723</v>
+      </c>
+      <c r="H115">
+        <v>0.58699999999999997</v>
+      </c>
+      <c r="I115" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1882</v>
+      </c>
+      <c r="E116" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F116" s="20">
+        <v>46032</v>
+      </c>
+      <c r="G116">
+        <v>7272847</v>
+      </c>
+      <c r="H116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="I116" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1886</v>
+      </c>
+      <c r="E117" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F117" s="20">
+        <v>46032</v>
+      </c>
+      <c r="G117">
+        <v>68723</v>
+      </c>
+      <c r="H117">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="I117" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E118" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F118" s="20">
+        <v>46039</v>
+      </c>
+      <c r="G118">
+        <v>7272847</v>
+      </c>
+      <c r="H118">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="I118" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E119" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F119" s="20">
+        <v>46039</v>
+      </c>
+      <c r="G119">
+        <v>68723</v>
+      </c>
+      <c r="H119">
+        <v>0.621</v>
+      </c>
+      <c r="I119" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E120" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F120" s="20">
+        <v>46046</v>
+      </c>
+      <c r="G120">
+        <v>7272847</v>
+      </c>
+      <c r="H120">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="I120" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E121" s="20">
+        <v>45837</v>
+      </c>
+      <c r="F121" s="20">
+        <v>46046</v>
+      </c>
+      <c r="G121">
+        <v>68723</v>
+      </c>
+      <c r="H121">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="I121" s="20">
+        <v>46051</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:I121" xr:uid="{00000000-0001-0000-0800-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:I217"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="35.28515625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E2" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F2" s="21">
+        <v>45843</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I2" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E3" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F3" s="21">
+        <v>45850</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1923</v>
+      </c>
+      <c r="I3" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1927</v>
+      </c>
+      <c r="E4" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F4" s="21">
+        <v>45857</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I4" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E5" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F5" s="21">
+        <v>45864</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1935</v>
+      </c>
+      <c r="I5" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E6" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F6" s="21">
+        <v>45871</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1941</v>
+      </c>
+      <c r="I6" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1945</v>
+      </c>
+      <c r="E7" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F7" s="21">
+        <v>45878</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I7" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E8" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F8" s="21">
+        <v>45885</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I8" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E9" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F9" s="21">
+        <v>45892</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1959</v>
+      </c>
+      <c r="I9" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E10" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F10" s="21">
+        <v>45899</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I10" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1969</v>
+      </c>
+      <c r="E11" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F11" s="21">
+        <v>45906</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1970</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1971</v>
+      </c>
+      <c r="I11" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E12" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F12" s="21">
+        <v>45913</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I12" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E13" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F13" s="21">
+        <v>45920</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1983</v>
+      </c>
+      <c r="I13" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E14" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F14" s="21">
+        <v>45927</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I14" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E15" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F15" s="21">
+        <v>45934</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I15" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E16" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F16" s="21">
+        <v>45941</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2000</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2001</v>
+      </c>
+      <c r="I16" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E17" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F17" s="21">
+        <v>45948</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I17" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E18" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F18" s="21">
+        <v>45955</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I18" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E19" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F19" s="21">
+        <v>45962</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I19" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E20" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F20" s="21">
+        <v>45969</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I20" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2029</v>
+      </c>
+      <c r="E21" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F21" s="21">
+        <v>45976</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2031</v>
+      </c>
+      <c r="I21" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E22" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F22" s="21">
+        <v>45983</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2037</v>
+      </c>
+      <c r="I22" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E23" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F23" s="21">
+        <v>45990</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2043</v>
+      </c>
+      <c r="I23" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E24" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F24" s="21">
+        <v>45997</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2048</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I24" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2053</v>
+      </c>
+      <c r="E25" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F25" s="21">
+        <v>46004</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I25" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E26" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F26" s="21">
+        <v>46011</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I26" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2065</v>
+      </c>
+      <c r="E27" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F27" s="21">
+        <v>46018</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2066</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2067</v>
+      </c>
+      <c r="I27" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2071</v>
+      </c>
+      <c r="E28" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F28" s="21">
+        <v>46025</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2073</v>
+      </c>
+      <c r="I28" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E29" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F29" s="21">
+        <v>46032</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2078</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2079</v>
+      </c>
+      <c r="I29" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2083</v>
+      </c>
+      <c r="E30" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F30" s="21">
+        <v>46039</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I30" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2089</v>
+      </c>
+      <c r="E31" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F31" s="21">
+        <v>46046</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I31" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E32" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F32" s="21">
+        <v>45843</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2097</v>
+      </c>
+      <c r="I32" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2101</v>
+      </c>
+      <c r="E33" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F33" s="21">
+        <v>45850</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2102</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2103</v>
+      </c>
+      <c r="I33" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E34" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F34" s="21">
+        <v>45857</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I34" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E35" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F35" s="21">
+        <v>45864</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I35" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E36" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F36" s="21">
+        <v>45871</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I36" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2125</v>
+      </c>
+      <c r="E37" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F37" s="21">
+        <v>45878</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2126</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2127</v>
+      </c>
+      <c r="I37" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2131</v>
+      </c>
+      <c r="E38" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F38" s="21">
+        <v>45885</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2133</v>
+      </c>
+      <c r="I38" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C39" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2137</v>
+      </c>
+      <c r="E39" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F39" s="21">
+        <v>45892</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2139</v>
+      </c>
+      <c r="I39" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C40" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E40" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F40" s="21">
+        <v>45899</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I40" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C41" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E41" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F41" s="21">
+        <v>45906</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I41" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C42" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E42" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F42" s="21">
+        <v>45913</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I42" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C43" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E43" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F43" s="21">
+        <v>45920</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2163</v>
+      </c>
+      <c r="I43" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C44" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2167</v>
+      </c>
+      <c r="E44" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F44" s="21">
+        <v>45927</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I44" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E45" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F45" s="21">
+        <v>45934</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I45" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E46" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F46" s="21">
+        <v>45941</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2180</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2181</v>
+      </c>
+      <c r="I46" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E47" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F47" s="21">
+        <v>45948</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I47" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2191</v>
+      </c>
+      <c r="E48" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F48" s="21">
+        <v>45955</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2192</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I48" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2197</v>
+      </c>
+      <c r="E49" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F49" s="21">
+        <v>45962</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I49" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2203</v>
+      </c>
+      <c r="E50" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F50" s="21">
+        <v>45969</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I50" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2209</v>
+      </c>
+      <c r="E51" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F51" s="21">
+        <v>45976</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2211</v>
+      </c>
+      <c r="I51" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C52" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2215</v>
+      </c>
+      <c r="E52" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F52" s="21">
+        <v>45983</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2217</v>
+      </c>
+      <c r="I52" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C53" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E53" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F53" s="21">
+        <v>45990</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I53" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C54" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2227</v>
+      </c>
+      <c r="E54" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F54" s="21">
+        <v>45997</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2228</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I54" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C55" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2233</v>
+      </c>
+      <c r="E55" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F55" s="21">
+        <v>46004</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2234</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I55" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C56" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E56" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F56" s="21">
+        <v>46011</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I56" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C57" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2245</v>
+      </c>
+      <c r="E57" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F57" s="21">
+        <v>46018</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I57" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C58" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2251</v>
+      </c>
+      <c r="E58" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F58" s="21">
+        <v>46025</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2253</v>
+      </c>
+      <c r="I58" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C59" t="s">
+        <v>2256</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2257</v>
+      </c>
+      <c r="E59" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F59" s="21">
+        <v>46032</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2258</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2259</v>
+      </c>
+      <c r="I59" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C60" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2263</v>
+      </c>
+      <c r="E60" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F60" s="21">
+        <v>46039</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I60" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C61" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2269</v>
+      </c>
+      <c r="E61" s="21">
+        <v>45837</v>
+      </c>
+      <c r="F61" s="21">
+        <v>46046</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I61" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2273</v>
+      </c>
+      <c r="C62" t="s">
+        <v>2274</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E62" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F62" s="21">
+        <v>44751</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2277</v>
+      </c>
+      <c r="I62" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C63" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E63" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F63" s="21">
+        <v>44758</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2282</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2283</v>
+      </c>
+      <c r="I63" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2285</v>
+      </c>
+      <c r="C64" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2287</v>
+      </c>
+      <c r="E64" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F64" s="21">
+        <v>44765</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2289</v>
+      </c>
+      <c r="I64" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C65" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2293</v>
+      </c>
+      <c r="E65" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F65" s="21">
+        <v>44772</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2295</v>
+      </c>
+      <c r="I65" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C66" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E66" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F66" s="21">
+        <v>44779</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I66" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C67" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2305</v>
+      </c>
+      <c r="E67" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F67" s="21">
+        <v>44786</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2307</v>
+      </c>
+      <c r="I67" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C68" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2311</v>
+      </c>
+      <c r="E68" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F68" s="21">
+        <v>44793</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I68" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C69" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2317</v>
+      </c>
+      <c r="E69" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F69" s="21">
+        <v>44800</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2319</v>
+      </c>
+      <c r="I69" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C70" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2323</v>
+      </c>
+      <c r="E70" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F70" s="21">
+        <v>44807</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I70" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C71" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2329</v>
+      </c>
+      <c r="E71" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F71" s="21">
+        <v>44814</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I71" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C72" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2335</v>
+      </c>
+      <c r="E72" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F72" s="21">
+        <v>44821</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I72" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C73" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2341</v>
+      </c>
+      <c r="E73" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F73" s="21">
+        <v>44828</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2343</v>
+      </c>
+      <c r="I73" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2345</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2346</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2347</v>
+      </c>
+      <c r="E74" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F74" s="21">
+        <v>44835</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2349</v>
+      </c>
+      <c r="I74" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2353</v>
+      </c>
+      <c r="E75" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F75" s="21">
+        <v>44842</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2355</v>
+      </c>
+      <c r="I75" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E76" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F76" s="21">
+        <v>44849</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2360</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2361</v>
+      </c>
+      <c r="I76" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C77" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E77" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F77" s="21">
+        <v>44856</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2367</v>
+      </c>
+      <c r="I77" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C78" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E78" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F78" s="21">
+        <v>44863</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2372</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2373</v>
+      </c>
+      <c r="I78" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C79" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E79" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F79" s="21">
+        <v>44870</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I79" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C80" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D80" t="s">
+        <v>2383</v>
+      </c>
+      <c r="E80" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F80" s="21">
+        <v>44877</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2385</v>
+      </c>
+      <c r="I80" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C81" t="s">
+        <v>2388</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2389</v>
+      </c>
+      <c r="E81" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F81" s="21">
+        <v>44884</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2391</v>
+      </c>
+      <c r="I81" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C82" t="s">
+        <v>2394</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E82" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F82" s="21">
+        <v>44891</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2397</v>
+      </c>
+      <c r="I82" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C83" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2401</v>
+      </c>
+      <c r="E83" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F83" s="21">
+        <v>44898</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2403</v>
+      </c>
+      <c r="I83" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C84" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D84" t="s">
+        <v>2407</v>
+      </c>
+      <c r="E84" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F84" s="21">
+        <v>44905</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2409</v>
+      </c>
+      <c r="I84" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C85" t="s">
+        <v>2412</v>
+      </c>
+      <c r="D85" t="s">
+        <v>2413</v>
+      </c>
+      <c r="E85" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F85" s="21">
+        <v>44912</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I85" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C86" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2419</v>
+      </c>
+      <c r="E86" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F86" s="21">
+        <v>44919</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2420</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2421</v>
+      </c>
+      <c r="I86" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C87" t="s">
+        <v>2424</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2425</v>
+      </c>
+      <c r="E87" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F87" s="21">
+        <v>44926</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2427</v>
+      </c>
+      <c r="I87" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C88" t="s">
+        <v>2430</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2431</v>
+      </c>
+      <c r="E88" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F88" s="21">
+        <v>44933</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2433</v>
+      </c>
+      <c r="I88" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C89" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2437</v>
+      </c>
+      <c r="E89" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F89" s="21">
+        <v>44940</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2439</v>
+      </c>
+      <c r="I89" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C90" t="s">
+        <v>2442</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2443</v>
+      </c>
+      <c r="E90" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F90" s="21">
+        <v>44947</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I90" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C91" t="s">
+        <v>2448</v>
+      </c>
+      <c r="D91" t="s">
+        <v>2449</v>
+      </c>
+      <c r="E91" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F91" s="21">
+        <v>44954</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2451</v>
+      </c>
+      <c r="I91" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C92" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D92" t="s">
+        <v>2455</v>
+      </c>
+      <c r="E92" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F92" s="21">
+        <v>44961</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2457</v>
+      </c>
+      <c r="I92" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C93" t="s">
+        <v>2460</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2461</v>
+      </c>
+      <c r="E93" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F93" s="21">
+        <v>44968</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2463</v>
+      </c>
+      <c r="I93" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C94" t="s">
+        <v>2466</v>
+      </c>
+      <c r="D94" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E94" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F94" s="21">
+        <v>44975</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2468</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2469</v>
+      </c>
+      <c r="I94" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C95" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D95" t="s">
+        <v>2473</v>
+      </c>
+      <c r="E95" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F95" s="21">
+        <v>44982</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2474</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2475</v>
+      </c>
+      <c r="I95" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C96" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D96" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E96" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F96" s="21">
+        <v>44989</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2480</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2481</v>
+      </c>
+      <c r="I96" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C97" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D97" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E97" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F97" s="21">
+        <v>44996</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2486</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2487</v>
+      </c>
+      <c r="I97" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C98" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D98" t="s">
+        <v>2491</v>
+      </c>
+      <c r="E98" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F98" s="21">
+        <v>45003</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2493</v>
+      </c>
+      <c r="I98" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C99" t="s">
+        <v>2496</v>
+      </c>
+      <c r="D99" t="s">
+        <v>2497</v>
+      </c>
+      <c r="E99" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F99" s="21">
+        <v>45010</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2499</v>
+      </c>
+      <c r="I99" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C100" t="s">
+        <v>2502</v>
+      </c>
+      <c r="D100" t="s">
+        <v>2503</v>
+      </c>
+      <c r="E100" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F100" s="21">
+        <v>45017</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I100" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C101" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D101" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E101" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F101" s="21">
+        <v>45024</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2511</v>
+      </c>
+      <c r="I101" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2513</v>
+      </c>
+      <c r="C102" t="s">
+        <v>2514</v>
+      </c>
+      <c r="D102" t="s">
+        <v>2515</v>
+      </c>
+      <c r="E102" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F102" s="21">
+        <v>45031</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I102" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C103" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D103" t="s">
+        <v>2521</v>
+      </c>
+      <c r="E103" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F103" s="21">
+        <v>45038</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I103" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C104" t="s">
+        <v>2526</v>
+      </c>
+      <c r="D104" t="s">
+        <v>2527</v>
+      </c>
+      <c r="E104" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F104" s="21">
+        <v>45045</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2529</v>
+      </c>
+      <c r="I104" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C105" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D105" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E105" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F105" s="21">
+        <v>45052</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2534</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2535</v>
+      </c>
+      <c r="I105" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2537</v>
+      </c>
+      <c r="C106" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D106" t="s">
+        <v>2539</v>
+      </c>
+      <c r="E106" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F106" s="21">
+        <v>45059</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2541</v>
+      </c>
+      <c r="I106" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C107" t="s">
+        <v>2544</v>
+      </c>
+      <c r="D107" t="s">
+        <v>2545</v>
+      </c>
+      <c r="E107" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F107" s="21">
+        <v>45066</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2547</v>
+      </c>
+      <c r="I107" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C108" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D108" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E108" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F108" s="21">
+        <v>45073</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2553</v>
+      </c>
+      <c r="I108" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C109" t="s">
+        <v>2556</v>
+      </c>
+      <c r="D109" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E109" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F109" s="21">
+        <v>45080</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2558</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I109" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2561</v>
+      </c>
+      <c r="C110" t="s">
+        <v>2562</v>
+      </c>
+      <c r="D110" t="s">
+        <v>2563</v>
+      </c>
+      <c r="E110" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F110" s="21">
+        <v>45087</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2564</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2565</v>
+      </c>
+      <c r="I110" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C111" t="s">
+        <v>2568</v>
+      </c>
+      <c r="D111" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E111" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F111" s="21">
+        <v>45094</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2570</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2571</v>
+      </c>
+      <c r="I111" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C112" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D112" t="s">
+        <v>2575</v>
+      </c>
+      <c r="E112" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F112" s="21">
+        <v>45101</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2576</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2577</v>
+      </c>
+      <c r="I112" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C113" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D113" t="s">
+        <v>2581</v>
+      </c>
+      <c r="E113" s="21">
+        <v>44738</v>
+      </c>
+      <c r="F113" s="21">
+        <v>45108</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2582</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2583</v>
+      </c>
+      <c r="I113" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C114" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D114" t="s">
+        <v>2587</v>
+      </c>
+      <c r="E114" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F114" s="21">
+        <v>45115</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2588</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2589</v>
+      </c>
+      <c r="I114" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C115" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D115" t="s">
+        <v>2593</v>
+      </c>
+      <c r="E115" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F115" s="21">
+        <v>45122</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2594</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2595</v>
+      </c>
+      <c r="I115" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C116" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D116" t="s">
+        <v>2599</v>
+      </c>
+      <c r="E116" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F116" s="21">
+        <v>45129</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I116" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C117" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D117" t="s">
+        <v>2605</v>
+      </c>
+      <c r="E117" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F117" s="21">
+        <v>45136</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2607</v>
+      </c>
+      <c r="I117" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C118" t="s">
+        <v>2610</v>
+      </c>
+      <c r="D118" t="s">
+        <v>2611</v>
+      </c>
+      <c r="E118" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F118" s="21">
+        <v>45143</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2613</v>
+      </c>
+      <c r="I118" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C119" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D119" t="s">
+        <v>2617</v>
+      </c>
+      <c r="E119" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F119" s="21">
+        <v>45150</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2619</v>
+      </c>
+      <c r="I119" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C120" t="s">
+        <v>2622</v>
+      </c>
+      <c r="D120" t="s">
+        <v>2623</v>
+      </c>
+      <c r="E120" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F120" s="21">
+        <v>45157</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2624</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2625</v>
+      </c>
+      <c r="I120" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C121" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D121" t="s">
+        <v>2629</v>
+      </c>
+      <c r="E121" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F121" s="21">
+        <v>45164</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2630</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2631</v>
+      </c>
+      <c r="I121" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C122" t="s">
+        <v>2634</v>
+      </c>
+      <c r="D122" t="s">
+        <v>2635</v>
+      </c>
+      <c r="E122" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F122" s="21">
+        <v>45171</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2637</v>
+      </c>
+      <c r="I122" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C123" t="s">
+        <v>2640</v>
+      </c>
+      <c r="D123" t="s">
+        <v>2641</v>
+      </c>
+      <c r="E123" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F123" s="21">
+        <v>45178</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2643</v>
+      </c>
+      <c r="I123" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C124" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D124" t="s">
+        <v>2647</v>
+      </c>
+      <c r="E124" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F124" s="21">
+        <v>45185</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2649</v>
+      </c>
+      <c r="I124" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C125" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D125" t="s">
+        <v>2653</v>
+      </c>
+      <c r="E125" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F125" s="21">
+        <v>45192</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2655</v>
+      </c>
+      <c r="I125" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C126" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D126" t="s">
+        <v>2659</v>
+      </c>
+      <c r="E126" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F126" s="21">
+        <v>45199</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2660</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2661</v>
+      </c>
+      <c r="I126" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C127" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D127" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E127" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F127" s="21">
+        <v>45206</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2666</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2667</v>
+      </c>
+      <c r="I127" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C128" t="s">
+        <v>2670</v>
+      </c>
+      <c r="D128" t="s">
+        <v>2671</v>
+      </c>
+      <c r="E128" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F128" s="21">
+        <v>45213</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2673</v>
+      </c>
+      <c r="I128" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C129" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D129" t="s">
+        <v>2677</v>
+      </c>
+      <c r="E129" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F129" s="21">
+        <v>45220</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2679</v>
+      </c>
+      <c r="I129" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C130" t="s">
+        <v>2682</v>
+      </c>
+      <c r="D130" t="s">
+        <v>2683</v>
+      </c>
+      <c r="E130" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F130" s="21">
+        <v>45227</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2685</v>
+      </c>
+      <c r="I130" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C131" t="s">
+        <v>2688</v>
+      </c>
+      <c r="D131" t="s">
+        <v>2689</v>
+      </c>
+      <c r="E131" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F131" s="21">
+        <v>45234</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I131" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C132" t="s">
+        <v>2694</v>
+      </c>
+      <c r="D132" t="s">
+        <v>2695</v>
+      </c>
+      <c r="E132" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F132" s="21">
+        <v>45241</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I132" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C133" t="s">
+        <v>2700</v>
+      </c>
+      <c r="D133" t="s">
+        <v>2701</v>
+      </c>
+      <c r="E133" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F133" s="21">
+        <v>45248</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2703</v>
+      </c>
+      <c r="I133" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C134" t="s">
+        <v>2706</v>
+      </c>
+      <c r="D134" t="s">
+        <v>2707</v>
+      </c>
+      <c r="E134" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F134" s="21">
+        <v>45255</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2708</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2709</v>
+      </c>
+      <c r="I134" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C135" t="s">
+        <v>2712</v>
+      </c>
+      <c r="D135" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E135" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F135" s="21">
+        <v>45262</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2715</v>
+      </c>
+      <c r="I135" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2717</v>
+      </c>
+      <c r="C136" t="s">
+        <v>2718</v>
+      </c>
+      <c r="D136" t="s">
+        <v>2719</v>
+      </c>
+      <c r="E136" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F136" s="21">
+        <v>45269</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2721</v>
+      </c>
+      <c r="I136" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C137" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D137" t="s">
+        <v>2725</v>
+      </c>
+      <c r="E137" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F137" s="21">
+        <v>45276</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2726</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2727</v>
+      </c>
+      <c r="I137" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C138" t="s">
+        <v>2730</v>
+      </c>
+      <c r="D138" t="s">
+        <v>2731</v>
+      </c>
+      <c r="E138" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F138" s="21">
+        <v>45283</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2733</v>
+      </c>
+      <c r="I138" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C139" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D139" t="s">
+        <v>2737</v>
+      </c>
+      <c r="E139" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F139" s="21">
+        <v>45290</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2739</v>
+      </c>
+      <c r="I139" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C140" t="s">
+        <v>2742</v>
+      </c>
+      <c r="D140" t="s">
+        <v>2743</v>
+      </c>
+      <c r="E140" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F140" s="21">
+        <v>45297</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I140" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C141" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D141" t="s">
+        <v>2749</v>
+      </c>
+      <c r="E141" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F141" s="21">
+        <v>45304</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2751</v>
+      </c>
+      <c r="I141" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C142" t="s">
+        <v>2754</v>
+      </c>
+      <c r="D142" t="s">
+        <v>2755</v>
+      </c>
+      <c r="E142" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F142" s="21">
+        <v>45311</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2757</v>
+      </c>
+      <c r="I142" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C143" t="s">
+        <v>2760</v>
+      </c>
+      <c r="D143" t="s">
+        <v>2761</v>
+      </c>
+      <c r="E143" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F143" s="21">
+        <v>45318</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2763</v>
+      </c>
+      <c r="I143" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C144" t="s">
+        <v>2766</v>
+      </c>
+      <c r="D144" t="s">
+        <v>2767</v>
+      </c>
+      <c r="E144" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F144" s="21">
+        <v>45325</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2768</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2769</v>
+      </c>
+      <c r="I144" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C145" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D145" t="s">
+        <v>2773</v>
+      </c>
+      <c r="E145" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F145" s="21">
+        <v>45332</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2775</v>
+      </c>
+      <c r="I145" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>2776</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C146" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D146" t="s">
+        <v>2779</v>
+      </c>
+      <c r="E146" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F146" s="21">
+        <v>45339</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2780</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2781</v>
+      </c>
+      <c r="I146" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C147" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D147" t="s">
+        <v>2785</v>
+      </c>
+      <c r="E147" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F147" s="21">
+        <v>45346</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2786</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2787</v>
+      </c>
+      <c r="I147" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C148" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D148" t="s">
+        <v>2791</v>
+      </c>
+      <c r="E148" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F148" s="21">
+        <v>45353</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2792</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2793</v>
+      </c>
+      <c r="I148" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C149" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D149" t="s">
+        <v>2797</v>
+      </c>
+      <c r="E149" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F149" s="21">
+        <v>45360</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2798</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2799</v>
+      </c>
+      <c r="I149" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2801</v>
+      </c>
+      <c r="C150" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D150" t="s">
+        <v>2803</v>
+      </c>
+      <c r="E150" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F150" s="21">
+        <v>45367</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2804</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2805</v>
+      </c>
+      <c r="I150" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>2806</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C151" t="s">
+        <v>2808</v>
+      </c>
+      <c r="D151" t="s">
+        <v>2809</v>
+      </c>
+      <c r="E151" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F151" s="21">
+        <v>45374</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2810</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2811</v>
+      </c>
+      <c r="I151" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C152" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D152" t="s">
+        <v>2815</v>
+      </c>
+      <c r="E152" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F152" s="21">
+        <v>45381</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2816</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2817</v>
+      </c>
+      <c r="I152" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C153" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D153" t="s">
+        <v>2821</v>
+      </c>
+      <c r="E153" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F153" s="21">
+        <v>45388</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2822</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2823</v>
+      </c>
+      <c r="I153" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>2824</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C154" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D154" t="s">
+        <v>2827</v>
+      </c>
+      <c r="E154" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F154" s="21">
+        <v>45395</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2828</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2829</v>
+      </c>
+      <c r="I154" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C155" t="s">
+        <v>2832</v>
+      </c>
+      <c r="D155" t="s">
+        <v>2833</v>
+      </c>
+      <c r="E155" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F155" s="21">
+        <v>45402</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2834</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2835</v>
+      </c>
+      <c r="I155" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C156" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D156" t="s">
+        <v>2839</v>
+      </c>
+      <c r="E156" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F156" s="21">
+        <v>45409</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2840</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2841</v>
+      </c>
+      <c r="I156" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C157" t="s">
+        <v>2844</v>
+      </c>
+      <c r="D157" t="s">
+        <v>2845</v>
+      </c>
+      <c r="E157" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F157" s="21">
+        <v>45416</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2846</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2847</v>
+      </c>
+      <c r="I157" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C158" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D158" t="s">
+        <v>2851</v>
+      </c>
+      <c r="E158" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F158" s="21">
+        <v>45423</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2853</v>
+      </c>
+      <c r="I158" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C159" t="s">
+        <v>2856</v>
+      </c>
+      <c r="D159" t="s">
+        <v>2857</v>
+      </c>
+      <c r="E159" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F159" s="21">
+        <v>45430</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2858</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2859</v>
+      </c>
+      <c r="I159" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C160" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D160" t="s">
+        <v>2863</v>
+      </c>
+      <c r="E160" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F160" s="21">
+        <v>45437</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2864</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2865</v>
+      </c>
+      <c r="I160" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C161" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D161" t="s">
+        <v>2869</v>
+      </c>
+      <c r="E161" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F161" s="21">
+        <v>45444</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2870</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2871</v>
+      </c>
+      <c r="I161" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C162" t="s">
+        <v>2874</v>
+      </c>
+      <c r="D162" t="s">
+        <v>2875</v>
+      </c>
+      <c r="E162" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F162" s="21">
+        <v>45451</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2876</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2877</v>
+      </c>
+      <c r="I162" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C163" t="s">
+        <v>2880</v>
+      </c>
+      <c r="D163" t="s">
+        <v>2881</v>
+      </c>
+      <c r="E163" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F163" s="21">
+        <v>45458</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2882</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2883</v>
+      </c>
+      <c r="I163" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C164" t="s">
+        <v>2886</v>
+      </c>
+      <c r="D164" t="s">
+        <v>2887</v>
+      </c>
+      <c r="E164" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F164" s="21">
+        <v>45465</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2889</v>
+      </c>
+      <c r="I164" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C165" t="s">
+        <v>2892</v>
+      </c>
+      <c r="D165" t="s">
+        <v>2893</v>
+      </c>
+      <c r="E165" s="21">
+        <v>45109</v>
+      </c>
+      <c r="F165" s="21">
+        <v>45472</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2895</v>
+      </c>
+      <c r="I165" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C166" t="s">
+        <v>2898</v>
+      </c>
+      <c r="D166" t="s">
+        <v>2899</v>
+      </c>
+      <c r="E166" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F166" s="21">
+        <v>45479</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2901</v>
+      </c>
+      <c r="I166" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C167" t="s">
+        <v>2904</v>
+      </c>
+      <c r="D167" t="s">
+        <v>2905</v>
+      </c>
+      <c r="E167" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F167" s="21">
+        <v>45486</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I167" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C168" t="s">
+        <v>2910</v>
+      </c>
+      <c r="D168" t="s">
+        <v>2911</v>
+      </c>
+      <c r="E168" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F168" s="21">
+        <v>45493</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2913</v>
+      </c>
+      <c r="I168" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C169" t="s">
+        <v>2916</v>
+      </c>
+      <c r="D169" t="s">
+        <v>2917</v>
+      </c>
+      <c r="E169" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F169" s="21">
+        <v>45500</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2918</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2919</v>
+      </c>
+      <c r="I169" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C170" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D170" t="s">
+        <v>2923</v>
+      </c>
+      <c r="E170" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F170" s="21">
+        <v>45507</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2925</v>
+      </c>
+      <c r="I170" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C171" t="s">
+        <v>2928</v>
+      </c>
+      <c r="D171" t="s">
+        <v>2929</v>
+      </c>
+      <c r="E171" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F171" s="21">
+        <v>45514</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2930</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2931</v>
+      </c>
+      <c r="I171" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>2932</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C172" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D172" t="s">
+        <v>2935</v>
+      </c>
+      <c r="E172" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F172" s="21">
+        <v>45521</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2937</v>
+      </c>
+      <c r="I172" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>2938</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C173" t="s">
+        <v>2940</v>
+      </c>
+      <c r="D173" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E173" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F173" s="21">
+        <v>45528</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2942</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2943</v>
+      </c>
+      <c r="I173" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C174" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D174" t="s">
+        <v>2947</v>
+      </c>
+      <c r="E174" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F174" s="21">
+        <v>45535</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2948</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2949</v>
+      </c>
+      <c r="I174" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C175" t="s">
+        <v>2952</v>
+      </c>
+      <c r="D175" t="s">
+        <v>2953</v>
+      </c>
+      <c r="E175" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F175" s="21">
+        <v>45542</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2954</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2955</v>
+      </c>
+      <c r="I175" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C176" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D176" t="s">
+        <v>2959</v>
+      </c>
+      <c r="E176" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F176" s="21">
+        <v>45549</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2960</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2961</v>
+      </c>
+      <c r="I176" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C177" t="s">
+        <v>2964</v>
+      </c>
+      <c r="D177" t="s">
+        <v>2965</v>
+      </c>
+      <c r="E177" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F177" s="21">
+        <v>45556</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2966</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2967</v>
+      </c>
+      <c r="I177" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>2968</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2969</v>
+      </c>
+      <c r="C178" t="s">
+        <v>2970</v>
+      </c>
+      <c r="D178" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E178" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F178" s="21">
+        <v>45563</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I178" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C179" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D179" t="s">
+        <v>2977</v>
+      </c>
+      <c r="E179" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F179" s="21">
+        <v>45570</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2978</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2979</v>
+      </c>
+      <c r="I179" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2981</v>
+      </c>
+      <c r="C180" t="s">
+        <v>2982</v>
+      </c>
+      <c r="D180" t="s">
+        <v>2983</v>
+      </c>
+      <c r="E180" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F180" s="21">
+        <v>45577</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2984</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2985</v>
+      </c>
+      <c r="I180" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C181" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D181" t="s">
+        <v>2989</v>
+      </c>
+      <c r="E181" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F181" s="21">
+        <v>45584</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2990</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2991</v>
+      </c>
+      <c r="I181" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>2992</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C182" t="s">
+        <v>2994</v>
+      </c>
+      <c r="D182" t="s">
+        <v>2995</v>
+      </c>
+      <c r="E182" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F182" s="21">
+        <v>45591</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2996</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2997</v>
+      </c>
+      <c r="I182" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2999</v>
+      </c>
+      <c r="C183" t="s">
+        <v>3000</v>
+      </c>
+      <c r="D183" t="s">
+        <v>3001</v>
+      </c>
+      <c r="E183" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F183" s="21">
+        <v>45598</v>
+      </c>
+      <c r="G183" t="s">
+        <v>3002</v>
+      </c>
+      <c r="H183" t="s">
+        <v>3003</v>
+      </c>
+      <c r="I183" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B184" t="s">
+        <v>3005</v>
+      </c>
+      <c r="C184" t="s">
+        <v>3006</v>
+      </c>
+      <c r="D184" t="s">
+        <v>3007</v>
+      </c>
+      <c r="E184" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F184" s="21">
+        <v>45605</v>
+      </c>
+      <c r="G184" t="s">
+        <v>3008</v>
+      </c>
+      <c r="H184" t="s">
+        <v>3009</v>
+      </c>
+      <c r="I184" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>3010</v>
+      </c>
+      <c r="B185" t="s">
+        <v>3011</v>
+      </c>
+      <c r="C185" t="s">
+        <v>3012</v>
+      </c>
+      <c r="D185" t="s">
+        <v>3013</v>
+      </c>
+      <c r="E185" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F185" s="21">
+        <v>45612</v>
+      </c>
+      <c r="G185" t="s">
+        <v>3014</v>
+      </c>
+      <c r="H185" t="s">
+        <v>3015</v>
+      </c>
+      <c r="I185" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>3016</v>
+      </c>
+      <c r="B186" t="s">
+        <v>3017</v>
+      </c>
+      <c r="C186" t="s">
+        <v>3018</v>
+      </c>
+      <c r="D186" t="s">
+        <v>3019</v>
+      </c>
+      <c r="E186" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F186" s="21">
+        <v>45619</v>
+      </c>
+      <c r="G186" t="s">
+        <v>3020</v>
+      </c>
+      <c r="H186" t="s">
+        <v>3021</v>
+      </c>
+      <c r="I186" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>3022</v>
+      </c>
+      <c r="B187" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C187" t="s">
+        <v>3024</v>
+      </c>
+      <c r="D187" t="s">
+        <v>3025</v>
+      </c>
+      <c r="E187" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F187" s="21">
+        <v>45626</v>
+      </c>
+      <c r="G187" t="s">
+        <v>3026</v>
+      </c>
+      <c r="H187" t="s">
+        <v>3027</v>
+      </c>
+      <c r="I187" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>3028</v>
+      </c>
+      <c r="B188" t="s">
+        <v>3029</v>
+      </c>
+      <c r="C188" t="s">
+        <v>3030</v>
+      </c>
+      <c r="D188" t="s">
+        <v>3031</v>
+      </c>
+      <c r="E188" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F188" s="21">
+        <v>45633</v>
+      </c>
+      <c r="G188" t="s">
+        <v>3032</v>
+      </c>
+      <c r="H188" t="s">
+        <v>3033</v>
+      </c>
+      <c r="I188" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>3034</v>
+      </c>
+      <c r="B189" t="s">
+        <v>3035</v>
+      </c>
+      <c r="C189" t="s">
+        <v>3036</v>
+      </c>
+      <c r="D189" t="s">
+        <v>3037</v>
+      </c>
+      <c r="E189" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F189" s="21">
+        <v>45640</v>
+      </c>
+      <c r="G189" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H189" t="s">
+        <v>3039</v>
+      </c>
+      <c r="I189" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>3040</v>
+      </c>
+      <c r="B190" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C190" t="s">
+        <v>3042</v>
+      </c>
+      <c r="D190" t="s">
+        <v>3043</v>
+      </c>
+      <c r="E190" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F190" s="21">
+        <v>45647</v>
+      </c>
+      <c r="G190" t="s">
+        <v>3044</v>
+      </c>
+      <c r="H190" t="s">
+        <v>3045</v>
+      </c>
+      <c r="I190" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B191" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C191" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D191" t="s">
+        <v>3049</v>
+      </c>
+      <c r="E191" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F191" s="21">
+        <v>45654</v>
+      </c>
+      <c r="G191" t="s">
+        <v>3050</v>
+      </c>
+      <c r="H191" t="s">
+        <v>3051</v>
+      </c>
+      <c r="I191" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B192" t="s">
+        <v>3053</v>
+      </c>
+      <c r="C192" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D192" t="s">
+        <v>3055</v>
+      </c>
+      <c r="E192" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F192" s="21">
+        <v>45661</v>
+      </c>
+      <c r="G192" t="s">
+        <v>3056</v>
+      </c>
+      <c r="H192" t="s">
+        <v>3057</v>
+      </c>
+      <c r="I192" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B193" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C193" t="s">
+        <v>3060</v>
+      </c>
+      <c r="D193" t="s">
+        <v>3061</v>
+      </c>
+      <c r="E193" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F193" s="21">
+        <v>45668</v>
+      </c>
+      <c r="G193" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H193" t="s">
+        <v>3063</v>
+      </c>
+      <c r="I193" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B194" t="s">
+        <v>3065</v>
+      </c>
+      <c r="C194" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D194" t="s">
+        <v>3067</v>
+      </c>
+      <c r="E194" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F194" s="21">
+        <v>45675</v>
+      </c>
+      <c r="G194" t="s">
+        <v>3068</v>
+      </c>
+      <c r="H194" t="s">
+        <v>3069</v>
+      </c>
+      <c r="I194" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B195" t="s">
+        <v>3071</v>
+      </c>
+      <c r="C195" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D195" t="s">
+        <v>3073</v>
+      </c>
+      <c r="E195" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F195" s="21">
+        <v>45682</v>
+      </c>
+      <c r="G195" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H195" t="s">
+        <v>3075</v>
+      </c>
+      <c r="I195" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B196" t="s">
+        <v>3077</v>
+      </c>
+      <c r="C196" t="s">
+        <v>3078</v>
+      </c>
+      <c r="D196" t="s">
+        <v>3079</v>
+      </c>
+      <c r="E196" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F196" s="21">
+        <v>45689</v>
+      </c>
+      <c r="G196" t="s">
+        <v>3080</v>
+      </c>
+      <c r="H196" t="s">
+        <v>3081</v>
+      </c>
+      <c r="I196" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B197" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C197" t="s">
+        <v>3084</v>
+      </c>
+      <c r="D197" t="s">
+        <v>3085</v>
+      </c>
+      <c r="E197" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F197" s="21">
+        <v>45696</v>
+      </c>
+      <c r="G197" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H197" t="s">
+        <v>3087</v>
+      </c>
+      <c r="I197" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B198" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C198" t="s">
+        <v>3090</v>
+      </c>
+      <c r="D198" t="s">
+        <v>3091</v>
+      </c>
+      <c r="E198" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F198" s="21">
+        <v>45703</v>
+      </c>
+      <c r="G198" t="s">
+        <v>3092</v>
+      </c>
+      <c r="H198" t="s">
+        <v>3093</v>
+      </c>
+      <c r="I198" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B199" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C199" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D199" t="s">
+        <v>3097</v>
+      </c>
+      <c r="E199" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F199" s="21">
+        <v>45710</v>
+      </c>
+      <c r="G199" t="s">
+        <v>3098</v>
+      </c>
+      <c r="H199" t="s">
+        <v>3099</v>
+      </c>
+      <c r="I199" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B200" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C200" t="s">
+        <v>3102</v>
+      </c>
+      <c r="D200" t="s">
+        <v>3103</v>
+      </c>
+      <c r="E200" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F200" s="21">
+        <v>45717</v>
+      </c>
+      <c r="G200" t="s">
+        <v>3104</v>
+      </c>
+      <c r="H200" t="s">
+        <v>3105</v>
+      </c>
+      <c r="I200" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B201" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C201" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D201" t="s">
+        <v>3109</v>
+      </c>
+      <c r="E201" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F201" s="21">
+        <v>45724</v>
+      </c>
+      <c r="G201" t="s">
+        <v>3110</v>
+      </c>
+      <c r="H201" t="s">
+        <v>3111</v>
+      </c>
+      <c r="I201" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>3112</v>
+      </c>
+      <c r="B202" t="s">
+        <v>3113</v>
+      </c>
+      <c r="C202" t="s">
+        <v>3114</v>
+      </c>
+      <c r="D202" t="s">
+        <v>3115</v>
+      </c>
+      <c r="E202" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F202" s="21">
+        <v>45731</v>
+      </c>
+      <c r="G202" t="s">
+        <v>3116</v>
+      </c>
+      <c r="H202" t="s">
+        <v>3117</v>
+      </c>
+      <c r="I202" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B203" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C203" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D203" t="s">
+        <v>3121</v>
+      </c>
+      <c r="E203" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F203" s="21">
+        <v>45738</v>
+      </c>
+      <c r="G203" t="s">
+        <v>3122</v>
+      </c>
+      <c r="H203" t="s">
+        <v>3123</v>
+      </c>
+      <c r="I203" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B204" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C204" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D204" t="s">
+        <v>3127</v>
+      </c>
+      <c r="E204" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F204" s="21">
+        <v>45745</v>
+      </c>
+      <c r="G204" t="s">
+        <v>3128</v>
+      </c>
+      <c r="H204" t="s">
+        <v>3129</v>
+      </c>
+      <c r="I204" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B205" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C205" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D205" t="s">
+        <v>3133</v>
+      </c>
+      <c r="E205" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F205" s="21">
+        <v>45752</v>
+      </c>
+      <c r="G205" t="s">
+        <v>3134</v>
+      </c>
+      <c r="H205" t="s">
+        <v>3135</v>
+      </c>
+      <c r="I205" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B206" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C206" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D206" t="s">
+        <v>3139</v>
+      </c>
+      <c r="E206" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F206" s="21">
+        <v>45759</v>
+      </c>
+      <c r="G206" t="s">
+        <v>3140</v>
+      </c>
+      <c r="H206" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I206" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B207" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C207" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D207" t="s">
+        <v>3145</v>
+      </c>
+      <c r="E207" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F207" s="21">
+        <v>45766</v>
+      </c>
+      <c r="G207" t="s">
+        <v>3146</v>
+      </c>
+      <c r="H207" t="s">
+        <v>3147</v>
+      </c>
+      <c r="I207" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B208" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C208" t="s">
+        <v>3150</v>
+      </c>
+      <c r="D208" t="s">
+        <v>3151</v>
+      </c>
+      <c r="E208" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F208" s="21">
+        <v>45773</v>
+      </c>
+      <c r="G208" t="s">
+        <v>3152</v>
+      </c>
+      <c r="H208" t="s">
+        <v>3153</v>
+      </c>
+      <c r="I208" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B209" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C209" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D209" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E209" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F209" s="21">
+        <v>45780</v>
+      </c>
+      <c r="G209" t="s">
+        <v>3158</v>
+      </c>
+      <c r="H209" t="s">
+        <v>3159</v>
+      </c>
+      <c r="I209" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B210" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C210" t="s">
+        <v>3162</v>
+      </c>
+      <c r="D210" t="s">
+        <v>3163</v>
+      </c>
+      <c r="E210" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F210" s="21">
+        <v>45787</v>
+      </c>
+      <c r="G210" t="s">
+        <v>3164</v>
+      </c>
+      <c r="H210" t="s">
+        <v>3165</v>
+      </c>
+      <c r="I210" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B211" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C211" t="s">
+        <v>3168</v>
+      </c>
+      <c r="D211" t="s">
+        <v>3169</v>
+      </c>
+      <c r="E211" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F211" s="21">
+        <v>45794</v>
+      </c>
+      <c r="G211" t="s">
+        <v>3170</v>
+      </c>
+      <c r="H211" t="s">
+        <v>3171</v>
+      </c>
+      <c r="I211" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B212" t="s">
+        <v>3173</v>
+      </c>
+      <c r="C212" t="s">
+        <v>3174</v>
+      </c>
+      <c r="D212" t="s">
+        <v>3175</v>
+      </c>
+      <c r="E212" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F212" s="21">
+        <v>45801</v>
+      </c>
+      <c r="G212" t="s">
+        <v>3176</v>
+      </c>
+      <c r="H212" t="s">
+        <v>3177</v>
+      </c>
+      <c r="I212" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B213" t="s">
+        <v>3179</v>
+      </c>
+      <c r="C213" t="s">
+        <v>3180</v>
+      </c>
+      <c r="D213" t="s">
+        <v>3181</v>
+      </c>
+      <c r="E213" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F213" s="21">
+        <v>45808</v>
+      </c>
+      <c r="G213" t="s">
+        <v>3182</v>
+      </c>
+      <c r="H213" t="s">
+        <v>3183</v>
+      </c>
+      <c r="I213" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B214" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C214" t="s">
+        <v>3186</v>
+      </c>
+      <c r="D214" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E214" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F214" s="21">
+        <v>45815</v>
+      </c>
+      <c r="G214" t="s">
+        <v>3188</v>
+      </c>
+      <c r="H214" t="s">
+        <v>3189</v>
+      </c>
+      <c r="I214" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B215" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C215" t="s">
+        <v>3192</v>
+      </c>
+      <c r="D215" t="s">
+        <v>3193</v>
+      </c>
+      <c r="E215" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F215" s="21">
+        <v>45822</v>
+      </c>
+      <c r="G215" t="s">
+        <v>3194</v>
+      </c>
+      <c r="H215" t="s">
+        <v>3195</v>
+      </c>
+      <c r="I215" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B216" t="s">
+        <v>3197</v>
+      </c>
+      <c r="C216" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D216" t="s">
+        <v>3199</v>
+      </c>
+      <c r="E216" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F216" s="21">
+        <v>45829</v>
+      </c>
+      <c r="G216" t="s">
+        <v>3200</v>
+      </c>
+      <c r="H216" t="s">
+        <v>3201</v>
+      </c>
+      <c r="I216" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B217" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C217" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D217" t="s">
+        <v>3205</v>
+      </c>
+      <c r="E217" s="21">
+        <v>45473</v>
+      </c>
+      <c r="F217" s="21">
+        <v>45836</v>
+      </c>
+      <c r="G217" t="s">
+        <v>3206</v>
+      </c>
+      <c r="H217" t="s">
+        <v>3207</v>
+      </c>
+      <c r="I217" s="21">
+        <v>46051</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:I1" xr:uid="{00000000-0001-0000-0900-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:E31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="51.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="53.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="19">
+        <v>45851</v>
+      </c>
+      <c r="B2" s="19">
+        <v>45857</v>
+      </c>
+      <c r="C2">
+        <v>86</v>
+      </c>
+      <c r="D2">
+        <v>161494.8231726191</v>
+      </c>
+      <c r="E2" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="19">
+        <v>45844</v>
+      </c>
+      <c r="B3" s="19">
+        <v>45850</v>
+      </c>
+      <c r="C3">
+        <v>77</v>
+      </c>
+      <c r="D3">
+        <v>138050.37073633156</v>
+      </c>
+      <c r="E3" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="19">
+        <v>45837</v>
+      </c>
+      <c r="B4" s="19">
+        <v>45843</v>
+      </c>
+      <c r="C4">
+        <v>68</v>
+      </c>
+      <c r="D4">
+        <v>103688.78206043957</v>
+      </c>
+      <c r="E4" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="19">
+        <v>45893</v>
+      </c>
+      <c r="B5" s="19">
+        <v>45899</v>
+      </c>
+      <c r="C5">
+        <v>85</v>
+      </c>
+      <c r="D5">
+        <v>595997.79419444455</v>
+      </c>
+      <c r="E5" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="19">
+        <v>45949</v>
+      </c>
+      <c r="B6" s="19">
+        <v>45955</v>
+      </c>
+      <c r="C6">
+        <v>84</v>
+      </c>
+      <c r="D6">
+        <v>287405.4660665025</v>
+      </c>
+      <c r="E6" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="19">
+        <v>46040</v>
+      </c>
+      <c r="B7" s="19">
+        <v>46046</v>
+      </c>
+      <c r="C7">
+        <v>89</v>
+      </c>
+      <c r="D7">
+        <v>722327.84591666644</v>
+      </c>
+      <c r="E7" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="19">
+        <v>45977</v>
+      </c>
+      <c r="B8" s="19">
+        <v>45983</v>
+      </c>
+      <c r="C8">
+        <v>98</v>
+      </c>
+      <c r="D8">
+        <v>315683.5188611112</v>
+      </c>
+      <c r="E8" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="19">
+        <v>45858</v>
+      </c>
+      <c r="B9" s="19">
+        <v>45864</v>
+      </c>
+      <c r="C9">
+        <v>87</v>
+      </c>
+      <c r="D9">
+        <v>249208.77932397957</v>
+      </c>
+      <c r="E9" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="19">
+        <v>45935</v>
+      </c>
+      <c r="B10" s="19">
+        <v>45941</v>
+      </c>
+      <c r="C10">
+        <v>93</v>
+      </c>
+      <c r="D10">
+        <v>344309.9849603175</v>
+      </c>
+      <c r="E10" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="19">
+        <v>45991</v>
+      </c>
+      <c r="B11" s="19">
+        <v>45997</v>
+      </c>
+      <c r="C11">
+        <v>87</v>
+      </c>
+      <c r="D11">
+        <v>1051544.1089522208</v>
+      </c>
+      <c r="E11" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="19">
+        <v>45900</v>
+      </c>
+      <c r="B12" s="19">
+        <v>45906</v>
+      </c>
+      <c r="C12">
+        <v>76</v>
+      </c>
+      <c r="D12">
+        <v>642025.61975369451</v>
+      </c>
+      <c r="E12" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="19">
+        <v>46019</v>
+      </c>
+      <c r="B13" s="19">
+        <v>46025</v>
+      </c>
+      <c r="C13">
+        <v>78</v>
+      </c>
+      <c r="D13">
+        <v>1623664.5769515303</v>
+      </c>
+      <c r="E13" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="19">
+        <v>45886</v>
+      </c>
+      <c r="B14" s="19">
+        <v>45892</v>
+      </c>
+      <c r="C14">
+        <v>93</v>
+      </c>
+      <c r="D14">
+        <v>592530.95124603168</v>
+      </c>
+      <c r="E14" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="19">
+        <v>46033</v>
+      </c>
+      <c r="B15" s="19">
+        <v>46039</v>
+      </c>
+      <c r="C15">
+        <v>113</v>
+      </c>
+      <c r="D15">
+        <v>812773.04480788193</v>
+      </c>
+      <c r="E15" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="19">
+        <v>45970</v>
+      </c>
+      <c r="B16" s="19">
+        <v>45976</v>
+      </c>
+      <c r="C16">
+        <v>89</v>
+      </c>
+      <c r="D16">
+        <v>339408.96569603164</v>
+      </c>
+      <c r="E16" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="19">
+        <v>45963</v>
+      </c>
+      <c r="B17" s="19">
+        <v>45969</v>
+      </c>
+      <c r="C17">
+        <v>90</v>
+      </c>
+      <c r="D17">
+        <v>336094.82554047613</v>
+      </c>
+      <c r="E17" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="19">
+        <v>45921</v>
+      </c>
+      <c r="B18" s="19">
+        <v>45927</v>
+      </c>
+      <c r="C18">
+        <v>80</v>
+      </c>
+      <c r="D18">
+        <v>561799.25297534023</v>
+      </c>
+      <c r="E18" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="19">
+        <v>46005</v>
+      </c>
+      <c r="B19" s="19">
+        <v>46011</v>
+      </c>
+      <c r="C19">
+        <v>104</v>
+      </c>
+      <c r="D19">
+        <v>1077591.3564285715</v>
+      </c>
+      <c r="E19" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="19">
+        <v>46026</v>
+      </c>
+      <c r="B20" s="19">
+        <v>46032</v>
+      </c>
+      <c r="C20">
+        <v>117</v>
+      </c>
+      <c r="D20">
+        <v>1572929.3809564859</v>
+      </c>
+      <c r="E20" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="19">
+        <v>45998</v>
+      </c>
+      <c r="B21" s="19">
+        <v>46004</v>
+      </c>
+      <c r="C21">
+        <v>119</v>
+      </c>
+      <c r="D21">
+        <v>710962.17155158729</v>
+      </c>
+      <c r="E21" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="19">
+        <v>46012</v>
+      </c>
+      <c r="B22" s="19">
+        <v>46018</v>
+      </c>
+      <c r="C22">
+        <v>101</v>
+      </c>
+      <c r="D22">
+        <v>1125914.2072947454</v>
+      </c>
+      <c r="E22" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="19">
+        <v>45865</v>
+      </c>
+      <c r="B23" s="19">
+        <v>45871</v>
+      </c>
+      <c r="C23">
+        <v>89</v>
+      </c>
+      <c r="D23">
+        <v>301748.08934318559</v>
+      </c>
+      <c r="E23" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="19">
+        <v>45942</v>
+      </c>
+      <c r="B24" s="19">
+        <v>45948</v>
+      </c>
+      <c r="C24">
+        <v>80</v>
+      </c>
+      <c r="D24">
+        <v>288359.92896962236</v>
+      </c>
+      <c r="E24" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="19">
+        <v>45928</v>
+      </c>
+      <c r="B25" s="19">
+        <v>45934</v>
+      </c>
+      <c r="C25">
+        <v>91</v>
+      </c>
+      <c r="D25">
+        <v>555579.50736288994</v>
+      </c>
+      <c r="E25" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="19">
+        <v>45872</v>
+      </c>
+      <c r="B26" s="19">
+        <v>45878</v>
+      </c>
+      <c r="C26">
+        <v>90</v>
+      </c>
+      <c r="D26">
+        <v>314168.66050903121</v>
+      </c>
+      <c r="E26" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="19">
+        <v>45956</v>
+      </c>
+      <c r="B27" s="19">
+        <v>45962</v>
+      </c>
+      <c r="C27">
+        <v>87</v>
+      </c>
+      <c r="D27">
+        <v>1949982.9111865077</v>
+      </c>
+      <c r="E27" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="19">
+        <v>45907</v>
+      </c>
+      <c r="B28" s="19">
+        <v>45913</v>
+      </c>
+      <c r="C28">
+        <v>95</v>
+      </c>
+      <c r="D28">
+        <v>1087004.4847331692</v>
+      </c>
+      <c r="E28" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="19">
+        <v>45914</v>
+      </c>
+      <c r="B29" s="19">
+        <v>45920</v>
+      </c>
+      <c r="C29">
+        <v>86</v>
+      </c>
+      <c r="D29">
+        <v>606630.49362698419</v>
+      </c>
+      <c r="E29" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="19">
+        <v>45879</v>
+      </c>
+      <c r="B30" s="19">
+        <v>45885</v>
+      </c>
+      <c r="C30">
+        <v>89</v>
+      </c>
+      <c r="D30">
+        <v>299213.83458333334</v>
+      </c>
+      <c r="E30" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="19">
+        <v>45984</v>
+      </c>
+      <c r="B31" s="19">
+        <v>45990</v>
+      </c>
+      <c r="C31">
+        <v>87</v>
+      </c>
+      <c r="D31">
+        <v>536937.6914099406</v>
+      </c>
+      <c r="E31" s="19">
+        <v>46051</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:E1" xr:uid="{00000000-0001-0000-0700-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B69BF2DB-38C6-4238-8849-3392D5034DBE}">
   <sheetPr>
     <tabColor theme="4" tint="0.79995117038483843"/>
   </sheetPr>
   <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="169" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
@@ -27906,59 +33115,50 @@
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D1" xr:uid="{574944E2-0C00-40C2-BFB2-D76B4D761DC5}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D89F930D9323CA47A909AE2CF4C9F351" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e493e1962a1e5b741c505f02b2a39e44">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="32381bbe-c37a-420c-955f-414a93ed7286" xmlns:ns4="75b29da9-7512-4ff8-84cc-0b8e167e62a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="90d794c47769a50aee96afec386414af" ns3:_="" ns4:_="">
     <xsd:import namespace="32381bbe-c37a-420c-955f-414a93ed7286"/>
     <xsd:import namespace="75b29da9-7512-4ff8-84cc-0b8e167e62a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -28141,127 +33341,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="75b29da9-7512-4ff8-84cc-0b8e167e62a3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E4398AD-EEC3-4FFE-B888-5DA9630BE953}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="32381bbe-c37a-420c-955f-414a93ed7286"/>
     <ds:schemaRef ds:uri="75b29da9-7512-4ff8-84cc-0b8e167e62a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E22E41E4-E305-4979-A8B6-FEF7AFA47B0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="32381bbe-c37a-420c-955f-414a93ed7286"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="75b29da9-7512-4ff8-84cc-0b8e167e62a3"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3A35303-1144-471A-AFDD-36E3D922E00B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Introduction</vt:lpstr>
+      <vt:lpstr>Respiratory hospital visits</vt:lpstr>
+      <vt:lpstr>Visit Level Threshold Reference</vt:lpstr>
       <vt:lpstr>COVID-19 Reporting</vt:lpstr>
-      <vt:lpstr>Wastewater Reporting</vt:lpstr>
+      <vt:lpstr>Influenza Reporting</vt:lpstr>
       <vt:lpstr>Topline Vaccination Data</vt:lpstr>
       <vt:lpstr>Immunizations</vt:lpstr>
-      <vt:lpstr>Visit Level Threshold Reference</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Influenza Reporting</vt:lpstr>
+      <vt:lpstr>Wastewater Reporting</vt:lpstr>
       <vt:lpstr>Flu Severity Level Definitions</vt:lpstr>
       <vt:lpstr>Data Dictionary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D89F930D9323CA47A909AE2CF4C9F351</vt:lpwstr>
   </property>
 </Properties>