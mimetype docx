--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -1,44 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="16845C49" w14:textId="6225C1AE" w:rsidR="00C15410" w:rsidRPr="009363D0" w:rsidRDefault="00C15410" w:rsidP="007C2075">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009363D0">
@@ -776,51 +779,50 @@
       </w:r>
       <w:r w:rsidR="00491B01">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16845C53" w14:textId="5B245F54" w:rsidR="00490DD4" w:rsidRPr="007C2075" w:rsidRDefault="007C2075" w:rsidP="000B3878">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00490DD4" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t>ollow verbal or visual directions</w:t>
       </w:r>
       <w:r w:rsidR="005E63A0" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16845C54" w14:textId="1BD5D9ED" w:rsidR="00490DD4" w:rsidRPr="007C2075" w:rsidRDefault="007C2075" w:rsidP="00650370">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -911,50 +913,51 @@
       <w:r w:rsidR="000E2550" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16845C56" w14:textId="77777777" w:rsidR="00490DD4" w:rsidRPr="007C2075" w:rsidRDefault="00490DD4" w:rsidP="00650370">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Respect the weight limit on equipment. Each piece of equipment has its own weight limit. You </w:t>
       </w:r>
       <w:r w:rsidR="00446D38" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>can’t</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> use equip</w:t>
       </w:r>
       <w:r w:rsidR="0035720D" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>ment if you weigh more than the</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2075">
         <w:rPr>
@@ -3017,53 +3020,56 @@
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00A50FC8" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>eturn the equipment on time.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009363D0" w:rsidRPr="009363D0" w:rsidSect="00454479">
-      <w:headerReference w:type="default" r:id="rId13"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79D1617B" w14:textId="77777777" w:rsidR="007F0729" w:rsidRDefault="007F0729" w:rsidP="001A7634">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="365DB2E7" w14:textId="77777777" w:rsidR="007F0729" w:rsidRDefault="007F0729" w:rsidP="001A7634">
       <w:pPr>
@@ -3100,365 +3106,370 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:notTrueType/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="131FC167" w14:textId="77777777" w:rsidR="00E41FED" w:rsidRDefault="00E41FED">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="196266389"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="196266390"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="16845CAB" w14:textId="72AE3DA5" w:rsidR="001A7634" w:rsidRPr="007D572C" w:rsidRDefault="00D91FFE" w:rsidP="00D91FFE">
+          <w:p w14:paraId="16845CAB" w14:textId="72AE3DA5" w:rsidR="001A7634" w:rsidRPr="00E41FED" w:rsidRDefault="00D91FFE" w:rsidP="00D91FFE">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9360"/>
                 <w:tab w:val="right" w:pos="9180"/>
               </w:tabs>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E41FED">
               <w:t>Updated January 2, 2025</w:t>
             </w:r>
-            <w:r w:rsidR="00006465">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00006465" w:rsidRPr="00E41FED">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00006465">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00006465" w:rsidRPr="00E41FED">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00006465">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00006465" w:rsidRPr="00E41FED">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="196266449"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="196266450"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="16845CAC" w14:textId="7C4EEDE1" w:rsidR="00DA3C11" w:rsidRPr="007D572C" w:rsidRDefault="002F3255" w:rsidP="002F3255">
+          <w:p w14:paraId="16845CAC" w14:textId="7C4EEDE1" w:rsidR="00DA3C11" w:rsidRPr="00E41FED" w:rsidRDefault="002F3255" w:rsidP="002F3255">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9360"/>
                 <w:tab w:val="right" w:pos="9270"/>
               </w:tabs>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E41FED">
               <w:t>Updated January 2, 2025</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E41FED">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00006465">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00006465" w:rsidRPr="00E41FED">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00006465">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00006465" w:rsidRPr="00E41FED">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00E41FED">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00E41FED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6BFCF78F" w14:textId="77777777" w:rsidR="007F0729" w:rsidRDefault="007F0729" w:rsidP="001A7634">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6591698E" w14:textId="77777777" w:rsidR="007F0729" w:rsidRDefault="007F0729" w:rsidP="001A7634">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="16845CA9" w14:textId="77777777" w:rsidR="001A7634" w:rsidRPr="009363D0" w:rsidRDefault="00DA3C11" w:rsidP="007D572C">
+  <w:p w14:paraId="53A13838" w14:textId="77777777" w:rsidR="00E41FED" w:rsidRDefault="00E41FED">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16845CA9" w14:textId="77777777" w:rsidR="001A7634" w:rsidRPr="00E41FED" w:rsidRDefault="00DA3C11" w:rsidP="007D572C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009363D0">
+    <w:r w:rsidRPr="00E41FED">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:rPr>
       <w:t>DCR Universal Access Program Essential Eligibility Criteria for Program Participants</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="16845CAA" w14:textId="77777777" w:rsidR="00DA3C11" w:rsidRPr="009363D0" w:rsidRDefault="00DA3C11">
+  <w:p w14:paraId="16845CAA" w14:textId="77777777" w:rsidR="00DA3C11" w:rsidRPr="00E41FED" w:rsidRDefault="00DA3C11">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
       </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="15830A01" w14:textId="77777777" w:rsidR="00E41FED" w:rsidRDefault="00E41FED">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04893784"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13B2D7EA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -5168,53 +5179,53 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="300499813">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1955674764">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="446314254">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="639044577">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="700210472">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1540240034">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2G2S0sma2uXbsXJqSn3Ww8KVaMS+AfH4iySML67O9kqdByKcYmOyxL3paZ4p20tT/FQ+/TxGP6OH+hF30Glb7Q==" w:salt="djX4KBXK9Zozxzh2Xq39fA=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hwF8edkNgTSDhilbHq1nflFXflN6X2+mqFvWZ38w6QUif4eYR4JmJ1pzzPnvRyglLosk7JBN6WINGDFUo2EYSA==" w:salt="nJSxIHxixsW/r5PQGgO1Wg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C15410"/>
@@ -5297,78 +5308,80 @@
     <w:rsid w:val="00754EF4"/>
     <w:rsid w:val="00782ADD"/>
     <w:rsid w:val="00793466"/>
     <w:rsid w:val="007C2075"/>
     <w:rsid w:val="007C30F7"/>
     <w:rsid w:val="007D572C"/>
     <w:rsid w:val="007F0729"/>
     <w:rsid w:val="00803F1C"/>
     <w:rsid w:val="00825A46"/>
     <w:rsid w:val="0082710D"/>
     <w:rsid w:val="0088313F"/>
     <w:rsid w:val="00883362"/>
     <w:rsid w:val="00885514"/>
     <w:rsid w:val="008D0530"/>
     <w:rsid w:val="00915DA4"/>
     <w:rsid w:val="009363D0"/>
     <w:rsid w:val="00952631"/>
     <w:rsid w:val="009625C0"/>
     <w:rsid w:val="009660A5"/>
     <w:rsid w:val="009B630C"/>
     <w:rsid w:val="00A36D0D"/>
     <w:rsid w:val="00A505A1"/>
     <w:rsid w:val="00A50FC8"/>
     <w:rsid w:val="00A56E4F"/>
     <w:rsid w:val="00A613E8"/>
+    <w:rsid w:val="00AC21C1"/>
     <w:rsid w:val="00AC4E38"/>
     <w:rsid w:val="00AF3558"/>
     <w:rsid w:val="00AF4CCB"/>
     <w:rsid w:val="00B153CE"/>
     <w:rsid w:val="00B246F5"/>
     <w:rsid w:val="00B501B9"/>
     <w:rsid w:val="00B8019B"/>
     <w:rsid w:val="00B93C8F"/>
     <w:rsid w:val="00BB507D"/>
     <w:rsid w:val="00BF195F"/>
     <w:rsid w:val="00C05848"/>
     <w:rsid w:val="00C12396"/>
     <w:rsid w:val="00C15410"/>
     <w:rsid w:val="00C21B4C"/>
     <w:rsid w:val="00C4510A"/>
     <w:rsid w:val="00C77182"/>
     <w:rsid w:val="00C86BB4"/>
     <w:rsid w:val="00CE00F7"/>
     <w:rsid w:val="00CF21B5"/>
     <w:rsid w:val="00CF6F12"/>
     <w:rsid w:val="00D91FFE"/>
     <w:rsid w:val="00D95403"/>
     <w:rsid w:val="00DA3C11"/>
     <w:rsid w:val="00DC620B"/>
     <w:rsid w:val="00DD07F7"/>
     <w:rsid w:val="00DD3839"/>
     <w:rsid w:val="00E04C56"/>
     <w:rsid w:val="00E315F5"/>
+    <w:rsid w:val="00E41FED"/>
     <w:rsid w:val="00EB2EEE"/>
     <w:rsid w:val="00ED4F00"/>
     <w:rsid w:val="00EE7D9F"/>
     <w:rsid w:val="00EF1EDF"/>
     <w:rsid w:val="00F02B6D"/>
     <w:rsid w:val="00F30FA1"/>
     <w:rsid w:val="00F77473"/>
     <w:rsid w:val="00FA5153"/>
     <w:rsid w:val="00FD3040"/>
     <w:rsid w:val="00FE7AA2"/>
     <w:rsid w:val="00FF128C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -6844,51 +6857,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1515807722">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCR.UniversalAccess@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:4134617126" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCR.UniversalAccess@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:4134617126" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7147,63 +7160,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="18c9662787ce42a61b1ce72133bd2f9d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4e3741b9a45aabc69e8cdbbc3a8ab05" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="642624a789f0d4e6706687141cc287fc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d67b0180d09d60a09020e18b2c61199" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <xsd:import namespace="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -7404,97 +7415,99 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ab345b-2a5a-468e-873f-32f913e42a2d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A61562F3-2EB7-4058-83AD-AB88EECDCD19}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{442540CE-8233-4D99-ACE8-269675882C1D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77AA88C9-64CC-4248-B70A-A081D349310A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86AE615A-78E1-45C6-ADA5-677B65070009}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{442540CE-8233-4D99-ACE8-269675882C1D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A61562F3-2EB7-4058-83AD-AB88EECDCD19}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
+    <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E207D211-131D-43DC-9774-B69B72A628CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1180</Words>
   <Characters>6731</Characters>