--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -1,44 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="16845C49" w14:textId="028A5D96" w:rsidR="00C15410" w:rsidRPr="009363D0" w:rsidRDefault="00C15410" w:rsidP="007C2075">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009363D0">
@@ -154,65 +157,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> skills you need </w:t>
       </w:r>
       <w:r w:rsidR="000E2550" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve">to participate in </w:t>
       </w:r>
       <w:r w:rsidR="00490DD4" w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t>our programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C4735">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
-        <w:t xml:space="preserve">You need to meet the EEC </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> participate in an activity.</w:t>
+        <w:t>You need to meet the EEC in order to participate in an activity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16845C4C" w14:textId="4C1E66CE" w:rsidR="00490DD4" w:rsidRDefault="00490DD4" w:rsidP="00650370">
       <w:pPr>
         <w:keepLines/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2075">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t>If you have questions or concerns</w:t>
       </w:r>
       <w:r w:rsidR="00BB507D">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t xml:space="preserve"> about </w:t>
       </w:r>
       <w:r w:rsidR="002C45FF">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -324,67 +313,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk187391229"/>
       <w:r w:rsidRPr="00F41C95">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Transfers: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F41C95">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Work with program staff to develop transfer plans that fit your needs and the program resources. You may be asked to reschedule your session or bring additional support person(s) or equipment to help you transfer. Please </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and contact the program provider to discuss your needs.</w:t>
+        <w:t>Work with program staff to develop transfer plans that fit your needs and the program resources. You may be asked to reschedule your session or bring additional support person(s) or equipment to help you transfer. Please plan in advance and contact the program provider to discuss your needs.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="755CBAEB" w14:textId="77777777" w:rsidR="00D8334D" w:rsidRDefault="00D8334D" w:rsidP="00D8334D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8334D">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>Do not attend a program if you have signs or symptoms of being sick, or if you have a contagious condition. Coughing and sneezing, fever, sore throat, diarrhea, and vomiting are some symptoms of being sick. Lice, chickenpox or shingles, and cold or flu are some examples of contagious conditions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13DCAAAA" w14:textId="77777777" w:rsidR="00375A71" w:rsidRDefault="00375A71" w:rsidP="00375A71">
       <w:pPr>
@@ -530,156 +503,159 @@
       <w:r w:rsidRPr="00D8334D">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>Arrive at the program location early enough to be ready and on time for scheduled sessions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBE8BD0" w14:textId="77777777" w:rsidR="00D8334D" w:rsidRPr="00D8334D" w:rsidRDefault="00D8334D" w:rsidP="00D8334D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8334D">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Increase space and distance from others who are not in your household (group) as needed or when asked to do so. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E25D812" w14:textId="77777777" w:rsidR="00D8334D" w:rsidRPr="00D8334D" w:rsidRDefault="00D8334D" w:rsidP="00D8334D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8334D">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>Refrain from wearing scented products while at programs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2484734E" w14:textId="256D607A" w:rsidR="00CD4E6A" w:rsidRPr="00CD4E6A" w:rsidRDefault="00D8334D" w:rsidP="5058BF0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Montserrat" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="5"/>
           <w:kern w:val="28"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4E6A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>Refrain from the use of smoking, vaping, or tobacco products while participating in the program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CACEB44" w14:textId="139DFB95" w:rsidR="00CD4E6A" w:rsidRPr="00CD4E6A" w:rsidRDefault="00CD4E6A" w:rsidP="5058BF0C">
+    <w:p w14:paraId="0CACEB44" w14:textId="139DFB95" w:rsidR="00CD4E6A" w:rsidRPr="00CD4E6A" w:rsidRDefault="00CD4E6A" w:rsidP="00BC03A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="200"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31FF3722" w14:textId="3B5D7DB9" w:rsidR="00117066" w:rsidRPr="00117066" w:rsidRDefault="00117066" w:rsidP="00117066">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00117066">
         <w:t xml:space="preserve">Seasonal / Activity </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00117066">
         <w:t>pecific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Guidelines</w:t>
       </w:r>
       <w:r w:rsidRPr="00117066">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Winter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27FB2E63" w14:textId="77777777" w:rsidR="00117066" w:rsidRDefault="00117066" w:rsidP="00BE711B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D113FD">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
         <w:t>Wear a properly fitted helmet if you are using a balance aid (such as a skate walker, sideboards, or being supported) while stand skating.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00117066" w:rsidSect="00454479">
-      <w:headerReference w:type="default" r:id="rId17"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="146BCB07" w14:textId="77777777" w:rsidR="002B395C" w:rsidRDefault="002B395C" w:rsidP="001A7634">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0BB49880" w14:textId="77777777" w:rsidR="002B395C" w:rsidRDefault="002B395C" w:rsidP="001A7634">
       <w:pPr>
@@ -716,449 +692,402 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:notTrueType/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BB05741" w14:textId="77777777" w:rsidR="00BC03A8" w:rsidRDefault="00BC03A8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="196266389"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="196266390"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="16845CAB" w14:textId="5E276AA2" w:rsidR="001A7634" w:rsidRPr="007D572C" w:rsidRDefault="001D6408" w:rsidP="00DA3C11">
+          <w:p w14:paraId="16845CAB" w14:textId="5E276AA2" w:rsidR="001A7634" w:rsidRPr="00326629" w:rsidRDefault="001D6408" w:rsidP="00DA3C11">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00326629">
               <w:t>Updated</w:t>
             </w:r>
-            <w:r w:rsidR="009363D0" w:rsidRPr="009363D0">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="009363D0" w:rsidRPr="00326629">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D113FD">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">January 2, </w:t>
+            <w:r w:rsidR="00D113FD" w:rsidRPr="00326629">
+              <w:t xml:space="preserve">January 2, 2025 </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-              <w:t>2025</w:t>
+            <w:r w:rsidR="00367762" w:rsidRPr="00326629">
+              <w:t xml:space="preserve">          </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="009363D0" w:rsidRPr="00326629">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r w:rsidR="00117066" w:rsidRPr="00326629">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00367762">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">          </w:t>
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
+              <w:t xml:space="preserve">                                                                        Page </w:t>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
-[...32 lines deleted...]
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00326629">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00326629">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="196266449"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="196266450"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="16845CAC" w14:textId="2010DCB8" w:rsidR="00DA3C11" w:rsidRPr="007D572C" w:rsidRDefault="00E3746F" w:rsidP="00DA3C11">
+          <w:p w14:paraId="16845CAC" w14:textId="2010DCB8" w:rsidR="00DA3C11" w:rsidRPr="00326629" w:rsidRDefault="00E3746F" w:rsidP="00DA3C11">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00326629">
               <w:t>Updated</w:t>
             </w:r>
-            <w:r w:rsidR="009363D0" w:rsidRPr="009363D0">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="009363D0" w:rsidRPr="00326629">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CC5D13">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">January 2, </w:t>
+            <w:r w:rsidR="00CC5D13" w:rsidRPr="00326629">
+              <w:t>January 2, 2025</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...10 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00367762" w:rsidRPr="00326629">
               <w:t xml:space="preserve">           </w:t>
             </w:r>
-            <w:r w:rsidR="009363D0" w:rsidRPr="007D572C">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidR="009363D0" w:rsidRPr="00326629">
+              <w:t xml:space="preserve">                                                                                               </w:t>
             </w:r>
-            <w:r w:rsidR="009363D0">
-[...11 lines deleted...]
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00326629">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00DA3C11" w:rsidRPr="007D572C">
+            <w:r w:rsidR="00DA3C11" w:rsidRPr="00326629">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B93C8F">
+            <w:r w:rsidR="00B93C8F" w:rsidRPr="00326629">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="005E528D" w:rsidRPr="007D572C">
+            <w:r w:rsidR="005E528D" w:rsidRPr="00326629">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="341C0E4F" w14:textId="77777777" w:rsidR="002B395C" w:rsidRDefault="002B395C" w:rsidP="001A7634">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2CDBED3B" w14:textId="77777777" w:rsidR="002B395C" w:rsidRDefault="002B395C" w:rsidP="001A7634">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="16845CA9" w14:textId="4A3920A9" w:rsidR="001A7634" w:rsidRPr="009363D0" w:rsidRDefault="00DA3C11" w:rsidP="007D572C">
+  <w:p w14:paraId="4231119A" w14:textId="77777777" w:rsidR="00BC03A8" w:rsidRDefault="00BC03A8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16845CA9" w14:textId="7F191573" w:rsidR="001A7634" w:rsidRPr="009F5F6D" w:rsidRDefault="00DA3C11" w:rsidP="007D572C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009363D0">
+    <w:r w:rsidRPr="009F5F6D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t xml:space="preserve">DCR Universal Access Program </w:t>
     </w:r>
-    <w:r w:rsidR="00117066">
+    <w:r w:rsidR="00117066" w:rsidRPr="009F5F6D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="005A1CFE">
+    <w:r w:rsidR="008D7CB9" w:rsidRPr="009F5F6D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-[...1 lines deleted...]
-      <w:t>4</w:t>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="00117066">
+    <w:r w:rsidR="00117066" w:rsidRPr="009F5F6D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       </w:rPr>
       <w:t xml:space="preserve"> Program Attendance Guidelines</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="16845CAA" w14:textId="77777777" w:rsidR="00DA3C11" w:rsidRPr="009363D0" w:rsidRDefault="00DA3C11">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
       </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33D3D928" w14:textId="77777777" w:rsidR="00BC03A8" w:rsidRDefault="00BC03A8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04893784"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13B2D7EA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -2868,53 +2797,53 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="300499813">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1955674764">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="446314254">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="639044577">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="700210472">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1540240034">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="AlX+ww+ShALa8p+WbHoxXBooclFo9joAH7A6v/ngz5clUaZTwEdpVwFVoj4uZ/kcw/LHICyvrGNSC3bJsO1ouw==" w:salt="7mmFErc0fh4D/7cLIGDDGw=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C15410"/>
@@ -2932,58 +2861,60 @@
     <w:rsid w:val="00117066"/>
     <w:rsid w:val="00126373"/>
     <w:rsid w:val="00143F69"/>
     <w:rsid w:val="0015215D"/>
     <w:rsid w:val="00180550"/>
     <w:rsid w:val="001A3D40"/>
     <w:rsid w:val="001A43C6"/>
     <w:rsid w:val="001A7634"/>
     <w:rsid w:val="001D6408"/>
     <w:rsid w:val="001F36C9"/>
     <w:rsid w:val="002022DE"/>
     <w:rsid w:val="0023F388"/>
     <w:rsid w:val="00243128"/>
     <w:rsid w:val="00247391"/>
     <w:rsid w:val="0026677F"/>
     <w:rsid w:val="002A5E9A"/>
     <w:rsid w:val="002B395C"/>
     <w:rsid w:val="002C1981"/>
     <w:rsid w:val="002C45FF"/>
     <w:rsid w:val="002C4735"/>
     <w:rsid w:val="002F02A8"/>
     <w:rsid w:val="00311F01"/>
     <w:rsid w:val="00312997"/>
     <w:rsid w:val="00323B5E"/>
     <w:rsid w:val="0032621D"/>
+    <w:rsid w:val="00326629"/>
     <w:rsid w:val="00336B72"/>
     <w:rsid w:val="00341EE2"/>
     <w:rsid w:val="003441EA"/>
     <w:rsid w:val="00355288"/>
     <w:rsid w:val="0035720D"/>
     <w:rsid w:val="00367762"/>
     <w:rsid w:val="00375A71"/>
     <w:rsid w:val="003879F7"/>
+    <w:rsid w:val="003C7828"/>
     <w:rsid w:val="003D7EF2"/>
     <w:rsid w:val="00403951"/>
     <w:rsid w:val="00405BA4"/>
     <w:rsid w:val="00413382"/>
     <w:rsid w:val="00425E42"/>
     <w:rsid w:val="00437EDA"/>
     <w:rsid w:val="00446480"/>
     <w:rsid w:val="00446D38"/>
     <w:rsid w:val="00454479"/>
     <w:rsid w:val="004571A8"/>
     <w:rsid w:val="00473CA2"/>
     <w:rsid w:val="004740BD"/>
     <w:rsid w:val="004831CF"/>
     <w:rsid w:val="00490DD4"/>
     <w:rsid w:val="004A7AAB"/>
     <w:rsid w:val="004C093E"/>
     <w:rsid w:val="00511F96"/>
     <w:rsid w:val="00524229"/>
     <w:rsid w:val="005417B3"/>
     <w:rsid w:val="005617D4"/>
     <w:rsid w:val="00576D39"/>
     <w:rsid w:val="00590AA0"/>
     <w:rsid w:val="005A1CFE"/>
     <w:rsid w:val="005A4266"/>
     <w:rsid w:val="005D329F"/>
@@ -2992,93 +2923,101 @@
     <w:rsid w:val="005F012C"/>
     <w:rsid w:val="00600AEB"/>
     <w:rsid w:val="00615466"/>
     <w:rsid w:val="00617619"/>
     <w:rsid w:val="00623A4D"/>
     <w:rsid w:val="00626A58"/>
     <w:rsid w:val="00626DB4"/>
     <w:rsid w:val="00645108"/>
     <w:rsid w:val="00650097"/>
     <w:rsid w:val="00650370"/>
     <w:rsid w:val="00650984"/>
     <w:rsid w:val="006B4C55"/>
     <w:rsid w:val="006D490C"/>
     <w:rsid w:val="006D53DD"/>
     <w:rsid w:val="00745A9D"/>
     <w:rsid w:val="00754EF4"/>
     <w:rsid w:val="007630EF"/>
     <w:rsid w:val="007C2075"/>
     <w:rsid w:val="007D572C"/>
     <w:rsid w:val="00802574"/>
     <w:rsid w:val="00807256"/>
     <w:rsid w:val="00825A46"/>
     <w:rsid w:val="00863FD0"/>
     <w:rsid w:val="0088313F"/>
     <w:rsid w:val="00885514"/>
+    <w:rsid w:val="008A4C89"/>
     <w:rsid w:val="008D0530"/>
+    <w:rsid w:val="008D7CB9"/>
     <w:rsid w:val="009307B8"/>
     <w:rsid w:val="00931F03"/>
     <w:rsid w:val="009363D0"/>
     <w:rsid w:val="00952631"/>
     <w:rsid w:val="009660A5"/>
     <w:rsid w:val="009808E9"/>
+    <w:rsid w:val="009A6EE9"/>
     <w:rsid w:val="009B630C"/>
     <w:rsid w:val="009D0453"/>
     <w:rsid w:val="009E0799"/>
     <w:rsid w:val="009F5703"/>
+    <w:rsid w:val="009F5F6D"/>
     <w:rsid w:val="00A505A1"/>
     <w:rsid w:val="00A50FC8"/>
     <w:rsid w:val="00A56E4F"/>
     <w:rsid w:val="00A613E8"/>
+    <w:rsid w:val="00A95161"/>
+    <w:rsid w:val="00AC21C1"/>
     <w:rsid w:val="00AC4E38"/>
     <w:rsid w:val="00AF3558"/>
     <w:rsid w:val="00AF4CCB"/>
     <w:rsid w:val="00B153CE"/>
     <w:rsid w:val="00B52868"/>
     <w:rsid w:val="00B8019B"/>
     <w:rsid w:val="00B93C8F"/>
     <w:rsid w:val="00BB507D"/>
+    <w:rsid w:val="00BC03A8"/>
     <w:rsid w:val="00BD52B3"/>
     <w:rsid w:val="00BE76E6"/>
     <w:rsid w:val="00C100E0"/>
     <w:rsid w:val="00C12396"/>
     <w:rsid w:val="00C15410"/>
     <w:rsid w:val="00C21B4C"/>
     <w:rsid w:val="00C23F26"/>
     <w:rsid w:val="00C314C5"/>
     <w:rsid w:val="00C444C2"/>
     <w:rsid w:val="00C4510A"/>
     <w:rsid w:val="00C86BB4"/>
     <w:rsid w:val="00CA55A5"/>
     <w:rsid w:val="00CC5D13"/>
     <w:rsid w:val="00CD4E6A"/>
     <w:rsid w:val="00CE00F7"/>
     <w:rsid w:val="00CE6652"/>
     <w:rsid w:val="00CF21B5"/>
     <w:rsid w:val="00D01BE8"/>
     <w:rsid w:val="00D113FD"/>
     <w:rsid w:val="00D124A9"/>
+    <w:rsid w:val="00D51A36"/>
     <w:rsid w:val="00D8334D"/>
     <w:rsid w:val="00D95403"/>
     <w:rsid w:val="00DA2A39"/>
     <w:rsid w:val="00DA3C11"/>
     <w:rsid w:val="00DB4AA1"/>
     <w:rsid w:val="00DD07F7"/>
     <w:rsid w:val="00E24ADF"/>
     <w:rsid w:val="00E315F5"/>
     <w:rsid w:val="00E3746F"/>
     <w:rsid w:val="00E55149"/>
     <w:rsid w:val="00EB2EEE"/>
     <w:rsid w:val="00EE7D9F"/>
     <w:rsid w:val="00EF1EDF"/>
     <w:rsid w:val="00F02B6D"/>
     <w:rsid w:val="00F30FA1"/>
     <w:rsid w:val="00F41C95"/>
     <w:rsid w:val="00F43176"/>
     <w:rsid w:val="00F77473"/>
     <w:rsid w:val="00FA5153"/>
     <w:rsid w:val="00FD3040"/>
     <w:rsid w:val="00FD7A48"/>
     <w:rsid w:val="00FE7AA2"/>
     <w:rsid w:val="0C316541"/>
     <w:rsid w:val="0E69569D"/>
     <w:rsid w:val="1A2F3370"/>
@@ -4587,51 +4526,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1515807722">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/respiratory-viruses/prevention/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCR.UniversalAccess@state.ma.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/covid-19-mask-requirements" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:4134617126" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/respiratory-viruses/risk-factors/people-with-disabilities.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/respiratory-viruses/prevention/index.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/respiratory-viruses/prevention/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCR.UniversalAccess@state.ma.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/covid-19-mask-requirements" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:4134617126" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/respiratory-viruses/risk-factors/people-with-disabilities.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/respiratory-viruses/prevention/index.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4890,52 +4829,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="18c9662787ce42a61b1ce72133bd2f9d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4e3741b9a45aabc69e8cdbbc3a8ab05" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="642624a789f0d4e6706687141cc287fc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d67b0180d09d60a09020e18b2c61199" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <xsd:import namespace="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -5167,51 +5106,51 @@
     <SharedWithUsers xmlns="e093a1bc-1c2e-4793-ac76-079c19000c69">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E65E619C-3EDF-4D81-B4FA-465AA406B9DA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD2E304D-B6E3-4B2B-9FF5-BA80192DCB2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A61562F3-2EB7-4058-83AD-AB88EECDCD19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
@@ -5228,51 +5167,51 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{442540CE-8233-4D99-ACE8-269675882C1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>439</Words>
   <Characters>2508</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2942</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Rachael E. Lee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>