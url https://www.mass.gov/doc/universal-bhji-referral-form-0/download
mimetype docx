--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -469,98 +469,100 @@
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="447666430"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00771C14">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00771C14">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0078617F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1353173933"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00771C14">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00771C14">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0078617F">
         <w:rPr>
@@ -656,50 +658,51 @@
       <w:r w:rsidR="0078617F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(check one) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2039502178"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D2DA7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00771C14">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0078617F">
         <w:rPr>
@@ -722,50 +725,51 @@
       <w:r w:rsidR="0078617F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="25221018"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D2DA7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0078617F">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0078617F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -1134,339 +1138,344 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Which of these describes your current sexual orientation?</w:t>
       </w:r>
       <w:r w:rsidR="0078617F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sexual orientation describes how a person defines their physical and/or emotional attraction to others. Select up to five options.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B18F44A" w14:textId="6D70AB8D" w:rsidR="00C32BDF" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="7B18F44A" w14:textId="6D70AB8D" w:rsidR="00C32BDF" w:rsidRDefault="00490764" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1661729638"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Straight or Heterosexual </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22106E1B" w14:textId="7002ABFC" w:rsidR="00C32BDF" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="22106E1B" w14:textId="7002ABFC" w:rsidR="00C32BDF" w:rsidRDefault="00490764" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-899518986"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B646DD">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lesbian or Gay </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B9A89B" w14:textId="4D937602" w:rsidR="00C32BDF" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="63B9A89B" w14:textId="4D937602" w:rsidR="00C32BDF" w:rsidRDefault="00490764" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-932044659"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B646DD">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bisexual </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D47AE5" w14:textId="0C0C9E36" w:rsidR="00C32BDF" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="78D47AE5" w14:textId="0C0C9E36" w:rsidR="00C32BDF" w:rsidRDefault="00490764" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1949995395"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Queer, pansexual, or questioning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D599C1" w14:textId="0DAED873" w:rsidR="00C32BDF" w:rsidRDefault="00000000" w:rsidP="003B547A">
+    <w:p w14:paraId="09D599C1" w14:textId="0DAED873" w:rsidR="00C32BDF" w:rsidRDefault="00490764" w:rsidP="003B547A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="E2E3E4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1624197202"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
@@ -1477,144 +1486,146 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sexual orientation not listed. Please specify</w:t>
       </w:r>
       <w:r w:rsidR="00604327">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0078617F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38301A68" w14:textId="0BACE25A" w:rsidR="00C32BDF" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="38301A68" w14:textId="0BACE25A" w:rsidR="00C32BDF" w:rsidRDefault="00490764" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-863429192"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003B2E35">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Don’t know </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24907E49" w14:textId="50D720F8" w:rsidR="00947B58" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="24907E49" w14:textId="50D720F8" w:rsidR="00947B58" w:rsidRDefault="00490764" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1133061978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32BDF">
         <w:rPr>
@@ -1668,221 +1679,225 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hispanic or Latino refers to someone of Cuban, Mexican, Puerto Rican, South or Central American, or other Spanish culture or origin, regardless of race.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550B62BE" w14:textId="13D85365" w:rsidR="00947B58" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="550B62BE" w14:textId="13D85365" w:rsidR="00947B58" w:rsidRDefault="00490764" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-304244748"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes, Hispanic or Latino  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="272988614"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">No, Non-Hispanic or Latino  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1345980777"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Don’t know  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-731771978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0085543C">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -1925,79 +1940,80 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Choose the options that best describe you by placing a checkmark in the box next to your race. You may choose as many as you need.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0A5912" w14:textId="751209B8" w:rsidR="00E82E4E" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="6C0A5912" w14:textId="751209B8" w:rsidR="00E82E4E" w:rsidRDefault="00490764" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1207333358"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -2010,416 +2026,423 @@
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1192220099"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Asian </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601EF6D6" w14:textId="1690BF3C" w:rsidR="00E82E4E" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="601EF6D6" w14:textId="1690BF3C" w:rsidR="00E82E4E" w:rsidRDefault="00490764" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="29152226"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Native Hawaiian or Other Pacific Islander</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF05652" w14:textId="3FCC9BE9" w:rsidR="00E82E4E" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="1EF05652" w14:textId="3FCC9BE9" w:rsidR="00E82E4E" w:rsidRDefault="00490764" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="451761423"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Race is not listed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA4FD24" w14:textId="070C9502" w:rsidR="00E82E4E" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="2DA4FD24" w14:textId="070C9502" w:rsidR="00E82E4E" w:rsidRDefault="00490764" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-431827120"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">White </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052C54D2" w14:textId="19CFA4AF" w:rsidR="00E82E4E" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="052C54D2" w14:textId="19CFA4AF" w:rsidR="00E82E4E" w:rsidRDefault="00490764" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1581286473"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6C7EA7" w14:textId="01A66FF3" w:rsidR="00E82E4E" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="0D6C7EA7" w14:textId="01A66FF3" w:rsidR="00E82E4E" w:rsidRDefault="00490764" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1408344188"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Black or African American </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00E82E4E" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00E82E4E" w:rsidRDefault="00490764" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2060381146"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E82E4E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -2507,79 +2530,80 @@
         <w:t>Choose the options that best describe you by placing a checkmark in the box next to your ethnicity. You may</w:t>
       </w:r>
       <w:r w:rsidR="00BC7246">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>choose as many as you need.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C743524" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="4C743524" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1042740394"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -2592,50 +2616,51 @@
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1198470531"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00523770">
         <w:rPr>
@@ -2659,50 +2684,51 @@
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1754700827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00523770">
         <w:rPr>
@@ -2726,663 +2752,674 @@
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1599519818"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Asian Indian</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC2145B" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="2DC2145B" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1510490941"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Brazilian</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9ACA8C" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="6A9ACA8C" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="405798171"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cambodian</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327D404E" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="327D404E" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2036232740"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cape Verdean</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22844FD5" w14:textId="0A18BA72" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="22844FD5" w14:textId="0A18BA72" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1773158997"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Central American  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70315744" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="70315744" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1432582446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Chinese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1850629A" w14:textId="2FEDAE63" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="1850629A" w14:textId="2FEDAE63" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1313252974"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Colombian   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645DD792" w14:textId="27FD61FF" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="645DD792" w14:textId="27FD61FF" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-770231051"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Cuban </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F23F32C" w14:textId="2CFC8AF5" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="7F23F32C" w14:textId="2CFC8AF5" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2042547485"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dominican </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFBC63D" w14:textId="2B41F7F9" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="0DFBC63D" w14:textId="2B41F7F9" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1835295876"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eastern European </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA52BE9" w14:textId="5902023C" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="3EA52BE9" w14:textId="5902023C" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="833113333"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3395,50 +3432,51 @@
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1053306318"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3451,50 +3489,51 @@
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1633702857"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000876E7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3516,50 +3555,51 @@
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2019143441"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000876E7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3572,50 +3612,51 @@
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1977370190"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000876E7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3628,50 +3669,51 @@
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-39989737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000876E7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3684,50 +3726,51 @@
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2054065985"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000876E7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3740,172 +3783,175 @@
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="427319546"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000876E7">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Laotian/Lao   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6BAD2F" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="6F6BAD2F" w14:textId="77777777" w:rsidR="00523770" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-137431751"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mexican</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D4D50A" w14:textId="58AF43F9" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="15D4D50A" w14:textId="58AF43F9" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="676162967"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -3927,480 +3973,488 @@
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1170410404"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00523770">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523770">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Portuguese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E04C6DE" w14:textId="23569A8F" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="3E04C6DE" w14:textId="23569A8F" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="121042814"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Puerto Rican </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C74813" w14:textId="4E0B6C51" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="05C74813" w14:textId="4E0B6C51" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1252698666"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4004F394" w14:textId="772F3F42" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="4004F394" w14:textId="772F3F42" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2064520548"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvadorean </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A04C9ED" w14:textId="10BBF4B4" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="7A04C9ED" w14:textId="10BBF4B4" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1406986506"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>South American</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9B7008" w14:textId="11128812" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="0B9B7008" w14:textId="11128812" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1604872569"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Caribbean Islander </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA88581" w14:textId="3B11BC9A" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="6BA88581" w14:textId="3B11BC9A" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1542128280"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vietnamese </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7EE20B" w14:textId="2AC35443" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="001C440F">
+    <w:p w14:paraId="3B7EE20B" w14:textId="2AC35443" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="001C440F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="238990091"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -4416,142 +4470,144 @@
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A1E07">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A997BF" w14:textId="3E30C639" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00523770">
+    <w:p w14:paraId="12A997BF" w14:textId="3E30C639" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00523770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-926813426"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Don’t know </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75662773" w14:textId="1975F923" w:rsidR="00015A12" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="75662773" w14:textId="1975F923" w:rsidR="00015A12" w:rsidRDefault="00490764" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1007177827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015A12">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -4680,50 +4736,51 @@
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-131712249"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -4745,50 +4802,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-425423610"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -4954,97 +5012,99 @@
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Parole/Probation Supervision: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1113194350"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Probation </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-872233864"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -5352,50 +5412,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-606267839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004B28DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -5554,700 +5615,700 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>What are the most urgent need areas for this individual?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F284475" w14:textId="2D626A85" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="4F284475" w14:textId="2D626A85" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1712261542"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Benefits </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1375ABAC" w14:textId="084E7340" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="1375ABAC" w14:textId="084E7340" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1760484617"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Employment/education </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A06F0" w14:textId="2531D0D8" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="505A06F0" w14:textId="2531D0D8" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="40560210"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Government identification</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A44876" w14:textId="7D92F8F9" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="69A44876" w14:textId="7D92F8F9" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1274941204"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mental health supports </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718DF62C" w14:textId="2D9A7991" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="718DF62C" w14:textId="2D9A7991" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="673075327"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Substance use disorder support </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1879203112"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Social </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Social supports</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="58C858C6" w14:textId="18EDDCED" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="58C858C6" w14:textId="18EDDCED" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1792323737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Physical health supports </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135A154E" w14:textId="24F6FA86" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="135A154E" w14:textId="24F6FA86" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-266851201"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Obtaining/reactivating MassHealth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1992357999"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Income</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F60C10" w14:textId="146D9436" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="18F60C10" w14:textId="146D9436" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-674881635"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Exploring housing options </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00692010" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00692010" w:rsidRDefault="00490764" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-898982863"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -6301,97 +6362,99 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Signed release of information </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-967591760"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AD7F61">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1306933220"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AD7F61">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -6418,97 +6481,99 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Copy of ORAS, LS/CMI, or other risk assessments (or scores and score breakdown) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1221895567"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1240754046"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -6535,97 +6600,99 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Most recent bio-psycho-social (or course of treatment plan, if available) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-85469989"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="353923894"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -6670,97 +6737,99 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-463891645"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1485392712"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -6805,50 +6874,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2122409197"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -6870,50 +6940,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-438288177"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -8436,51 +8507,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(413) 636-5782</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47926CDF" w14:textId="60DC324D" w:rsidR="00692010" w:rsidRDefault="00B646DD" w:rsidP="00692010">
+    <w:p w14:paraId="47926CDF" w14:textId="4EA9F0A2" w:rsidR="00692010" w:rsidRDefault="00B646DD" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
@@ -8584,106 +8655,71 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk202867580"/>
-[...54 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Richard.Guy@bhninc.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00692010">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Phone Number</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
@@ -8840,51 +8876,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Bhjireferrals@chd.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -9061,51 +9097,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>BHJI_Referrals@Advocates.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -9282,51 +9318,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>BHJI@gosnold.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -9521,51 +9557,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>BHJI@riversidecc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -9743,51 +9779,51 @@
         <w:lastRenderedPageBreak/>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>bhji@baystatecs.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -9964,51 +10000,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>RoscoeHurley@GavinFoundation.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -10185,51 +10221,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="000876E7">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00DB0C29" w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>JusticeServices@openskycs.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00692010">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -12067,51 +12103,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Communitycaringclinic@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -12284,51 +12320,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>sbennett@hptc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -12501,51 +12537,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>mkachapis@steppingstoneinc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -12572,73 +12608,264 @@
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(508) 674-2788, ext. 11101</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A79C4A0" w14:textId="5E051C94" w:rsidR="006D473D" w:rsidRDefault="00063D14" w:rsidP="006D473D">
+    <w:p w14:paraId="5E6E8AE3" w14:textId="77777777" w:rsidR="005E1D43" w:rsidRPr="00574507" w:rsidRDefault="005E1D43" w:rsidP="005E1D43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Konte : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D314FC" w14:textId="77777777" w:rsidR="005E1D43" w:rsidRPr="00574507" w:rsidRDefault="005E1D43" w:rsidP="005E1D43">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>òganism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lan : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ignite Recovery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D8DE51" w14:textId="77777777" w:rsidR="005E1D43" w:rsidRPr="00574507" w:rsidRDefault="005E1D43" w:rsidP="005E1D43">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Imèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="003E7B89">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>heather.c@ignitemyrecovery.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FD589EF" w14:textId="77777777" w:rsidR="005E1D43" w:rsidRDefault="005E1D43" w:rsidP="005E1D43">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nimewo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA65DB">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 296-0523</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A79C4A0" w14:textId="68D3E42D" w:rsidR="006D473D" w:rsidRDefault="00063D14" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
@@ -12730,51 +12957,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>hakeyk@vinfen.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -12956,51 +13183,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>lpaolantonio@voamass.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -13036,51 +13263,51 @@
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(617) 522-8086</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BC4150" w14:textId="4B235E32" w:rsidR="006D473D" w:rsidRDefault="00063D14" w:rsidP="006D473D">
+    <w:p w14:paraId="78BC4150" w14:textId="0C547C6E" w:rsidR="006D473D" w:rsidRDefault="00063D14" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
@@ -13200,239 +13427,120 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk202867630"/>
-[...64 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00A23387">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>strieweiler@casaesperanza.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006D473D">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Phone Number</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B6674">
-[...81 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="006D473D">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(617) 874-7578</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="69229E29" w14:textId="377163C2" w:rsidR="006D473D" w:rsidRDefault="00063D14" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
@@ -13536,51 +13644,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>apalacios@fathersuplift.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -13780,51 +13888,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>eporto@northsuffolk.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -14006,51 +14114,51 @@
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:r w:rsidR="00F9146F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00A23387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>dpierce@communityhealthlink.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -14077,80 +14185,80 @@
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DB0C29">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D473D">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(508) 860-1000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE3DC00" w14:textId="24FAA2AB" w:rsidR="00AD7F61" w:rsidRPr="00AD7F61" w:rsidRDefault="00AD7F61" w:rsidP="00AD7F61">
+    <w:p w14:paraId="2AE3DC00" w14:textId="2499EA19" w:rsidR="00AD7F61" w:rsidRPr="00AD7F61" w:rsidRDefault="00AD7F61" w:rsidP="00AD7F61">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="2040" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7F61">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>BH-JI 2025-0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005A6670">
+        <w:t>BH-JI 2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="00490764">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD7F61" w:rsidRPr="00AD7F61" w:rsidSect="00AD7F61">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14229,114 +14337,119 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerLTStd-BoldCn">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerLTStd-Cn">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="HelveticaNeue-Roman">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="5760"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32BDF"/>
     <w:rsid w:val="00005AAF"/>
     <w:rsid w:val="00015A12"/>
-    <w:rsid w:val="00022B4D"/>
     <w:rsid w:val="00063D14"/>
     <w:rsid w:val="000876E7"/>
     <w:rsid w:val="000D1B7E"/>
     <w:rsid w:val="001355A0"/>
     <w:rsid w:val="00147C22"/>
     <w:rsid w:val="001904ED"/>
     <w:rsid w:val="00193746"/>
-    <w:rsid w:val="001B2196"/>
     <w:rsid w:val="001C440F"/>
     <w:rsid w:val="003A1E07"/>
     <w:rsid w:val="003B2E35"/>
     <w:rsid w:val="003B547A"/>
-    <w:rsid w:val="00403EEC"/>
+    <w:rsid w:val="00490764"/>
     <w:rsid w:val="004B28DD"/>
     <w:rsid w:val="005170F1"/>
     <w:rsid w:val="00523770"/>
-    <w:rsid w:val="00571355"/>
     <w:rsid w:val="00586AE3"/>
     <w:rsid w:val="005A6670"/>
+    <w:rsid w:val="005E1D43"/>
     <w:rsid w:val="00604327"/>
     <w:rsid w:val="00687FCC"/>
     <w:rsid w:val="00692010"/>
     <w:rsid w:val="006D473D"/>
     <w:rsid w:val="00771C14"/>
     <w:rsid w:val="0078617F"/>
     <w:rsid w:val="007D2DA7"/>
-    <w:rsid w:val="0083044C"/>
     <w:rsid w:val="0085543C"/>
-    <w:rsid w:val="008B6674"/>
     <w:rsid w:val="00947B58"/>
     <w:rsid w:val="009B7900"/>
     <w:rsid w:val="009F25D8"/>
     <w:rsid w:val="00A8075B"/>
     <w:rsid w:val="00AD7F61"/>
     <w:rsid w:val="00B544E4"/>
     <w:rsid w:val="00B646DD"/>
     <w:rsid w:val="00BC7246"/>
     <w:rsid w:val="00C32BDF"/>
-    <w:rsid w:val="00D5144E"/>
+    <w:rsid w:val="00C841AE"/>
+    <w:rsid w:val="00D56CAB"/>
     <w:rsid w:val="00D846CE"/>
     <w:rsid w:val="00DB0C29"/>
-    <w:rsid w:val="00E64040"/>
     <w:rsid w:val="00E82E4E"/>
     <w:rsid w:val="00F46A7B"/>
     <w:rsid w:val="00F9146F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -14932,50 +15045,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C32BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -15291,72 +15405,62 @@
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001904ED"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdasilva@comcounseling.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdasilva@comcounseling.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:strieweiler@casaesperanza.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Guy@bhninc.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.c@ignitemyrecovery.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -15615,69 +15719,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1352</Words>
-  <Characters>7708</Characters>
+  <Words>1364</Words>
+  <Characters>7781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9042</CharactersWithSpaces>
+  <CharactersWithSpaces>9127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Culligan, Seamas A (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>