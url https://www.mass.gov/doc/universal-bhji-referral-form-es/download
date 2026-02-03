--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -57,444 +57,444 @@
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>FORMULARIO UNIVERSAL DE REFERIDO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63867222" w14:textId="32BF0900" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="63867222" w14:textId="32BF0900" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha del referido</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB366F">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200D7C91" w14:textId="65C91C24" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB366F">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBA2FEA" w14:textId="6F49746E" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB366F">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A901F6D" w14:textId="70049A9E" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB366F">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0114674B" w14:textId="23474C4F" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Si es una persona sin hogar o con alojamiento </w:t>
+      </w:r>
+      <w:r w:rsidR="002A649D">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>temporal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nombre del área o condado </w:t>
+      </w:r>
+      <w:r w:rsidR="00264CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>para el</w:t>
+      </w:r>
+      <w:r w:rsidR="00264CA3" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apoyo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>solicitado)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01184F2E" w14:textId="7BAC8692" w:rsidR="00586AE3" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Fecha del referido</w:t>
+        <w:t>Estado</w:t>
       </w:r>
       <w:r w:rsidR="00DB366F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200D7C91" w14:textId="65C91C24" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6DC41D46" w14:textId="24B393E4" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Fecha de nacimiento</w:t>
+        <w:t>Código postal</w:t>
       </w:r>
       <w:r w:rsidR="00DB366F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBA2FEA" w14:textId="6F49746E" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="61EE2421" w14:textId="183D4741" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
-[...289 lines deleted...]
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
@@ -558,50 +558,51 @@
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="447666430"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00771C14" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -610,50 +611,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sí </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1353173933"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00771C14" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -709,50 +711,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-2039502178"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D2DA7" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -761,359 +764,360 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Llamada </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="25221018"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D2DA7" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Mensaje de texto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0986BC4B" w14:textId="667FA5F1" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="0986BC4B" w14:textId="667FA5F1" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nombre del contacto secundario</w:t>
       </w:r>
       <w:r w:rsidR="00DB366F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362A8CBC" w14:textId="4A0DF8E0" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="362A8CBC" w14:textId="4A0DF8E0" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número del contacto secundario</w:t>
       </w:r>
       <w:r w:rsidR="00DB366F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C219DA4" w14:textId="1511798D" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6C219DA4" w14:textId="1511798D" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número del Seguro Social o de Identificación Fiscal</w:t>
       </w:r>
       <w:r w:rsidR="00DB366F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757300F1" w14:textId="3601D22A" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="757300F1" w14:textId="3601D22A" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Idioma preferido</w:t>
       </w:r>
       <w:r w:rsidR="00DB366F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6571DD3C" w14:textId="5A70D756" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6571DD3C" w14:textId="5A70D756" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Género</w:t>
       </w:r>
       <w:r w:rsidR="00DB366F">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1910B63F" w14:textId="7EE85984" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="1910B63F" w14:textId="7EE85984" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
@@ -1176,374 +1180,379 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>La orientación sexual describe la manera en que una persona define su atracción física o emocional hacia los demás. Elija hasta cinco opciones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B18F44A" w14:textId="56FB0BB2" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="7B18F44A" w14:textId="56FB0BB2" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1661729638"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Heterosexual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22106E1B" w14:textId="77FCA21F" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="22106E1B" w14:textId="77FCA21F" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-899518986"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Lesbiana o gay</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B9A89B" w14:textId="31E48622" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="63B9A89B" w14:textId="31E48622" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-932044659"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Bisexual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D47AE5" w14:textId="0C0C9E36" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="78D47AE5" w14:textId="0C0C9E36" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1949995395"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Queer</w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>, pansexual o cuestionándome</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D599C1" w14:textId="1C67AE63" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="09D599C1" w14:textId="1C67AE63" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="E2E3E4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1624197202"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1559,151 +1568,153 @@
         <w:t>La orientación sexual no aparece en la lista. Por favor, especifíquela:</w:t>
       </w:r>
       <w:r w:rsidR="00264CA3">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38301A68" w14:textId="26FA9E65" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="38301A68" w14:textId="26FA9E65" w:rsidR="00C32BDF" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-863429192"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003B2E35" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No sé</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24907E49" w14:textId="50D720F8" w:rsidR="00947B58" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="24907E49" w14:textId="50D720F8" w:rsidR="00947B58" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1133061978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1751,82 +1762,83 @@
     <w:p w14:paraId="1542AE85" w14:textId="779B4C93" w:rsidR="0085543C" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="0085543C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Hispano o latino hace referencia a alguien de cultura u origen cubano, mexicano, puertorriqueño, sudamericano o centroamericano, o de otra cultura española, sin tener en cuenta la raza.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550B62BE" w14:textId="13D85365" w:rsidR="00947B58" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="550B62BE" w14:textId="13D85365" w:rsidR="00947B58" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-304244748"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
@@ -1834,50 +1846,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sí, hispano o latino  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="272988614"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
@@ -1885,50 +1898,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">No, ni hispano ni latino  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1345980777"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
@@ -1936,50 +1950,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">No sé  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-731771978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
@@ -2029,543 +2044,551 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Elija las opciones que lo describan mejor colocando una marca en la casilla que está junto a su raza. Puede elegir todas las que necesite.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E918011" w14:textId="7DE9E3B3" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="4E918011" w14:textId="7DE9E3B3" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1207333358"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Indígena norteamericana o nativa de Alaska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEAE5F1" w14:textId="507B7CE8" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="3EEAE5F1" w14:textId="507B7CE8" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1192220099"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B763C" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Asiática</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54841941" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="54841941" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1408344188"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Afroamericana o negra</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC9B01F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="6AC9B01F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-179055958"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nativa de Hawái u otra isla del Pacífico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56768979" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="56768979" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1148628486"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Blanca</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00E82E4E" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00E82E4E" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-2060381146"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Prefiero no responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B81AB3" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="009A1B5F">
+    <w:p w14:paraId="59B81AB3" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="009A1B5F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="451761423"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>La raza no aparece en la lista</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D2074F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="009A1B5F">
+    <w:p w14:paraId="69D2074F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="009A1B5F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1581286473"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
@@ -2640,2064 +2663,2097 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Elija las opciones que lo describan mejor colocando una marca en la casilla que está junto a su etnicidad. Puede elegir todas las que necesite.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C894AD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="40C894AD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1042740394"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Africana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69FC81C5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="69FC81C5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1198470531"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Afroamericana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170B4300" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="170B4300" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1754700827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estadounidense</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26162813" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="26162813" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1599519818"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Indoasiática</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3B0C28E9" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3B0C28E9" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1510490941"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Brasileña</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8A3B79" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5C8A3B79" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="405798171"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Camboyana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E188013" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="3E188013" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="2036232740"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Caboverdiana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF6410D" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="4CF6410D" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1604872569"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De las islas del Caribe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2A7BFF" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="1E2A7BFF" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1773158997"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Centroamericana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE3AB2B" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5EE3AB2B" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1432582446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>China</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2A800A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5F2A800A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1313252974"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Colombiana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7EDD4A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="7C7EDD4A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="428089593"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Cubana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FC6209" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="29FC6209" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="141166007"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Dominicana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5249BA60" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5249BA60" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="689655061"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De Europa oriental</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717FDD2C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="717FDD2C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="2073996624"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Europea</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5154DB31" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5154DB31" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="585040310"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Filipina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F69CA88" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="3F69CA88" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1633702857"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Guatemalteca</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588B942E" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="588B942E" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-2019143441"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Haitiana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC07B34" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="7DC07B34" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1977370190"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Hondureña</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C437991" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5C437991" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-39989737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Japonesa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239B9D4C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="239B9D4C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-2054065985"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Coreana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EE3C7C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="23EE3C7C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="427319546"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Laosiana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05932CA7" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="05932CA7" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="46887603"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Mexicana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A24C0B5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="7A24C0B5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1673714421"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>De Oriente Medio o del norte de África</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F01C8E0" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="6F01C8E0" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1519382295"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Portuguesa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32843396" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="32843396" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-308174010"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Puertorriqueña</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BBBEDD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="14BBBEDD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-756058719"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Rusa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0195CEB3" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="0195CEB3" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1260362736"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Salvadoreña</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B275528" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="6B275528" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1029799261"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Sudamericana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFADF35" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5EFADF35" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="704442781"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Vietnamita</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A52429" w14:textId="6252D322" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00CC5229">
+    <w:p w14:paraId="70A52429" w14:textId="6252D322" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="238990091"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
@@ -4709,188 +4765,190 @@
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>La etnicidad no aparece en la lista (por favor, especifíquela):</w:t>
       </w:r>
       <w:r w:rsidR="000A51AF">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B7C70F" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00CC5229">
+    <w:p w14:paraId="37B7C70F" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00CC5229">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-926813426"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No sé</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75662773" w14:textId="7F8F8D27" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="75662773" w14:textId="7F8F8D27" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1007177827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Prefiero no responder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A05195" w14:textId="388F1370" w:rsidR="00BC7246" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="34A05195" w14:textId="388F1370" w:rsidR="00BC7246" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
@@ -4926,51 +4984,51 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Cualquier acomodación razonable necesaria para ayudarlo con el acceso a los servicios (por ejemplo, personas con discapacidades auditivas, visuales o de movilidad):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B37B2C8" w14:textId="37E39BCD" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00586AE3">
+    <w:p w14:paraId="3B37B2C8" w14:textId="432C8334" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00586AE3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Estado legal:</w:t>
       </w:r>
@@ -4981,50 +5039,51 @@
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-131712249"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C32D0">
@@ -5042,143 +5101,144 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-425423610"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Sentenciado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C672C44" w14:textId="23A40D1B" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="4C672C44" w14:textId="23A40D1B" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Fecha anticipada de liberación</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40102508" w14:textId="03429859" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="40102508" w14:textId="03429859" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Próxima presentación en el tribunal </w:t>
       </w:r>
@@ -5191,54 +5251,54 @@
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>(si lo sabe)</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
@@ -5415,50 +5475,51 @@
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1113194350"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -5466,305 +5527,306 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Condena condicional </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-872233864"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Libertad condicional</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBE05A2" w14:textId="5FA458DD" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="2FBE05A2" w14:textId="5FA458DD" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nombre de la persona que hace el referido</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDF761E" w14:textId="2AA24F4C" w:rsidR="0061229B" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="0061229B">
+    <w:p w14:paraId="2CDF761E" w14:textId="2AA24F4C" w:rsidR="0061229B" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Teléfono</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78670614" w14:textId="152157FC" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="78670614" w14:textId="152157FC" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Relación de la persona que refiere con el cliente (por ejemplo, oficial de libertad condicional)</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236119D7" w14:textId="6F83B72F" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="236119D7" w14:textId="6F83B72F" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Organización de la persona que refiere</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F290839" w14:textId="4FC9DFB0" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="5F290839" w14:textId="4FC9DFB0" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
@@ -5855,50 +5917,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Informada por la persona  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-606267839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004B28DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -5952,108 +6015,108 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:eastAsia="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic" w:cs="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>(Nota: Para inscribirse en el Programa BH-JI, la persona debe tener MassHealth o ser elegible para recibirlo.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772D8FAF" w14:textId="74A95901" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="772D8FAF" w14:textId="74A95901" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Número de ID de MassHealth</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427DA270" w14:textId="74F43518" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="003B2E35">
+    <w:p w14:paraId="427DA270" w14:textId="7526F328" w:rsidR="00015A12" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00556F77">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan de MassHealth </w:t>
       </w:r>
@@ -6115,741 +6178,752 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>¿Cuáles son las áreas de necesidad más urgentes para esta persona?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014E8568" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="014E8568" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1712261542"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Beneficios</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBD36A6" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="5FBD36A6" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1760484617"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Empleo/educación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A06F0" w14:textId="3C609191" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="505A06F0" w14:textId="3C609191" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="40560210"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Identificación gubernamental</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1D4395" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="3C1D4395" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1274941204"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Apoyos de salud mental</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718DF62C" w14:textId="78E674D7" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="718DF62C" w14:textId="78E674D7" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="673075327"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Apoyo para trastornos por consumo de sustancias</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1879203112"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Apoyos sociales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C858C6" w14:textId="5846F6AD" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="58C858C6" w14:textId="5846F6AD" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1792323737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Apoyos de salud física</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135A154E" w14:textId="3572236A" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="135A154E" w14:textId="3572236A" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-266851201"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Obtención o reactivación de MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1992357999"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Ingresos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F60C10" w14:textId="76C567CE" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="18F60C10" w14:textId="76C567CE" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-674881635"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Analizar opciones de alojamiento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-898982863"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00075C62" w:rsidRPr="00B07946">
@@ -6928,50 +7002,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Divulgación de información firmada </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-967591760"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AD7F61" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -6979,86 +7054,87 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sí </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1306933220"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AD7F61" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411EF5F7" w14:textId="303614D8" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00692010">
+    <w:p w14:paraId="411EF5F7" w14:textId="182C8BA6" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Copia del ORAS, LS/CMI u otra evaluación de riesgos (o calificaciones y detalle de calificaciones)</w:t>
       </w:r>
       <w:r w:rsidR="000B0784">
@@ -7076,50 +7152,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1221895567"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7127,50 +7204,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sí </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="1240754046"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7203,50 +7281,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluación biopsicosocial más reciente (o plan de tratamiento, si está disponible) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-85469989"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7254,50 +7333,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sí </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="353923894"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7352,50 +7432,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-463891645"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7403,50 +7484,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sí </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-1485392712"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7489,50 +7571,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="2122409197"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7540,50 +7623,51 @@
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Sí, incluida </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:id w:val="-438288177"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00B07946">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="es-419"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
@@ -7693,51 +7777,51 @@
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>https://www.mass.gov/BHJI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="68C7AD28" w14:textId="77777777" w:rsidR="001904ED" w:rsidRPr="00B07946" w:rsidRDefault="001904ED" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="Helvetica Neue Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:position w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E43D8F4" w14:textId="0AD0361F" w:rsidR="001904ED" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="001904ED">
+    <w:p w14:paraId="3E43D8F4" w14:textId="41B33B03" w:rsidR="001904ED" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="001904ED">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue Bold" w:hAnsi="Helvetica Neue Bold" w:cs="Helvetica Neue Bold"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue Bold" w:eastAsia="Helvetica Neue Bold" w:hAnsi="Helvetica Neue Bold" w:cs="Helvetica Neue Bold"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proveedor de BH-JI por condado (Por favor, tenga en cuenta lo siguiente: los proveedores de BH</w:t>
       </w:r>
@@ -8400,64 +8484,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Condado:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Dukes</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="595B643E" w14:textId="4FF7B32F" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
@@ -9001,149 +9073,138 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Behavioral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Health Network, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F9EE41" w14:textId="77777777" w:rsidR="00E07645" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
-          <w:kern w:val="0"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tooltip="mailto:cspji-bhjireferral@bhninc.org" w:history="1">
-        <w:r w:rsidR="00C60010" w:rsidRPr="0083044C">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00E07645" w:rsidRPr="00E07645">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
-[...2 lines deleted...]
-            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>cspji-bhjireferral@bhninc.org</w:t>
+          <w:t>Keith.Mumblo@bhninc.org</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="47926CDF" w14:textId="7808FAE6" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:r w:rsidR="00E07645" w:rsidRPr="00E07645">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47926CDF" w14:textId="20867317" w:rsidR="00692010" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de teléfono: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>(413) 485-8381</w:t>
+        <w:t xml:space="preserve">(413) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07645" w:rsidRPr="00E07645">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>348-9754</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717851B6" w14:textId="0C03C6A8" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
@@ -10298,73 +10359,51 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nombre de la organización:</w:t>
       </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">Open </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Open Sky </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05BEE9E2" w14:textId="313E4DAA" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
@@ -10726,1136 +10765,1058 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Behavioral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Health Network, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3FA2E5" w14:textId="32872FB9" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Condados:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Worcester</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075CB80D" w14:textId="073E8B00" w:rsidR="001F22DB" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>OS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B75E5B" w14:textId="05673AB9" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open Sky </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Health</w:t>
+        <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Network, Inc.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F3FA2E5" w14:textId="32872FB9" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
+        <w:t xml:space="preserve"> Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9652EF" w14:textId="644475C4" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Condados:</w:t>
       </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Worcester</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="075CB80D" w14:textId="073E8B00" w:rsidR="001F22DB" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+        <w:t>Essex/Middlesex</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B36EB06" w14:textId="3166C0A3" w:rsidR="001F22DB" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Proveedor:</w:t>
       </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>OS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="06B75E5B" w14:textId="05673AB9" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+        <w:t>AI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43AB8FDE" w14:textId="4DF8FE49" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nombre del proveedor:</w:t>
       </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">Open </w:t>
+        <w:t>Advocates</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC576BB" w14:textId="0BC4E823" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Condados:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Suffolk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D7CE40" w14:textId="644024E3" w:rsidR="00A51F87" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>GF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BB0414" w14:textId="0BD407A9" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Gavin Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3A29A6" w14:textId="3EE22CC3" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Condados:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Norfolk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037C2256" w14:textId="6036A726" w:rsidR="00A51F87" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>RC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C98313B" w14:textId="2BB744F5" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Riverside </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Sky</w:t>
+        <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Care</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E4B985" w14:textId="30DD30EA" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Condados:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Plymouth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CA7B5C" w14:textId="30AA468B" w:rsidR="00A51F87" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>BS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A58698" w14:textId="0F610B8E" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del proveedor:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bay State </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9652EF" w14:textId="644475C4" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
+    <w:p w14:paraId="090439AB" w14:textId="789A03BC" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Condados:</w:t>
       </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03419F8F" w14:textId="1904FDE3" w:rsidR="00A51F87" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Proveedor:</w:t>
+      </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Essex/Middlesex</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B36EB06" w14:textId="3166C0A3" w:rsidR="001F22DB" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
+        <w:t>CC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2926BF" w14:textId="6F8CA2E3" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Proveedor:</w:t>
+        <w:t>Nombre del proveedor:</w:t>
       </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>AI</w:t>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Counseling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Bristol County</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6182AA5B" w14:textId="0151CBDD" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Nombre del proveedor:</w:t>
+        <w:t>Condados:</w:t>
       </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Advocates</w:t>
-[...723 lines deleted...]
-        <w:t>/Nantucket</w:t>
+        <w:t>Barnstable/Dukes/Nantucket</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6E76D8" w14:textId="3A069841" w:rsidR="00A51F87" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-BoldCn"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
@@ -12491,95 +12452,274 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="006640CE" w:rsidRPr="00B07946">
           <w:rPr>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
             <w:color w:val="467886"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>mkachapis@steppingstoneinc.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15E98401" w14:textId="67FD21AE" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="15E98401" w14:textId="334D0943" w:rsidR="006D473D" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Número de teléfono:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(508) 674-2788, ext. 11101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0ACEF0" w14:textId="77777777" w:rsidR="0001366A" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0001366A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t>Condado:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB1A91F" w14:textId="189814DB" w:rsidR="0001366A" w:rsidRPr="00B07946" w:rsidRDefault="0001366A" w:rsidP="0001366A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre de la organización: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ignite </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Recovery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="14AAAAC8" w14:textId="1C542915" w:rsidR="0001366A" w:rsidRDefault="0001366A" w:rsidP="0001366A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correo electrónico: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="003E7B89">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>heather.c@ignitemyrecovery.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="018D7176" w14:textId="25EE99FE" w:rsidR="0001366A" w:rsidRDefault="0001366A" w:rsidP="0001366A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Número de teléfono:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B07946">
+      <w:r w:rsidRPr="0001366A">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-419"/>
-[...1 lines deleted...]
-        <w:t>(508) 674-2788, ext. 11101</w:t>
+        </w:rPr>
+        <w:t>(508) 296-0523</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D112FEF" w14:textId="2117FE9A" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
@@ -12652,51 +12792,51 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="006640CE" w:rsidRPr="00B07946">
           <w:rPr>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
             <w:color w:val="467886"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>hakeyk@vinfen.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3A79C4A0" w14:textId="6D10BF9D" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -12799,92 +12939,80 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Volunteers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> of America</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2226D7C0" w14:textId="4D245BE2" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="006640CE" w:rsidRPr="00B07946">
           <w:rPr>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
             <w:color w:val="467886"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>lpaolantonio@voamass.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C78FE2F" w14:textId="6362D9C5" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -12978,186 +13106,126 @@
         <w:t>Nombre de la organización:</w:t>
       </w:r>
       <w:r w:rsidR="005F07DD" w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Casa Esperanza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DD906B" w14:textId="7501F7C2" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
+    <w:p w14:paraId="59DD906B" w14:textId="3980AC8A" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00C60010" w:rsidRPr="00D5144E">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="006640CE" w:rsidRPr="00B07946">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+            <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+            <w:color w:val="467886"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="es-419"/>
           </w:rPr>
-          <w:t>FamiliasOutpatientIntake@casaesperanza.org</w:t>
+          <w:t>strieweiler@casaesperanza.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78BC4150" w14:textId="678ACEBA" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
+    <w:p w14:paraId="78BC4150" w14:textId="30DEC3C0" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de teléfono: </w:t>
       </w:r>
-      <w:r w:rsidR="00C60010">
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> 849</w:t>
+      <w:r w:rsidRPr="00B07946">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(617) 874-7578</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53AB7CEE" w14:textId="193EECEA" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
@@ -13252,51 +13320,51 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="006640CE" w:rsidRPr="00B07946">
           <w:rPr>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
             <w:color w:val="467886"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>apalacios@fathersuplift.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69229E29" w14:textId="78C8AFE1" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -13438,51 +13506,51 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="006640CE" w:rsidRPr="00B07946">
           <w:rPr>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
             <w:color w:val="467886"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>eporto@northsuffolk.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C321383" w14:textId="76F2F581" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -13597,102 +13665,92 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Health </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>Health</w:t>
-[...11 lines deleted...]
-      </w:r>
+        <w:t>Link</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4C94E652" w14:textId="3796E121" w:rsidR="006640CE" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="006640CE" w:rsidRPr="00B07946">
           <w:rPr>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
             <w:color w:val="467886"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>dpierce@communityhealthlink.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="16AE3518" w14:textId="527CAB93" w:rsidR="006D473D" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -13700,128 +13758,137 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de teléfono: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>(508) 860-1000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE3DC00" w14:textId="53299C25" w:rsidR="00AD7F61" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
+    <w:p w14:paraId="2AE3DC00" w14:textId="7EA13EB8" w:rsidR="00AD7F61" w:rsidRPr="00B07946" w:rsidRDefault="00075C62" w:rsidP="00AD7F61">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="2040" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>BH-JI-</w:t>
       </w:r>
       <w:r w:rsidR="00620B2E">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>ES</w:t>
       </w:r>
       <w:r w:rsidRPr="00B07946">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>-2025-04</w:t>
+        <w:t>-2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="0001366A">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD7F61" w:rsidRPr="00B07946" w:rsidSect="00AD7F61">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue-Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -13865,142 +13932,155 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerLTStd-BoldCn">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerLTStd-Cn">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="HelveticaNeue-Roman">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="5760"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32BDF"/>
     <w:rsid w:val="00005AAF"/>
+    <w:rsid w:val="0001366A"/>
     <w:rsid w:val="00015A12"/>
-    <w:rsid w:val="00022B4D"/>
     <w:rsid w:val="00063D14"/>
     <w:rsid w:val="00075C62"/>
     <w:rsid w:val="000A51AF"/>
     <w:rsid w:val="000B0784"/>
     <w:rsid w:val="000C45A3"/>
     <w:rsid w:val="000D1B7E"/>
+    <w:rsid w:val="00145D33"/>
     <w:rsid w:val="00147C22"/>
     <w:rsid w:val="001904ED"/>
     <w:rsid w:val="00193746"/>
     <w:rsid w:val="001C32D0"/>
     <w:rsid w:val="001F22DB"/>
     <w:rsid w:val="00264CA3"/>
     <w:rsid w:val="00277441"/>
     <w:rsid w:val="002A649D"/>
     <w:rsid w:val="002B1BAC"/>
     <w:rsid w:val="00313C80"/>
     <w:rsid w:val="00335ED7"/>
     <w:rsid w:val="003478A9"/>
     <w:rsid w:val="003641B9"/>
     <w:rsid w:val="003A1E07"/>
     <w:rsid w:val="003B2E35"/>
     <w:rsid w:val="003F5A9E"/>
+    <w:rsid w:val="00407CD5"/>
     <w:rsid w:val="004B28DD"/>
     <w:rsid w:val="005113D3"/>
     <w:rsid w:val="005170F1"/>
+    <w:rsid w:val="00556F77"/>
     <w:rsid w:val="00586AE3"/>
     <w:rsid w:val="005B6024"/>
     <w:rsid w:val="005B763C"/>
     <w:rsid w:val="005F07DD"/>
     <w:rsid w:val="00604327"/>
     <w:rsid w:val="0061219B"/>
     <w:rsid w:val="0061229B"/>
     <w:rsid w:val="00620B2E"/>
     <w:rsid w:val="006640CE"/>
-    <w:rsid w:val="006704B3"/>
     <w:rsid w:val="00687FCC"/>
     <w:rsid w:val="00692010"/>
     <w:rsid w:val="006A447D"/>
     <w:rsid w:val="006D473D"/>
     <w:rsid w:val="00771C14"/>
     <w:rsid w:val="0078617F"/>
     <w:rsid w:val="00793C8C"/>
     <w:rsid w:val="007C3A38"/>
     <w:rsid w:val="007D2DA7"/>
     <w:rsid w:val="0085543C"/>
     <w:rsid w:val="008A4C84"/>
     <w:rsid w:val="008D50D8"/>
     <w:rsid w:val="00947B58"/>
     <w:rsid w:val="00993C67"/>
     <w:rsid w:val="009A1B5F"/>
     <w:rsid w:val="009B7900"/>
     <w:rsid w:val="009F25D8"/>
     <w:rsid w:val="00A51F87"/>
     <w:rsid w:val="00AC7AC7"/>
     <w:rsid w:val="00AD7F61"/>
     <w:rsid w:val="00B07946"/>
     <w:rsid w:val="00B544E4"/>
     <w:rsid w:val="00B646DD"/>
     <w:rsid w:val="00B67CC3"/>
     <w:rsid w:val="00BC3564"/>
     <w:rsid w:val="00BC7246"/>
     <w:rsid w:val="00C32BDF"/>
     <w:rsid w:val="00C41100"/>
-    <w:rsid w:val="00C60010"/>
+    <w:rsid w:val="00C60502"/>
+    <w:rsid w:val="00C841AE"/>
     <w:rsid w:val="00CC5229"/>
     <w:rsid w:val="00D35153"/>
     <w:rsid w:val="00D846CE"/>
     <w:rsid w:val="00DB0C29"/>
     <w:rsid w:val="00DB366F"/>
+    <w:rsid w:val="00E07645"/>
     <w:rsid w:val="00E82E4E"/>
     <w:rsid w:val="00F068EA"/>
     <w:rsid w:val="00F32B7A"/>
     <w:rsid w:val="00F46A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -14595,51 +14675,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C32BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -14973,51 +15052,51 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005113D3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cspji-bhjireferral@bhninc.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FamiliasOutpatientIntake@casaesperanza.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdasilva@comcounseling.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Keith.Mumblo@bhninc.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.c@ignitemyrecovery.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdasilva@comcounseling.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:strieweiler@casaesperanza.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -15292,80 +15371,81 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBE87422-A5CA-4166-8CD1-24DD422ED38D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1552</Words>
-  <Characters>8849</Characters>
+  <Words>1568</Words>
+  <Characters>8944</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>74</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10381</CharactersWithSpaces>
+  <CharactersWithSpaces>10492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Culligan, Seamas A (EHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>39ed33ef5c46945648590cc90e586eb08d7e6d902029a43b565da9cbc652e1b6</vt:lpwstr>
   </property>
 </Properties>
 </file>