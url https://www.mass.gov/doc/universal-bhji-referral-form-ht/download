--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,783 +1,673 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01277191" w14:textId="1F4E6A8C" w:rsidR="00C32BDF" w:rsidRPr="00574507" w:rsidRDefault="00C32BDF" w:rsidP="001904ED">
-      <w:pPr>
+    <w:p w14:paraId="01277191" w14:textId="1F4E6A8C" w:rsidR="00C32BDF" w:rsidRPr="000F4BAF" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve">Sante </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>konpòtmantal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>soutyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>kominotè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>pou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>moun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> ki nan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>demele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>avèk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>lajistis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t xml:space="preserve"> (Behavioral Health for Justice-Involved Individuals, BH-JI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0E0880" w14:textId="613C6F16" w:rsidR="00B544E4" w:rsidRPr="000F4BAF" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4BAF">
+        <w:t>FÒM REFERANS POU UNIVERSAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63867222" w14:textId="54E52765" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>referans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200D7C91" w14:textId="3C4C444E" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>fèt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBA2FEA" w14:textId="6F3E18DA" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>moun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A901F6D" w14:textId="0EF85548" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-[...195 lines deleted...]
-    <w:p w14:paraId="63867222" w14:textId="54E52765" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Adrès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0114674B" w14:textId="56F5847D" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>oubyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lojman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>estab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>zòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>konte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>soutyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nesesè</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01184F2E" w14:textId="1E5A410C" w:rsidR="00586AE3" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dat </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> lan  </w:t>
+        <w:t xml:space="preserve">Eta  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200D7C91" w14:textId="3C4C444E" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6DC41D46" w14:textId="5B40C84C" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dat </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> :  </w:t>
+        <w:t xml:space="preserve">Zip  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBA2FEA" w14:textId="6F3E18DA" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="61EE2421" w14:textId="7B8FEB3F" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
-[...425 lines deleted...]
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tel  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
@@ -1211,54 +1101,54 @@
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Tèks</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0986BC4B" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="0986BC4B" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dezyèm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -1309,54 +1199,54 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ijans</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362A8CBC" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="362A8CBC" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dezyèm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -1389,54 +1279,54 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rele</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C219DA4" w14:textId="10F23010" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6C219DA4" w14:textId="10F23010" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Sekirite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -1523,54 +1413,54 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>taks</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757300F1" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="757300F1" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lang </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -1593,98 +1483,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pito</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6571DD3C" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6571DD3C" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jann </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1910B63F" w14:textId="57F8235F" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="1910B63F" w14:textId="57F8235F" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Etnisite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -2497,54 +2377,54 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>byen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>konnen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="09D599C1" w14:textId="0DAED873" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="09D599C1" w14:textId="0DAED873" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="E2E3E4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1624197202"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -4393,136 +4273,109 @@
         </w:rPr>
         <w:t>Awayi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>oubyen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Zile Pasifik</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="56768979" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1148628486"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="009A1B5F" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Blan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00E82E4E" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2060381146"/>
           <w14:checkbox>
@@ -5774,65 +5627,56 @@
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="008D50D8">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amerik </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>santral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5EE3AB2B" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
@@ -7037,65 +6881,56 @@
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="00574507">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="008D50D8">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amerik </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>disid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5EFADF35" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
@@ -7122,54 +6957,54 @@
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vyetnamyen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="70A52429" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00574507" w:rsidRDefault="00000000" w:rsidP="00CC5229">
+    <w:p w14:paraId="70A52429" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="00574507" w:rsidRDefault="00000000" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="238990091"/>
           <w14:checkbox>
@@ -7405,54 +7240,54 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008D50D8" w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8" w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>reponn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="34A05195" w14:textId="3AFF2107" w:rsidR="00BC7246" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="34A05195" w14:textId="3AFF2107" w:rsidR="00BC7246" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Fè</w:t>
@@ -8019,54 +7854,54 @@
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kondane</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4C672C44" w14:textId="68A2D06C" w:rsidR="00015A12" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="4C672C44" w14:textId="68A2D06C" w:rsidR="00015A12" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Dat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -8096,54 +7931,54 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>prevwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40102508" w14:textId="79ABA5CB" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="40102508" w14:textId="79ABA5CB" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Pwochen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
@@ -8215,54 +8050,54 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>konnen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ki </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -8623,54 +8458,54 @@
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Kondisyonèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2FBE05A2" w14:textId="13C323DC" w:rsidR="00015A12" w:rsidRPr="006A447D" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="2FBE05A2" w14:textId="13C323DC" w:rsidR="00015A12" w:rsidRPr="006A447D" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -8747,88 +8582,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>lan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDF761E" w14:textId="404362EC" w:rsidR="0061229B" w:rsidRPr="00277441" w:rsidRDefault="0061229B" w:rsidP="0061229B">
+    <w:p w14:paraId="2CDF761E" w14:textId="404362EC" w:rsidR="0061229B" w:rsidRPr="00277441" w:rsidRDefault="0061229B" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tel. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78670614" w14:textId="77D240F9" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="0028047C">
+    <w:p w14:paraId="78670614" w14:textId="77D240F9" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Relasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -9041,54 +8876,54 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>kondisyonèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236119D7" w14:textId="58137EAD" w:rsidR="00015A12" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="236119D7" w14:textId="58137EAD" w:rsidR="00015A12" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Òganism</w:t>
       </w:r>
@@ -9138,85 +8973,65 @@
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>referans</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> lan </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F290839" w14:textId="2048AEDD" w:rsidR="00015A12" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="5F290839" w14:textId="2048AEDD" w:rsidR="00015A12" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Dat e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -9255,51 +9070,71 @@
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>randevou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>avèk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
@@ -9744,345 +9579,323 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(Note </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>byen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : Moun </w:t>
+        <w:t xml:space="preserve"> : Moun lan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>lan</w:t>
+        <w:t>dwe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dwe</w:t>
+        <w:t>admisib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>oubyen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>admisib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>oubyen</w:t>
+        <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>te</w:t>
+        <w:t>pou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> l </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>admisib</w:t>
+        <w:t>enskri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> nan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>pou</w:t>
+        <w:t>pwogram</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:hAnsi="HelveticaNeue-BoldItalic"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> BH-JI a.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772D8FAF" w14:textId="4D277384" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nimewo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>didantite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...66 lines deleted...]
-    <w:p w14:paraId="772D8FAF" w14:textId="4D277384" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427DA270" w14:textId="67B12C4E" w:rsidR="00015A12" w:rsidRPr="00574507" w:rsidRDefault="00015A12" w:rsidP="000F4BAF">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
-[...67 lines deleted...]
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MassHealth Plan</w:t>
       </w:r>
       <w:r w:rsidR="008D3996">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
@@ -10346,67 +10159,57 @@
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00574507">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8" w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8" w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Anplwa</w:t>
-[...8 lines deleted...]
-        <w:t>/</w:t>
+        <w:t>Anplwa/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D50D8" w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edikasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="505A06F0" w14:textId="3C609191" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00000000" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -11251,65 +11054,56 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>siplemantè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="17916D68" w14:textId="4ACD7FCD" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00692010" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pataj </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>enfòmasyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ki</w:t>
       </w:r>
@@ -12342,65 +12136,56 @@
           <w:position w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue Bold" w:hAnsi="Helvetica Neue Bold"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Vandè BH-Ji nan chak konte (note byen : vandè BH-JI se founisè CSP tou.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01950428" w14:textId="77777777" w:rsidR="001F22DB" w:rsidRPr="00277441" w:rsidRDefault="00692010" w:rsidP="001904ED">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>entènèt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> BH-JI :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18EF60A6" w14:textId="44D6DACF" w:rsidR="00692010" w:rsidRPr="002B1BAC" w:rsidRDefault="00692010" w:rsidP="001904ED">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -12467,67 +12252,57 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>konte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7937B9DA" w14:textId="36907292" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konte : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Barnstable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C724B5" w14:textId="2EF28BBD" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
@@ -12695,138 +12470,108 @@
         </w:rPr>
         <w:t>ext</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>. 5023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CBC51F" w14:textId="24A8C3B1" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konte : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Berkshire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F4F4D8" w14:textId="7DBAB023" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Center for Human Development</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BB5923E" w14:textId="45FE4FE3" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -12975,236 +12720,226 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Community Counseling of Bristol County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37897DB0" w14:textId="17BE7BBE" w:rsidR="001F22DB" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Imèl : </w:t>
       </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:mdasilva@comcounseling.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>mdasilva@comcounseling.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5795978A" w14:textId="3A3679BB" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nimewo telefòn : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(774) 303-8131</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B4DAA1" w14:textId="582BF8FF" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konte : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Dukes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595B643E" w14:textId="68FCD123" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non òganism lan : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Gosnold, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB3FB31" w14:textId="1FE0B057" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Imèl : </w:t>
+      </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00574507">
-[...129 lines deleted...]
-      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="it-IT"/>
           </w:rPr>
           <w:t>BHJI@gosnold.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="524C8E9B" w14:textId="3BFE2FB3" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
@@ -13277,116 +13012,96 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>lan</w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Advocates, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314B8748" w14:textId="7E8FBEC6" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Imèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r w:rsidRPr="00574507">
-[...42 lines deleted...]
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>BHJI_Referrals@Advocates.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5E07B0E4" w14:textId="2EA7ED5E" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -13490,553 +13205,474 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Center for Human Development</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E93B4F" w14:textId="0E524E9B" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Imèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId11" w:history="1">
+        <w:t> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>Bhjireferrals@chd.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6819F9D6" w14:textId="6033DB81" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nimewo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>telefòn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(413) 636-5782</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1100C82B" w14:textId="2BD8C4F6" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Konte :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Hampden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70182F1C" w14:textId="77BAFAAA" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>òganism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lan : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Behavioral Health Network, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA74EEE" w14:textId="6BE05F8C" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Imèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r w:rsidRPr="00574507">
-[...8 lines deleted...]
-    <w:p w14:paraId="1100C82B" w14:textId="2BD8C4F6" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00FE4FFB" w:rsidRPr="00FE4FFB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Keith.Mumblo@bhninc.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47926CDF" w14:textId="7E64BD86" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nimewo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(413) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4FFB" w:rsidRPr="00FE4FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>348-9754</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717851B6" w14:textId="0C03C6A8" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-419"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="70182F1C" w14:textId="77BAFAAA" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konte : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hampshire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49836F3A" w14:textId="3D09B627" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...277 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Center for Human Development</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39028A08" w14:textId="51DA4591" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -14185,71 +13821,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Advocates, Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144ECF4C" w14:textId="7FFEC7D5" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -14378,208 +13994,210 @@
         </w:rPr>
         <w:t>Nantucket</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E1B66F7" w14:textId="44F4DC65" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Gosnold, Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4295D904" w14:textId="36D2DDE0" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Imèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="es-419"/>
           </w:rPr>
           <w:t>BHJI@gosnold.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="07DB13DD" w14:textId="3413B08E" w:rsidR="00692010" w:rsidRPr="00574507" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nimewo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>telefòn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+        <w:t> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>(508) 540-6550, ext. 5023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B59D468" w14:textId="5B62BD68" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Konte : </w:t>
@@ -14612,71 +14230,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Riverside Community Care</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34536E28" w14:textId="768D21B0" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -14825,71 +14423,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sèvis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
@@ -15066,71 +14644,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Gavin Foundation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="355053B8" w14:textId="33AC8F1F" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -15279,71 +14837,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Open Sky Community Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05BEE9E2" w14:textId="313E4DAA" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -16080,79 +15618,68 @@
     </w:p>
     <w:p w14:paraId="4C98313B" w14:textId="015A47DF" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vandè</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> a : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Riverside Community Care</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E4B985" w14:textId="50221311" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="FrutigerLTStd-Cn"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
@@ -16579,71 +16106,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Community Caring Clinic</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED7794A" w14:textId="40C14250" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -16678,50 +16185,51 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="236BFCE8" w14:textId="03C730AA" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Nimewo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>telefòn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
@@ -16740,51 +16248,50 @@
         </w:rPr>
         <w:t>(617) 541-1829</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F4EE64D" w14:textId="42B2E41C" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Konte : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bristol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C027DB4" w14:textId="3641A3C8" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -16793,71 +16300,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>High Point Treatment Center</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D60C409" w14:textId="6328A55A" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -17006,71 +16493,51 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Steppingstone</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6145C22D" w14:textId="563C4CE7" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -17083,111 +16550,312 @@
         </w:rPr>
         <w:t>Imèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>mkachapis@steppingstoneinc.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15E98401" w14:textId="29F88077" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+    <w:p w14:paraId="15E98401" w14:textId="29F88077" w:rsidR="006D473D" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nimewo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>telefòn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(508) 674-2788, ext. 11101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FE78F1" w14:textId="77777777" w:rsidR="00FA65DB" w:rsidRPr="00574507" w:rsidRDefault="00FA65DB" w:rsidP="00FA65DB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konte : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0572A247" w14:textId="5B9830BE" w:rsidR="00FA65DB" w:rsidRPr="00574507" w:rsidRDefault="00FA65DB" w:rsidP="00FA65DB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>òganism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lan : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ignite Recovery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C8206A" w14:textId="0097A146" w:rsidR="00FA65DB" w:rsidRPr="00574507" w:rsidRDefault="00FA65DB" w:rsidP="00FA65DB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Imèl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="003E7B89">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>heather.c@ignitemyrecovery.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9032D7" w14:textId="5CC3061F" w:rsidR="00FA65DB" w:rsidRDefault="00FA65DB" w:rsidP="00FA65DB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Nimewo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>telefòn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r w:rsidRPr="00574507">
-[...5 lines deleted...]
-        <w:t>(508) 674-2788, ext. 11101</w:t>
+      <w:r w:rsidRPr="00FA65DB">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(508) 296-0523</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D112FEF" w14:textId="2117FE9A" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Konte : </w:t>
       </w:r>
@@ -17219,118 +16887,98 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>lan</w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vinfen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0BD17DF9" w14:textId="7709AE2D" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Imèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hakeyk@vinfen.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3A79C4A0" w14:textId="6D10BF9D" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -17434,493 +17082,357 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Volunteers of America</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2226D7C0" w14:textId="4D245BE2" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Imèl : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:lpaolantonio@voamass.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>lpaolantonio@voamass.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C78FE2F" w14:textId="6362D9C5" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nimewo telefòn : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(617) 522-8086</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBFF3EC" w14:textId="3B2AFF3A" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konte : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Suffolk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E782DD" w14:textId="4EF52708" w:rsidR="00A51F87" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non òganism lan : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Casa Esperanza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DD906B" w14:textId="3980AC8A" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Imèl : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="it-IT"/>
           </w:rPr>
-          <w:t>lpaolantonio@voamass.org</w:t>
+          <w:t>strieweiler@casaesperanza.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C78FE2F" w14:textId="6362D9C5" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+    <w:p w14:paraId="78BC4150" w14:textId="30DEC3C0" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Nimewo telefòn : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>(617) 522-8086</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0BBFF3EC" w14:textId="3B2AFF3A" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="006D473D">
+        <w:t>(617) 874-7578</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AB7CEE" w14:textId="193EECEA" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Konte : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Suffolk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E782DD" w14:textId="4EF52708" w:rsidR="00A51F87" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+    <w:p w14:paraId="01A5B2F3" w14:textId="1A9A48D4" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Non òganism lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>Casa Esperanza</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="78BC4150" w14:textId="00B5F069" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+        <w:t>Fathers’ Uplift</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C9EBB5" w14:textId="6A2DD076" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Imèl : </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk202867630"/>
-[...256 lines deleted...]
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="it-IT"/>
           </w:rPr>
           <w:t>apalacios@fathersuplift.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69229E29" w14:textId="78C8AFE1" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
@@ -17993,116 +17505,96 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>lan</w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>North Suffolk Community Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366BFCF7" w14:textId="6283D50C" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00574507">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Imèl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r w:rsidRPr="00574507">
-[...42 lines deleted...]
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>eporto@northsuffolk.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C321383" w14:textId="76F2F581" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -18206,235 +17698,222 @@
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>òganism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve"> lan : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Community Health Link</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C94E652" w14:textId="3796E121" w:rsidR="006640CE" w:rsidRPr="00574507" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Imèl : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00574507">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
             <w:sz w:val="20"/>
             <w:lang w:val="it-IT"/>
           </w:rPr>
           <w:t>dpierce@communityhealthlink.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="16AE3518" w14:textId="527CAB93" w:rsidR="006D473D" w:rsidRPr="00574507" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Nimewo telefòn : </w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(508) 860-1000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE3DC00" w14:textId="4EE3E9D2" w:rsidR="00AD7F61" w:rsidRPr="00574507" w:rsidRDefault="00AD7F61" w:rsidP="00AD7F61">
+    <w:p w14:paraId="2AE3DC00" w14:textId="735453A0" w:rsidR="00AD7F61" w:rsidRPr="00574507" w:rsidRDefault="00AD7F61" w:rsidP="00AD7F61">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="2040" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="16"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>BH-JI-</w:t>
       </w:r>
       <w:r w:rsidR="008D3996">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="16"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>HT</w:t>
       </w:r>
       <w:r w:rsidRPr="00574507">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="16"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>-2025-04</w:t>
+        <w:t>-2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA65DB">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD7F61" w:rsidRPr="00574507" w:rsidSect="00AD7F61">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="HelveticaNeue-Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Minion Pro">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -18454,137 +17933,151 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerLTStd-Cn">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="HelveticaNeue-Roman">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="5760"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32BDF"/>
     <w:rsid w:val="00005AAF"/>
     <w:rsid w:val="00015A12"/>
-    <w:rsid w:val="00022B4D"/>
     <w:rsid w:val="00063D14"/>
     <w:rsid w:val="000D1B7E"/>
+    <w:rsid w:val="000F4BAF"/>
+    <w:rsid w:val="00145D33"/>
     <w:rsid w:val="00147C22"/>
     <w:rsid w:val="001904ED"/>
     <w:rsid w:val="00193746"/>
     <w:rsid w:val="001F22DB"/>
     <w:rsid w:val="00277441"/>
     <w:rsid w:val="0027751D"/>
     <w:rsid w:val="0028047C"/>
     <w:rsid w:val="002B1BAC"/>
     <w:rsid w:val="00335ED7"/>
     <w:rsid w:val="003478A9"/>
     <w:rsid w:val="003641B9"/>
     <w:rsid w:val="003A1E07"/>
     <w:rsid w:val="003B2E35"/>
     <w:rsid w:val="003F5A9E"/>
     <w:rsid w:val="00415284"/>
+    <w:rsid w:val="00482031"/>
     <w:rsid w:val="004B28DD"/>
     <w:rsid w:val="005170F1"/>
     <w:rsid w:val="00574507"/>
     <w:rsid w:val="00586AE3"/>
     <w:rsid w:val="005B6024"/>
     <w:rsid w:val="005B763C"/>
     <w:rsid w:val="00604327"/>
     <w:rsid w:val="0061219B"/>
     <w:rsid w:val="0061229B"/>
     <w:rsid w:val="006640CE"/>
     <w:rsid w:val="00687FCC"/>
     <w:rsid w:val="00692010"/>
     <w:rsid w:val="006A447D"/>
     <w:rsid w:val="006D473D"/>
     <w:rsid w:val="00771C14"/>
     <w:rsid w:val="0078617F"/>
     <w:rsid w:val="00793C8C"/>
     <w:rsid w:val="007C3A38"/>
     <w:rsid w:val="007D2DA7"/>
     <w:rsid w:val="0085543C"/>
     <w:rsid w:val="008A4C84"/>
     <w:rsid w:val="008D3996"/>
     <w:rsid w:val="008D50D8"/>
     <w:rsid w:val="00947B58"/>
     <w:rsid w:val="00993C67"/>
     <w:rsid w:val="009A1B5F"/>
     <w:rsid w:val="009B7900"/>
     <w:rsid w:val="009F25D8"/>
-    <w:rsid w:val="00A105EA"/>
     <w:rsid w:val="00A51F87"/>
     <w:rsid w:val="00AC7AC7"/>
     <w:rsid w:val="00AD7F61"/>
     <w:rsid w:val="00B544E4"/>
     <w:rsid w:val="00B646DD"/>
     <w:rsid w:val="00B67CC3"/>
     <w:rsid w:val="00BC3564"/>
     <w:rsid w:val="00BC7246"/>
     <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C841AE"/>
     <w:rsid w:val="00CC5229"/>
     <w:rsid w:val="00D35153"/>
     <w:rsid w:val="00D846CE"/>
     <w:rsid w:val="00DB0C29"/>
     <w:rsid w:val="00E53796"/>
     <w:rsid w:val="00E82E4E"/>
+    <w:rsid w:val="00E950B0"/>
     <w:rsid w:val="00F068EA"/>
     <w:rsid w:val="00F32B7A"/>
     <w:rsid w:val="00F46A7B"/>
+    <w:rsid w:val="00FA65DB"/>
+    <w:rsid w:val="00FE4FFB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2B763DAB"/>
@@ -18979,85 +18472,83 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="000F4BAF"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="-270"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="000F4BAF"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C32BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -19174,99 +18665,96 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C32BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="000F4BAF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="000F4BAF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C32BDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C32BDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -19552,51 +19040,51 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E53796"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdasilva@comcounseling.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Keith.Mumblo@bhninc.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:strieweiler@casaesperanza.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.c@ignitemyrecovery.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -19871,69 +19359,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBE87422-A5CA-4166-8CD1-24DD422ED38D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1337</Words>
-  <Characters>7625</Characters>
+  <Words>1350</Words>
+  <Characters>7696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8945</CharactersWithSpaces>
+  <CharactersWithSpaces>9028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Culligan, Seamas A (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>