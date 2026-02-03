--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,1231 +1,4339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01277191" w14:textId="1F4E6A8C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="01277191" w14:textId="1F4E6A8C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
-        <w:pStyle w:val="P68B1DB1-Normal1"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Hỗ trợ Sức khỏe Hành vi và Cộng đồng cho Những Cá nhân Có Tiền án Tiền sự (BH-JI)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Hỗ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>trợ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Sức</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>khỏe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> Hành vi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>và</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Cộng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>đồng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> cho </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Những</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Cá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>nhân</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Tiền</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>án</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>Tiền</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t>sự</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:t xml:space="preserve"> (BH-JI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0E0880" w14:textId="613C6F16" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="7A0E0880" w14:textId="613C6F16" w:rsidR="00591F09" w:rsidRPr="00C90409" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
-        <w:pStyle w:val="P68B1DB1-Normal2"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C90409">
         <w:t>MẪU GIỚI THIỆU CHUNG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63867222" w14:textId="54E52765" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="63867222" w14:textId="54E52765" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Ngày Giới thiệu </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ngày</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Giới </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thiệu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200D7C91" w14:textId="3C4C444E" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="200D7C91" w14:textId="3C4C444E" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Ngày sinh </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ngày</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>sinh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBA2FEA" w14:textId="6F3E18DA" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="0FBA2FEA" w14:textId="6F3E18DA" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Tên </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A901F6D" w14:textId="0EF85548" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="7A901F6D" w14:textId="0EF85548" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Địa chỉ </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Địa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>chỉ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0114674B" w14:textId="56F5847D" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal4"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>(Nếu vô gia cư hoặc không có chỗ ở ổn định, tên của khu vực/quận hỗ trợ được yêu cầu)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nếu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vô</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cư</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chỗ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ở </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ổn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>định</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>khu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vực</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quận</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hỗ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>trợ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>yêu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cầu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01184F2E" w14:textId="1E5A410C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="01184F2E" w14:textId="1E5A410C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Tiểu bang </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tiểu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>bang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC41D46" w14:textId="5B40C84C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="6DC41D46" w14:textId="5B40C84C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Mã Zip </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mã</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zip </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61EE2421" w14:textId="7B8FEB3F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="61EE2421" w14:textId="7B8FEB3F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Số điện thoại </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>điện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thoại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D3A837" w14:textId="4B9922A2" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Để lại thư thoại được không?  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Để</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>thư</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>thoại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="447666430"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Có </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1353173933"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22AB5B80" w14:textId="5183D91B" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Phương thức liên lạc ưu tiên lần liên lạc đầu tiên </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(chọn một ô) </w:t>
+        <w:t xml:space="preserve">Phương </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>thức</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>liên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ưu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tiên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lần</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>liên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>đầu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tiên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>một</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ô) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2039502178"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Cuộc gọi  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Cuộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gọi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="25221018"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Tin nhắn</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Tin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nhắn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0986BC4B" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="0986BC4B" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Tên Liên lạc Thứ hai </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Liên </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>lạc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Thứ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>hai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362A8CBC" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="362A8CBC" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Số Điện thoại Thứ hai </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Điện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thoại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Thứ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>hai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C219DA4" w14:textId="10F23010" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="6C219DA4" w14:textId="10F23010" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Số An Sinh Xã Hội hoặc Mã Số Thuế </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>An</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sinh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Xã</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Hội</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mã</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Thuế</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757300F1" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="757300F1" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Ngôn ngữ Ưa dùng </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ngôn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ngữ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ưa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>dùng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6571DD3C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="6571DD3C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Giới tính </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Giới</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1910B63F" w14:textId="57F8235F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="1910B63F" w14:textId="57F8235F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Sắc tộc/Chủng tộc </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Sắc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Chủng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E5DE76E" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Điều nào sau đây mô tả khuynh hướng tính dục hiện tại của quý vị?</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Điều</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đây</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mô</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>khuynh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dục</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hiện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC5D47E" w14:textId="43841CD6" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal4"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Xu hướng tính dục mô tả cách một người xác định sự hấp dẫn về thể chất và/hoặc cảm xúc của họ đối với người khác. Chọn tối đa năm mục.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Xu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dục</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mô</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cách</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>một</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>xác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>định</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sự</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hấp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dẫn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>về</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>thể</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>và</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cảm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>xúc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>họ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đối</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>với</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>khác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tối</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>năm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mục</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B18F44A" w14:textId="56FB0BB2" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7B18F44A" w14:textId="56FB0BB2" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1661729638"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Thẳng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>dị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="22106E1B" w14:textId="77FCA21F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="22106E1B" w14:textId="77FCA21F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-899518986"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Đồng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nữ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>đồng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="63B9A89B" w14:textId="31E48622" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="63B9A89B" w14:textId="31E48622" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-932044659"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Song tính luyến ái</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Song </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>luyến</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ái</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="78D47AE5" w14:textId="0C0C9E36" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="78D47AE5" w14:textId="0C0C9E36" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1949995395"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Queer, toàn tính luyến ái, hoặc không xác định</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Queer, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>toàn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>luyến</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ái</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>xác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>định</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="09D599C1" w14:textId="0DAED873" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="09D599C1" w14:textId="0DAED873" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1624197202"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Xu hướng tính dục không được liệt kê. Vui lòng nêu rõ  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Xu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hướng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tính</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>dục</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>liệt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kê</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Vui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lòng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nêu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>rõ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38301A68" w14:textId="26FA9E65" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="38301A68" w14:textId="26FA9E65" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-863429192"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>biết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="24907E49" w14:textId="50D720F8" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="24907E49" w14:textId="50D720F8" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1133061978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>trả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lời</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="28EFFD71" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Quý vị có phải là người gốc Tây Ban Nha hoặc Latinh không?</w:t>
+        <w:t xml:space="preserve">Quý </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>phải</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>là</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tây Ban Nha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Latinh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1542AE85" w14:textId="779B4C93" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal4"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Người gốc Tây Ban Nha hoặc Latinh là một người có nguồn gốc Cuba, Mexico, Puerto Rico, Nam hoặc Trung Mỹ, hoặc có văn hóa hoặc nguồn gốc Tây Ban Nha khác bất kể chủng tộc.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tây Ban Nha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Latinh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>là</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>một</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nguồn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cuba, Mexico, Puerto Rico, Nam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trung </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Mỹ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>văn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hóa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nguồn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tây Ban Nha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>khác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>kể</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chủng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550B62BE" w14:textId="7D0491F9" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="550B62BE" w14:textId="7D0491F9" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-304244748"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Có, người gốc Tây Ban Nha hoặc La tinh  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tây Ban Nha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tinh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="272988614"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Không phải người gốc Tây Ban Nha hoặc Latinh  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>phải</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tây Ban Nha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Latinh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1345980777"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F72AB" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F72AB" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1248,50 +4356,51 @@
         <w:t>biết</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-731771978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001F72AB" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Chọn</w:t>
@@ -1335,2365 +4444,5204 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>lời</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="35944EDE" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Chủng tộc (không bắt buộc)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Chủng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bắt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>buộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9F5173" w14:textId="7C673D6B" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal7"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Chọn các tùy chọn mô tả đúng nhất về quý vị bằng cách đánh dấu vào ô bên cạnh chủng tộc của quý vị. Quý vị có thể chọn bao nhiêu tùy thích.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>các</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tùy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mô</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đúng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nhất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>về</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bằng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cách</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đánh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dấu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ô </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cạnh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chủng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Quý </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>thể</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nhiêu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tùy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>thích</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E918011" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4E918011" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1207333358"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Mỹ da đỏ hoặc Thổ dân Alaska</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mỹ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>đỏ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Thổ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>dân</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alaska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEAE5F1" w14:textId="507B7CE8" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3EEAE5F1" w14:textId="507B7CE8" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1192220099"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Châu Á</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54841941" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="54841941" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1408344188"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Da đen hoặc người Mỹ gốc Phi</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>đen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mỹ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Phi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC9B01F" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6AC9B01F" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-179055958"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hawaii </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bản</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Địa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Đảo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thái Bình Dương </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>khác</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="56768979" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="56768979" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1148628486"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>trắng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2060381146"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>trả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lời</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="59B81AB3" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="59B81AB3" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="451761423"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Chủng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>liệt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kê</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="69D2074F" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="69D2074F" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1581286473"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>biết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3F538BCC" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Sắc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0326DB71" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal4"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Sắc tộc đề cập đến nền tảng, di sản, văn hóa, tổ tiên của quý vị hoặc quốc gia nơi quý vị hoặc gia đình của quý vị sinh ra.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Sắc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đề</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cập</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đến</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nền</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tảng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sản</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>văn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hóa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tổ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tiên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nơi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đình</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sinh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="356CEA90" w14:textId="1725A10E" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal7"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t>Chọn các tùy chọn mô tả đúng nhất về quý vị bằng cách đánh dấu vào ô bên cạnh sắc tộc của quý vị. Quý vị có thể chọn bao nhiêu tùy thích.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>các</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tùy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mô</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đúng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nhất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>về</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bằng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cách</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đánh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dấu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ô </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cạnh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sắc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>quý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Quý </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vị</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>thể</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nhiêu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tùy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>thích</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C894AD" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="40C894AD" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1042740394"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Châu Phi</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Châu Phi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69FC81C5" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="69FC81C5" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1198470531"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Mỹ Gốc Phi</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mỹ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Phi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170B4300" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="170B4300" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1754700827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hoa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Kỳ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="26162813" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="26162813" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1599519818"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Châu Á </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gốc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ấn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Độ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3B0C28E9" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3B0C28E9" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1510490941"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Brazil</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Brazil</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8A3B79" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5C8A3B79" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="405798171"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Campuchia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3E188013" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3E188013" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2036232740"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Cape Verde</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cape Verde</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF6410D" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4CF6410D" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1604872569"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Đảo Caribê</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Đảo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Caribê</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2A7BFF" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1E2A7BFF" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1773158997"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trung </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mỹ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5EE3AB2B" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5EE3AB2B" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1432582446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Trung Quốc</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trung Quốc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2A800A" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5F2A800A" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1313252974"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Colombia</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Colombia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7EDD4A" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7C7EDD4A" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="428089593"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="29FC6209" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="29FC6209" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="141166007"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Dominica</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dominica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5249BA60" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5249BA60" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="689655061"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đông </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Âu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="717FDD2C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="717FDD2C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2073996624"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Châu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Âu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5154DB31" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5154DB31" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="585040310"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Phi Luật Tân</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Phi Luật Tân</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F69CA88" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3F69CA88" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1633702857"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Guatemala</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guatemala</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588B942E" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="588B942E" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2019143441"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Haiti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7DC07B34" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7DC07B34" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1977370190"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Honduras</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Honduras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C437991" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5C437991" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-39989737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Nhật</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nhật</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239B9D4C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="239B9D4C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2054065985"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Hàn Quốc</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Hàn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quốc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EE3C7C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="23EE3C7C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="427319546"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="05932CA7" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="05932CA7" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="46887603"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Mexico</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mexico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A24C0B5" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7A24C0B5" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1673714421"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Trung Đông hoặc Bắc Phi</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trung Đông </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bắc Phi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F01C8E0" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F01C8E0" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1519382295"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Bồ Đào Nha</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bồ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đào Nha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32843396" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="32843396" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-308174010"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Puerto Rico</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Puerto Rico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BBBEDD" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="14BBBEDD" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-756058719"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Nga</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nga</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0195CEB3" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0195CEB3" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1260362736"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Salvador</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Salvador</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B275528" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6B275528" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1029799261"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mỹ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5EFADF35" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5EFADF35" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="704442781"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Người Việt</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Việt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A52429" w14:textId="3360FF16" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="70A52429" w14:textId="3360FF16" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="238990091"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Sắc tộc không được liệt kê (vui lòng nêu rõ)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sắc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>tộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>liệt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kê</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>vui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lòng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nêu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>rõ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="001F72AB" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B7C70F" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="37B7C70F" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-926813426"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>biết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="75662773" w14:textId="7F8F8D27" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="75662773" w14:textId="7F8F8D27" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1007177827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Chọn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>không</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>trả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lời</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="34A05195" w14:textId="3AFF2107" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="34A05195" w14:textId="3AFF2107" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Trình độ học vấn cao nhất, nếu biết </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Trình</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>độ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>học</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>vấn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cao </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>nhất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>nếu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>biết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6246ACFC" w14:textId="72B9DDBE" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal7"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Bất kỳ sự hỗ trợ hợp lý nào cần thiết để giúp tiếp cận các </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Bất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>kỳ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sự</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hỗ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>trợ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hợp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cần</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>thiết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>để</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>giúp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tiếp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cận</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>các</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>dịch</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>vụ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
@@ -3860,638 +9808,2747 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>động</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B37B2C8" w14:textId="26BB4751" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Tình Trạng Pháp Lý:  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tình</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Trạng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pháp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lý</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-131712249"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Trước Khi Xét Xử  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Trước</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Khi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Xét</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Xử</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-425423610"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Đã</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Kết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Án</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4C672C44" w14:textId="68A2D06C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="4C672C44" w14:textId="68A2D06C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Ngày Phóng thích Dự kiến </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ngày</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Phóng </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thích</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Dự</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>kiến</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40102508" w14:textId="79ABA5CB" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="40102508" w14:textId="79ABA5CB" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...10 lines deleted...]
-        <w:t>(nếu biết)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ngày</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tòa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Án</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tiếp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Theo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nếu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>biết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t>Tòa án nào có liên quan?</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tòa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>án</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>nào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>liên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>quan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="755C1C66" w14:textId="69BA775A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal4"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>(nếu biết - bao gồm cả tòa án chuyên môn)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nếu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>biết</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gồm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cả</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tòa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>án</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chuyên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>môn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DB2CF0D" w14:textId="3181B31A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quản chế có Giám sát/Phóng thích có điều kiện: </w:t>
+        <w:t xml:space="preserve">Quản </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>chế</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Giám</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>sát</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Phóng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>thích</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>điều</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kiện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1113194350"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:spacing w:val="-2"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quản chế có Giám sát </w:t>
+        <w:t xml:space="preserve">Quản </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>chế</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Giám</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>sát</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-872233864"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:spacing w:val="-2"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Phóng thích có điều kiện</w:t>
-      </w:r>
+        <w:t>Phóng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>thích</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>điều</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kiện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2FBE05A2" w14:textId="13C323DC" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="2FBE05A2" w14:textId="13C323DC" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Tên của người giới thiệu </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>giới</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thiệu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDF761E" w14:textId="404362EC" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="2CDF761E" w14:textId="404362EC" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Số điện thoại </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>điện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thoại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78670614" w14:textId="77D240F9" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="78670614" w14:textId="77D240F9" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Mối quan hệ của người giới thiệu với thân chủ (ví dụ: viên chức giám sát phóng thích có điều kiện) </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mối</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>quan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>hệ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>giới</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thiệu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>với</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thân</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>chủ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ví</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>dụ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>viên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>chức</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>giám</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>sát</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>phóng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thích</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>điều</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>kiện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236119D7" w14:textId="58137EAD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="236119D7" w14:textId="58137EAD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Tổ chức của Cá nhân Được Giới thiệu </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tổ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>chức</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Cá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>nhân</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Được</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Giới </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thiệu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F290839" w14:textId="2048AEDD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="5F290839" w14:textId="2048AEDD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ngày</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>thời</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>gian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>của</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>cuộc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>hẹn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>tiếp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>theo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>với</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>người</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>muốn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ghi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>danh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B3FEB5C" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...10 lines deleted...]
-        <w:t>(bao gồm sức khỏe tâm thần và/hoặc sử dụng chất gây nghiện)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Chẩn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>đoán</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>sức</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>khỏe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>hành</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gồm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sức</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>khỏe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tâm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>thần</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>và</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sử</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dụng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chất</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gây</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nghiện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B4E03C" w14:textId="5C412BF3" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3299A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Tự khai báo  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tự</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>khai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>báo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-606267839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Có</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1D7C8DFB" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Thông Tin Về Bảo Hiểm MassHealth</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Thông Tin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Về</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bảo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Hiểm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4E5F9F2A" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal9"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>(Lưu ý: Cá nhân phải có hoặc đủ điều kiện nhận MassHealth để ghi danh vào Chương trình BH-JI.)</w:t>
+        <w:t xml:space="preserve">(Lưu ý: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nhân</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>phải</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>có</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hoặc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>đủ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>điều</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>kiện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nhận</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>để</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ghi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>danh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vào</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Chương</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>trình</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BH-JI.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772D8FAF" w14:textId="4D277384" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="772D8FAF" w14:textId="4D277384" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal3"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Số</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -4503,55 +12560,55 @@
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>của</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427DA270" w14:textId="2279559F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="427DA270" w14:textId="2279559F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00C90409">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Chương</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
@@ -4845,147 +12902,149 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>gì</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014E8568" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="014E8568" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1712261542"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Phúc </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lợi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5FBD36A6" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5FBD36A6" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1760484617"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5009,79 +13068,80 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Làm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">/Học </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vấn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="505A06F0" w14:textId="3C609191" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="505A06F0" w14:textId="3C609191" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="40560210"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5177,79 +13237,80 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>phủ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>cấp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3C1D4395" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3C1D4395" w14:textId="77777777" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1274941204"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5327,79 +13388,80 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tâm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>thần</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="718DF62C" w14:textId="78E674D7" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="718DF62C" w14:textId="78E674D7" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="673075327"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5531,79 +13593,80 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>gây</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nghiện</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1879203112"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5645,79 +13708,80 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>xã</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>hội</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="58C858C6" w14:textId="5846F6AD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="58C858C6" w14:textId="5846F6AD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1792323737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5795,79 +13859,80 @@
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>thể</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>chất</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="135A154E" w14:textId="3572236A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="135A154E" w14:textId="3572236A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-266851201"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -5917,147 +13982,149 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lại</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1992357999"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Thu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nhập</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="18F60C10" w14:textId="76C567CE" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="18F60C10" w14:textId="76C567CE" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-674881635"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -6143,79 +14210,80 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nhà</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ở</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="002F3088">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal5"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-898982863"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3299A" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -6374,50 +14442,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> tin </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-967591760"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -6428,50 +14497,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1306933220"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -6820,50 +14890,51 @@
       </w:r>
       <w:r w:rsidR="001F72AB" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1221895567"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -6874,50 +14945,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1240754046"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -7258,50 +15330,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-85469989"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -7312,50 +15385,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="353923894"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -7534,50 +15608,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-463891645"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -7588,50 +15663,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-1485392712"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -7738,50 +15814,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">):  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="2122409197"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -7810,50 +15887,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="-438288177"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B3299A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="000000"/>
               <w:sz w:val="26"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -8524,69 +16602,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Barnstable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C724B5" w14:textId="2EF28BBD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8812,69 +16872,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Berkshire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F4F4D8" w14:textId="7DBAB023" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9052,69 +17094,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bristol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A76DEF4" w14:textId="7FEDB188" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9292,69 +17316,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Dukes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595B643E" w14:textId="68FCD123" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9580,69 +17586,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Essex</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B2411A" w14:textId="28DD530A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9820,69 +17808,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Franklin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54AE4CBC" w14:textId="74880DF4" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10060,69 +18030,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hampden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70182F1C" w14:textId="77BAFAAA" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10162,125 +18114,83 @@
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>chức</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Behavioral Health Network, Inc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA74EEE" w14:textId="6004BFF5" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="6BA74EEE" w14:textId="72EA4F3A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk202867580"/>
-[...48 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="004243A2" w:rsidRPr="004243A2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Keith.Mumblo@bhninc.org</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47926CDF" w14:textId="7808FAE6" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="47926CDF" w14:textId="4B2CB79C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Số</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -10307,100 +18217,88 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>thoại</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(413) 485-8381</w:t>
+        <w:t xml:space="preserve">(413) </w:t>
+      </w:r>
+      <w:r w:rsidR="004243A2" w:rsidRPr="004243A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>348-9754</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717851B6" w14:textId="0C03C6A8" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hampshire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49836F3A" w14:textId="3D09B627" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10463,51 +18361,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="39028A08" w14:textId="51DA4591" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Bhjireferrals@chd.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57677097" w14:textId="69DC09D0" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -10579,69 +18477,51 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Middlesex</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FDA6F9" w14:textId="16A3EC89" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10704,51 +18584,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="144ECF4C" w14:textId="7FFEC7D5" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>BHJI_Referrals@Advocates.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="365738EF" w14:textId="4BA1B32F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -10819,69 +18699,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Nantucket</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E1B66F7" w14:textId="44F4DC65" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10944,51 +18806,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4295D904" w14:textId="36D2DDE0" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>BHJI@gosnold.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="07DB13DD" w14:textId="3413B08E" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -11107,69 +18969,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Norfolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4101CED6" w14:textId="2A8019A8" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11232,51 +19076,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="34536E28" w14:textId="768D21B0" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>BHJI@riversidecc.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7A95A799" w14:textId="40059FDA" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -11347,69 +19191,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Plymouth</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738BF3F8" w14:textId="33CE83FD" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11472,51 +19298,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="464968C5" w14:textId="371F3091" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>bhji@baystatecs.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5A4BA020" w14:textId="493C0644" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -11587,69 +19413,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Suffolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4E88AF" w14:textId="666F7919" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11712,51 +19520,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="355053B8" w14:textId="33AC8F1F" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>RoscoeHurley@GavinFoundation.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="224ADC18" w14:textId="2B315FA6" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -11952,51 +19760,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="05BEE9E2" w14:textId="313E4DAA" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>JusticeServices@openskycs.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6390A070" w14:textId="4D32DE2B" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -12067,69 +19875,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Berkshire/Hampshire/Franklin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116C47EB" w14:textId="4F36FA6D" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12361,69 +20151,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hampden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E2F2A59" w14:textId="1A53C182" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12655,69 +20427,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Worcester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="075CB80D" w14:textId="3BF7B50E" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12949,69 +20703,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Essex/Middlesex</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B36EB06" w14:textId="2957B4E2" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13243,69 +20979,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Suffolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D7CE40" w14:textId="68D50398" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13537,69 +21255,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> Hạt:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Norfolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037C2256" w14:textId="164D84B6" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13831,69 +21531,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Plymouth</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72CA7B5C" w14:textId="21DE4729" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14125,69 +21807,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bristol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03419F8F" w14:textId="685EA065" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14419,69 +22083,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Barnstable/Dukes/Nantucket</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C6E76D8" w14:textId="4FF33BF5" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14814,69 +22460,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffolk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>và</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hampden</w:t>
       </w:r>
     </w:p>
@@ -14955,51 +22583,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED7794A" w14:textId="40C14250" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Communitycaringclinic@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="236BFCE8" w14:textId="03C730AA" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -15070,69 +22698,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bristol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C027DB4" w14:textId="3641A3C8" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15195,51 +22805,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5D60C409" w14:textId="6328A55A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sbennett@hptc.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="00D2112C" w14:textId="77B92100" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -15310,69 +22920,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bristol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EAE3371" w14:textId="7D89C389" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15435,64 +23027,64 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6145C22D" w14:textId="563C4CE7" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>mkachapis@steppingstoneinc.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15E98401" w14:textId="29F88077" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="15E98401" w14:textId="29F88077" w:rsidR="00591F09" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Số</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -15568,99 +23160,314 @@
         <w:t>máy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lẻ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E054D4" w14:textId="77777777" w:rsidR="008120D0" w:rsidRPr="00B3299A" w:rsidRDefault="008120D0" w:rsidP="008120D0">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Quận</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hạt: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A234193" w14:textId="7AE9FF74" w:rsidR="008120D0" w:rsidRPr="00B3299A" w:rsidRDefault="008120D0" w:rsidP="008120D0">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tên</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tổ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chức</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ignite Recovery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65978834" w14:textId="2957FBC2" w:rsidR="008120D0" w:rsidRPr="00B3299A" w:rsidRDefault="008120D0" w:rsidP="008120D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00574507">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+            <w:sz w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>mkachapis@steppingstoneinc.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01513100" w14:textId="5B9545FD" w:rsidR="008120D0" w:rsidRDefault="008120D0" w:rsidP="008120D0">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Số</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>điện</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>thoại</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219991711"/>
+      <w:r w:rsidRPr="00FA65DB">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(508) 296-0523</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D112FEF" w14:textId="2117FE9A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Middlesex</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F064699" w14:textId="30A5A992" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15725,51 +23532,51 @@
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0BD17DF9" w14:textId="7709AE2D" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hakeyk@vinfen.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3A79C4A0" w14:textId="6D10BF9D" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -15784,125 +23591,89 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Điện</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Thoại: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(877) 284-6336</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A03A512" w14:textId="7CCEA536" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Norfolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7581D791" w14:textId="3495340B" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15965,51 +23736,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2226D7C0" w14:textId="4D245BE2" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>lpaolantonio@voamass.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C78FE2F" w14:textId="6362D9C5" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -16080,298 +23851,181 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Suffolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E782DD" w14:textId="4EF52708" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Tên tổ chức: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Casa Esperanza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BC4150" w14:textId="0C3D5F75" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00EA1E32">
+    <w:p w14:paraId="59DD906B" w14:textId="3980AC8A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk202867630"/>
-[...69 lines deleted...]
-          <w:b/>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00B3299A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:lang w:val="it-IT"/>
+          </w:rPr>
+          <w:t>strieweiler@casaesperanza.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="78BC4150" w14:textId="30DEC3C0" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+      <w:pPr>
+        <w:pStyle w:val="P68B1DB1-Normal8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t xml:space="preserve">Số điện thoại: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk202867706"/>
-[...64 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00B3299A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(617) 874-7578</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="53AB7CEE" w14:textId="193EECEA" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Quận Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Suffolk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A5B2F3" w14:textId="7C1EA10A" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
+    <w:p w14:paraId="01A5B2F3" w14:textId="1A9A48D4" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tên</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -16398,91 +24052,77 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>chức</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fathers’</w:t>
-[...13 lines deleted...]
-        <w:t>Uplift</w:t>
+        <w:t>Fathers ’Uplift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C9EBB5" w14:textId="6A2DD076" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>apalacios@fathersuplift.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69229E29" w14:textId="78C8AFE1" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -16553,69 +24193,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Quận</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Hạt: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Suffolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31158160" w14:textId="181F5F67" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16678,51 +24300,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="366BFCF7" w14:textId="6283D50C" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>eporto@northsuffolk.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C321383" w14:textId="76F2F581" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -16918,51 +24540,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4C94E652" w14:textId="3796E121" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00B3299A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>dpierce@communityhealthlink.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="16AE3518" w14:textId="527CAB93" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -17005,82 +24627,89 @@
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>thoại</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(508) 860-1000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE3DC00" w14:textId="410123FF" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00B3299A">
+    <w:p w14:paraId="2AE3DC00" w14:textId="4AE074C5" w:rsidR="00591F09" w:rsidRPr="00B3299A" w:rsidRDefault="00B3299A" w:rsidP="00B3299A">
       <w:pPr>
         <w:pStyle w:val="P68B1DB1-Normal12"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="2040" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>BH-JI-</w:t>
       </w:r>
       <w:r w:rsidR="001F72AB" w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>VN</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3299A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-2025-04</w:t>
+        <w:t>-2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3088">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00591F09" w:rsidRPr="00B3299A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -17125,133 +24754,147 @@
   </w:font>
   <w:font w:name="Helvetica Neue Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="HelveticaNeueLT Std">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="5760"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32BDF"/>
     <w:rsid w:val="00005AAF"/>
     <w:rsid w:val="00015A12"/>
-    <w:rsid w:val="00022B4D"/>
     <w:rsid w:val="00063D14"/>
     <w:rsid w:val="000D1B7E"/>
+    <w:rsid w:val="00145D33"/>
     <w:rsid w:val="00147C22"/>
     <w:rsid w:val="001904ED"/>
     <w:rsid w:val="00193746"/>
     <w:rsid w:val="001F22DB"/>
     <w:rsid w:val="001F72AB"/>
     <w:rsid w:val="00277441"/>
     <w:rsid w:val="002B1BAC"/>
+    <w:rsid w:val="002F3088"/>
     <w:rsid w:val="00335ED7"/>
     <w:rsid w:val="003478A9"/>
     <w:rsid w:val="003641B9"/>
     <w:rsid w:val="003A1E07"/>
     <w:rsid w:val="003B2E35"/>
     <w:rsid w:val="003F5A9E"/>
+    <w:rsid w:val="004243A2"/>
     <w:rsid w:val="004B28DD"/>
     <w:rsid w:val="005170F1"/>
     <w:rsid w:val="00586AE3"/>
     <w:rsid w:val="00591F09"/>
     <w:rsid w:val="005B6024"/>
     <w:rsid w:val="005B763C"/>
     <w:rsid w:val="00604327"/>
     <w:rsid w:val="0061219B"/>
     <w:rsid w:val="0061229B"/>
     <w:rsid w:val="006640CE"/>
     <w:rsid w:val="00687FCC"/>
     <w:rsid w:val="00692010"/>
     <w:rsid w:val="006A447D"/>
     <w:rsid w:val="006D473D"/>
     <w:rsid w:val="00771C14"/>
     <w:rsid w:val="0078617F"/>
     <w:rsid w:val="00793C8C"/>
     <w:rsid w:val="007C3A38"/>
     <w:rsid w:val="007D2DA7"/>
+    <w:rsid w:val="008120D0"/>
     <w:rsid w:val="0085543C"/>
     <w:rsid w:val="008A4C84"/>
     <w:rsid w:val="008D50D8"/>
     <w:rsid w:val="00947B58"/>
     <w:rsid w:val="00993C67"/>
     <w:rsid w:val="009A1B5F"/>
     <w:rsid w:val="009B7900"/>
     <w:rsid w:val="009F25D8"/>
     <w:rsid w:val="00A51F87"/>
     <w:rsid w:val="00AC7AC7"/>
     <w:rsid w:val="00AD7F61"/>
     <w:rsid w:val="00AE2BA0"/>
     <w:rsid w:val="00B3299A"/>
     <w:rsid w:val="00B544E4"/>
     <w:rsid w:val="00B646DD"/>
     <w:rsid w:val="00B67CC3"/>
     <w:rsid w:val="00BC3564"/>
     <w:rsid w:val="00BC7246"/>
     <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C841AE"/>
+    <w:rsid w:val="00C90409"/>
     <w:rsid w:val="00CA564B"/>
     <w:rsid w:val="00CC5229"/>
     <w:rsid w:val="00D35153"/>
+    <w:rsid w:val="00D56CAB"/>
     <w:rsid w:val="00D846CE"/>
     <w:rsid w:val="00DB0C29"/>
     <w:rsid w:val="00E82E4E"/>
-    <w:rsid w:val="00EA1E32"/>
     <w:rsid w:val="00F03A01"/>
     <w:rsid w:val="00F068EA"/>
     <w:rsid w:val="00F32B7A"/>
     <w:rsid w:val="00F46A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="vi-VN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -17644,88 +25287,83 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="P68B1DB1-Normal1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C90409"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="-270"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:sz w:val="40"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="P68B1DB1-Normal2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C90409"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:sz w:val="32"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C32BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
@@ -17867,68 +25505,69 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C90409"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:sz w:val="40"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C90409"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:sz w:val="32"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C32BDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C32BDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
@@ -18303,51 +25942,51 @@
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001F72AB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdasilva@comcounseling.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdasilva@comcounseling.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RoscoeHurley@GavinFoundation.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:strieweiler@casaesperanza.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbennett@hptc.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Keith.Mumblo@bhninc.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhji@baystatecs.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@riversidecc.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Communitycaringclinic@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bhjireferrals@chd.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JusticeServices@openskycs.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI@gosnold.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHJI_Referrals@Advocates.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkachapis@steppingstoneinc.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -18622,69 +26261,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBE87422-A5CA-4166-8CD1-24DD422ED38D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1432</Words>
-  <Characters>8166</Characters>
+  <Words>1444</Words>
+  <Characters>8236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9579</CharactersWithSpaces>
+  <CharactersWithSpaces>9661</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Culligan, Seamas A (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>