--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,393 +1,366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01277191" w14:textId="1F4E6A8C" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="001904ED">
-[...5 lines deleted...]
-        <w:ind w:right="-270"/>
+    <w:p w14:paraId="01277191" w14:textId="1F4E6A8C" w:rsidR="00C32BDF" w:rsidRPr="00C06965" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06965">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>涉及司法个人的行为健康和社区支持（</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06965">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>BH-JI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C06965">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0E0880" w14:textId="613C6F16" w:rsidR="00B544E4" w:rsidRPr="00C06965" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06965">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>通用转介表</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63867222" w14:textId="54E52765" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t>涉及司法个人的行为健康和社区支持（</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>转介日期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t>BH-JI</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
-          <w:b/>
-[...7 lines deleted...]
-        <w:spacing w:before="120"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200D7C91" w14:textId="3C4C444E" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="63867222" w14:textId="54E52765" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>出生日期</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBA2FEA" w14:textId="6F3E18DA" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>姓名</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A901F6D" w14:textId="0EF85548" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>地址</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0114674B" w14:textId="56F5847D" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>（如无家可归或住房不稳定，请提供请求支持地区</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县的名称）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01184F2E" w14:textId="1E5A410C" w:rsidR="00586AE3" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7920"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>转介日期</w:t>
+        <w:t>州</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200D7C91" w14:textId="3C4C444E" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6DC41D46" w14:textId="5B40C84C" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>出生日期</w:t>
+        <w:t>邮编</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBA2FEA" w14:textId="6F3E18DA" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="61EE2421" w14:textId="7B8FEB3F" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
-[...201 lines deleted...]
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电话</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
@@ -421,91 +394,93 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>是否可以留言？</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="447666430"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00771C14" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>是 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1353173933"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00771C14" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
@@ -534,50 +509,51 @@
         <w:t>首次联系的首选沟通方法</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>（勾选一项）</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2039502178"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D2DA7" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
@@ -585,292 +561,293 @@
         <w:t>电话</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="25221018"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D2DA7" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>短信</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0986BC4B" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="0986BC4B" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>第二位联系人姓名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362A8CBC" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="362A8CBC" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>第二位联系人电话号码</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C219DA4" w14:textId="10F23010" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6C219DA4" w14:textId="10F23010" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>社会安全号码或纳税身份号码</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757300F1" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="757300F1" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>首选语言</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6571DD3C" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="6571DD3C" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>性别</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1910B63F" w14:textId="57F8235F" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00AD7F61">
+    <w:p w14:paraId="1910B63F" w14:textId="57F8235F" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00C32BDF" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>族裔</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
@@ -942,291 +919,296 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>性取向描述个人如何定义自己对他人的身体和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>或情感吸引力。请最多选择五项。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B18F44A" w14:textId="56FB0BB2" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="7B18F44A" w14:textId="56FB0BB2" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1661729638"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>异性恋</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22106E1B" w14:textId="742308D2" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="22106E1B" w14:textId="742308D2" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-899518986"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>女同性恋或男同性恋</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B9A89B" w14:textId="31E48622" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="63B9A89B" w14:textId="31E48622" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-932044659"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>双性恋</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D47AE5" w14:textId="7F165F24" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="78D47AE5" w14:textId="7F165F24" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1949995395"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>性别酷儿、泛性恋或性取向有疑问</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D599C1" w14:textId="7B6F5D03" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="09D599C1" w14:textId="7B6F5D03" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="E2E3E4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1624197202"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>性取向未列出</w:t>
       </w:r>
       <w:r w:rsidR="009672B3">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
@@ -1237,131 +1219,133 @@
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>请具体说明</w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38301A68" w14:textId="56B4C3B7" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="38301A68" w14:textId="56B4C3B7" w:rsidR="00C32BDF" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-863429192"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003B2E35" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>不知道</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24907E49" w14:textId="6FC5342C" w:rsidR="00947B58" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="24907E49" w14:textId="6FC5342C" w:rsidR="00947B58" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1133061978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>选择不回答</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28EFFD71" w14:textId="77777777" w:rsidR="0085543C" w:rsidRPr="00277441" w:rsidRDefault="0085543C" w:rsidP="0085543C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -1385,209 +1369,213 @@
         </w:rPr>
         <w:t>您是西班牙裔或拉丁裔血统或后裔吗？</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1542AE85" w14:textId="779B4C93" w:rsidR="0085543C" w:rsidRPr="00277441" w:rsidRDefault="0085543C" w:rsidP="0085543C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>西班牙裔或拉丁裔是指来自古巴、墨西哥、波多黎各、南美洲或中美洲或其他西班牙文化或血统的人，不分种族。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550B62BE" w14:textId="13D85365" w:rsidR="00947B58" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="0078617F">
+    <w:p w14:paraId="550B62BE" w14:textId="13D85365" w:rsidR="00947B58" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="0078617F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-304244748"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>是，西班牙裔或拉丁裔 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="272988614"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>否，非西班牙裔或拉丁裔 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1345980777"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>不知道 </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-731771978"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0085543C" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1620,478 +1608,486 @@
     </w:p>
     <w:p w14:paraId="7E9F5173" w14:textId="7C673D6B" w:rsidR="00E82E4E" w:rsidRPr="00277441" w:rsidRDefault="00E82E4E" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>勾选您的种族旁的方框，选择最适当地描述您的选项。您可以根据需要选择任意数量的选项。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E918011" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="4E918011" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1207333358"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009A1B5F" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>美洲印第安人或阿拉斯加原住民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEAE5F1" w14:textId="507B7CE8" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="3EEAE5F1" w14:textId="507B7CE8" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1192220099"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B763C" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>亚裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54841941" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="54841941" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1408344188"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009A1B5F" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>黑人或非裔美国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC9B01F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="6AC9B01F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-179055958"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009A1B5F" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>夏威夷原住民或其他太平洋岛民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56768979" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="56768979" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1148628486"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009A1B5F" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>白人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00E82E4E" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00E82E4E">
+    <w:p w14:paraId="28F07858" w14:textId="1DC49D81" w:rsidR="00E82E4E" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2060381146"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>选择不回答</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B81AB3" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="009A1B5F">
+    <w:p w14:paraId="59B81AB3" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="009A1B5F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="451761423"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009A1B5F" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>种族未列出</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D2074F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="009A1B5F">
+    <w:p w14:paraId="69D2074F" w14:textId="77777777" w:rsidR="009A1B5F" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="009A1B5F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1581286473"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009A1B5F" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -2145,1947 +2141,1980 @@
     </w:p>
     <w:p w14:paraId="356CEA90" w14:textId="1725A10E" w:rsidR="00E82E4E" w:rsidRPr="00277441" w:rsidRDefault="00E82E4E" w:rsidP="00E82E4E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>请勾选您的族裔旁的方框，选择最适当地描述您的选项。您可以根据需要选择任意数量的选项。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C894AD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="40C894AD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1042740394"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>非洲人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69FC81C5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="69FC81C5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1198470531"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>非裔美国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170B4300" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="170B4300" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1754700827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>美国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26162813" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="26162813" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1599519818"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>印度人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0C28E9" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="3B0C28E9" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1510490941"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>巴西人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8A3B79" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5C8A3B79" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="405798171"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>柬埔寨人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E188013" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="3E188013" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2036232740"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>佛得角克里奥尔人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF6410D" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="4CF6410D" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1604872569"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>加勒比岛民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2A7BFF" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="1E2A7BFF" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1773158997"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>中美洲人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE3AB2B" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5EE3AB2B" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1432582446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>华人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2A800A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5F2A800A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1313252974"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>哥伦比亚人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7EDD4A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="7C7EDD4A" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="428089593"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>古巴人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FC6209" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="29FC6209" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="141166007"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>多米尼加人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5249BA60" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5249BA60" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="689655061"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>东欧人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717FDD2C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="717FDD2C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2073996624"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>欧洲人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5154DB31" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5154DB31" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="585040310"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>菲律宾人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F69CA88" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="3F69CA88" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1633702857"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>危地马拉人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588B942E" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="588B942E" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2019143441"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>海地人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC07B34" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="7DC07B34" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1977370190"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>洪都拉斯人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C437991" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5C437991" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-39989737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>日本人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239B9D4C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="239B9D4C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-2054065985"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>韩国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EE3C7C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="23EE3C7C" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="427319546"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>老挝人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05932CA7" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="05932CA7" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="46887603"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>墨西哥人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A24C0B5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="7A24C0B5" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1673714421"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>中东人或北非人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F01C8E0" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="6F01C8E0" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1519382295"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>葡萄牙人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32843396" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="32843396" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-308174010"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>波多黎各人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BBBEDD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="14BBBEDD" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-756058719"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>俄国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0195CEB3" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="0195CEB3" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1260362736"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>萨尔瓦多人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B275528" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="6B275528" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1029799261"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="004843ED">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>南美人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFADF35" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="5EFADF35" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="704442781"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>越南人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A52429" w14:textId="7A5044FB" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00CC5229">
+    <w:p w14:paraId="70A52429" w14:textId="7A5044FB" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="7920"/>
+          <w:tab w:val="right" w:pos="7920"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="238990091"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>族裔未列出（请具体说明）</w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B7C70F" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="00000000" w:rsidP="00CC5229">
+    <w:p w14:paraId="37B7C70F" w14:textId="77777777" w:rsidR="00CC5229" w:rsidRPr="006A447D" w:rsidRDefault="0075344A" w:rsidP="00CC5229">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-926813426"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>不知道</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75662773" w14:textId="7F8F8D27" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00015A12">
+    <w:p w14:paraId="75662773" w14:textId="7F8F8D27" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00015A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1007177827"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CC5229" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>选择不回答</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A05195" w14:textId="3AFF2107" w:rsidR="00BC7246" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="34A05195" w14:textId="3AFF2107" w:rsidR="00BC7246" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>接受的最高教育水平（如已知）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4142,213 +4171,215 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>法律身份：</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-131712249"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>审前</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-425423610"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>已判决</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C672C44" w14:textId="68A2D06C" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="4C672C44" w14:textId="68A2D06C" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>预计释放日期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40102508" w14:textId="79ABA5CB" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="40102508" w14:textId="79ABA5CB" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>下一次出庭日期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>（如已知）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="2D1A1C0C" w14:textId="16674E2C" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="center" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>涉及哪个法院？</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
@@ -4439,293 +4470,295 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>缓刑监管：</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1113194350"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>缓刑</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-872233864"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="006A447D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>假释</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBE05A2" w14:textId="13C323DC" w:rsidR="00015A12" w:rsidRPr="006A447D" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="2FBE05A2" w14:textId="13C323DC" w:rsidR="00015A12" w:rsidRPr="006A447D" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>转介人姓名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDF761E" w14:textId="404362EC" w:rsidR="0061229B" w:rsidRPr="00277441" w:rsidRDefault="0061229B" w:rsidP="0061229B">
+    <w:p w14:paraId="2CDF761E" w14:textId="404362EC" w:rsidR="0061229B" w:rsidRPr="00277441" w:rsidRDefault="0061229B" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电话</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78670614" w14:textId="77D240F9" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="78670614" w14:textId="77D240F9" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>转介人与客户的关系（例如，假释官）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236119D7" w14:textId="58137EAD" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="236119D7" w14:textId="58137EAD" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>转介人所在组织</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F290839" w14:textId="2048AEDD" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="5F290839" w14:textId="2048AEDD" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>与参保人下一次预约日期</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
@@ -4820,50 +4853,51 @@
         <w:t>自我报告</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-606267839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004B28DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -4961,104 +4995,104 @@
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>资格才能注册参加</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-BoldItalic" w:hint="eastAsia"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> BH-JI </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-BoldItalic" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-BoldItalic" w:hint="eastAsia"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>计划。）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772D8FAF" w14:textId="4D277384" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="772D8FAF" w14:textId="4D277384" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth ID </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>号码：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427DA270" w14:textId="2279559F" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="003B2E35">
+    <w:p w14:paraId="427DA270" w14:textId="2279559F" w:rsidR="00015A12" w:rsidRPr="00277441" w:rsidRDefault="00015A12" w:rsidP="00C06965">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -5089,684 +5123,695 @@
     </w:p>
     <w:p w14:paraId="2F66F4FE" w14:textId="4ED03C87" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00692010" w:rsidP="003A1E07">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:cs="HelveticaNeue-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>该人士最迫切的需求是什么？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014E8568" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="014E8568" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1712261542"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>福利</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBD36A6" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="5FBD36A6" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1760484617"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>就业</w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>教育</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A06F0" w14:textId="3C609191" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="505A06F0" w14:textId="3C609191" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="40560210"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>政府身份</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1D4395" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="3C1D4395" w14:textId="77777777" w:rsidR="006640CE" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1274941204"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>精神健康支持</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718DF62C" w14:textId="78E674D7" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="718DF62C" w14:textId="78E674D7" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="673075327"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>物质滥用障碍支持</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="28C904B9" w14:textId="07C9A445" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1879203112"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>社会支持</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C858C6" w14:textId="5846F6AD" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="58C858C6" w14:textId="5846F6AD" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1792323737"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>身体健康支持</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135A154E" w14:textId="3572236A" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="135A154E" w14:textId="3572236A" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-266851201"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>获取</w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>重新获得</w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> MassHealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="37AE8E0A" w14:textId="1CFE2CAC" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1992357999"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>收入</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F60C10" w14:textId="76C567CE" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="18F60C10" w14:textId="76C567CE" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-674881635"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>探索住房选择</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="00000000" w:rsidP="00692010">
+    <w:p w14:paraId="43EA0DC3" w14:textId="38BE0BF4" w:rsidR="00692010" w:rsidRPr="00277441" w:rsidRDefault="0075344A" w:rsidP="00692010">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-898982863"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D50D8">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5834,100 +5879,102 @@
         <w:t>签名的信息披露表</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-967591760"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AD7F61" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1306933220"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00AD7F61" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5997,100 +6044,102 @@
         <w:t>）或其他风险评估（或得分及分项得分）副本</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1221895567"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="1240754046"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -6146,100 +6195,102 @@
         <w:t>社会（或疗程计划，如有）信息</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-85469989"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="353923894"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -6282,100 +6333,102 @@
         <w:t>假释条件</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-463891645"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-1485392712"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -6403,93 +6456,95 @@
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>会员卡复印件（如有）：</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="2122409197"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>是，已包括</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:id w:val="-438288177"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B646DD" w:rsidRPr="00277441">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MinionPro-Regular"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MinionPro-Regular" w:eastAsia="SimSun" w:hAnsi="MinionPro-Regular" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -6815,1240 +6870,1022 @@
         </w:rPr>
         <w:t>Gosnold, Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA935C9" w14:textId="1D09ECD3" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电子邮件：</w:t>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:BHJI@gosnold.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>BHJI@gosnold.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C87C2F" w14:textId="43264295" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 540-6550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009672B3">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>分机</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CBC51F" w14:textId="24A8C3B1" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Berkshire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F4F4D8" w14:textId="7DBAB023" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Center for Human Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB5923E" w14:textId="45FE4FE3" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:Bhjireferrals@chd.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bhjireferrals@chd.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5100B8" w14:textId="65C442C1" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(413) 636-5782</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C77C22D" w14:textId="2CDBFFFA" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A76DEF4" w14:textId="7FEDB188" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Community Counseling of Bristol County</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37897DB0" w14:textId="17BE7BBE" w:rsidR="001F22DB" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:mdasilva@comcounseling.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>mdasilva@comcounseling.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5795978A" w14:textId="3A3679BB" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(774) 303-8131</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B4DAA1" w14:textId="582BF8FF" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Dukes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595B643E" w14:textId="68FCD123" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gosnold, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB3FB31" w14:textId="1FE0B057" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:BHJI@gosnold.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>BHJI@gosnold.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524C8E9B" w14:textId="3BFE2FB3" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 540-6550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009672B3">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>分机</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B458CF0" w14:textId="4DDCB1A0" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Essex</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B2411A" w14:textId="28DD530A" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Advocates, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314B8748" w14:textId="7E8FBEC6" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:BHJI_Referrals@Advocates.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>BHJI_Referrals@Advocates.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E07B0E4" w14:textId="2EA7ED5E" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 630-4148</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F649B1" w14:textId="0DC481D2" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Franklin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AE4CBC" w14:textId="74880DF4" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Center for Human Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E93B4F" w14:textId="0E524E9B" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:Bhjireferrals@chd.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bhjireferrals@chd.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6819F9D6" w14:textId="6033DB81" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(413) 636-5782</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1100C82B" w14:textId="2BD8C4F6" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Hampden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70182F1C" w14:textId="77BAFAAA" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Behavioral Health Network, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA74EEE" w14:textId="098D0AFE" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r w:rsidR="00621002">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00621002">
+        <w:instrText>HYPERLINK "mailto:Keith.Mumblo@bhninc.org"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00621002">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00621002" w:rsidRPr="00621002">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>Keith.Mumblo@bhninc.org</w:t>
+      </w:r>
+      <w:r w:rsidR="00621002">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47926CDF" w14:textId="7DBFE7FD" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(413) </w:t>
+      </w:r>
+      <w:r w:rsidR="00621002" w:rsidRPr="00621002">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>348-9754</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717851B6" w14:textId="0C03C6A8" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Hampshire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49836F3A" w14:textId="3D09B627" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Center for Human Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39028A08" w14:textId="51DA4591" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:Bhjireferrals@chd.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
-[...199 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Bhjireferrals@chd.org</w:t>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
-[...971 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57677097" w14:textId="69DC09D0" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电话号码：</w:t>
       </w:r>
       <w:r>
@@ -8117,897 +7954,735 @@
         </w:rPr>
         <w:t>Advocates, Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144ECF4C" w14:textId="7FFEC7D5" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电子邮件：</w:t>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:BHJI_Referrals@Advocates.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>BHJI_Referrals@Advocates.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365738EF" w14:textId="4BA1B32F" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 630-4148</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194F8FC2" w14:textId="71EC67A4" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nantucket</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1B66F7" w14:textId="44F4DC65" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gosnold, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4295D904" w14:textId="36D2DDE0" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:BHJI@gosnold.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="003D3AB4">
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>BHJI@gosnold.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DB13DD" w14:textId="3413B08E" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 540-6550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>分机</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B59D468" w14:textId="5B62BD68" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Norfolk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4101CED6" w14:textId="2A8019A8" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Riverside Community Care</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34536E28" w14:textId="768D21B0" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:BHJI@riversidecc.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003D3AB4">
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>BHJI@riversidecc.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A95A799" w14:textId="40059FDA" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(781) 234-1650</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5368D6" w14:textId="592FD8D5" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Plymouth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738BF3F8" w14:textId="33CE83FD" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bay State Community Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464968C5" w14:textId="371F3091" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:bhji@baystatecs.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>bhji@baystatecs.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4BA020" w14:textId="493C0644" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(781) 689-3995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACF4BEE" w14:textId="240377F6" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Suffolk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4E88AF" w14:textId="666F7919" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gavin Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355053B8" w14:textId="33AC8F1F" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:RoscoeHurley@GavinFoundation.org"</w:instrText>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>BHJI_Referrals@Advocates.org</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D3AB4">
+        <w:t>RoscoeHurley@GavinFoundation.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224ADC18" w14:textId="2B315FA6" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(857) 496-7161</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB56F17" w14:textId="7946CAED" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00692010">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Worcester</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139BF8CE" w14:textId="68E5C9D1" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Open Sky Community Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BEE9E2" w14:textId="313E4DAA" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00A51F87">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:JusticeServices@openskycs.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
-[...792 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>JusticeServices@openskycs.org</w:t>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6390A070" w14:textId="4D32DE2B" w:rsidR="00692010" w:rsidRPr="003F5A9E" w:rsidRDefault="00335ED7" w:rsidP="00A51F87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电话号码：</w:t>
       </w:r>
       <w:r>
@@ -9905,459 +9580,553 @@
         </w:rPr>
         <w:t>Community Caring Clinic</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED7794A" w14:textId="40C14250" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电子邮件：</w:t>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:Communitycaringclinic@gmail.com"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Communitycaringclinic@gmail.com</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236BFCE8" w14:textId="03C730AA" w:rsidR="006D473D" w:rsidRPr="003F5A9E" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(617) 541-1829</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4EE64D" w14:textId="42B2E41C" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C027DB4" w14:textId="3641A3C8" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>High Point Treatment Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D60C409" w14:textId="6328A55A" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:sbennett@hptc.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>sbennett@hptc.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D2112C" w14:textId="77B92100" w:rsidR="006D473D" w:rsidRPr="003F5A9E" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 641-1419</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7BF7B3" w14:textId="059CCF78" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="006D473D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAE3371" w14:textId="7D89C389" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Steppingstone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6145C22D" w14:textId="563C4CE7" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:mkachapis@steppingstoneinc.org"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>mkachapis@steppingstoneinc.org</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E98401" w14:textId="29F88077" w:rsidR="006D473D" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>电话号码：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 674-2788</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D3AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>分机</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE5CFAE" w14:textId="77777777" w:rsidR="00E032FE" w:rsidRPr="003F5A9E" w:rsidRDefault="00E032FE" w:rsidP="00E032FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>县：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bristol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5D1363" w14:textId="1F47E802" w:rsidR="00E032FE" w:rsidRPr="003F5A9E" w:rsidRDefault="00E032FE" w:rsidP="00E032FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>组织名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ignite Recovery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBD9A3F" w14:textId="015E133C" w:rsidR="00E032FE" w:rsidRPr="003F5A9E" w:rsidRDefault="00E032FE" w:rsidP="00E032FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>电子邮件：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="003D3AB4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "mailto:heather.c@ignitemyrecovery.com"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="003E7B89">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heather.c@ignitemyrecovery.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue-Roman" w:hAnsi="HelveticaNeue-Roman" w:cs="HelveticaNeue-Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D3688F" w14:textId="149EF724" w:rsidR="00E032FE" w:rsidRDefault="00E032FE" w:rsidP="00E032FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "mailto:Communitycaringclinic@gmail.com" </w:instrText>
-[...44 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电话号码：</w:t>
       </w:r>
-      <w:r>
-[...338 lines deleted...]
-        <w:t xml:space="preserve"> 11101</w:t>
+      <w:r w:rsidRPr="00FA65DB">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(508) 296-0523</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D112FEF" w14:textId="2117FE9A" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>县：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10636,253 +10405,132 @@
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>组织名称</w:t>
       </w:r>
       <w:r w:rsidRPr="004843ED">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="004843ED">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Casa Esperanza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DD906B" w14:textId="7E60C24D" w:rsidR="006640CE" w:rsidRPr="004843ED" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
+    <w:p w14:paraId="59DD906B" w14:textId="3980AC8A" w:rsidR="006640CE" w:rsidRPr="004843ED" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>电子邮件</w:t>
       </w:r>
       <w:r w:rsidRPr="004843ED">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk202867630"/>
-[...66 lines deleted...]
-    <w:p w14:paraId="78BC4150" w14:textId="7887D884" w:rsidR="006D473D" w:rsidRPr="004843ED" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="004843ED">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+            <w:sz w:val="20"/>
+            <w:lang w:val="it-IT"/>
+          </w:rPr>
+          <w:t>strieweiler@casaesperanza.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="78BC4150" w14:textId="30DEC3C0" w:rsidR="006D473D" w:rsidRPr="004843ED" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电话号码</w:t>
       </w:r>
       <w:r w:rsidRPr="004843ED">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk202867706"/>
-[...72 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="004843ED">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(617) 874-7578</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="53AB7CEE" w14:textId="193EECEA" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>县：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
@@ -10933,96 +10581,89 @@
         </w:rPr>
         <w:t xml:space="preserve"> Uplift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C9EBB5" w14:textId="6A2DD076" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>电子邮件：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>apalacios@fathersuplift.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69229E29" w14:textId="0E8A4A46" w:rsidR="006D473D" w:rsidRPr="003F5A9E" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
+    <w:p w14:paraId="69229E29" w14:textId="78C8AFE1" w:rsidR="006D473D" w:rsidRPr="003F5A9E" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>电话号码：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(617) 708-0870</w:t>
       </w:r>
-      <w:r w:rsidR="009902A3">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="19941FD7" w14:textId="6D406633" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="006D473D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>县：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
@@ -11059,51 +10700,51 @@
         </w:rPr>
         <w:t>North Suffolk Community Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366BFCF7" w14:textId="6283D50C" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>电子邮件：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>eporto@northsuffolk.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C321383" w14:textId="76F2F581" w:rsidR="006D473D" w:rsidRPr="003F5A9E" w:rsidRDefault="00B67CC3" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11178,51 +10819,51 @@
         </w:rPr>
         <w:t>Community Health Link</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C94E652" w14:textId="3796E121" w:rsidR="006640CE" w:rsidRPr="003F5A9E" w:rsidRDefault="006A447D" w:rsidP="00BC3564">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>电子邮件：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:hint="eastAsia"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>dpierce@communityhealthlink.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0181789D" w14:textId="77777777" w:rsidR="003D3AB4" w:rsidRDefault="00B67CC3" w:rsidP="003D3AB4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11274,141 +10915,148 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="089CCF73" w14:textId="77777777" w:rsidR="003D3AB4" w:rsidRDefault="003D3AB4" w:rsidP="003D3AB4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AE3DC00" w14:textId="5DF465D1" w:rsidR="00AD7F61" w:rsidRPr="003D3AB4" w:rsidRDefault="00AD7F61" w:rsidP="003D3AB4">
+    <w:p w14:paraId="2AE3DC00" w14:textId="51642E34" w:rsidR="00AD7F61" w:rsidRPr="003D3AB4" w:rsidRDefault="00AD7F61" w:rsidP="003D3AB4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="SimSun" w:hAnsi="HelveticaNeueLT Std" w:cs="HelveticaNeue"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>BH-JI-</w:t>
       </w:r>
       <w:r w:rsidR="004843ED">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>ZH-CHS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>-2025-04</w:t>
+        <w:t>-2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9455B">
+        <w:rPr>
+          <w:rFonts w:ascii="HelveticaNeue" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD7F61" w:rsidRPr="003D3AB4" w:rsidSect="00AD7F61">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="HelveticaNeue-Bold">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -11428,133 +11076,147 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerLTStd-Cn">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="HelveticaNeue-Roman">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="5760"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32BDF"/>
     <w:rsid w:val="00005AAF"/>
     <w:rsid w:val="00015A12"/>
-    <w:rsid w:val="00022B4D"/>
     <w:rsid w:val="00063D14"/>
     <w:rsid w:val="000D1B7E"/>
+    <w:rsid w:val="00145D33"/>
     <w:rsid w:val="00147C22"/>
     <w:rsid w:val="001904ED"/>
     <w:rsid w:val="00193746"/>
     <w:rsid w:val="001F22DB"/>
     <w:rsid w:val="00277441"/>
     <w:rsid w:val="002B1BAC"/>
     <w:rsid w:val="00335ED7"/>
     <w:rsid w:val="003478A9"/>
     <w:rsid w:val="003641B9"/>
     <w:rsid w:val="00365EFD"/>
     <w:rsid w:val="003A1E07"/>
     <w:rsid w:val="003B2E35"/>
     <w:rsid w:val="003D3AB4"/>
     <w:rsid w:val="003F5A9E"/>
     <w:rsid w:val="004843ED"/>
     <w:rsid w:val="004B28DD"/>
     <w:rsid w:val="005170F1"/>
     <w:rsid w:val="00586AE3"/>
     <w:rsid w:val="005B6024"/>
     <w:rsid w:val="005B763C"/>
     <w:rsid w:val="00604327"/>
     <w:rsid w:val="0061219B"/>
     <w:rsid w:val="0061229B"/>
+    <w:rsid w:val="00621002"/>
     <w:rsid w:val="006640CE"/>
     <w:rsid w:val="00687FCC"/>
     <w:rsid w:val="00692010"/>
     <w:rsid w:val="006A447D"/>
     <w:rsid w:val="006D473D"/>
     <w:rsid w:val="00771C14"/>
     <w:rsid w:val="0078617F"/>
     <w:rsid w:val="00793C8C"/>
     <w:rsid w:val="007C3A38"/>
     <w:rsid w:val="007D2DA7"/>
     <w:rsid w:val="0085543C"/>
     <w:rsid w:val="008A4C84"/>
     <w:rsid w:val="008D50D8"/>
     <w:rsid w:val="00947B58"/>
     <w:rsid w:val="009672B3"/>
-    <w:rsid w:val="009902A3"/>
     <w:rsid w:val="00993C67"/>
     <w:rsid w:val="009A1B5F"/>
     <w:rsid w:val="009B7900"/>
     <w:rsid w:val="009F25D8"/>
     <w:rsid w:val="00A51F87"/>
     <w:rsid w:val="00AC7AC7"/>
     <w:rsid w:val="00AD7F61"/>
     <w:rsid w:val="00B544E4"/>
     <w:rsid w:val="00B646DD"/>
     <w:rsid w:val="00B67CC3"/>
     <w:rsid w:val="00BC3564"/>
     <w:rsid w:val="00BC7246"/>
+    <w:rsid w:val="00C06965"/>
     <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C841AE"/>
     <w:rsid w:val="00CC5229"/>
     <w:rsid w:val="00D35153"/>
+    <w:rsid w:val="00D56CAB"/>
     <w:rsid w:val="00D846CE"/>
     <w:rsid w:val="00DB0C29"/>
+    <w:rsid w:val="00E032FE"/>
     <w:rsid w:val="00E82E4E"/>
+    <w:rsid w:val="00E9455B"/>
     <w:rsid w:val="00F068EA"/>
     <w:rsid w:val="00F32B7A"/>
     <w:rsid w:val="00F46A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -11952,85 +11614,82 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C06965"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="-270"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C06965"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C32BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -12176,70 +11835,67 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C06965"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00C32BDF"/>
+    <w:rsid w:val="00C06965"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="HelveticaNeue-Bold" w:eastAsia="SimSun" w:hAnsi="HelveticaNeue-Bold"/>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C32BDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C32BDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -12504,62 +12160,74 @@
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001904ED"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:eastAsia="SimSun" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00621002"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:strieweiler@casaesperanza.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpaolantonio@voamass.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hakeyk@vinfen.org" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpierce@communityhealthlink.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/BHJI" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eporto@northsuffolk.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apalacios@fathersuplift.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -12735,74 +12403,80 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22012F90-0E04-43B8-AD90-4035605697CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4789</Characters>
+  <Pages>7</Pages>
+  <Words>843</Words>
+  <Characters>4806</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5618</CharactersWithSpaces>
+  <CharactersWithSpaces>5638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Culligan, Seamas A (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>