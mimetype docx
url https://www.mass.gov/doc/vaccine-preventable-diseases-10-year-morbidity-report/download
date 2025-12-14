--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -20,56 +20,55 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="525"/>
         <w:tblW w:w="14644" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2158"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1131"/>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="1127"/>
         <w:gridCol w:w="1125"/>
         <w:gridCol w:w="1123"/>
         <w:gridCol w:w="1122"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="984"/>
         <w:gridCol w:w="16"/>
-        <w:gridCol w:w="206"/>
-        <w:gridCol w:w="32"/>
+        <w:gridCol w:w="238"/>
       </w:tblGrid>
       <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="189F54B4" w14:textId="77777777" w:rsidTr="006D4110">
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="238" w:type="dxa"/>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14406" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="DAE9F8"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="13386" w:type="dxa"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
               </w:tblCellMar>
@@ -214,120 +213,117 @@
                       <w14:ligatures w14:val="none"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="78A62326" w14:textId="6BDC3C54" w:rsidR="00432AAD" w:rsidRPr="00432AAD" w:rsidRDefault="00432AAD" w:rsidP="003342EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="0230F1B2" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="0230F1B2" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14406" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33814672" w14:textId="77777777" w:rsidR="00432AAD" w:rsidRPr="00432AAD" w:rsidRDefault="00432AAD" w:rsidP="00432AAD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="238" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01786114" w14:textId="77777777" w:rsidR="00432AAD" w:rsidRPr="00432AAD" w:rsidRDefault="00432AAD" w:rsidP="00432AAD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="575B4345" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="575B4345" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2AB4DA56" w14:textId="77777777" w:rsidR="00432AAD" w:rsidRPr="00432AAD" w:rsidRDefault="00432AAD" w:rsidP="00432AAD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLineChars="100" w:firstLine="281"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
@@ -817,73 +813,71 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2025 YTD</w:t>
             </w:r>
             <w:r w:rsidRPr="00432AAD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4539D989" w14:textId="77777777" w:rsidR="00432AAD" w:rsidRPr="00432AAD" w:rsidRDefault="00432AAD" w:rsidP="00432AAD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="2B2DDBAC" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="2B2DDBAC" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63309A7C" w14:textId="6779BF78" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
@@ -1304,73 +1298,71 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="313DCEA8" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="566A5CB8" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="566A5CB8" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19512AC1" w14:textId="2C5B9488" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
@@ -1765,99 +1757,99 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="E7EAED"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13E78137" w14:textId="3C493749" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
-[...25 lines deleted...]
-            <w:tcW w:w="222" w:type="dxa"/>
+          <w:p w14:paraId="13E78137" w14:textId="3E8BF16F" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="004B1C07" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3354C730" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="44F1B358" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="44F1B358" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4973E858" w14:textId="64626828" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
@@ -2278,73 +2270,71 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65E2B2C9" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="7C17DDE8" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="7C17DDE8" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="077A0725" w14:textId="61B5AB3A" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
@@ -2729,101 +2719,110 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="E7EAED"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60997457" w14:textId="007396E7" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="007B6277" w:rsidP="006D4110">
-[...27 lines deleted...]
-            <w:tcW w:w="222" w:type="dxa"/>
+          <w:p w14:paraId="60997457" w14:textId="3F686808" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="007B6277" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0054516C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A111321" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="2ABEFC27" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="2ABEFC27" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3AA9167A" w14:textId="6D5DCC21" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="0"/>
@@ -3181,154 +3180,152 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13ECAC51" w14:textId="36250DB1" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
+          <w:p w14:paraId="13ECAC51" w14:textId="433D22FC" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
-            <w:r w:rsidR="00965DEF">
+            <w:r w:rsidR="00A426F1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="799B6016" w14:textId="384413BC" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
+          <w:p w14:paraId="799B6016" w14:textId="7F37A7C2" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="007B6277">
-[...12 lines deleted...]
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:r w:rsidR="00A426F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58C222D4" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="4492DB4D" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="4492DB4D" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F318EE6" w14:textId="4BE3CCA3" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3724,72 +3721,70 @@
           </w:tcPr>
           <w:p w14:paraId="25350674" w14:textId="0B2D9EE1" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E45531F" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="6FCCBE5A" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="6FCCBE5A" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27161288" w14:textId="7034E5E4" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -4138,105 +4133,103 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10C0E535" w14:textId="2D14E0DA" w:rsidR="006D4110" w:rsidRDefault="00965DEF" w:rsidP="006D4110">
+          <w:p w14:paraId="10C0E535" w14:textId="379BE8C0" w:rsidR="006D4110" w:rsidRDefault="00965DEF" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="007B6277">
-[...12 lines deleted...]
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:r w:rsidR="009018AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5325E4F0" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="595CB767" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="595CB767" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="212AA614" w14:textId="2044701C" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -4608,105 +4601,103 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="477E5378" w14:textId="2A83E2AB" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
-[...32 lines deleted...]
-            <w:tcW w:w="222" w:type="dxa"/>
+          <w:p w14:paraId="477E5378" w14:textId="68C38532" w:rsidR="006D4110" w:rsidRDefault="00FE1DCF" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00392C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5454EEDF" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="08D8DAC6" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="08D8DAC6" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61038758" w14:textId="605D13E0" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5091,72 +5082,70 @@
           </w:tcPr>
           <w:p w14:paraId="595FEF96" w14:textId="463FE729" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5077392A" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="30EF2FEA" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="30EF2FEA" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10FF50FB" w14:textId="1C93E491" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5529,72 +5518,70 @@
           </w:tcPr>
           <w:p w14:paraId="4FBD1679" w14:textId="4198A4A2" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2414117A" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="4845466B" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="4845466B" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C787C13" w14:textId="17F0A33C" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5967,72 +5954,70 @@
           </w:tcPr>
           <w:p w14:paraId="1E71C904" w14:textId="528D1196" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E395381" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="5F58E657" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="5F58E657" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47801FE2" w14:textId="08E88C33" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -6381,96 +6366,103 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D71B36C" w14:textId="5FD4597C" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
-[...23 lines deleted...]
-            <w:tcW w:w="222" w:type="dxa"/>
+          <w:p w14:paraId="1D71B36C" w14:textId="18EC15C8" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00182057">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DFD0942" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="62DA6269" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="62DA6269" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="156082"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5845CAB6" w14:textId="7079DCE9" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -6831,211 +6823,242 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65932DF7" w14:textId="31950334" w:rsidR="006D4110" w:rsidRDefault="007B6277" w:rsidP="006D4110">
-[...23 lines deleted...]
-            <w:tcW w:w="222" w:type="dxa"/>
+          <w:p w14:paraId="65932DF7" w14:textId="58E92CA6" w:rsidR="006D4110" w:rsidRDefault="00182057" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="004B1C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A575164" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="4FF1F8E0" w14:textId="77777777" w:rsidTr="006D4110">
+      <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="4FF1F8E0" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
           <w:trHeight w:val="809"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14406" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BBD2543" w14:textId="75F7C752" w:rsidR="006D4110" w:rsidRPr="00965DEF" w:rsidRDefault="006D4110" w:rsidP="006D4110">
+          <w:p w14:paraId="1BBD2543" w14:textId="60B7ACB9" w:rsidR="006D4110" w:rsidRPr="00965DEF" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Data are current as of </w:t>
             </w:r>
             <w:r w:rsidR="007B6277">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00965DEF">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00182057">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>/0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007B6277">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00965DEF">
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="00182057">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">/2025 and include yearly case counts through </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007B6277">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00965DEF">
+              <w:t xml:space="preserve">/2025 and include yearly case counts through </w:t>
+            </w:r>
+            <w:r w:rsidR="004B1C07">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00182057">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965DEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>/3</w:t>
             </w:r>
-            <w:r w:rsidR="007B6277">
+            <w:r w:rsidR="00182057">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">/2025. Data are preliminary and subject to change. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="424B303D" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00965DEF" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7183,94 +7206,80 @@
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Haemophilus influenzae </w:t>
             </w:r>
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Type b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BB5DD70" w14:textId="77777777" w:rsidR="00825771" w:rsidRPr="00965DEF" w:rsidRDefault="00825771" w:rsidP="006D4110">
+          <w:p w14:paraId="272267A6" w14:textId="77777777" w:rsidR="00825771" w:rsidRPr="00965DEF" w:rsidRDefault="00825771" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="272267A6" w14:textId="77777777" w:rsidR="00825771" w:rsidRPr="00965DEF" w:rsidRDefault="00825771" w:rsidP="006D4110">
+          <w:p w14:paraId="7BDC3589" w14:textId="169577E6" w:rsidR="00825771" w:rsidRPr="00965DEF" w:rsidRDefault="00825771" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BDC3589" w14:textId="169577E6" w:rsidR="00825771" w:rsidRPr="00965DEF" w:rsidRDefault="00825771" w:rsidP="006D4110">
-[...11 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="238" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49FED303" w14:textId="77777777" w:rsidR="00432AAD" w:rsidRPr="00432AAD" w:rsidRDefault="00432AAD" w:rsidP="00432AAD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B39C23F" w14:textId="1C962922" w:rsidR="005C27E9" w:rsidRDefault="005C27E9"/>
     <w:sectPr w:rsidR="005C27E9" w:rsidSect="00432AAD">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -7288,85 +7297,97 @@
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="85"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00432AAD"/>
     <w:rsid w:val="00003184"/>
+    <w:rsid w:val="001337E1"/>
+    <w:rsid w:val="00182057"/>
     <w:rsid w:val="001D7813"/>
-    <w:rsid w:val="002A3341"/>
+    <w:rsid w:val="00290CF1"/>
     <w:rsid w:val="003342EF"/>
+    <w:rsid w:val="00392C3F"/>
     <w:rsid w:val="00432AAD"/>
+    <w:rsid w:val="004B1C07"/>
+    <w:rsid w:val="004C03E7"/>
+    <w:rsid w:val="0054516C"/>
     <w:rsid w:val="005C27E9"/>
     <w:rsid w:val="00622455"/>
+    <w:rsid w:val="00641BA0"/>
     <w:rsid w:val="00641FB6"/>
     <w:rsid w:val="006D4110"/>
     <w:rsid w:val="00781043"/>
     <w:rsid w:val="007A39D3"/>
     <w:rsid w:val="007B6277"/>
     <w:rsid w:val="007F59F1"/>
     <w:rsid w:val="00825771"/>
+    <w:rsid w:val="009018AC"/>
+    <w:rsid w:val="009350B9"/>
     <w:rsid w:val="00945928"/>
     <w:rsid w:val="009572BE"/>
     <w:rsid w:val="00965DEF"/>
-    <w:rsid w:val="00BE668B"/>
+    <w:rsid w:val="00A426F1"/>
+    <w:rsid w:val="00A765AC"/>
     <w:rsid w:val="00BF7B8D"/>
     <w:rsid w:val="00C16F84"/>
     <w:rsid w:val="00E8727D"/>
+    <w:rsid w:val="00EE7404"/>
+    <w:rsid w:val="00FE1DCF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="66C26822"/>
@@ -8589,55 +8610,70 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>218</Words>
   <Characters>1249</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1465</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Perez, Carley W. (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>