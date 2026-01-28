--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -1757,73 +1757,73 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="E7EAED"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13E78137" w14:textId="3E8BF16F" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="004B1C07" w:rsidP="006D4110">
-[...21 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="13E78137" w14:textId="63A97892" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="009A67B2" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3354C730" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="44F1B358" w14:textId="77777777" w:rsidTr="004C03E7">
@@ -2719,84 +2719,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="E7EAED"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60997457" w14:textId="3F686808" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="007B6277" w:rsidP="006D4110">
+          <w:p w14:paraId="60997457" w14:textId="5B542C38" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="007B6277" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0054516C">
-[...8 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="004E36FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A111321" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="2ABEFC27" w14:textId="77777777" w:rsidTr="004C03E7">
@@ -3226,80 +3226,73 @@
             </w:r>
             <w:r w:rsidR="00A426F1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="799B6016" w14:textId="7F37A7C2" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
-[...28 lines deleted...]
-              <w:t>80</w:t>
+          <w:p w14:paraId="799B6016" w14:textId="515D5549" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006131E4" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>203</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58C222D4" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="4492DB4D" w14:textId="77777777" w:rsidTr="004C03E7">
@@ -4133,78 +4126,69 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10C0E535" w14:textId="379BE8C0" w:rsidR="006D4110" w:rsidRDefault="00965DEF" w:rsidP="006D4110">
-[...26 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="10C0E535" w14:textId="07385B51" w:rsidR="006D4110" w:rsidRDefault="00A7423A" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5325E4F0" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="595CB767" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
@@ -6366,78 +6350,78 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D71B36C" w14:textId="18EC15C8" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
+          <w:p w14:paraId="1D71B36C" w14:textId="5628952E" w:rsidR="006D4110" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00182057">
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00F65783">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DFD0942" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D4110" w:rsidRPr="00432AAD" w14:paraId="62DA6269" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
@@ -6823,251 +6807,253 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="CCD2D8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65932DF7" w14:textId="58E92CA6" w:rsidR="006D4110" w:rsidRDefault="00182057" w:rsidP="006D4110">
-[...26 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="65932DF7" w14:textId="0A63CEBD" w:rsidR="006D4110" w:rsidRDefault="00C5188A" w:rsidP="006D4110">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A575164" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00432AAD" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00432AAD" w:rsidRPr="00432AAD" w14:paraId="4FF1F8E0" w14:textId="77777777" w:rsidTr="004C03E7">
         <w:trPr>
           <w:trHeight w:val="809"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14406" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BBD2543" w14:textId="60B7ACB9" w:rsidR="006D4110" w:rsidRPr="00965DEF" w:rsidRDefault="006D4110" w:rsidP="006D4110">
+          <w:p w14:paraId="1BBD2543" w14:textId="34073D56" w:rsidR="006D4110" w:rsidRPr="00965DEF" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Data are current as of </w:t>
             </w:r>
-            <w:r w:rsidR="007B6277">
+            <w:r w:rsidR="003C2D65">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00182057">
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00965DEF">
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="003C2D65">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>/0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00182057">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00965DEF">
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00785946">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">/2025 and include yearly case counts through </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004B1C07">
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00182057">
+              <w:t xml:space="preserve">and include yearly case counts through </w:t>
+            </w:r>
+            <w:r w:rsidR="004B1C07">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965DEF">
+            <w:r w:rsidR="003C2D65">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>/3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00182057">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>/3</w:t>
+            </w:r>
+            <w:r w:rsidR="003C2D65">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00965DEF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">/2025. Data are preliminary and subject to change. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="424B303D" w14:textId="77777777" w:rsidR="006D4110" w:rsidRPr="00965DEF" w:rsidRDefault="006D4110" w:rsidP="006D4110">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Times New Roman" w:hAnsi="Aptos Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
@@ -7312,82 +7298,93 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="85"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00432AAD"/>
     <w:rsid w:val="00003184"/>
-    <w:rsid w:val="001337E1"/>
     <w:rsid w:val="00182057"/>
     <w:rsid w:val="001D7813"/>
     <w:rsid w:val="00290CF1"/>
     <w:rsid w:val="003342EF"/>
     <w:rsid w:val="00392C3F"/>
+    <w:rsid w:val="003C2D65"/>
     <w:rsid w:val="00432AAD"/>
     <w:rsid w:val="004B1C07"/>
     <w:rsid w:val="004C03E7"/>
+    <w:rsid w:val="004E36FA"/>
     <w:rsid w:val="0054516C"/>
     <w:rsid w:val="005C27E9"/>
+    <w:rsid w:val="006131E4"/>
     <w:rsid w:val="00622455"/>
     <w:rsid w:val="00641BA0"/>
     <w:rsid w:val="00641FB6"/>
     <w:rsid w:val="006D4110"/>
     <w:rsid w:val="00781043"/>
+    <w:rsid w:val="00785946"/>
     <w:rsid w:val="007A39D3"/>
     <w:rsid w:val="007B6277"/>
     <w:rsid w:val="007F59F1"/>
+    <w:rsid w:val="008122C0"/>
     <w:rsid w:val="00825771"/>
+    <w:rsid w:val="008E72D7"/>
     <w:rsid w:val="009018AC"/>
     <w:rsid w:val="009350B9"/>
     <w:rsid w:val="00945928"/>
     <w:rsid w:val="009572BE"/>
     <w:rsid w:val="00965DEF"/>
+    <w:rsid w:val="009A67B2"/>
     <w:rsid w:val="00A426F1"/>
-    <w:rsid w:val="00A765AC"/>
+    <w:rsid w:val="00A7423A"/>
     <w:rsid w:val="00BF7B8D"/>
     <w:rsid w:val="00C16F84"/>
+    <w:rsid w:val="00C5188A"/>
+    <w:rsid w:val="00DA7E3D"/>
     <w:rsid w:val="00E8727D"/>
+    <w:rsid w:val="00E964B7"/>
     <w:rsid w:val="00EE7404"/>
+    <w:rsid w:val="00F65783"/>
     <w:rsid w:val="00FE1DCF"/>
+    <w:rsid w:val="00FE663A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="66C26822"/>
@@ -8611,69 +8608,69 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>218</Words>
+  <Words>219</Words>
   <Characters>1249</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1465</CharactersWithSpaces>
+  <CharactersWithSpaces>1466</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Perez, Carley W. (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>